--- v0 (2025-10-06)
+++ v1 (2026-02-03)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27425"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iubgovlv-my.sharepoint.com/personal/evija_rubene_iub_gov_lv1/Documents/Desktop/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iubgovlv-my.sharepoint.com/personal/elina_virtmane_iub_gov_lv/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="8_{77CD66EC-85F2-411F-836A-4135A83F3AC8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{AB09DA05-CE64-49DF-A3D6-6332DCB7A5CA}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3805D85B-08EB-4833-8799-AD8F2D87D7DE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
+    <sheet name="2024" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="217" uniqueCount="150">
   <si>
     <t>Nr.p.k.</t>
   </si>
   <si>
     <t xml:space="preserve">Pasūtītāja nosaukums </t>
   </si>
   <si>
     <t>Id.Nr.</t>
   </si>
   <si>
     <t>Iepirkuma nosaukums</t>
   </si>
   <si>
     <t>Veselības ministrija</t>
   </si>
   <si>
     <t>VM 2024/5/ESF</t>
   </si>
   <si>
     <t>Informatīvo materiālu sagatavošana, drukāšana un piegādāšana</t>
   </si>
   <si>
     <t>Alūksnes novada pašvaldība</t>
   </si>
   <si>
@@ -139,50 +139,380 @@
     <t>SN 2022/22-3D_BIM</t>
   </si>
   <si>
     <t>VAS Valsts nekustamie īpašumi</t>
   </si>
   <si>
     <t>Būvprojekta izmaiņu izstrāde un būvprojekta izstrāde 3D BIM vidē, autoruzraudzība, BIM aktualizācija būvdarbu laikā un būvdarbi Torņa ielā 1, Rīgā</t>
   </si>
   <si>
     <t>VNĪ 2023/7/2-8/AK-90</t>
   </si>
   <si>
     <t>RNP 2023/130</t>
   </si>
   <si>
     <t>Pirmsskolas izglītības iestādes jaunbūve Vidzemes šosejā 34A, 38A, Garkalne, Garkalnes pagasts, Ropažu novads</t>
   </si>
   <si>
     <t>Ropažu novada pašvaldība</t>
   </si>
   <si>
     <t>Lielās ģildes pārbūve un atjaunošana Amatu ielā, Rīgā</t>
   </si>
   <si>
     <t>VNĪ 2023/7/2-8/AK-75</t>
+  </si>
+  <si>
+    <t>Ogres novada pašvaldība</t>
+  </si>
+  <si>
+    <t>ONP 2024/14</t>
+  </si>
+  <si>
+    <t>Jaunas vispārējās pirmsskolas izglītības iestādes būvniecība Ogrē, Mālkalnes prospektā 10</t>
+  </si>
+  <si>
+    <t>VSIA "Latvijas Vides, ģeoloģijas un meteoroloģijas centrs"</t>
+  </si>
+  <si>
+    <t>VSIA LVĢMC 2023/35</t>
+  </si>
+  <si>
+    <t>Transporta pilna servisa noma un mobilo laboratoriju piegāde VSIA ”Latvijas Vides, ģeoloģijas un meteoroloģijas centrs” vajadzībām</t>
+  </si>
+  <si>
+    <t>Mākslu izglītības kompetences centrs Nacionālā Mākslu vidusskola</t>
+  </si>
+  <si>
+    <t>MIKC NMV 2024/01</t>
+  </si>
+  <si>
+    <t>Projektēšana, autoruzraudzība un būvdarbu veikšana būvobjektā Meža ielā 15, Rīgā</t>
+  </si>
+  <si>
+    <t>Latvijas Investīciju un attīstības aģentūra</t>
+  </si>
+  <si>
+    <t>LIAA 2024/21 ERAF</t>
+  </si>
+  <si>
+    <t>Transporta pakalpojumu nodrošināšana pasažieru pārvadāšanai</t>
+  </si>
+  <si>
+    <t>Valsts izglītības attīstības aģentūra</t>
+  </si>
+  <si>
+    <t>VIAA 2024/05 ERAF KTTT</t>
+  </si>
+  <si>
+    <t>Dažādu virtuves ratu, rāmja, atkritumu šķirošanas konteineru un gastro trauku piegāde Kuldīgas Tehnoloģiju un tūrisma tehnikumam</t>
+  </si>
+  <si>
+    <t>Salaspils novada pašvaldība</t>
+  </si>
+  <si>
+    <t>SNP 2024/8</t>
+  </si>
+  <si>
+    <t>Lietus ūdens kanalizācijas - drenāžas izbūve Sila ielā, Salaspilī</t>
+  </si>
+  <si>
+    <t>Bērnu aizsardzības centrs</t>
+  </si>
+  <si>
+    <t>BAC 2024/4.2-5/3</t>
+  </si>
+  <si>
+    <t>Vadlīniju izstrāde Bērna atbalsta speciālista darbam ar bērniem ar uzvedības vai atkarību problēmām un profesionālās kompetences pilnveides programmas un mācību metodikas izstrāde un aprobācija</t>
+  </si>
+  <si>
+    <t>Liepājas valstspilsētas pašvaldība</t>
+  </si>
+  <si>
+    <t>LVP 2024/30</t>
+  </si>
+  <si>
+    <t>Par tiesībām veikt būvdarbus objektā “Pirmskolas izglītības iestādes “Kriksītis” paplašināšana E.Veidenbauma ielā 16, Liepājā”</t>
+  </si>
+  <si>
+    <t>Liepājas valstspilsēts pašvaldība</t>
+  </si>
+  <si>
+    <t>LVP 2024/59</t>
+  </si>
+  <si>
+    <t>Par tiesībām veikt būvdarbus objektā “Meldru ielas pārbūve posmā no Dūņu ielas līdz īpašumam Meldru ielā 12, Liepājā”</t>
+  </si>
+  <si>
+    <t>DVP 2024/21</t>
+  </si>
+  <si>
+    <t>Daugavpils cietokšņa dārza restaurācija Komandanta ielā 6, Daugavpilī</t>
+  </si>
+  <si>
+    <t>Cēsu novada pašvaldība</t>
+  </si>
+  <si>
+    <t>CNP 2024/15/ERAF</t>
+  </si>
+  <si>
+    <t>Infrastruktūras attīstība pirmsskolas izglītības iestādē Dārtas ielā 1, Cēsīs, Cēsu novadā</t>
+  </si>
+  <si>
+    <t>Kuldīgas novada pašvaldība</t>
+  </si>
+  <si>
+    <t>KNP 2024/12-K/TPF</t>
+  </si>
+  <si>
+    <t>Zirņu un Rudzu ielas būvniecība Kuldīgā, Kuldīgas novadā</t>
+  </si>
+  <si>
+    <t>BAC 2024/4.2.-5/6</t>
+  </si>
+  <si>
+    <t>Atbalsta sistēmas un pakalpojumu pieejamības izvērtējums bērniem ar uzvedības vai atkarību problēmām vai to attīstības risku un viņu ģimenēm</t>
+  </si>
+  <si>
+    <t>SIA "Ziemeļkurzemes reģionālā slimnīca"</t>
+  </si>
+  <si>
+    <t>ZRS 2024/14 ERAF</t>
+  </si>
+  <si>
+    <t>Bolus injektora piegāde SIA “Ziemeļkurzemes reģionālā slimnīca”</t>
+  </si>
+  <si>
+    <t>SIA "Vidzemes slimnīca"</t>
+  </si>
+  <si>
+    <t>VS 2024/13</t>
+  </si>
+  <si>
+    <t>3D c-loka ķirurģiskās rentgena iekārtas iegāde</t>
+  </si>
+  <si>
+    <t>Valmieras novada pašvaldība</t>
+  </si>
+  <si>
+    <t>VNP 2024/044AK</t>
+  </si>
+  <si>
+    <t>Valmieras Gaujas krasta vidusskolas - attīstības centra pārbūves būvprojekta izstrāde un autoruzraudzība</t>
+  </si>
+  <si>
+    <t>VIAA 2024/14 ERAF KTTT</t>
+  </si>
+  <si>
+    <t>Svaru, galdu, plauktu un marmītu piegāde Kuldīgas Tehnoloģiju un tūrisma tehnikumam</t>
+  </si>
+  <si>
+    <t>Valsts tiesu medicīnas ekspertīzes centrs</t>
+  </si>
+  <si>
+    <t>VTMEC 2024/03 ERAF</t>
+  </si>
+  <si>
+    <t>Laboratorijas mēbeļu, aprīkojuma un iekārtu piegāde un uzstādīšana</t>
+  </si>
+  <si>
+    <t>CNP 2024/63/ERAF</t>
+  </si>
+  <si>
+    <t>Ielu pārbūve Cēsu pilsētā ilgtspējīgas daudzveidu mobilitātes un uzņēmējdarbības infrastruktūras attīstīšanai</t>
+  </si>
+  <si>
+    <t>Jelgavas valstspilsētas pašvaldība</t>
+  </si>
+  <si>
+    <t>JVP 2024/87/AK</t>
+  </si>
+  <si>
+    <t>Pārlielupes skeitparka būvniecības ieceres dokumentācijas izstrāde, autoruzraudzība un skeitparka būvniecība</t>
+  </si>
+  <si>
+    <t>SIA "Rīgas Austrumu klīniskā universitātes slimnīca"</t>
+  </si>
+  <si>
+    <t>RAKUS 2024/140K/ERAF</t>
+  </si>
+  <si>
+    <t>Dienas stacionāra aprīkojuma iegāde 10. korpusam</t>
+  </si>
+  <si>
+    <t>Jēkabpils novada pašvaldība</t>
+  </si>
+  <si>
+    <t>JNP 2024/111</t>
+  </si>
+  <si>
+    <t>Ā.Elksnes ielas pārbūve posmā no Rīgas ielas līdz pilsētas robežai Jēkabpilī</t>
+  </si>
+  <si>
+    <t>CNP 2024/56/ERAF</t>
+  </si>
+  <si>
+    <t>Nacionālā dokumentārā mantojuma un Nacionālā muzeju krājuma saglabāšanas infrastruktūras izveide Cēsīs</t>
+  </si>
+  <si>
+    <t>SIA "Daugavpils ūdens"</t>
+  </si>
+  <si>
+    <t>DŪ 2024/26</t>
+  </si>
+  <si>
+    <t>Centrifūgu piegāde un uzstādīšana</t>
+  </si>
+  <si>
+    <t>VNP 2024/100AK</t>
+  </si>
+  <si>
+    <t>Bezemisiju transportlīdzekļu un tiem atbilstošas mobilās uzlādes iekārtas iegāde Valmieras novada pašvaldības iestāžu vajadzībām</t>
+  </si>
+  <si>
+    <t>KNP 2024/70-K/ERAF</t>
+  </si>
+  <si>
+    <t>Pasta ielas, Jelgavas ielas posma no Pasta ielas līdz Mucenieku ielai un Skolas ielas pārbūve Kuldīgā, Kuldīgas novadā</t>
+  </si>
+  <si>
+    <t>SIA "Bauskas slimnīca"</t>
+  </si>
+  <si>
+    <t>BS 2024/14K</t>
+  </si>
+  <si>
+    <t>Dienas stacionāra, pacientu uzņemšanas nodaļas un lifta būvdarbi</t>
+  </si>
+  <si>
+    <t>CNP 2024/52/AF</t>
+  </si>
+  <si>
+    <t>Pirtsupītes gravas publiskās ārtelpas labiekārtošana, saskaņā ar Tehniskajām specifikācijām</t>
+  </si>
+  <si>
+    <t>JVP 2024/76/AK</t>
+  </si>
+  <si>
+    <t>Jelgavas valstspilsētas pašvaldības īpašumā esošu neizīrēto dzīvokļu atjaunošana</t>
+  </si>
+  <si>
+    <t>VSIA Latvijas Vides, ģeoloģijas un meteoroloģijas centrs</t>
+  </si>
+  <si>
+    <t>VSIA LVĢMC 2024/25</t>
+  </si>
+  <si>
+    <t>Meteoroloģiskā tīkla nodrošinošo iekārtu piegāde</t>
+  </si>
+  <si>
+    <t>SNP 2024/41</t>
+  </si>
+  <si>
+    <t>Salaspils pilsētas centrālās daļas satiksmes infrastruktūras pārbūve un pilsētas galvenā laukuma izveide 1. kārta</t>
+  </si>
+  <si>
+    <t>Augšdaugavas novada pašvaldības Centrālā pārvalde</t>
+  </si>
+  <si>
+    <t>ANPCP 2024/47</t>
+  </si>
+  <si>
+    <t>Sociālo mājokļu atjaunošana Augšdaugavas novadā</t>
+  </si>
+  <si>
+    <t>Preiļu novada pašvaldība</t>
+  </si>
+  <si>
+    <t>PNP 2024/58AK TPF</t>
+  </si>
+  <si>
+    <t>Bezemisiju transportlīdzekļu iegāde Preiļu novada pašvaldības funkciju īstenošanai</t>
+  </si>
+  <si>
+    <t>Rīgas valstspilsētas pašvaldība</t>
+  </si>
+  <si>
+    <t>CAIP 2024/63</t>
+  </si>
+  <si>
+    <t>Pilsētas sabiedriskā transporta savienojuma punktu izbūves dzelzceļa stacijās–Alfa, Atgāzene, Slokas iela, Brasa, Vecdaugava, Turība, Mangaļi, Vecāķi, Gaisma, projektēšana, autoruzraudzība un būvdarbi</t>
+  </si>
+  <si>
+    <t>Valsts izglītības satura centrs</t>
+  </si>
+  <si>
+    <t>VISC 2024/12</t>
+  </si>
+  <si>
+    <t>Digitālās platformas “Profesionālo kvalifikāciju sistēma” izstrāde, ieviešana, uzturēšana un pilnveidošana</t>
+  </si>
+  <si>
+    <t>KNP 2024/62-K/ERAF</t>
+  </si>
+  <si>
+    <t>Būvdarbu veikšana objektā “Kuldīgas ielas atjaunošana Skrundā, Kuldīgas novadā”</t>
+  </si>
+  <si>
+    <t>VSIA “Bērnu klīniskā universitātes slimnīca”</t>
+  </si>
+  <si>
+    <t>BKUS 2024/93</t>
+  </si>
+  <si>
+    <t>Būvuzraudzības un būvekspertīzes pakalpojumi vispārīgās vienošanās ietvaros VSIA “Bērnu klīniskā universitātes slimnīca</t>
+  </si>
+  <si>
+    <t>VIAA 2024/17 ERAF RSMT</t>
+  </si>
+  <si>
+    <t>Vienkāršotās atjaunošanas un būvdarbu būvuzraudzība RSMT administratīvā un mācību korpusu (Ūdeļu ielā 22, 22A un 22B, Rīgā) ēkām</t>
+  </si>
+  <si>
+    <t>VSIA "Traumatoloģijas un ortopēdijas slimnīca"</t>
+  </si>
+  <si>
+    <t>VSIA TOS 2024/37K/ERAF</t>
+  </si>
+  <si>
+    <t>5. operāciju bloka (I zāles) remonts</t>
+  </si>
+  <si>
+    <t>JNP 2024/86</t>
+  </si>
+  <si>
+    <t>Teritorijas labiekārtošanas un daudzfunkcionāla atpūtas laukuma pārbūve Rīgas ielā 205, Jēkabpilī, Jēkabpils novadā</t>
+  </si>
+  <si>
+    <t>Limbažu novada pašvaldība</t>
+  </si>
+  <si>
+    <t>LNP 2024/92</t>
+  </si>
+  <si>
+    <t>Būvprojekta “Sociālo dzīvokļu izbūve un energoefektivitātes paaugstināšana ēkai Zāles ielā 8, Limbažos, Limbažu novadā” izstrāde un autoruzraudzība būvdarbu laikā</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
@@ -210,225 +540,241 @@
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="18">
+  <cellXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="1" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
+    <cellStyle name="Parasts" xfId="0" builtinId="0" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="6">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Times New Roman"/>
         <family val="1"/>
         <scheme val="none"/>
       </font>
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <numFmt numFmtId="1" formatCode="0"/>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Times New Roman"/>
         <family val="1"/>
         <scheme val="none"/>
       </font>
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Times New Roman"/>
         <family val="1"/>
         <scheme val="none"/>
       </font>
-      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-[...15 lines deleted...]
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Times New Roman"/>
         <family val="1"/>
         <scheme val="none"/>
       </font>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Times New Roman"/>
         <family val="1"/>
         <scheme val="none"/>
       </font>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Times New Roman"/>
+        <family val="1"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{B325832B-C017-4AA5-823D-CA9691621868}" name="Table2" displayName="Table2" ref="A1:D22" totalsRowShown="0" headerRowDxfId="5" dataDxfId="4">
-  <autoFilter ref="A1:D22" xr:uid="{B325832B-C017-4AA5-823D-CA9691621868}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{B325832B-C017-4AA5-823D-CA9691621868}" name="Table2" displayName="Table2" ref="A1:D72" totalsRowShown="0" headerRowDxfId="3" dataDxfId="2">
+  <autoFilter ref="A1:D72" xr:uid="{B325832B-C017-4AA5-823D-CA9691621868}"/>
   <tableColumns count="4">
-    <tableColumn id="1" xr3:uid="{73E368B4-2EB1-402F-9DD5-4B5F490F27C4}" name="Nr.p.k." dataDxfId="3"/>
-[...2 lines deleted...]
-    <tableColumn id="4" xr3:uid="{390E8C2C-BD78-441B-AFBC-0B641E96084C}" name="Iepirkuma nosaukums" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{73E368B4-2EB1-402F-9DD5-4B5F490F27C4}" name="Nr.p.k." dataDxfId="0"/>
+    <tableColumn id="2" xr3:uid="{5A5622AF-3487-4BEC-84B9-5C4D345D5517}" name="Pasūtītāja nosaukums " dataDxfId="1"/>
+    <tableColumn id="3" xr3:uid="{68BBA84A-FF00-4B36-B885-C6EA0D8A15DD}" name="Id.Nr." dataDxfId="5"/>
+    <tableColumn id="4" xr3:uid="{390E8C2C-BD78-441B-AFBC-0B641E96084C}" name="Iepirkuma nosaukums" dataDxfId="4"/>
   </tableColumns>
-  <tableStyleInfo name="TableStyleMedium4" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+  <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013–2022 dizains">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -684,458 +1030,1108 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:D41"/>
+  <dimension ref="A1:D72"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A5" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="G8" sqref="G8"/>
+    <sheetView tabSelected="1" topLeftCell="A44" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="A51" sqref="A1:A1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="7.81640625" style="2" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="8.81640625" style="1"/>
+    <col min="1" max="1" width="7.77734375" style="2" customWidth="1"/>
+    <col min="2" max="2" width="45.5546875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="28" style="1" customWidth="1"/>
+    <col min="4" max="4" width="65.5546875" style="1" customWidth="1"/>
+    <col min="5" max="16384" width="8.77734375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" s="3" customFormat="1" ht="28.4" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:4" s="3" customFormat="1" ht="28.35" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="6" t="s">
+      <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="7" t="s">
+      <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="6" t="s">
+      <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:4" ht="42" x14ac:dyDescent="0.3">
-      <c r="A2" s="4">
+    <row r="2" spans="1:4" ht="41.4" x14ac:dyDescent="0.3">
+      <c r="A2" s="7">
         <v>1</v>
       </c>
-      <c r="B2" s="15" t="s">
+      <c r="B2" s="11" t="s">
         <v>32</v>
       </c>
-      <c r="C2" s="15" t="s">
+      <c r="C2" s="11" t="s">
         <v>34</v>
       </c>
-      <c r="D2" s="16" t="s">
+      <c r="D2" s="10" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="3" spans="1:4" s="13" customFormat="1" ht="28" x14ac:dyDescent="0.3">
-      <c r="A3" s="11">
+    <row r="3" spans="1:4" s="5" customFormat="1" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A3" s="8">
         <v>2</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C3" s="12" t="s">
         <v>35</v>
       </c>
-      <c r="D3" s="17" t="s">
+      <c r="D3" s="9" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="4" spans="1:4" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="11">
+    <row r="4" spans="1:4" s="5" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="8">
         <v>3</v>
       </c>
       <c r="B4" s="12" t="s">
         <v>32</v>
       </c>
-      <c r="C4" s="13" t="s">
+      <c r="C4" s="9" t="s">
         <v>39</v>
       </c>
       <c r="D4" s="12" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="5" spans="1:4" s="3" customFormat="1" ht="28.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="4">
+    <row r="5" spans="1:4" s="3" customFormat="1" ht="28.35" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="7">
         <v>4</v>
       </c>
-      <c r="B5" s="15" t="s">
+      <c r="B5" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="C5" s="15" t="s">
+      <c r="C5" s="11" t="s">
         <v>14</v>
       </c>
-      <c r="D5" s="15" t="s">
+      <c r="D5" s="11" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="6" spans="1:4" s="3" customFormat="1" ht="28.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="4">
+    <row r="6" spans="1:4" s="3" customFormat="1" ht="28.35" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="7">
         <v>5</v>
       </c>
-      <c r="B6" s="16" t="s">
+      <c r="B6" s="10" t="s">
         <v>16</v>
       </c>
-      <c r="C6" s="15" t="s">
+      <c r="C6" s="11" t="s">
         <v>17</v>
       </c>
-      <c r="D6" s="15" t="s">
+      <c r="D6" s="11" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A7" s="4">
+      <c r="A7" s="7">
         <v>6</v>
       </c>
-      <c r="B7" s="15" t="s">
+      <c r="B7" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="C7" s="15" t="s">
+      <c r="C7" s="11" t="s">
         <v>19</v>
       </c>
-      <c r="D7" s="15" t="s">
+      <c r="D7" s="11" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="8" spans="1:4" ht="32" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="4">
+    <row r="8" spans="1:4" ht="31.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="7">
         <v>7</v>
       </c>
-      <c r="B8" s="16" t="s">
+      <c r="B8" s="10" t="s">
         <v>16</v>
       </c>
-      <c r="C8" s="15" t="s">
+      <c r="C8" s="11" t="s">
         <v>21</v>
       </c>
-      <c r="D8" s="15" t="s">
+      <c r="D8" s="11" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="9" spans="1:4" ht="28" x14ac:dyDescent="0.3">
-      <c r="A9" s="4">
+    <row r="9" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A9" s="7">
         <v>8</v>
       </c>
-      <c r="B9" s="15" t="s">
+      <c r="B9" s="11" t="s">
         <v>23</v>
       </c>
-      <c r="C9" s="15" t="s">
+      <c r="C9" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="D9" s="16" t="s">
+      <c r="D9" s="10" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="10" spans="1:4" ht="28" x14ac:dyDescent="0.3">
-      <c r="A10" s="4">
+    <row r="10" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A10" s="8">
         <v>9</v>
       </c>
-      <c r="B10" s="16" t="s">
+      <c r="B10" s="10" t="s">
         <v>26</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="C10" s="10" t="s">
         <v>27</v>
       </c>
-      <c r="D10" s="15" t="s">
+      <c r="D10" s="11" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A11" s="4">
+      <c r="A11" s="8">
         <v>10</v>
       </c>
-      <c r="B11" s="15" t="s">
+      <c r="B11" s="11" t="s">
         <v>29</v>
       </c>
-      <c r="C11" s="15" t="s">
+      <c r="C11" s="11" t="s">
         <v>31</v>
       </c>
-      <c r="D11" s="15" t="s">
+      <c r="D11" s="11" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A12" s="11">
+      <c r="A12" s="7">
         <v>11</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="12" t="s">
         <v>5</v>
       </c>
-      <c r="D12" s="13" t="s">
+      <c r="D12" s="9" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="13" spans="1:4" s="14" customFormat="1" ht="28.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="4">
+    <row r="13" spans="1:4" s="6" customFormat="1" ht="28.35" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="7">
         <v>12</v>
       </c>
-      <c r="B13" s="15" t="s">
+      <c r="B13" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="C13" s="15" t="s">
+      <c r="C13" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="D13" s="1" t="s">
+      <c r="D13" s="10" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="14" spans="1:4" ht="42" x14ac:dyDescent="0.3">
-      <c r="A14" s="4">
+    <row r="14" spans="1:4" ht="41.4" x14ac:dyDescent="0.3">
+      <c r="A14" s="7">
         <v>13</v>
       </c>
-      <c r="B14" s="15" t="s">
+      <c r="B14" s="11" t="s">
         <v>10</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="C14" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="D14" s="16" t="s">
+      <c r="D14" s="10" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="15" spans="1:4" s="3" customFormat="1" ht="28.4" customHeight="1" x14ac:dyDescent="0.3">
-[...15 lines deleted...]
-      <c r="D17" s="8"/>
+    <row r="15" spans="1:4" s="3" customFormat="1" ht="28.35" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="7">
+        <v>14</v>
+      </c>
+      <c r="B15" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C15" s="11" t="s">
+        <v>41</v>
+      </c>
+      <c r="D15" s="10" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A16" s="7">
+        <v>15</v>
+      </c>
+      <c r="B16" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C16" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="D16" s="10" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A17" s="8">
+        <v>16</v>
+      </c>
+      <c r="B17" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="C17" s="11" t="s">
+        <v>47</v>
+      </c>
+      <c r="D17" s="10" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A18" s="4"/>
-[...8 lines deleted...]
-      <c r="D19" s="8"/>
+      <c r="A18" s="8">
+        <v>17</v>
+      </c>
+      <c r="B18" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="C18" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D18" s="11" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="30.45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="7">
+        <v>18</v>
+      </c>
+      <c r="B19" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C19" s="11" t="s">
+        <v>53</v>
+      </c>
+      <c r="D19" s="10" t="s">
+        <v>54</v>
+      </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A20" s="4"/>
-[...20 lines deleted...]
-      <c r="D23" s="8"/>
+      <c r="A20" s="7">
+        <v>19</v>
+      </c>
+      <c r="B20" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C20" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="D20" s="10" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="41.4" x14ac:dyDescent="0.3">
+      <c r="A21" s="7">
+        <v>20</v>
+      </c>
+      <c r="B21" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="C21" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="D21" s="10" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A22" s="7">
+        <v>21</v>
+      </c>
+      <c r="B22" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="C22" s="11" t="s">
+        <v>62</v>
+      </c>
+      <c r="D22" s="10" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A23" s="7">
+        <v>22</v>
+      </c>
+      <c r="B23" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C23" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="D23" s="10" t="s">
+        <v>66</v>
+      </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A24" s="4"/>
-[...8 lines deleted...]
-      <c r="D25" s="8"/>
+      <c r="A24" s="8">
+        <v>23</v>
+      </c>
+      <c r="B24" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="C24" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="D24" s="10" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A25" s="8">
+        <v>24</v>
+      </c>
+      <c r="B25" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="C25" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="D25" s="10" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A26" s="4"/>
-[...8 lines deleted...]
-      <c r="D27" s="8"/>
+      <c r="A26" s="7">
+        <v>25</v>
+      </c>
+      <c r="B26" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C26" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="D26" s="10" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A27" s="7">
+        <v>26</v>
+      </c>
+      <c r="B27" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="C27" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="D27" s="10" t="s">
+        <v>76</v>
+      </c>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A28" s="4"/>
-[...2 lines deleted...]
-      <c r="D28" s="8"/>
+      <c r="A28" s="7">
+        <v>27</v>
+      </c>
+      <c r="B28" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C28" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="D28" s="10" t="s">
+        <v>79</v>
+      </c>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A29" s="4"/>
-[...32 lines deleted...]
-      <c r="D34" s="8"/>
+      <c r="A29" s="7">
+        <v>28</v>
+      </c>
+      <c r="B29" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C29" s="10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D29" s="10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A30" s="7">
+        <v>29</v>
+      </c>
+      <c r="B30" s="11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C30" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="D30" s="10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A31" s="8">
+        <v>30</v>
+      </c>
+      <c r="B31" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C31" s="10" t="s">
+        <v>86</v>
+      </c>
+      <c r="D31" s="10" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A32" s="8">
+        <v>31</v>
+      </c>
+      <c r="B32" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C32" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="D32" s="10" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A33" s="7">
+        <v>32</v>
+      </c>
+      <c r="B33" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="C33" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="D33" s="10" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A34" s="7">
+        <v>33</v>
+      </c>
+      <c r="B34" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="C34" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="D34" s="10" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A35" s="4"/>
-[...8 lines deleted...]
-      <c r="D36" s="8"/>
+      <c r="A35" s="7">
+        <v>34</v>
+      </c>
+      <c r="B35" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="C35" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="D35" s="10" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A36" s="7">
+        <v>35</v>
+      </c>
+      <c r="B36" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C36" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="D36" s="10" t="s">
+        <v>54</v>
+      </c>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A37" s="4"/>
-[...26 lines deleted...]
-      <c r="D41" s="1"/>
+      <c r="A37" s="7">
+        <v>36</v>
+      </c>
+      <c r="B37" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C37" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="D37" s="10" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" ht="41.4" x14ac:dyDescent="0.3">
+      <c r="A38" s="8">
+        <v>37</v>
+      </c>
+      <c r="B38" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="C38" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="D38" s="10" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A39" s="8">
+        <v>38</v>
+      </c>
+      <c r="B39" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="C39" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="D39" s="10" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" s="4" customFormat="1" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A40" s="7">
+        <v>39</v>
+      </c>
+      <c r="B40" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C40" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="D40" s="10" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" s="4" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="7">
+        <v>40</v>
+      </c>
+      <c r="B41" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="C41" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="D41" s="10" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A42" s="7">
+        <v>41</v>
+      </c>
+      <c r="B42" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="C42" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="D42" s="10" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A43" s="7">
+        <v>42</v>
+      </c>
+      <c r="B43" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C43" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="D43" s="10" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A44" s="7">
+        <v>43</v>
+      </c>
+      <c r="B44" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="C44" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="D44" s="10" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A45" s="8">
+        <v>44</v>
+      </c>
+      <c r="B45" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C45" s="10" t="s">
+        <v>78</v>
+      </c>
+      <c r="D45" s="10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A46" s="8">
+        <v>45</v>
+      </c>
+      <c r="B46" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C46" s="10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D46" s="10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A47" s="7">
+        <v>46</v>
+      </c>
+      <c r="B47" s="11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C47" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="D47" s="10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A48" s="7">
+        <v>47</v>
+      </c>
+      <c r="B48" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C48" s="10" t="s">
+        <v>86</v>
+      </c>
+      <c r="D48" s="10" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A49" s="7">
+        <v>48</v>
+      </c>
+      <c r="B49" s="11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C49" s="10" t="s">
+        <v>89</v>
+      </c>
+      <c r="D49" s="10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A50" s="7">
+        <v>49</v>
+      </c>
+      <c r="B50" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="C50" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="D50" s="10" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A51" s="7">
+        <v>50</v>
+      </c>
+      <c r="B51" s="11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C51" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="D51" s="10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A52" s="8">
+        <v>51</v>
+      </c>
+      <c r="B52" s="11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C52" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="D52" s="10" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A53" s="8">
+        <v>52</v>
+      </c>
+      <c r="B53" s="11" t="s">
+        <v>99</v>
+      </c>
+      <c r="C53" s="10" t="s">
+        <v>100</v>
+      </c>
+      <c r="D53" s="10" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A54" s="7">
+        <v>53</v>
+      </c>
+      <c r="B54" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="C54" s="10" t="s">
+        <v>102</v>
+      </c>
+      <c r="D54" s="10" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A55" s="7">
+        <v>54</v>
+      </c>
+      <c r="B55" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="C55" s="10" t="s">
+        <v>105</v>
+      </c>
+      <c r="D55" s="10" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A56" s="7">
+        <v>55</v>
+      </c>
+      <c r="B56" s="11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C56" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="D56" s="10" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A57" s="7">
+        <v>56</v>
+      </c>
+      <c r="B57" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C57" s="10" t="s">
+        <v>109</v>
+      </c>
+      <c r="D57" s="10" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A58" s="7">
+        <v>57</v>
+      </c>
+      <c r="B58" s="11" t="s">
+        <v>111</v>
+      </c>
+      <c r="C58" s="10" t="s">
+        <v>112</v>
+      </c>
+      <c r="D58" s="10" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A59" s="8">
+        <v>58</v>
+      </c>
+      <c r="B59" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="C59" s="10" t="s">
+        <v>114</v>
+      </c>
+      <c r="D59" s="10" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A60" s="8">
+        <v>59</v>
+      </c>
+      <c r="B60" s="11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C60" s="10" t="s">
+        <v>116</v>
+      </c>
+      <c r="D60" s="10" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A61" s="7">
+        <v>60</v>
+      </c>
+      <c r="B61" s="11" t="s">
+        <v>118</v>
+      </c>
+      <c r="C61" s="10" t="s">
+        <v>119</v>
+      </c>
+      <c r="D61" s="10" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A62" s="7">
+        <v>61</v>
+      </c>
+      <c r="B62" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C62" s="10" t="s">
+        <v>121</v>
+      </c>
+      <c r="D62" s="10" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A63" s="7">
+        <v>62</v>
+      </c>
+      <c r="B63" s="11" t="s">
+        <v>123</v>
+      </c>
+      <c r="C63" s="10" t="s">
+        <v>124</v>
+      </c>
+      <c r="D63" s="10" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A64" s="7">
+        <v>63</v>
+      </c>
+      <c r="B64" s="11" t="s">
+        <v>126</v>
+      </c>
+      <c r="C64" s="10" t="s">
+        <v>127</v>
+      </c>
+      <c r="D64" s="10" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4" ht="41.4" x14ac:dyDescent="0.3">
+      <c r="A65" s="7">
+        <v>64</v>
+      </c>
+      <c r="B65" s="11" t="s">
+        <v>129</v>
+      </c>
+      <c r="C65" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="D65" s="10" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A66" s="8">
+        <v>65</v>
+      </c>
+      <c r="B66" s="11" t="s">
+        <v>132</v>
+      </c>
+      <c r="C66" s="10" t="s">
+        <v>133</v>
+      </c>
+      <c r="D66" s="10" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A67" s="8">
+        <v>66</v>
+      </c>
+      <c r="B67" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C67" s="10" t="s">
+        <v>135</v>
+      </c>
+      <c r="D67" s="10" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A68" s="7">
+        <v>67</v>
+      </c>
+      <c r="B68" s="11" t="s">
+        <v>137</v>
+      </c>
+      <c r="C68" s="10" t="s">
+        <v>138</v>
+      </c>
+      <c r="D68" s="10" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A69" s="7">
+        <v>68</v>
+      </c>
+      <c r="B69" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C69" s="10" t="s">
+        <v>140</v>
+      </c>
+      <c r="D69" s="10" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A70" s="7">
+        <v>69</v>
+      </c>
+      <c r="B70" s="11" t="s">
+        <v>142</v>
+      </c>
+      <c r="C70" s="10" t="s">
+        <v>143</v>
+      </c>
+      <c r="D70" s="10" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A71" s="7">
+        <v>70</v>
+      </c>
+      <c r="B71" s="11" t="s">
+        <v>99</v>
+      </c>
+      <c r="C71" s="10" t="s">
+        <v>145</v>
+      </c>
+      <c r="D71" s="10" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4" ht="41.4" x14ac:dyDescent="0.3">
+      <c r="A72" s="7">
+        <v>71</v>
+      </c>
+      <c r="B72" s="11" t="s">
+        <v>147</v>
+      </c>
+      <c r="C72" s="10" t="s">
+        <v>148</v>
+      </c>
+      <c r="D72" s="10" t="s">
+        <v>149</v>
+      </c>
     </row>
   </sheetData>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.70000000000000007" right="0.70000000000000007" top="0.75" bottom="0.75" header="0.30000000000000004" footer="0.30000000000000004"/>
   <pageSetup fitToWidth="0" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B Y D A A B Q S w M E F A A C A A g A 5 m 7 c V k l x E T i m A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T l p K o I a U k O r h I Y m J i X J t S o R F + D C 2 W u z l 4 J K 8 g R l E 3 x / e 9 b 3 j v f r 3 x b G j q 4 K I 7 a 1 p I U Y Q p C j S o t j B Q p q h 3 x 3 C B M s G 3 U p 1 k q Y N R B p s M t k h R 5 d w 5 I c R 7 j 3 2 M 2 6 4 k j N K I H P L N T l W 6 k e g j m / 9 y a M A 6 C U o j w f e v M Y L h K J r j e M Y w 5 W S C P D f w F d i 4 9 9 n + Q L 7 q a 9 d 3 W m g I 1 0 t O p s j J + 4 N 4 A F B L A w Q U A A I A C A D m b t x W D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A 5 m 7 c V i i K R 7 g O A A A A E Q A A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A C t O T S 7 J z M 9 T C I b Q h t Y A U E s B A i 0 A F A A C A A g A 5 m 7 c V k l x E T i m A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A O Z u 3 F Y P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P I A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A 5 m 7 c V i i K R 7 g O A A A A E Q A A A B M A A A A A A A A A A A A A A A A A 4 w E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A P g I A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + l w E A A A A A A A B 1 A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c H M i I F Z h b H V l P S J z Q U F B Q U F B P T 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A 2 g A A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A F G 8 a X y 8 3 y p P h n c 8 W X 3 v g 1 M A A A A A A g A A A A A A A 2 Y A A M A A A A A Q A A A A t 4 z U Z 2 N L M M D G v 4 r H S i I a b Q A A A A A E g A A A o A A A A B A A A A D E F Y k c N y n l 2 o h X p y w + L U r i U A A A A J M W Z 8 I J X 1 4 A Q g b v 1 m M 9 L Z p U c Q 4 o Y R C C j X t t F T D K M p b h C / g i l f l K w G m n 1 n o e q E O t u k r M Y j z z u C 0 a F L u n j Z c a r M N j H x W W c x K q m h n G J Z N T u P 2 T F A A A A A x 3 N a O d L Q H p Q j n a B c A Z Q J 6 Q c 4 6 i < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1480AE1-582E-4F3C-8368-DEF048EB3202}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Worksheets</vt:lpstr>
+        <vt:lpstr>Darblapas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Sheet1</vt:lpstr>
+      <vt:lpstr>2024</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ieva Celma</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>