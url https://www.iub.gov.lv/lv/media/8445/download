--- v0 (2025-10-21)
+++ v1 (2026-01-13)
@@ -1,38 +1,39 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1D49D399" w14:textId="5838C6F5" w:rsidR="00393A84" w:rsidRPr="00C76150" w:rsidRDefault="00AF0D34" w:rsidP="00393A84">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -159,91 +160,123 @@
       <w:r w:rsidRPr="00C76150">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00813C51" w:rsidRPr="00C76150">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C76150">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>gada plānošanas periodā</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34CF954B" w14:textId="2C70BE99" w:rsidR="002841D8" w:rsidRPr="00C76150" w:rsidRDefault="002841D8" w:rsidP="002841D8">
+    <w:p w14:paraId="34CF954B" w14:textId="6D6421DA" w:rsidR="002841D8" w:rsidRPr="00C76150" w:rsidRDefault="002841D8" w:rsidP="002841D8">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00736A15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:r w:rsidR="00AA3DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>06</w:t>
+      </w:r>
       <w:r w:rsidR="00A458C3" w:rsidRPr="00A954B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>10.07.2025</w:t>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A458C3" w:rsidRPr="00A954B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00A15CBC" w:rsidRPr="00A954B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>., Nr.</w:t>
       </w:r>
-      <w:r w:rsidR="00A458C3">
+      <w:r w:rsidR="00AA3DF6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00736A15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A9F31DE" w14:textId="77777777" w:rsidR="00393A84" w:rsidRPr="00C76150" w:rsidRDefault="00393A84" w:rsidP="002841D8">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6848E065" w14:textId="77777777" w:rsidR="00A8713C" w:rsidRPr="00C76150" w:rsidRDefault="00FF7057" w:rsidP="00FF7057">
       <w:pPr>
@@ -2231,59 +2264,60 @@
           <w:p w14:paraId="4D43CF67" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00CA6EF5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E13C1C" w:rsidRPr="00C76150" w14:paraId="4CB2763F" w14:textId="77777777" w:rsidTr="00C76150">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="556E5D2D" w14:textId="53DE062A" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="556E5D2D" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="119"/>
+              <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="05F97BDD" w14:textId="77777777" w:rsidR="003D218E" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00552974">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
@@ -2381,56 +2415,56 @@
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="756F3922" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46EFBCEB" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="46EFBCEB" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai pasūtītājs ir izveidojis </w:t>
             </w:r>
             <w:r w:rsidR="009D5BA4" w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
@@ -2595,56 +2629,56 @@
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="26C85B9B" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F6F1BBA" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="6F6F1BBA" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai pasūtītājs ir rīkojis sēdi/sanāksmi lēmuma pieņemšanai?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -2703,56 +2737,56 @@
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="32A3D7A7" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5294DF09" w14:textId="3E09DFAB" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="5294DF09" w14:textId="3E09DFAB" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00112A42">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai iepirkuma komisijas locekļi</w:t>
             </w:r>
             <w:r w:rsidR="00112A42">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2909,56 +2943,56 @@
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="41813E4A" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="163F8603" w14:textId="27332D4A" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E64EE0" w:rsidP="00BA5B91">
+          <w:p w14:paraId="163F8603" w14:textId="27332D4A" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E64EE0" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3116,56 +3150,56 @@
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="115E1D32" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6292C4E7" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="6292C4E7" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai </w:t>
             </w:r>
             <w:r w:rsidR="009D5BA4" w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3256,56 +3290,56 @@
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1E74FD04" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47FEBA94" w14:textId="3444711F" w:rsidR="0082095F" w:rsidRDefault="00E13C1C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="47FEBA94" w14:textId="3444711F" w:rsidR="0082095F" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai no iepirkuma komisijas ir izslēgts loceklis, kuram konstatēta saistība ar kādu no pretendentiem? Vai izslēgtais komisijas loceklis nepiedalās turpmāk vērtēšanā?</w:t>
             </w:r>
             <w:r w:rsidR="008E5BB6" w:rsidRPr="008E5BB6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3402,56 +3436,56 @@
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="364A94FD" w14:textId="77777777" w:rsidR="00DD3FC4" w:rsidRPr="00C76150" w:rsidRDefault="00DD3FC4" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66427551" w14:textId="77777777" w:rsidR="00DD3FC4" w:rsidRPr="00C76150" w:rsidRDefault="00DD3FC4" w:rsidP="00BA5B91">
+          <w:p w14:paraId="66427551" w14:textId="77777777" w:rsidR="00DD3FC4" w:rsidRPr="00C76150" w:rsidRDefault="00DD3FC4" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai ir noraidīts pretendents, kuram konstatēta saistība</w:t>
             </w:r>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3497,57 +3531,57 @@
           <w:p w14:paraId="0772D079" w14:textId="77777777" w:rsidR="00DD3FC4" w:rsidRPr="00C76150" w:rsidRDefault="00DD3FC4" w:rsidP="00CA6EF5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E13C1C" w:rsidRPr="00C76150" w14:paraId="242DAA93" w14:textId="77777777" w:rsidTr="00C76150">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="78FD506F" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="78FD506F" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2903AAA9" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
@@ -3699,56 +3733,56 @@
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="06F59D8E" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17A9F408" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="17A9F408" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai pasūtītājs ir nodrošinājis katra iepirkuma procedūras posma dokumentēšanu?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3790,57 +3824,57 @@
           <w:p w14:paraId="7710C498" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00CA6EF5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E13C1C" w:rsidRPr="00C76150" w14:paraId="63A9F0D2" w14:textId="77777777" w:rsidTr="00C76150">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C67F3E1" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="5C67F3E1" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1B03DCB3" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00552974">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
@@ -3981,57 +4015,57 @@
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3233746E" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B067779" w14:textId="5DE1A412" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="7B067779" w14:textId="5DE1A412" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00CC07D4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai pasūtītājs ir papildu informāciju </w:t>
             </w:r>
             <w:r w:rsidR="007305B5">
               <w:rPr>
@@ -4167,57 +4201,57 @@
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1E69089F" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E7C87AA" w14:textId="76168272" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="3E7C87AA" w14:textId="76168272" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja pasūtītājs ir veicis grozījumus iepirkuma dokumentācijā noteiktajām prasībām</w:t>
             </w:r>
             <w:r w:rsidR="002C1889" w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -4363,57 +4397,57 @@
           <w:p w14:paraId="03F831E6" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00CA6EF5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E13C1C" w:rsidRPr="00C76150" w14:paraId="2DDF29DC" w14:textId="77777777" w:rsidTr="00C76150">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62EEEFFA" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="62EEEFFA" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0379278F" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00552974">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
@@ -4499,56 +4533,56 @@
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6555AB98" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22A4DBC9" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="22A4DBC9" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai ir ievērots samērīguma princips, noraidot, pamatojoties uz formālām noformējuma neatbilstības prasībām, t.i., vai pasūtītājs ir pieprasījis, lai pretendents uzrāda dokumenta oriģinālu vai iesniedz apliecinātu kopiju tādam dokumentam, par kura kopijas autentiskumu pasūtītājam ir radušās šaubas, nevis automātiski noraidījis pretendentu?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4591,57 +4625,57 @@
           <w:p w14:paraId="7E199EEA" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00CA6EF5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F8746A" w:rsidRPr="00C76150" w14:paraId="27498A10" w14:textId="77777777" w:rsidTr="00C76150">
         <w:trPr>
           <w:trHeight w:val="1069"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="69EB7A59" w14:textId="77777777" w:rsidR="00F8746A" w:rsidRPr="00C76150" w:rsidRDefault="00F8746A" w:rsidP="00BA5B91">
+          <w:p w14:paraId="69EB7A59" w14:textId="77777777" w:rsidR="00F8746A" w:rsidRPr="00C76150" w:rsidRDefault="00F8746A" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="09C192BC" w14:textId="77777777" w:rsidR="00F8746A" w:rsidRPr="00C76150" w:rsidRDefault="00F8746A" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
@@ -4791,56 +4825,56 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4B4260AD" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C83B705" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="4C83B705" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai ir atbilstoši izslēgti pretendenti no turpmākās dalības iepirkumā, ja pasūtītājs ir izvēlējies piemērot PIL </w:t>
             </w:r>
             <w:r w:rsidR="00A23C13" w:rsidRPr="00C76150">
               <w:rPr>
@@ -5275,56 +5309,56 @@
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4CE37F9F" w14:textId="77777777" w:rsidR="00AA6E81" w:rsidRPr="00C76150" w:rsidRDefault="00AA6E81" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4EA3D180" w14:textId="77777777" w:rsidR="00AA6E81" w:rsidRPr="00C76150" w:rsidRDefault="00CF71A7" w:rsidP="00BA5B91">
+          <w:p w14:paraId="4EA3D180" w14:textId="77777777" w:rsidR="00AA6E81" w:rsidRPr="00C76150" w:rsidRDefault="00CF71A7" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai pasūtītājs ir noraidījis pretendentu/ kandidātu </w:t>
             </w:r>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
@@ -5438,56 +5472,56 @@
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2DF2B858" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5396D957" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="5396D957" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai pretendents ir izslēgts no dalības iepirkumā tikai, pamatojoties uz PIL </w:t>
             </w:r>
             <w:r w:rsidR="007279D3" w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -5556,57 +5590,57 @@
           <w:p w14:paraId="3576F5BB" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00CA6EF5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E13C1C" w:rsidRPr="00C76150" w14:paraId="570FBE6B" w14:textId="77777777" w:rsidTr="00C76150">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="226D7D37" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="226D7D37" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5D697401" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00552974">
             <w:pPr>
               <w:pStyle w:val="WW-Default"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="709"/>
               </w:tabs>
@@ -5729,56 +5763,56 @@
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1208E258" w14:textId="77777777" w:rsidR="00E92F43" w:rsidRPr="00C76150" w:rsidRDefault="00E92F43" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79E00AC7" w14:textId="77777777" w:rsidR="00E92F43" w:rsidRPr="00C76150" w:rsidRDefault="00E92F43" w:rsidP="00BA5B91">
+          <w:p w14:paraId="79E00AC7" w14:textId="77777777" w:rsidR="00E92F43" w:rsidRPr="00C76150" w:rsidRDefault="00E92F43" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai piegādātāju atlases prasības nav noteiktas acīmredzami diskriminējošas?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="230A7911" w14:textId="50988246" w:rsidR="00E92F43" w:rsidRPr="00C76150" w:rsidRDefault="00E92F43" w:rsidP="00552974">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
@@ -5899,56 +5933,56 @@
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="294703E0" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="246C6212" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="246C6212" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai pasūtītājs ir atlasījis piegādātājus saskaņā ar izvirzītajām prasībām?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6CFB2121" w14:textId="77777777" w:rsidR="000F542C" w:rsidRPr="00C76150" w:rsidRDefault="000F542C" w:rsidP="0096525C">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
@@ -6037,56 +6071,56 @@
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0B4BD766" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77931CD9" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="77931CD9" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai pasūtītājs ir pieprasījis un vērtējis tikai tādu informāciju un dokumentus, kas nepieciešami pretendenta kvalifikācijas un piedāvājumu atbilstības pārbaudei, kā arī piedāvājuma izvēlei saskaņā ar noteikto piedāvājuma izvēles kritēriju?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
@@ -6127,57 +6161,57 @@
           <w:p w14:paraId="45B40F86" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00CA6EF5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E13C1C" w:rsidRPr="00C76150" w14:paraId="72E2EC01" w14:textId="77777777" w:rsidTr="00C76150">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33E97C79" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="33E97C79" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1F58F6DD" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00552974">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -6307,56 +6341,56 @@
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0684E844" w14:textId="77777777" w:rsidR="000F542C" w:rsidRPr="00C76150" w:rsidRDefault="000F542C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33CF1C98" w14:textId="1684DF74" w:rsidR="000F542C" w:rsidRPr="00C76150" w:rsidRDefault="000F542C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="33CF1C98" w14:textId="1684DF74" w:rsidR="000F542C" w:rsidRPr="00C76150" w:rsidRDefault="000F542C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai šīs prasības nav noteiktas acīmredzami diskriminējošas?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B88CD49" w14:textId="027D2B81" w:rsidR="000F542C" w:rsidRPr="00C76150" w:rsidRDefault="000F542C" w:rsidP="004F37C7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:firstLine="450"/>
               <w:contextualSpacing w:val="0"/>
@@ -6459,56 +6493,56 @@
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="29FD989D" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00D47F2E" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="00D47F2E" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai tika pieņemti un vērtēti ekvivalenti piedāvājumi izvirzītajiem standartiem (ja tādi tika izvirzīti)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -6569,56 +6603,56 @@
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="600A0AA2" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C46C05D" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="7C46C05D" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Vai piedāvājums atbilst pilnīgi visām izvirzītajām prasībām?</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -6683,56 +6717,56 @@
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="661064F8" w14:textId="77777777" w:rsidR="0050656C" w:rsidRPr="00C76150" w:rsidRDefault="0050656C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1DFE6E1D" w14:textId="36BB272A" w:rsidR="0050656C" w:rsidRPr="00C76150" w:rsidRDefault="0050656C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="1DFE6E1D" w14:textId="36BB272A" w:rsidR="0050656C" w:rsidRPr="00C76150" w:rsidRDefault="0050656C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Vai pasūtītājs ir pieņēmis līdzvērtīgus marķējumus, kas apstiprina pakalpojumu atbilstību pasūtītāja norādītajam marķējumam?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -6796,56 +6830,56 @@
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="14163D93" w14:textId="77777777" w:rsidR="0050656C" w:rsidRPr="00C76150" w:rsidRDefault="0050656C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3444FC75" w14:textId="44DA58F0" w:rsidR="0050656C" w:rsidRPr="00C76150" w:rsidRDefault="0050656C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="3444FC75" w14:textId="44DA58F0" w:rsidR="0050656C" w:rsidRPr="00C76150" w:rsidRDefault="0050656C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Ja piegādātājam no tā neatkarīgu iemeslu dēļ nebija iespējams līdz piedāvājuma iesniegšanas dienai iegūt pasūtītāja norādīto marķējumu vai līdzvērtīgu marķējumu, vai pasūtītājs ir pieņēmis citus atbilstošus pierādījumus, tai skaitā ražotāja tehnisko dokumentāciju, kas pamato pakalpojumu atbilstību pasūtītāja norādītā marķējuma prasībām?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -6909,56 +6943,56 @@
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1F6FE19F" w14:textId="77777777" w:rsidR="0050656C" w:rsidRPr="00C76150" w:rsidRDefault="0050656C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B6F01E9" w14:textId="77777777" w:rsidR="0050656C" w:rsidRDefault="0050656C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="5B6F01E9" w14:textId="77777777" w:rsidR="0050656C" w:rsidRDefault="0050656C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Ja pasūtītājs ir pieprasījis iesniegt konkrētas akreditētas atbilstības novērtēšanas institūcijas izdotus testēšanas pārskatu un protokolus vai sertifikātus (saskaņā ar PIL 22.panta nosacījumiem), vai tas ir pieņēmis arī citu līdzvērtīgu atbilstības novērtēšanas institūciju izdotus sertifikātus?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="222F4BE2" w14:textId="4703E71B" w:rsidR="00674007" w:rsidRPr="00C76150" w:rsidRDefault="00674007" w:rsidP="00674007">
             <w:pPr>
@@ -7027,57 +7061,57 @@
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E13C1C" w:rsidRPr="00C76150" w14:paraId="32BC0173" w14:textId="77777777" w:rsidTr="00C76150">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="456F24E6" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="456F24E6" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="53E75BBA" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="004F37C7">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
@@ -7165,56 +7199,56 @@
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="719069EC" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C3C7812" w14:textId="19AEC2B9" w:rsidR="00E13C1C" w:rsidRPr="00BB6E00" w:rsidRDefault="00E13C1C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="4C3C7812" w14:textId="19AEC2B9" w:rsidR="00E13C1C" w:rsidRPr="00BB6E00" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Vai neskaidrību gadījumā pasūtītājs ir izmantojis tiesības pieprasīt, lai piegādātājs vai kompetenta institūcija papildina vai izskaidro iesniegtos dokumentus?</w:t>
             </w:r>
             <w:r w:rsidR="00CB7ABA">
               <w:rPr>
@@ -7321,56 +7355,56 @@
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="68DA8119" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2197898E" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="009778E8" w:rsidP="00BA5B91">
+          <w:p w14:paraId="2197898E" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="009778E8" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai pasūtītājs ir pieprasījis un vērtējis tikai tādu informāciju un dokumentus, kas nepieciešami pretendenta kvalifikācijas un piedāvājumu atbilstības pārbaudei, kā arī piedāvājuma izvēlei saskaņā ar noteikto piedāvājuma izvērtēšanas kritēriju? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -7433,114 +7467,114 @@
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="42D25575" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A253675" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="1A253675" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Vai tika izvērtēta iesniegto d</w:t>
             </w:r>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">okumentu </w:t>
             </w:r>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>satura</w:t>
             </w:r>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve"> atbilstība izvirzītajām prasībām (ja nav ievērota kāda konkrēta </w:t>
+              <w:t xml:space="preserve"> atbilstība </w:t>
             </w:r>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>dokumenta forma, tad nedrīkst pieļaut tādas atšķirības, kas maina izvirzītos nosacījumus pēc būtības, t.sk. sniedz mazākas garantijas vai informāciju, nekā prasīts)?</w:t>
+              <w:t>izvirzītajām prasībām (ja nav ievērota kāda konkrēta dokumenta forma, tad nedrīkst pieļaut tādas atšķirības, kas maina izvirzītos nosacījumus pēc būtības, t.sk. sniedz mazākas garantijas vai informāciju, nekā prasīts)?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20A6EEE3" w14:textId="77777777" w:rsidR="00FF3E47" w:rsidRPr="00C76150" w:rsidRDefault="00FF3E47" w:rsidP="004F37C7">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:firstLine="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -7588,57 +7622,57 @@
           <w:p w14:paraId="59C7FE13" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00CA6EF5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E13C1C" w:rsidRPr="00C76150" w14:paraId="1724F560" w14:textId="77777777" w:rsidTr="00C76150">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74288504" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="74288504" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5183E496" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
@@ -7754,56 +7788,56 @@
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="65A91BAE" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2397E124" w14:textId="29714EB7" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="2397E124" w14:textId="29714EB7" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai </w:t>
             </w:r>
             <w:r w:rsidR="00D9006F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
@@ -7900,57 +7934,57 @@
           <w:p w14:paraId="0E54243A" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00CA6EF5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D44F7" w:rsidRPr="00C76150" w14:paraId="10EE907D" w14:textId="77777777" w:rsidTr="00C76150">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="022F51B5" w14:textId="77777777" w:rsidR="004D44F7" w:rsidRPr="00C76150" w:rsidRDefault="004D44F7" w:rsidP="00BA5B91">
+          <w:p w14:paraId="022F51B5" w14:textId="77777777" w:rsidR="004D44F7" w:rsidRPr="00C76150" w:rsidRDefault="004D44F7" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6C5E4639" w14:textId="77777777" w:rsidR="004D44F7" w:rsidRPr="00C76150" w:rsidRDefault="004D44F7" w:rsidP="004F37C7">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
@@ -8073,56 +8107,56 @@
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2B29B84B" w14:textId="77777777" w:rsidR="004D44F7" w:rsidRPr="00C76150" w:rsidRDefault="004D44F7" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A8FE784" w14:textId="605DA14D" w:rsidR="004D44F7" w:rsidRPr="00C76150" w:rsidRDefault="004D44F7" w:rsidP="00BA5B91">
+          <w:p w14:paraId="7A8FE784" w14:textId="605DA14D" w:rsidR="004D44F7" w:rsidRPr="00C76150" w:rsidRDefault="004D44F7" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Vai nav konstatējams, ka iepirkuma dokumentācijas sagatavotājs (pasūtītāja amatpersona vai darbinieks), iepirkuma komisijas locekļi</w:t>
             </w:r>
             <w:r w:rsidR="0085186A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
@@ -8229,57 +8263,57 @@
           <w:p w14:paraId="77CF527E" w14:textId="77777777" w:rsidR="004D44F7" w:rsidRPr="00C76150" w:rsidRDefault="004D44F7" w:rsidP="00CA6EF5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F40EDC" w:rsidRPr="00C76150" w14:paraId="6139198E" w14:textId="77777777" w:rsidTr="00C76150">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="796C27B0" w14:textId="77777777" w:rsidR="00F40EDC" w:rsidRPr="00C76150" w:rsidRDefault="00F40EDC" w:rsidP="00BA5B91">
+          <w:p w14:paraId="796C27B0" w14:textId="77777777" w:rsidR="00F40EDC" w:rsidRPr="00C76150" w:rsidRDefault="00F40EDC" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="453B83B9" w14:textId="77777777" w:rsidR="00F40EDC" w:rsidRPr="00C76150" w:rsidRDefault="00F40EDC" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
@@ -8366,56 +8400,56 @@
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="66965598" w14:textId="77777777" w:rsidR="00F40EDC" w:rsidRPr="00C76150" w:rsidRDefault="00F40EDC" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="305E8F79" w14:textId="7A0AEF4F" w:rsidR="00F40EDC" w:rsidRPr="00C76150" w:rsidRDefault="00F40EDC" w:rsidP="00BA5B91">
+          <w:p w14:paraId="305E8F79" w14:textId="7A0AEF4F" w:rsidR="00F40EDC" w:rsidRPr="00C76150" w:rsidRDefault="00F40EDC" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Vai piedāvājumi, kas iesniegti pēc noteiktā iesniegšanas termiņa beigām, ir noraidīti</w:t>
             </w:r>
             <w:r w:rsidR="00AF0A40" w:rsidRPr="00C76150">
@@ -8496,57 +8530,57 @@
           <w:p w14:paraId="525A9230" w14:textId="77777777" w:rsidR="00F40EDC" w:rsidRPr="00C76150" w:rsidRDefault="00F40EDC" w:rsidP="00CA6EF5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E13C1C" w:rsidRPr="00C76150" w14:paraId="403B4D52" w14:textId="77777777" w:rsidTr="00C76150">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75F4E60E" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00BA5B91">
+          <w:p w14:paraId="75F4E60E" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4F2AA0FE" w14:textId="77777777" w:rsidR="00E13C1C" w:rsidRPr="00C76150" w:rsidRDefault="00E13C1C" w:rsidP="004F37C7">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
@@ -8641,56 +8675,56 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3E120FBE" w14:textId="77777777" w:rsidR="004D44F7" w:rsidRPr="00C76150" w:rsidRDefault="004D44F7" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="78FA29E0" w14:textId="77777777" w:rsidR="006F0AD5" w:rsidRPr="006F0AD5" w:rsidRDefault="004D44F7" w:rsidP="00BA5B91">
+          <w:p w14:paraId="78FA29E0" w14:textId="77777777" w:rsidR="006F0AD5" w:rsidRPr="006F0AD5" w:rsidRDefault="004D44F7" w:rsidP="00C76150">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai pasūtītājs triju darbdienu laikā </w:t>
             </w:r>
             <w:r w:rsidR="00221148">
               <w:rPr>
@@ -8703,56 +8737,56 @@
             <w:r w:rsidR="006F0AD5">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">nas </w:t>
             </w:r>
             <w:r w:rsidRPr="00C76150">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>ir vienlaikus informējis visus pretendentus par pieņemto lēmumu attiecībā uz iepirkuma līguma slēgšanu</w:t>
             </w:r>
             <w:r w:rsidR="006F0AD5">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>, tostarp:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6267C6D9" w14:textId="77777777" w:rsidR="00B206CC" w:rsidRPr="00B206CC" w:rsidRDefault="008D4470" w:rsidP="00BA5B91">
+          <w:p w14:paraId="6267C6D9" w14:textId="77777777" w:rsidR="00B206CC" w:rsidRPr="00B206CC" w:rsidRDefault="008D4470" w:rsidP="008D4470">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="28"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">paziņojis </w:t>
             </w:r>
             <w:r w:rsidRPr="008D4470">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -8869,84 +8903,85 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1F31C1AD" w14:textId="77777777" w:rsidR="004D44F7" w:rsidRPr="00C76150" w:rsidRDefault="004D44F7" w:rsidP="00CA6EF5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="31670552" w14:textId="77777777" w:rsidR="00592A25" w:rsidRPr="00C76150" w:rsidRDefault="00592A25" w:rsidP="00393A84"/>
     <w:sectPr w:rsidR="00592A25" w:rsidRPr="00C76150" w:rsidSect="00393A84">
-      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="58A567E1" w14:textId="77777777" w:rsidR="00F9654D" w:rsidRDefault="00F9654D" w:rsidP="00481F13">
+    <w:p w14:paraId="4FB424D8" w14:textId="77777777" w:rsidR="00327086" w:rsidRDefault="00327086" w:rsidP="00481F13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="747F6B4E" w14:textId="77777777" w:rsidR="00F9654D" w:rsidRDefault="00F9654D" w:rsidP="00481F13">
+    <w:p w14:paraId="236F3B1E" w14:textId="77777777" w:rsidR="00327086" w:rsidRDefault="00327086" w:rsidP="00481F13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7B941AD7" w14:textId="77777777" w:rsidR="00F9654D" w:rsidRDefault="00F9654D">
+    <w:p w14:paraId="77CF61D3" w14:textId="77777777" w:rsidR="00327086" w:rsidRDefault="00327086">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -9049,103 +9084,94 @@
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00654828">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00654828">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="003701D4">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>1</w:t>
-[...8 lines deleted...]
-      <w:t>0</w:t>
+      <w:t>10</w:t>
     </w:r>
     <w:r w:rsidRPr="00654828">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="706064A9" w14:textId="77777777" w:rsidR="009708B5" w:rsidRDefault="009708B5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7C7FE904" w14:textId="77777777" w:rsidR="00F9654D" w:rsidRDefault="00F9654D" w:rsidP="00481F13">
+    <w:p w14:paraId="0814ACC5" w14:textId="77777777" w:rsidR="00327086" w:rsidRDefault="00327086" w:rsidP="00481F13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7911B26E" w14:textId="77777777" w:rsidR="00F9654D" w:rsidRDefault="00F9654D" w:rsidP="00481F13">
+    <w:p w14:paraId="2A99D51F" w14:textId="77777777" w:rsidR="00327086" w:rsidRDefault="00327086" w:rsidP="00481F13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4060A386" w14:textId="77777777" w:rsidR="00F9654D" w:rsidRDefault="00F9654D">
+    <w:p w14:paraId="77217034" w14:textId="77777777" w:rsidR="00327086" w:rsidRDefault="00327086">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="5843F261" w14:textId="3A9024CF" w:rsidR="004C1E4F" w:rsidRPr="004C1E4F" w:rsidRDefault="004C1E4F" w:rsidP="004C1E4F">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1E4F">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="004C1E4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
@@ -9159,50 +9185,60 @@
       </w:r>
       <w:r w:rsidRPr="004C1E4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>, tika pārbaudīti iepirkuma dokumentācijas pārbaudes laikā, atkārtoti tos nav nepieciešams pārbaudīt iepirkuma norises pārbaudes laikā.</w:t>
       </w:r>
       <w:r w:rsidR="00D93D54">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Savukārt, ja pirms iepirkuma norises pirmspārbaudes iepirkuma dokumentācijas pirmspārbaude nav veikta, norises pirmspārbaudes ietvaros vērtējama arī iepirkuma dokumentācijā iekļauto prasību atbilstība šīs metodikas 8.pielikuma jautājumiem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41B65A0A" w14:textId="77777777" w:rsidR="004C1E4F" w:rsidRPr="004C1E4F" w:rsidRDefault="004C1E4F" w:rsidP="004C1E4F">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="30916406" w14:textId="77777777" w:rsidR="00F05F64" w:rsidRDefault="00F05F64">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A4C222F2"/>
     <w:name w:val="WW8Num1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="927"/>
         </w:tabs>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Calibri"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
@@ -12347,115 +12383,115 @@
     <w:rsid w:val="00241E9E"/>
     <w:rsid w:val="00245158"/>
     <w:rsid w:val="0028097B"/>
     <w:rsid w:val="002812B2"/>
     <w:rsid w:val="00281595"/>
     <w:rsid w:val="00282D7B"/>
     <w:rsid w:val="002830C3"/>
     <w:rsid w:val="002841D8"/>
     <w:rsid w:val="00291EDE"/>
     <w:rsid w:val="00292FCD"/>
     <w:rsid w:val="002934E2"/>
     <w:rsid w:val="00293E71"/>
     <w:rsid w:val="002A1330"/>
     <w:rsid w:val="002A2506"/>
     <w:rsid w:val="002A27CD"/>
     <w:rsid w:val="002A7912"/>
     <w:rsid w:val="002C00FE"/>
     <w:rsid w:val="002C1889"/>
     <w:rsid w:val="002C3D4C"/>
     <w:rsid w:val="002D4B2E"/>
     <w:rsid w:val="002D585E"/>
     <w:rsid w:val="002E02AF"/>
     <w:rsid w:val="002E47D5"/>
     <w:rsid w:val="002E7DEA"/>
     <w:rsid w:val="002F0890"/>
-    <w:rsid w:val="002F0A14"/>
     <w:rsid w:val="002F0A7E"/>
     <w:rsid w:val="003040D8"/>
     <w:rsid w:val="00316ACB"/>
     <w:rsid w:val="0031707B"/>
     <w:rsid w:val="0031741B"/>
     <w:rsid w:val="00320E1B"/>
     <w:rsid w:val="003247E1"/>
+    <w:rsid w:val="00327086"/>
     <w:rsid w:val="00327A3F"/>
     <w:rsid w:val="00327D29"/>
     <w:rsid w:val="00330E98"/>
     <w:rsid w:val="00336178"/>
     <w:rsid w:val="0034070B"/>
     <w:rsid w:val="003420F9"/>
     <w:rsid w:val="00342895"/>
     <w:rsid w:val="00342BFF"/>
     <w:rsid w:val="003471DD"/>
     <w:rsid w:val="00361432"/>
     <w:rsid w:val="003701D4"/>
     <w:rsid w:val="0037113A"/>
     <w:rsid w:val="003718C2"/>
     <w:rsid w:val="00375277"/>
     <w:rsid w:val="00380BDB"/>
     <w:rsid w:val="00382216"/>
     <w:rsid w:val="0038399E"/>
     <w:rsid w:val="00385C81"/>
     <w:rsid w:val="00393A84"/>
+    <w:rsid w:val="00397033"/>
     <w:rsid w:val="003972D8"/>
     <w:rsid w:val="003A197E"/>
     <w:rsid w:val="003A24BA"/>
     <w:rsid w:val="003B1060"/>
     <w:rsid w:val="003B1F5E"/>
     <w:rsid w:val="003C63D3"/>
     <w:rsid w:val="003C6845"/>
     <w:rsid w:val="003D218E"/>
     <w:rsid w:val="003D7349"/>
     <w:rsid w:val="003E00A9"/>
     <w:rsid w:val="003E27B6"/>
     <w:rsid w:val="003E65B5"/>
     <w:rsid w:val="0040275E"/>
     <w:rsid w:val="004027ED"/>
     <w:rsid w:val="00404250"/>
     <w:rsid w:val="00410D20"/>
     <w:rsid w:val="00413010"/>
     <w:rsid w:val="004177F4"/>
     <w:rsid w:val="00420174"/>
     <w:rsid w:val="0044267D"/>
     <w:rsid w:val="00442F5F"/>
     <w:rsid w:val="00447901"/>
     <w:rsid w:val="00451B71"/>
     <w:rsid w:val="0045230E"/>
     <w:rsid w:val="00454750"/>
     <w:rsid w:val="00454E02"/>
     <w:rsid w:val="00456A94"/>
     <w:rsid w:val="00457370"/>
     <w:rsid w:val="0046119D"/>
     <w:rsid w:val="004614B6"/>
     <w:rsid w:val="00464DAE"/>
     <w:rsid w:val="00465433"/>
     <w:rsid w:val="00470A46"/>
     <w:rsid w:val="00472417"/>
     <w:rsid w:val="004751B1"/>
     <w:rsid w:val="00475679"/>
     <w:rsid w:val="004757F9"/>
-    <w:rsid w:val="004760DC"/>
     <w:rsid w:val="00481624"/>
     <w:rsid w:val="00481F13"/>
     <w:rsid w:val="00484B18"/>
     <w:rsid w:val="00484D10"/>
     <w:rsid w:val="00485029"/>
     <w:rsid w:val="00494362"/>
     <w:rsid w:val="00495C42"/>
     <w:rsid w:val="00496461"/>
     <w:rsid w:val="004979AD"/>
     <w:rsid w:val="004A07BE"/>
     <w:rsid w:val="004C1E4F"/>
     <w:rsid w:val="004C560B"/>
     <w:rsid w:val="004C7FD1"/>
     <w:rsid w:val="004D06A9"/>
     <w:rsid w:val="004D44F7"/>
     <w:rsid w:val="004E6994"/>
     <w:rsid w:val="004F37C7"/>
     <w:rsid w:val="0050101A"/>
     <w:rsid w:val="005047D8"/>
     <w:rsid w:val="00505331"/>
     <w:rsid w:val="0050656C"/>
     <w:rsid w:val="00506A9A"/>
     <w:rsid w:val="005263F8"/>
     <w:rsid w:val="0052697F"/>
     <w:rsid w:val="00527B26"/>
@@ -12502,82 +12538,82 @@
     <w:rsid w:val="00685242"/>
     <w:rsid w:val="006902E7"/>
     <w:rsid w:val="00690F43"/>
     <w:rsid w:val="006914E0"/>
     <w:rsid w:val="00692962"/>
     <w:rsid w:val="006936A4"/>
     <w:rsid w:val="00694703"/>
     <w:rsid w:val="00696A1E"/>
     <w:rsid w:val="006A2096"/>
     <w:rsid w:val="006A50D2"/>
     <w:rsid w:val="006A7238"/>
     <w:rsid w:val="006B0AC9"/>
     <w:rsid w:val="006C3DAC"/>
     <w:rsid w:val="006C5C16"/>
     <w:rsid w:val="006D1273"/>
     <w:rsid w:val="006D2478"/>
     <w:rsid w:val="006D3E0E"/>
     <w:rsid w:val="006D4B77"/>
     <w:rsid w:val="006D6E70"/>
     <w:rsid w:val="006E4D0E"/>
     <w:rsid w:val="006F0AD5"/>
     <w:rsid w:val="006F3BE8"/>
     <w:rsid w:val="006F4DF4"/>
     <w:rsid w:val="006F575B"/>
     <w:rsid w:val="007111CA"/>
+    <w:rsid w:val="007161DA"/>
     <w:rsid w:val="0071754B"/>
     <w:rsid w:val="007279D3"/>
     <w:rsid w:val="007305B5"/>
     <w:rsid w:val="00736563"/>
     <w:rsid w:val="00736A15"/>
     <w:rsid w:val="007478A1"/>
     <w:rsid w:val="00760386"/>
     <w:rsid w:val="007624E3"/>
     <w:rsid w:val="00762963"/>
     <w:rsid w:val="00765D91"/>
     <w:rsid w:val="00770101"/>
     <w:rsid w:val="007724C7"/>
     <w:rsid w:val="007745DF"/>
     <w:rsid w:val="007779AA"/>
     <w:rsid w:val="0078061A"/>
     <w:rsid w:val="00785B29"/>
     <w:rsid w:val="0078621C"/>
     <w:rsid w:val="007B6BAA"/>
     <w:rsid w:val="007D1C58"/>
     <w:rsid w:val="007D416C"/>
     <w:rsid w:val="007E25E2"/>
     <w:rsid w:val="007E5236"/>
     <w:rsid w:val="007E55F8"/>
     <w:rsid w:val="008029B5"/>
     <w:rsid w:val="008030B6"/>
     <w:rsid w:val="0080383F"/>
     <w:rsid w:val="00803AE0"/>
     <w:rsid w:val="00807C64"/>
     <w:rsid w:val="008136F0"/>
     <w:rsid w:val="00813B14"/>
     <w:rsid w:val="00813C51"/>
-    <w:rsid w:val="008158AA"/>
     <w:rsid w:val="00816A46"/>
     <w:rsid w:val="00816DCD"/>
     <w:rsid w:val="0082095F"/>
     <w:rsid w:val="00822003"/>
     <w:rsid w:val="008234E2"/>
     <w:rsid w:val="00827C7F"/>
     <w:rsid w:val="008402FE"/>
     <w:rsid w:val="00846987"/>
     <w:rsid w:val="0085186A"/>
     <w:rsid w:val="0085378E"/>
     <w:rsid w:val="00860614"/>
     <w:rsid w:val="008622FE"/>
     <w:rsid w:val="00863720"/>
     <w:rsid w:val="00864887"/>
     <w:rsid w:val="008749FE"/>
     <w:rsid w:val="00875789"/>
     <w:rsid w:val="0087668A"/>
     <w:rsid w:val="00876F23"/>
     <w:rsid w:val="00884A0B"/>
     <w:rsid w:val="00886C62"/>
     <w:rsid w:val="00893B40"/>
     <w:rsid w:val="008956C6"/>
     <w:rsid w:val="008A10DD"/>
     <w:rsid w:val="008A6016"/>
     <w:rsid w:val="008A7024"/>
@@ -12644,83 +12680,83 @@
     <w:rsid w:val="00A23C13"/>
     <w:rsid w:val="00A34950"/>
     <w:rsid w:val="00A3591F"/>
     <w:rsid w:val="00A4008E"/>
     <w:rsid w:val="00A41707"/>
     <w:rsid w:val="00A44E50"/>
     <w:rsid w:val="00A458C3"/>
     <w:rsid w:val="00A46723"/>
     <w:rsid w:val="00A50D0B"/>
     <w:rsid w:val="00A62BE9"/>
     <w:rsid w:val="00A62F0D"/>
     <w:rsid w:val="00A63C23"/>
     <w:rsid w:val="00A64D9D"/>
     <w:rsid w:val="00A67863"/>
     <w:rsid w:val="00A7303F"/>
     <w:rsid w:val="00A828F9"/>
     <w:rsid w:val="00A82D30"/>
     <w:rsid w:val="00A8713C"/>
     <w:rsid w:val="00A875BB"/>
     <w:rsid w:val="00A90A5A"/>
     <w:rsid w:val="00A9182F"/>
     <w:rsid w:val="00A93884"/>
     <w:rsid w:val="00A954B8"/>
     <w:rsid w:val="00A955CB"/>
     <w:rsid w:val="00AA00AB"/>
+    <w:rsid w:val="00AA3DF6"/>
     <w:rsid w:val="00AA49D9"/>
     <w:rsid w:val="00AA6E81"/>
     <w:rsid w:val="00AA795A"/>
     <w:rsid w:val="00AB00F9"/>
     <w:rsid w:val="00AB7B54"/>
     <w:rsid w:val="00AB7B59"/>
     <w:rsid w:val="00AC5A87"/>
     <w:rsid w:val="00AD025E"/>
     <w:rsid w:val="00AE1E10"/>
     <w:rsid w:val="00AE3B79"/>
     <w:rsid w:val="00AF0A40"/>
     <w:rsid w:val="00AF0AE1"/>
     <w:rsid w:val="00AF0D34"/>
     <w:rsid w:val="00B00B76"/>
     <w:rsid w:val="00B0584E"/>
     <w:rsid w:val="00B1116B"/>
     <w:rsid w:val="00B1343F"/>
     <w:rsid w:val="00B206CC"/>
     <w:rsid w:val="00B42056"/>
     <w:rsid w:val="00B46C50"/>
     <w:rsid w:val="00B51107"/>
     <w:rsid w:val="00B51AD6"/>
     <w:rsid w:val="00B56294"/>
     <w:rsid w:val="00B60013"/>
     <w:rsid w:val="00B65DA0"/>
     <w:rsid w:val="00B71267"/>
     <w:rsid w:val="00B903A5"/>
     <w:rsid w:val="00B916F7"/>
     <w:rsid w:val="00B930EC"/>
     <w:rsid w:val="00B97FA4"/>
     <w:rsid w:val="00B97FC2"/>
     <w:rsid w:val="00BA143F"/>
-    <w:rsid w:val="00BA5B91"/>
     <w:rsid w:val="00BA6FDB"/>
     <w:rsid w:val="00BB0541"/>
     <w:rsid w:val="00BB1196"/>
     <w:rsid w:val="00BB19BE"/>
     <w:rsid w:val="00BB304D"/>
     <w:rsid w:val="00BB3A06"/>
     <w:rsid w:val="00BB3D92"/>
     <w:rsid w:val="00BB5F05"/>
     <w:rsid w:val="00BB6E00"/>
     <w:rsid w:val="00BB7E76"/>
     <w:rsid w:val="00BC2200"/>
     <w:rsid w:val="00BC2B5D"/>
     <w:rsid w:val="00BC4F8A"/>
     <w:rsid w:val="00BD0BB8"/>
     <w:rsid w:val="00BE1D8A"/>
     <w:rsid w:val="00BE6FEC"/>
     <w:rsid w:val="00BE7B09"/>
     <w:rsid w:val="00BF165A"/>
     <w:rsid w:val="00BF1B8F"/>
     <w:rsid w:val="00BF568E"/>
     <w:rsid w:val="00BF6778"/>
     <w:rsid w:val="00BF7DC5"/>
     <w:rsid w:val="00C1442F"/>
     <w:rsid w:val="00C2547F"/>
     <w:rsid w:val="00C25C88"/>
@@ -12768,52 +12804,52 @@
     <w:rsid w:val="00D5363B"/>
     <w:rsid w:val="00D56EFD"/>
     <w:rsid w:val="00D57501"/>
     <w:rsid w:val="00D63D30"/>
     <w:rsid w:val="00D73BB7"/>
     <w:rsid w:val="00D74B4B"/>
     <w:rsid w:val="00D8009E"/>
     <w:rsid w:val="00D81D19"/>
     <w:rsid w:val="00D857FE"/>
     <w:rsid w:val="00D9006F"/>
     <w:rsid w:val="00D93597"/>
     <w:rsid w:val="00D93D54"/>
     <w:rsid w:val="00D950EC"/>
     <w:rsid w:val="00D967E3"/>
     <w:rsid w:val="00DA54D6"/>
     <w:rsid w:val="00DA6FCA"/>
     <w:rsid w:val="00DB1A7B"/>
     <w:rsid w:val="00DC262D"/>
     <w:rsid w:val="00DC54A2"/>
     <w:rsid w:val="00DD0AA7"/>
     <w:rsid w:val="00DD165C"/>
     <w:rsid w:val="00DD3FC4"/>
     <w:rsid w:val="00DE2E3E"/>
     <w:rsid w:val="00DF062E"/>
     <w:rsid w:val="00DF18DC"/>
+    <w:rsid w:val="00E00194"/>
     <w:rsid w:val="00E00372"/>
-    <w:rsid w:val="00E0252A"/>
     <w:rsid w:val="00E03C3A"/>
     <w:rsid w:val="00E1312C"/>
     <w:rsid w:val="00E13C1C"/>
     <w:rsid w:val="00E1412B"/>
     <w:rsid w:val="00E1679D"/>
     <w:rsid w:val="00E315AB"/>
     <w:rsid w:val="00E346B2"/>
     <w:rsid w:val="00E34C7E"/>
     <w:rsid w:val="00E35328"/>
     <w:rsid w:val="00E36854"/>
     <w:rsid w:val="00E4314D"/>
     <w:rsid w:val="00E46957"/>
     <w:rsid w:val="00E46DA5"/>
     <w:rsid w:val="00E55B66"/>
     <w:rsid w:val="00E64A75"/>
     <w:rsid w:val="00E64EE0"/>
     <w:rsid w:val="00E67508"/>
     <w:rsid w:val="00E75E55"/>
     <w:rsid w:val="00E80053"/>
     <w:rsid w:val="00E82508"/>
     <w:rsid w:val="00E85F90"/>
     <w:rsid w:val="00E92F43"/>
     <w:rsid w:val="00E948CE"/>
     <w:rsid w:val="00EA1B96"/>
     <w:rsid w:val="00EA6A99"/>
@@ -13800,51 +13836,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1981882723">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -14127,60 +14163,68 @@
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{038E4AC5-68F7-4E5A-BF1D-C71CC2C594D6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
   <Words>8875</Words>
   <Characters>5060</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>42</Lines>
   <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>IUB</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>13908</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Metodiskais materiāls „Iepirkuma procedūras norises pārbaude” (PIL 2. pielikumā minēto pakalpojumu iepirkumi)</dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator/>
-  <cp:keywords>IUB, metodika, skaidrojums</cp:keywords>
+  <dc:creator>Ieva Celma</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>