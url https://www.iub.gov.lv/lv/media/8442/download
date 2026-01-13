--- v0 (2025-10-21)
+++ v1 (2026-01-13)
@@ -160,99 +160,131 @@
       <w:r w:rsidRPr="00EE7B86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00566B34" w:rsidRPr="00EE7B86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE7B86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>gada plānošanas periodā</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CE6310F" w14:textId="2B5123BC" w:rsidR="005E51C0" w:rsidRPr="00EE7B86" w:rsidRDefault="00B14BB6" w:rsidP="005E51C0">
+    <w:p w14:paraId="7CE6310F" w14:textId="040713BD" w:rsidR="005E51C0" w:rsidRPr="00EE7B86" w:rsidRDefault="00B14BB6" w:rsidP="005E51C0">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE7B86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003811F4" w:rsidRPr="00EE7B86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:r w:rsidR="00B71A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>06</w:t>
+      </w:r>
       <w:r w:rsidR="009816A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>10.07.2025</w:t>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00B71A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009816A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B71A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00DE6D36" w:rsidRPr="000B7517">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>., Nr.</w:t>
       </w:r>
-      <w:r w:rsidR="009816A2">
+      <w:r w:rsidR="00B71A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="005E51C0" w:rsidRPr="00EE7B86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25F4F846" w14:textId="77777777" w:rsidR="00393A84" w:rsidRPr="00EE7B86" w:rsidRDefault="00393A84" w:rsidP="005E51C0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41E55797" w14:textId="6CDAB7A5" w:rsidR="00393A84" w:rsidRPr="00EE7B86" w:rsidRDefault="00F00366" w:rsidP="00F00366">
       <w:pPr>
         <w:spacing w:before="120" w:after="360"/>
         <w:jc w:val="center"/>
@@ -539,92 +571,90 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="55" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="5245"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1418"/>
       </w:tblGrid>
       <w:tr w:rsidR="00830355" w:rsidRPr="00EE7B86" w14:paraId="2CF28F59" w14:textId="77777777" w:rsidTr="003376F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10FF106E" w14:textId="77777777" w:rsidR="00830355" w:rsidRPr="00EE7B86" w:rsidRDefault="00830355" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nr.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="24260D73" w14:textId="77777777" w:rsidR="00830355" w:rsidRPr="00EE7B86" w:rsidRDefault="00830355" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>p.k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62DEC52C" w14:textId="77777777" w:rsidR="00830355" w:rsidRPr="00EE7B86" w:rsidRDefault="00830355" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Pārbaudes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -642,51 +672,50 @@
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Jā/Nē/</w:t>
             </w:r>
             <w:r w:rsidR="00520040" w:rsidRPr="00EE7B86" w:rsidDel="00520040">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003811F4" w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nav attiecināms (N/A)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C894EB4" w14:textId="768E91D3" w:rsidR="00830355" w:rsidRPr="00EE7B86" w:rsidRDefault="00830355" w:rsidP="005455F8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Atsauce uz PIL normām</w:t>
             </w:r>
             <w:r w:rsidR="00A9462C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -696,107 +725,104 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">un </w:t>
             </w:r>
             <w:r w:rsidR="00F1103F" w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Starptautisko un Latvijas Republikas nacionālo sankciju likum</w:t>
             </w:r>
             <w:r w:rsidR="005455F8" w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>u</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A9D3B23" w14:textId="77777777" w:rsidR="00830355" w:rsidRPr="00EE7B86" w:rsidRDefault="00073F6F" w:rsidP="00220CCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Komentāri</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00830355" w:rsidRPr="00EE7B86" w14:paraId="36260561" w14:textId="77777777" w:rsidTr="00860198">
         <w:trPr>
           <w:trHeight w:val="553"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="707216CE" w14:textId="77777777" w:rsidR="00830355" w:rsidRPr="00EE7B86" w:rsidRDefault="00830355" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63E1D5FE" w14:textId="77777777" w:rsidR="00830355" w:rsidRPr="00EE7B86" w:rsidRDefault="00830355" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vai</w:t>
@@ -812,51 +838,50 @@
               </w:rPr>
               <w:t xml:space="preserve"> procedūra ir izvēlēta atbilstoši?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69DB6689" w14:textId="77777777" w:rsidR="00830355" w:rsidRPr="00EE7B86" w:rsidRDefault="00830355" w:rsidP="000D038A">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20F979E0" w14:textId="77777777" w:rsidR="00830355" w:rsidRPr="00EE7B86" w:rsidRDefault="00830355" w:rsidP="008D045A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8.p</w:t>
             </w:r>
             <w:r w:rsidR="00B60477" w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
@@ -907,96 +932,93 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>d.</w:t>
             </w:r>
             <w:r w:rsidR="00B60477" w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00BB153C" w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DC553A1" w14:textId="77777777" w:rsidR="00830355" w:rsidRPr="00EE7B86" w:rsidRDefault="00830355" w:rsidP="000D3FB3">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00302DCF" w:rsidRPr="00EE7B86" w14:paraId="6AFDC7A9" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="550"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6BA9356C" w14:textId="77777777" w:rsidR="00302DCF" w:rsidRPr="00EE7B86" w:rsidRDefault="00302DCF" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5573729C" w14:textId="77777777" w:rsidR="00302DCF" w:rsidRPr="00EE7B86" w:rsidRDefault="00302DCF" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1146,112 +1168,108 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>https://www.iub.gov.lv/lv/media/7629/download?attachment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D3B03AA" w14:textId="77777777" w:rsidR="00302DCF" w:rsidRPr="00EE7B86" w:rsidRDefault="00302DCF" w:rsidP="000D038A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C088FD6" w14:textId="77777777" w:rsidR="00302DCF" w:rsidRPr="00EE7B86" w:rsidRDefault="00302DCF" w:rsidP="00073F6F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F82E0FA" w14:textId="77777777" w:rsidR="00302DCF" w:rsidRPr="00EE7B86" w:rsidRDefault="00302DCF" w:rsidP="000D3FB3">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w14:paraId="1BF67492" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="2299"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24E18D5E" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BF90312" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
@@ -1377,230 +1395,222 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>panta pirmajai daļai.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E4E37D8" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00666414">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09C129F2" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00666414">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5272DF89" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00666414">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w14:paraId="15F17C62" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58E2CACC" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F8AD213" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Vai nav konstatējama iepirkuma nepamatota apvienošana?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BA9CDD6" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00666414">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C4A67A8" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00666414">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D77547F" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00666414">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w14:paraId="7EC4B20F" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C3D72F9" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C709D37" w14:textId="5AAB842B" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
@@ -1643,116 +1653,112 @@
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>būtības atbilst iepirkuma priekšmeta saturam?)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="574C0A0A" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00666414">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B2A1147" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00666414">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37E59CFF" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00666414">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w14:paraId="3BEB120F" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5AEFD7F8" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E3D1BF0" w14:textId="52E9DE66" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
@@ -1929,165 +1935,160 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49658DAB" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00666414">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57F8BDE6" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00666414">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C9A0627" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00666414">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w14:paraId="475A3286" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="101"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4420A815" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33DD1747" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00EE7B86">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Vai iepirkums ir atbilstoši izsludināts?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43D2DCFA" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="000D038A">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B744907" w14:textId="3A1B5BE4" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00AA421C" w:rsidP="00B60477">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1.p. 23.p.; </w:t>
             </w:r>
             <w:r w:rsidR="00E2210C" w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2100,100 +2101,97 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, 32.p., 36.p.1.d.</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>; 39.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07223BBB" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="000D3FB3">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w14:paraId="219215A4" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A51245B" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45ECA38E" w14:textId="03E56773" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2349,116 +2347,112 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>sociālajiem un citiem īpašiem pakalpojumiem, ja iepirkums atbilst kādam no PIL 8. panta septītajā daļā minētajiem gadījumiem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FA31E3C" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="000D038A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FCBC294" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00073F6F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76F49F59" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="000D3FB3">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w14:paraId="1BAA19EB" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27860E26" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CD987F1" w14:textId="77777777" w:rsidR="00152F1D" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2480,116 +2474,112 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="204114F9" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="000D038A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7BCE67EC" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="00073F6F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3875D646" w14:textId="77777777" w:rsidR="00DA7FAB" w:rsidRPr="00EE7B86" w:rsidRDefault="00DA7FAB" w:rsidP="000D3FB3">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B862F8" w:rsidRPr="00EE7B86" w14:paraId="7F8145D1" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7FE37C94" w14:textId="77777777" w:rsidR="00B862F8" w:rsidRPr="00EE7B86" w:rsidRDefault="00B862F8" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="552F3146" w14:textId="77777777" w:rsidR="00085FB2" w:rsidRPr="00EE7B86" w:rsidRDefault="00B862F8" w:rsidP="00EE7B86">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja iepirkuma līgums tiek slēgts par PIL 2. pielikumā minētajiem veselības, sociālās un kultūras jomas pakalpojumiem, uz kuriem attiecas CPV kodi 75121000-0, 75122000-7, 75123000-4, 79622000-0, 79624000-4, 79625000-1, 80110000-8, 80300000-7, 80420000-4, 80430000-7, 80511000-9, 80520000-5, 80590000-6, no 85000000-9 līdz 85323000-9, 92500000-6, 92600000-7, 98133000-4, 98133110-8 un pasūtītājs ir rezervējis iespēju piedalīties iepirkumā PIL 10. panta kārtībā tikai tiem kandidātiem vai pretendentiem, kuriem ir piešķirts sociālā uzņēmuma statuss un kuri sniedz minēto jomu pakalpojumus, vai pēdējo triju gadu laikā no dienas, kad būtu pieņemams lēmums par iepirkuma līguma tiesību piešķiršanu, pasūtītājs tiem nav piešķīris iepirkuma līguma slēgšanas tiesības par šajā pantā minētajiem pakalpojumiem šā panta kārtībā? </w:t>
@@ -2704,249 +2694,241 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35D80D26" w14:textId="77777777" w:rsidR="00B862F8" w:rsidRPr="00EE7B86" w:rsidRDefault="00B862F8" w:rsidP="000D038A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3C7D2FD0" w14:textId="77777777" w:rsidR="00B862F8" w:rsidRPr="00EE7B86" w:rsidRDefault="00B862F8" w:rsidP="00073F6F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16.p.2.d. un 3.d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29A02391" w14:textId="77777777" w:rsidR="00B862F8" w:rsidRPr="00EE7B86" w:rsidRDefault="00B862F8" w:rsidP="000D3FB3">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E03434" w:rsidRPr="00EE7B86" w14:paraId="1B7B4B23" w14:textId="77777777" w:rsidTr="005B689A">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D606275" w14:textId="77777777" w:rsidR="00E03434" w:rsidRPr="00EE7B86" w:rsidRDefault="00E03434" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15ADDBFA" w14:textId="77777777" w:rsidR="00E03434" w:rsidRPr="00EE7B86" w:rsidRDefault="00E03434" w:rsidP="00614067">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja ir izdarīti iepirkuma dokumentu grozījumi, vai tas veikts atbilstoši?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49DCC582" w14:textId="77777777" w:rsidR="00E03434" w:rsidRPr="00EE7B86" w:rsidRDefault="00E03434" w:rsidP="000D038A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3591F534" w14:textId="77777777" w:rsidR="00E03434" w:rsidRPr="00EE7B86" w:rsidRDefault="00E03434" w:rsidP="00275062">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>28.p.2.d.</w:t>
             </w:r>
             <w:r w:rsidR="00B14BB6" w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B7891B9" w14:textId="77777777" w:rsidR="00E03434" w:rsidRPr="00EE7B86" w:rsidRDefault="00E03434" w:rsidP="000D3FB3">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E03434" w:rsidRPr="00EE7B86" w14:paraId="7D240025" w14:textId="77777777" w:rsidTr="005B689A">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63FE4AE4" w14:textId="77777777" w:rsidR="00E03434" w:rsidRPr="00EE7B86" w:rsidRDefault="00E03434" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D8BEA1E" w14:textId="3EA71C6C" w:rsidR="00E03434" w:rsidRPr="007513FD" w:rsidRDefault="00E03434" w:rsidP="007513FD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007513FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3032,121 +3014,117 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BA139D7" w14:textId="77777777" w:rsidR="00E03434" w:rsidRPr="00EE7B86" w:rsidRDefault="00E03434" w:rsidP="000D038A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2334EF1C" w14:textId="77777777" w:rsidR="00E03434" w:rsidRPr="00EE7B86" w:rsidRDefault="00E03434" w:rsidP="001A6ABE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40C5BE58" w14:textId="77777777" w:rsidR="00E03434" w:rsidRPr="00EE7B86" w:rsidRDefault="00E03434" w:rsidP="000D3FB3">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A7A1E" w:rsidRPr="00EE7B86" w14:paraId="3C26DA41" w14:textId="77777777" w:rsidTr="005B689A">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="692684E6" w14:textId="77777777" w:rsidR="007A7A1E" w:rsidRPr="00EE7B86" w:rsidRDefault="007A7A1E" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E8DA822" w14:textId="41CB77CE" w:rsidR="0047303F" w:rsidRPr="009A082A" w:rsidRDefault="007A7A1E" w:rsidP="009A082A">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai iepirkuma priekšmeta apraksts/ tehniskās prasības</w:t>
             </w:r>
             <w:r w:rsidR="00A14475" w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -3182,122 +3160,118 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B781578" w14:textId="77777777" w:rsidR="007A7A1E" w:rsidRPr="00EE7B86" w:rsidRDefault="007A7A1E" w:rsidP="000D038A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68DC4C79" w14:textId="77777777" w:rsidR="007A7A1E" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="001A6ABE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>19.-22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="666E9A6B" w14:textId="77777777" w:rsidR="007A7A1E" w:rsidRPr="00EE7B86" w:rsidRDefault="007A7A1E" w:rsidP="000D3FB3">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="36FF3973" w14:textId="77777777" w:rsidTr="005B689A">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="398FD238" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="561D572A" w14:textId="13BEDFB7" w:rsidR="00AA0580" w:rsidRPr="00AA0580" w:rsidRDefault="0047303F" w:rsidP="00AD6578">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="544" w:hanging="448"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3360,230 +3334,222 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>emot vērā EST spriedumā lietā C-424/23 norādīto, situācijā, kurā prasība par noteikta veida vai izcelsmes produktu, vai pat noteiktas preču zīmes produktu, vai tādu produktu, kas iegūts, pamatojoties uz konkrētu patentu vai paņēmienu, nenovēršami izriet no paša līguma priekšmeta, norādi “vai ekvivalents” būtu pieļaujams nelietot</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="272EC229" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47DB7297" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48C7E093" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="3FD70771" w14:textId="77777777" w:rsidTr="005B689A">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="784BC6A4" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E1087EE" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai nav izvirzīti nosacījumi par darbiem pēc līguma izpildes termiņa beigām vai papildus tehniskajā specifikācijā paredzētajam pakalpojumu saturam un apjomam (kas tieši nesaistās ar jau specifikācijā paredzētu pakalpojumu sniegšanu)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B3B5CCD" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F63E5D0" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56741F06" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="73EE16BC" w14:textId="77777777" w:rsidTr="005B689A">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="374540DC" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76D60459" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3604,116 +3570,112 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ir izvirzījis vienīgi tādas prasības, kas ir nepieciešamas līguma izpildei?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B71AEAA" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23466BA1" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F9BB7FC" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="3B33C511" w14:textId="77777777" w:rsidTr="005B689A">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D802209" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27A68DDC" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai </w:t>
@@ -3794,116 +3756,112 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nosaka zaļā publiskā iepirkuma principus, prasības un to piemērošanas kārtību, preču, pakalpojumu un būvdarbu grupas, kurām piemēro zaļā publiskā iepirkuma prasības, piedāvājuma izvērtēšanas kritērijus, iepirkuma līguma izpildes noteikumus un kontroles kārtību.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="106B26C5" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79BAFF2C" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15DC3040" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD0A45" w:rsidRPr="00EE7B86" w14:paraId="49411C0D" w14:textId="77777777" w:rsidTr="005B689A">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C1BF165" w14:textId="77777777" w:rsidR="00FD0A45" w:rsidRPr="00EE7B86" w:rsidRDefault="00FD0A45" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67088FD3" w14:textId="41888E25" w:rsidR="004739AD" w:rsidRPr="00EE7B86" w:rsidRDefault="004739AD" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja pasūtītājs ir tehniskajās specifikācijās, piedāvājuma izvērtēšanas kritērijos vai iepirkuma līguma izpildes noteikumos pieprasījis īpašu marķējumu kā pierādījumu pakalpojumu vai piegāžu atbilstībai noteiktajām prasībām, vai ir ievēroti PIL 21.pantā ietvertie nosacījumi</w:t>
@@ -3973,278 +3931,269 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Nepieciešams pārbaudīt sasaisti ar līguma priekšmetu un šaubu gadījumā pieprasīt paskaidrojumus pasūtītājam!</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CA4AF78" w14:textId="77777777" w:rsidR="00FD0A45" w:rsidRPr="00EE7B86" w:rsidRDefault="00FD0A45" w:rsidP="00FD0A45">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54EC7C4A" w14:textId="77777777" w:rsidR="00FD0A45" w:rsidRPr="00EE7B86" w:rsidRDefault="00FD0A45" w:rsidP="00FD0A45">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F68F9BA" w14:textId="77777777" w:rsidR="00FD0A45" w:rsidRPr="00EE7B86" w:rsidRDefault="00FD0A45" w:rsidP="00FD0A45">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C62494" w:rsidRPr="00EE7B86" w14:paraId="4696FAA8" w14:textId="77777777" w:rsidTr="005B689A">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61DE0380" w14:textId="77777777" w:rsidR="00C62494" w:rsidRPr="00EE7B86" w:rsidRDefault="00C62494" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D392B1B" w14:textId="77777777" w:rsidR="00C62494" w:rsidRPr="00EE7B86" w:rsidRDefault="006A4BCC" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai nav citi konstatējumi saistībā ar iepirkuma priekšmeta apraksta / tehnisko prasību/ finanšu piedāvājuma nosacījumu neatbilstību?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="353769F9" w14:textId="77777777" w:rsidR="00C62494" w:rsidRPr="00EE7B86" w:rsidRDefault="00C62494" w:rsidP="00FD0A45">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29E95405" w14:textId="77777777" w:rsidR="00C62494" w:rsidRPr="00EE7B86" w:rsidRDefault="00C62494" w:rsidP="00FD0A45">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77490021" w14:textId="77777777" w:rsidR="00C62494" w:rsidRPr="00EE7B86" w:rsidRDefault="00C62494" w:rsidP="00FD0A45">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="4C7A7EBC" w14:textId="77777777" w:rsidTr="005B689A">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="291AE4DC" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07CA9FFF" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00EE7B86">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai līguma nosacījumi ir atbilstoši noteikti?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0368A579" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1467B0CC" w14:textId="395409A2" w:rsidR="006D63B3" w:rsidRPr="00F81C8B" w:rsidRDefault="0047303F" w:rsidP="00F81C8B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>60., 61.p.</w:t>
             </w:r>
             <w:r w:rsidR="006D63B3" w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00F81C8B">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -4275,99 +4224,96 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> panta </w:t>
             </w:r>
             <w:r w:rsidR="00D041A4" w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">piektā </w:t>
             </w:r>
             <w:r w:rsidR="006D63B3" w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>daļa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68F6507B" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="23854942" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="125CDC66" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F7FF054" w14:textId="11419F8C" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4451,115 +4397,111 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja pasūtītājs ir piemērojis PIL 16.panta otro daļu, vai  iepirkuma līguma termiņš nepārsniedz trīs gadus?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62018C48" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="706F9B57" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="04A75C1C" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="55B02F92" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A3C3260" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7265783F" w14:textId="6028CF5B" w:rsidR="0047303F" w:rsidRPr="00144637" w:rsidRDefault="0047303F" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4714,281 +4656,272 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Šādi noteikumi par grozījumiem var attiekties uz līgumcenas pārskatīšanu, izvēles iespēju izmantošanu, kā arī uz citiem iepirkuma līguma vai vispārīgās vienošanās izpildes aspektiem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EB7F1C1" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="31C249F6" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="059C3BD6" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="2EB66905" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05DF0EC7" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5946AB81" w14:textId="2063CF3B" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Ja iepirkuma dokumentācijai ir pievienots līgumprojekts un ir paredzēti speciāli iepirkuma līguma izpildes noteikumi saistībā ar ekonomiskiem un sociāliem apstākļiem, inovācijām vai vides aizsardzības prasībām, vai šie noteikumi ir norādīti tehniskajās specifikācijās vai iepirkuma procedūras dokumentos un ir saistīti ar attiecīgā iepirkuma līguma priekšmetu?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="072E4B15" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16032897" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1238F908" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="7F2BA741" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23844458" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="243E9C8B" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="001610FD">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai ir atbilstoši noteikti pretendentu izslēgšanas noteikumi (ja pasūtītājs ir izvēlējies tādus iekļaut iepirkuma dokumentācijā)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1108394C" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="038ABFF3" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>42., 43.p.</w:t>
             </w:r>
             <w:r w:rsidR="00D041A4" w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -5016,99 +4949,96 @@
               </w:rPr>
               <w:t>Starptautisko un Latvijas Republikas nacionālo sankciju likuma 11.</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>panta pirmā un otrā daļa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="005605DD" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="37EB9E5A" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48BC5CC1" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D3F2ECD" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5366,116 +5296,112 @@
               </w:rPr>
               <w:t>https://www.iub.gov.lv/lv/media/7602/download?attachment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EE3D3B7" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="753DF2C9" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64980B05" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC7235" w:rsidRPr="00EE7B86" w14:paraId="07FFBEB8" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6526ACDF" w14:textId="77777777" w:rsidR="00CC7235" w:rsidRPr="00EE7B86" w:rsidRDefault="00CC7235" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17C2E079" w14:textId="77777777" w:rsidR="00CC7235" w:rsidRPr="00EE7B86" w:rsidRDefault="00CC7235" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2182"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
@@ -5591,242 +5517,234 @@
               </w:rPr>
               <w:t>https://www.iub.gov.lv/lv/skaidrojums-sankciju-piemerosana-publiskajos-iepirkumos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F1F856E" w14:textId="77777777" w:rsidR="00CC7235" w:rsidRPr="00EE7B86" w:rsidRDefault="00CC7235" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="474E7C64" w14:textId="77777777" w:rsidR="00CC7235" w:rsidRPr="00EE7B86" w:rsidRDefault="00CC7235" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2906E158" w14:textId="77777777" w:rsidR="00CC7235" w:rsidRPr="00EE7B86" w:rsidRDefault="00CC7235" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="196BE20F" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="794452D6" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D2ACC36" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai ir atbilstoši noteiktas kvalifikācijas/atlases prasības? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DE8FFD1" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6EAAEAB6" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DFB36A3" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="258CDC19" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="460644A1" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7983BA50" w14:textId="3D8A0EC6" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
@@ -5865,116 +5783,112 @@
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D8F897F" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="169A9F7C" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44E5236D" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="21431245" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="04971A8A" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33E1D2EF" w14:textId="2ADE3C8C" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="003803B5" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -6080,116 +5994,112 @@
               <w:lastRenderedPageBreak/>
               <w:t>līguma izpildes tiesības.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58482557" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62CD6BD2" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7DAE42BC" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="612C8506" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2520B12B" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="723978C3" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0048190D" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
@@ -6257,116 +6167,112 @@
               </w:rPr>
               <w:t>https://www.iub.gov.lv/lv/skaidrojums-biezak-konstatetas-neatbilstibas-iepirkuma-proceduru-dokumentacija-un-norise</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="624D67D8" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E95C001" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61F3CDD6" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="22A1E456" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03F821CE" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6135A184" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
@@ -6402,116 +6308,112 @@
               </w:rPr>
               <w:t>Jāņem vērā, ka uz PIL 2. pielikumā minētajiem pakalpojumu iepirkumiem nav tiešā veidā attiecināma PIL 45. un 46. panta ceturtā daļa, attiecīgi šajos iepirkumos ir iespējama apakšuzņēmēju piesaistes ierobežošana, izvērtējot katrā konkrētajā gadījumā šāda ierobežojuma samērīgumu atkarībā no līguma priekšmeta specifikas. Tāpat pasūtītājs ir tiesīgs ierobežot personu, uz kuru spējām pretendents balsta savu kvalifikāciju, dalību.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D36A61E" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="148FA970" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6663EDAD" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00531E20" w:rsidRPr="00EE7B86" w14:paraId="524DE396" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45449994" w14:textId="77777777" w:rsidR="00531E20" w:rsidRPr="00EE7B86" w:rsidRDefault="00531E20" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73C49316" w14:textId="77777777" w:rsidR="00531E20" w:rsidRPr="00EE7B86" w:rsidRDefault="00531E20" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
@@ -6585,116 +6487,112 @@
               </w:rPr>
               <w:t>izveidojas atbilstoši noteiktam juridiskam statusam vai noslēdz sabiedrības līgumu, vienojoties par apvienības dalībnieku atbildības sadalījumu, ja tas nepieciešams iepirkuma līguma noteikumu sekmīgai izpildei.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C88698A" w14:textId="77777777" w:rsidR="00531E20" w:rsidRPr="00EE7B86" w:rsidRDefault="00531E20" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="684578BF" w14:textId="77777777" w:rsidR="00531E20" w:rsidRPr="00EE7B86" w:rsidRDefault="00531E20" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C361845" w14:textId="77777777" w:rsidR="00531E20" w:rsidRPr="00EE7B86" w:rsidRDefault="00531E20" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="6FDAEAE5" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1120C723" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="318454CB" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
@@ -6733,116 +6631,112 @@
               </w:rPr>
               <w:t>Piegādātājam ir jābūt reģistrētam, licencētam vai sertificētam atbilstoši piegādātāja izcelsmes (reģistrācijas) valsts atbilstošo normatīvo aktu prasībām.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="250910E8" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67DA656D" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4071FBF0" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="687F4207" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3C7242AF" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A3C6BDE" w14:textId="593559DF" w:rsidR="00D667BA" w:rsidRPr="005F628E" w:rsidRDefault="0047303F" w:rsidP="005F628E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
@@ -6851,116 +6745,112 @@
               </w:rPr>
               <w:t>Vai nav noteikts, ka ārvalstu speciālistiem jau uz piedāvājumu/ pieteikumu iesniegšanas brīdi jāiesniedz Latvijas tiesību aktiem atbilstoši speciālistu kvalifikāciju un izglītību apliecinoši dokumenti (proti, jau Latvijā atzīti dokumenti)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B030D60" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F24DAAB" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13E58DD8" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="187A4E26" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7514E6F9" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3DEDD5E5" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
@@ -7009,116 +6899,112 @@
               <w:lastRenderedPageBreak/>
               <w:t>un ir vērtējama kā negatīva prakse (piem.,  prasība, lai būvdarbi būtu nodoti ekspluatācijā saskaņā ar nacionālo regulējumu), no atsauču izdarīšanas uz konkrētām normām, kas, piemēram, paskaidro kādu iepirkuma dokumentācijā ietvertu jēdzienu un kas attiecīgi nediskriminē ārvalstu piegādātājus.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19E97F1A" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DBDC8F6" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64D347E7" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="1411EF8F" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2714CA7E" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67EDB835" w14:textId="4ED788C8" w:rsidR="0075389D" w:rsidRPr="00444709" w:rsidRDefault="0047303F" w:rsidP="00994392">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk6231265"/>
             <w:r w:rsidRPr="00994392">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman"/>
@@ -7546,116 +7432,112 @@
               </w:rPr>
               <w:t>Skat. IUB skaidrojumu: https://www.iub.gov.lv/lv/skaidrojums-biezak-konstatetas-neatbilstibas-iepirkuma-proceduru-dokumentacija-un-norise</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="411D44AB" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1AE031B6" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25DFC193" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="4ADB14A7" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7BCC0F45" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48A1752E" w14:textId="77777777" w:rsidR="00045BAD" w:rsidRPr="00045BAD" w:rsidRDefault="0047303F" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
@@ -8260,116 +8142,112 @@
               </w:rPr>
               <w:t xml:space="preserve"> dažādiem pasūtītājiem (piemēram, pieredze par trim objektiem jāapliecina, iesniedzot atsauksmes no trim dažādiem pasūtītājiem).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="531B9030" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63775CA0" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75294222" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="3A2DA33D" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="215C4B51" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6CC23512" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
@@ -8448,116 +8326,112 @@
               </w:rPr>
               <w:t>Automātiska noraidīšana nav pieļaujama.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11285CEA" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54813547" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7BE5CE70" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="4E076ADB" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02E55397" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32C46F6B" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
@@ -8566,116 +8440,112 @@
               </w:rPr>
               <w:t>Vai izvirzītās prasības ir nepieciešamas līguma izpildei (piemēram, vai nav prasīta specifiska izglītība vai pieredze, kā arī speciālistiem pieprasīta un vērtēta netipiska izglītība, kas nav saistīta ar konkrēto līguma priekšmetu, kā arī to kombinācija)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34F3321E" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70D675FF" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E79B451" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F71C06" w:rsidRPr="00EE7B86" w14:paraId="2E683F96" w14:textId="77777777" w:rsidTr="001610FD">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48E705CD" w14:textId="77777777" w:rsidR="00F71C06" w:rsidRPr="00EE7B86" w:rsidRDefault="00F71C06" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61D6761E" w14:textId="77777777" w:rsidR="00F71C06" w:rsidRPr="00F71C06" w:rsidRDefault="00F71C06" w:rsidP="00BB6D52">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F71C06">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai nav izvirzītas pieredzes prasības attiecībā uz visiem līguma izpildē iesaistītajiem speciālistiem (vai attiecībā uz lielu skaitu speciālistu)?</w:t>
             </w:r>
@@ -8705,588 +8575,568 @@
               </w:rPr>
               <w:t>Kaut arī speciālistu skaits, attiecībā uz kuru būtu pamatoti izvirzīt pieredzes prasības, katrā konkrētajā gadījumā izvērtējams atsevišķi, ieteicams šādas prasības izvirzīt vienīgi attiecībā uz vadošajiem speciālistiem, vienlaikus saglabājot attiecībā uz pārējiem speciālistiem prasības par izglītību vai noteiktu sertifikāciju.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3634693E" w14:textId="77777777" w:rsidR="00F71C06" w:rsidRPr="00EE7B86" w:rsidRDefault="00F71C06" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13B64F0F" w14:textId="77777777" w:rsidR="00F71C06" w:rsidRPr="00EE7B86" w:rsidRDefault="00F71C06" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5403BCA1" w14:textId="77777777" w:rsidR="00F71C06" w:rsidRPr="00EE7B86" w:rsidRDefault="00F71C06" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00003B33" w:rsidRPr="00EE7B86" w14:paraId="24D0A892" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="705C21D3" w14:textId="77777777" w:rsidR="00003B33" w:rsidRPr="00EE7B86" w:rsidRDefault="00003B33" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="198A8EAC" w14:textId="77777777" w:rsidR="00003B33" w:rsidRPr="00EE7B86" w:rsidRDefault="00AE5C44" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai nav citi konstatējumi saistībā ar kvalifikācijas prasību neatbilstību?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73900910" w14:textId="77777777" w:rsidR="00003B33" w:rsidRPr="00EE7B86" w:rsidRDefault="00003B33" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77B8ADEF" w14:textId="77777777" w:rsidR="00003B33" w:rsidRPr="00EE7B86" w:rsidRDefault="00003B33" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02F5A53C" w14:textId="77777777" w:rsidR="00003B33" w:rsidRPr="00EE7B86" w:rsidRDefault="00003B33" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="341B1457" w14:textId="77777777" w:rsidTr="00AE5753">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73DF9E3D" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64C679A7" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="001610FD">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai atbilstoši noteiktajām kvalifikācijas/atlases prasībām un tehniskā piedāvājuma prasībām ir noteikta iesniedzamā informācija (dokumenti)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D35E04C" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06EA9B47" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13.p.2.d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7153BA32" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="0A471D74" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6933A34E" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D0CE1B1" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai pasūtītājs ir pieprasījis tikai tādu informāciju un dokumentus, kas nepieciešami kvalifikācijas un piedāvājumu atbilstības pārbaudei, kā arī piedāvājuma izvēlei saskaņā ar noteikto piedāvājuma izvēles kritēriju?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="723B34E4" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6468F6C0" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29CF218E" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00894522" w:rsidRPr="00EE7B86" w14:paraId="17439440" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7BB93C5A" w14:textId="77777777" w:rsidR="00894522" w:rsidRPr="00EE7B86" w:rsidRDefault="00894522" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C4D4801" w14:textId="2E931B2A" w:rsidR="00894522" w:rsidRPr="00EE7B86" w:rsidRDefault="00A136D9" w:rsidP="00EE7B86">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A136D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai ir pieļauta iespēja iesniegt un paredzēts atzīt alternatīvus (ekvivalentus) dokumentus ārvalstu piegādātājiem un personām uz kuras iespējām tie balstās, lai apliecinātu savu kvalifikāciju?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BCFF2DB" w14:textId="77777777" w:rsidR="00894522" w:rsidRPr="00EE7B86" w:rsidRDefault="00894522" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43A480A5" w14:textId="77777777" w:rsidR="00894522" w:rsidRPr="00EE7B86" w:rsidRDefault="00894522" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18E7FF8D" w14:textId="77777777" w:rsidR="00894522" w:rsidRPr="00EE7B86" w:rsidRDefault="00894522" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00752CCD" w:rsidRPr="00EE7B86" w14:paraId="68A3C497" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54D75B03" w14:textId="77777777" w:rsidR="00752CCD" w:rsidRPr="00EE7B86" w:rsidRDefault="00752CCD" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5001D044" w14:textId="7CB9AF5F" w:rsidR="00894522" w:rsidRPr="00894522" w:rsidRDefault="00894522" w:rsidP="00A136D9">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00894522">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai nav pieprasīts iesniegt tikai un vienīgi auditētu finanšu pārskatu?</w:t>
@@ -9317,354 +9167,342 @@
               </w:rPr>
               <w:t>Prasība iesniegt auditētu finanšu pārskatu var attiekties tikai uz tiem pretendentiem, kuriem saskaņā ar normatīvajiem aktiem ir obligāti nepieciešams zvērinātā revidenta atzinums par gada pārskatu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68506E1B" w14:textId="77777777" w:rsidR="00752CCD" w:rsidRPr="00EE7B86" w:rsidRDefault="00752CCD" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="709CED41" w14:textId="77777777" w:rsidR="00752CCD" w:rsidRPr="00EE7B86" w:rsidRDefault="00752CCD" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F46C296" w14:textId="77777777" w:rsidR="00752CCD" w:rsidRPr="00EE7B86" w:rsidRDefault="00752CCD" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="6010CEE1" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6541AEF3" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00381223">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23E188E1" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="001610FD">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai norādītie vērtēšanas kritēriji nesatur acīmredzamas diskriminējošas norādes? Vai norādītie vērtēšanas kritēriji ir pamatoti un objektīvi?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E4CE918" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="079710E5" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="496FC621" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="2E3B7204" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7FDD8758" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="709E339A" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00381223">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai piedāvājumu izvēles kritēriju nosacījumos ir iekļautas vienīgi tādas prasības, kuras ir pamatotas un samērīgas?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="002E85DF" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13D27748" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C36D2A3" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="32C1F84D" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3991D555" w14:textId="57AD3333" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00B51370">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06F7F0D9" w14:textId="3318372F" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00BB7E8D">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="102" w:hanging="6"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai ir atbilstoši </w:t>
             </w:r>
             <w:r w:rsidR="00CB587D">
@@ -9686,51 +9524,50 @@
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70DF76FE" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47E4D706" w14:textId="7F35D336" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">36.p.1. un </w:t>
             </w:r>
             <w:r w:rsidR="00B51370">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -9740,99 +9577,96 @@
             <w:r w:rsidRPr="00EE7B86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.d.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3119D89F" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="479824A0" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047303F" w:rsidRPr="00EE7B86" w14:paraId="4D8B8018" w14:textId="77777777" w:rsidTr="003376F4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="425D4319" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00524ACB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0EE3F4F2" w14:textId="0C776060" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="00537B6F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE2073">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai papildu informācija</w:t>
             </w:r>
@@ -9885,203 +9719,201 @@
               <w:lastRenderedPageBreak/>
               <w:t>iepirkuma procedūras dokumenti, norādot arī uzdoto jautājumu?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A3899BD" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="486EDFD8" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="608E48CB" w14:textId="77777777" w:rsidR="0047303F" w:rsidRPr="00EE7B86" w:rsidRDefault="0047303F" w:rsidP="0047303F">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="174DA42E" w14:textId="77777777" w:rsidR="00393A84" w:rsidRPr="00EE7B86" w:rsidRDefault="00393A84" w:rsidP="00393A84">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00393A84" w:rsidRPr="00EE7B86" w:rsidSect="00393A84">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4968E28B" w14:textId="77777777" w:rsidR="000948B2" w:rsidRDefault="000948B2" w:rsidP="00481F13">
+    <w:p w14:paraId="794B23F6" w14:textId="77777777" w:rsidR="00B67BC7" w:rsidRDefault="00B67BC7" w:rsidP="00481F13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="27E16B75" w14:textId="77777777" w:rsidR="000948B2" w:rsidRDefault="000948B2" w:rsidP="00481F13">
+    <w:p w14:paraId="33C9CF00" w14:textId="77777777" w:rsidR="00B67BC7" w:rsidRDefault="00B67BC7" w:rsidP="00481F13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="05B7A0A8" w14:textId="77777777" w:rsidR="000948B2" w:rsidRDefault="000948B2">
+    <w:p w14:paraId="6D6E9BA2" w14:textId="77777777" w:rsidR="00B67BC7" w:rsidRDefault="00B67BC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol">
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Andale Sans UI">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPSMT">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1C385988" w14:textId="77777777" w:rsidR="00D531A5" w:rsidRPr="001A6ABE" w:rsidRDefault="00D531A5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001A6ABE">
       <w:rPr>
@@ -10115,71 +9947,71 @@
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>17</w:t>
     </w:r>
     <w:r w:rsidRPr="001A6ABE">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="38CF70ED" w14:textId="77777777" w:rsidR="00D531A5" w:rsidRDefault="00D531A5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="18F2FA91" w14:textId="77777777" w:rsidR="000948B2" w:rsidRDefault="000948B2" w:rsidP="00481F13">
+    <w:p w14:paraId="4EFD4313" w14:textId="77777777" w:rsidR="00B67BC7" w:rsidRDefault="00B67BC7" w:rsidP="00481F13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="13E1B717" w14:textId="77777777" w:rsidR="000948B2" w:rsidRDefault="000948B2" w:rsidP="00481F13">
+    <w:p w14:paraId="44316650" w14:textId="77777777" w:rsidR="00B67BC7" w:rsidRDefault="00B67BC7" w:rsidP="00481F13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="213A61C4" w14:textId="77777777" w:rsidR="000948B2" w:rsidRDefault="000948B2">
+    <w:p w14:paraId="3DD71D32" w14:textId="77777777" w:rsidR="00B67BC7" w:rsidRDefault="00B67BC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="57154249" w14:textId="77777777" w:rsidR="005C3F8C" w:rsidRDefault="005C3F8C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A4C222F2"/>
     <w:name w:val="WW8Num1"/>
@@ -13749,50 +13581,51 @@
     <w:rsid w:val="00757ABD"/>
     <w:rsid w:val="00760D89"/>
     <w:rsid w:val="007658BF"/>
     <w:rsid w:val="00767B5D"/>
     <w:rsid w:val="00771F0A"/>
     <w:rsid w:val="00772240"/>
     <w:rsid w:val="00773CD1"/>
     <w:rsid w:val="007809A7"/>
     <w:rsid w:val="00783363"/>
     <w:rsid w:val="00787C0A"/>
     <w:rsid w:val="00791842"/>
     <w:rsid w:val="0079270B"/>
     <w:rsid w:val="007A0CE5"/>
     <w:rsid w:val="007A676B"/>
     <w:rsid w:val="007A7A1E"/>
     <w:rsid w:val="007A7B7C"/>
     <w:rsid w:val="007B334B"/>
     <w:rsid w:val="007B6456"/>
     <w:rsid w:val="007C24DE"/>
     <w:rsid w:val="007D231C"/>
     <w:rsid w:val="007E2AF9"/>
     <w:rsid w:val="007E300F"/>
     <w:rsid w:val="007E35D2"/>
     <w:rsid w:val="007E530C"/>
     <w:rsid w:val="007F0295"/>
+    <w:rsid w:val="007F2A66"/>
     <w:rsid w:val="007F36B9"/>
     <w:rsid w:val="007F6173"/>
     <w:rsid w:val="007F6946"/>
     <w:rsid w:val="007F7F5E"/>
     <w:rsid w:val="008001B1"/>
     <w:rsid w:val="00800AFD"/>
     <w:rsid w:val="008015FC"/>
     <w:rsid w:val="008037FC"/>
     <w:rsid w:val="00803AE0"/>
     <w:rsid w:val="008041BC"/>
     <w:rsid w:val="008058B6"/>
     <w:rsid w:val="00806CB0"/>
     <w:rsid w:val="00814E1A"/>
     <w:rsid w:val="00816A46"/>
     <w:rsid w:val="00826800"/>
     <w:rsid w:val="00830355"/>
     <w:rsid w:val="00830748"/>
     <w:rsid w:val="008364C0"/>
     <w:rsid w:val="0084271B"/>
     <w:rsid w:val="0084543E"/>
     <w:rsid w:val="008461D8"/>
     <w:rsid w:val="0084641B"/>
     <w:rsid w:val="00860198"/>
     <w:rsid w:val="00861414"/>
     <w:rsid w:val="0086482C"/>
@@ -13966,52 +13799,54 @@
     <w:rsid w:val="00AF0768"/>
     <w:rsid w:val="00B039E9"/>
     <w:rsid w:val="00B062EC"/>
     <w:rsid w:val="00B07703"/>
     <w:rsid w:val="00B131EC"/>
     <w:rsid w:val="00B14BB6"/>
     <w:rsid w:val="00B14E93"/>
     <w:rsid w:val="00B15C53"/>
     <w:rsid w:val="00B16C3B"/>
     <w:rsid w:val="00B24304"/>
     <w:rsid w:val="00B25FEA"/>
     <w:rsid w:val="00B27CFF"/>
     <w:rsid w:val="00B32907"/>
     <w:rsid w:val="00B336C7"/>
     <w:rsid w:val="00B40F6D"/>
     <w:rsid w:val="00B4218C"/>
     <w:rsid w:val="00B42351"/>
     <w:rsid w:val="00B45F7E"/>
     <w:rsid w:val="00B51370"/>
     <w:rsid w:val="00B53534"/>
     <w:rsid w:val="00B53B38"/>
     <w:rsid w:val="00B540FE"/>
     <w:rsid w:val="00B60477"/>
     <w:rsid w:val="00B613B0"/>
     <w:rsid w:val="00B6481E"/>
+    <w:rsid w:val="00B67BC7"/>
     <w:rsid w:val="00B67DF0"/>
     <w:rsid w:val="00B67F2F"/>
+    <w:rsid w:val="00B71A3C"/>
     <w:rsid w:val="00B7390A"/>
     <w:rsid w:val="00B77EF8"/>
     <w:rsid w:val="00B811F1"/>
     <w:rsid w:val="00B82A52"/>
     <w:rsid w:val="00B83BCF"/>
     <w:rsid w:val="00B862F8"/>
     <w:rsid w:val="00B90C33"/>
     <w:rsid w:val="00B92C0A"/>
     <w:rsid w:val="00B96484"/>
     <w:rsid w:val="00BA0B9B"/>
     <w:rsid w:val="00BA3E9E"/>
     <w:rsid w:val="00BA716F"/>
     <w:rsid w:val="00BB118C"/>
     <w:rsid w:val="00BB153C"/>
     <w:rsid w:val="00BB6D52"/>
     <w:rsid w:val="00BB793D"/>
     <w:rsid w:val="00BB7E8D"/>
     <w:rsid w:val="00BC1F45"/>
     <w:rsid w:val="00BC30C5"/>
     <w:rsid w:val="00BC4F8A"/>
     <w:rsid w:val="00BC5AE4"/>
     <w:rsid w:val="00BC5BF2"/>
     <w:rsid w:val="00BC6AB8"/>
     <w:rsid w:val="00BD0866"/>
     <w:rsid w:val="00BD17FE"/>
@@ -14103,78 +13938,80 @@
     <w:rsid w:val="00D76766"/>
     <w:rsid w:val="00D76928"/>
     <w:rsid w:val="00D80315"/>
     <w:rsid w:val="00D84085"/>
     <w:rsid w:val="00D85F13"/>
     <w:rsid w:val="00D87A52"/>
     <w:rsid w:val="00D90848"/>
     <w:rsid w:val="00D91EC0"/>
     <w:rsid w:val="00D97D5E"/>
     <w:rsid w:val="00DA1443"/>
     <w:rsid w:val="00DA7FAB"/>
     <w:rsid w:val="00DB294C"/>
     <w:rsid w:val="00DB454E"/>
     <w:rsid w:val="00DB5C60"/>
     <w:rsid w:val="00DB7D31"/>
     <w:rsid w:val="00DC28D6"/>
     <w:rsid w:val="00DC2CAC"/>
     <w:rsid w:val="00DC3A71"/>
     <w:rsid w:val="00DC725E"/>
     <w:rsid w:val="00DC7C0C"/>
     <w:rsid w:val="00DE09ED"/>
     <w:rsid w:val="00DE3508"/>
     <w:rsid w:val="00DE6D36"/>
     <w:rsid w:val="00DF051A"/>
     <w:rsid w:val="00DF7E1B"/>
+    <w:rsid w:val="00E00194"/>
     <w:rsid w:val="00E03434"/>
     <w:rsid w:val="00E15254"/>
     <w:rsid w:val="00E2210C"/>
     <w:rsid w:val="00E31A35"/>
     <w:rsid w:val="00E346B2"/>
     <w:rsid w:val="00E365B4"/>
     <w:rsid w:val="00E36FBD"/>
     <w:rsid w:val="00E44AF8"/>
     <w:rsid w:val="00E463A0"/>
     <w:rsid w:val="00E529C5"/>
     <w:rsid w:val="00E57C56"/>
     <w:rsid w:val="00E57E98"/>
     <w:rsid w:val="00E64362"/>
     <w:rsid w:val="00E66CFC"/>
     <w:rsid w:val="00E746DE"/>
     <w:rsid w:val="00E768D4"/>
     <w:rsid w:val="00E77C2A"/>
     <w:rsid w:val="00E817A5"/>
     <w:rsid w:val="00E83ACC"/>
     <w:rsid w:val="00E84119"/>
     <w:rsid w:val="00E900DD"/>
     <w:rsid w:val="00E92BD9"/>
     <w:rsid w:val="00E943F5"/>
     <w:rsid w:val="00EA3878"/>
     <w:rsid w:val="00EA4890"/>
     <w:rsid w:val="00EA5B1C"/>
     <w:rsid w:val="00EB1776"/>
     <w:rsid w:val="00EB3307"/>
+    <w:rsid w:val="00EB41CB"/>
     <w:rsid w:val="00EB55F6"/>
     <w:rsid w:val="00EC7242"/>
     <w:rsid w:val="00ED2AD3"/>
     <w:rsid w:val="00ED4C67"/>
     <w:rsid w:val="00ED6345"/>
     <w:rsid w:val="00EE1AE3"/>
     <w:rsid w:val="00EE2073"/>
     <w:rsid w:val="00EE63D1"/>
     <w:rsid w:val="00EE7B86"/>
     <w:rsid w:val="00EF422F"/>
     <w:rsid w:val="00EF6308"/>
     <w:rsid w:val="00EF67F9"/>
     <w:rsid w:val="00F00366"/>
     <w:rsid w:val="00F007BE"/>
     <w:rsid w:val="00F01C73"/>
     <w:rsid w:val="00F05B84"/>
     <w:rsid w:val="00F1053F"/>
     <w:rsid w:val="00F10BC2"/>
     <w:rsid w:val="00F1103F"/>
     <w:rsid w:val="00F13CE1"/>
     <w:rsid w:val="00F14265"/>
     <w:rsid w:val="00F16594"/>
     <w:rsid w:val="00F17E68"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F21F58"/>