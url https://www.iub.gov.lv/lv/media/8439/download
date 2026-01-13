--- v0 (2025-10-21)
+++ v1 (2026-01-13)
@@ -135,98 +135,130 @@
       <w:r w:rsidRPr="00B51138">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.-202</w:t>
       </w:r>
       <w:r w:rsidR="00952F89">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00B51138">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.gada plānošanas periodā</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B1508D8" w14:textId="1BC3A6F4" w:rsidR="00B51138" w:rsidRPr="00B51138" w:rsidRDefault="00B51138" w:rsidP="00B51138">
+    <w:p w14:paraId="0B1508D8" w14:textId="20CD024A" w:rsidR="00B51138" w:rsidRPr="00B51138" w:rsidRDefault="00B51138" w:rsidP="00B51138">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D06DD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:r w:rsidR="0007702C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>06</w:t>
+      </w:r>
       <w:r w:rsidR="00593294" w:rsidRPr="00D94883">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>10.07.2025</w:t>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="0007702C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00593294" w:rsidRPr="00D94883">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="0007702C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00B160E2" w:rsidRPr="00D94883">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>., Nr</w:t>
       </w:r>
       <w:r w:rsidR="00952F89" w:rsidRPr="00D94883">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00593294">
+      <w:r w:rsidR="0007702C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00744033">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4100ECE8" w14:textId="77777777" w:rsidR="00393A84" w:rsidRPr="00DD5D93" w:rsidRDefault="00393A84" w:rsidP="00B51138">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B8D6116" w14:textId="77777777" w:rsidR="00393A84" w:rsidRPr="00896593" w:rsidRDefault="00896593" w:rsidP="00896593">
       <w:pPr>
         <w:spacing w:before="120" w:after="360"/>
         <w:jc w:val="center"/>
@@ -706,257 +738,250 @@
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="55" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="5245"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1417"/>
       </w:tblGrid>
       <w:tr w:rsidR="004B3048" w:rsidRPr="00211DBB" w14:paraId="69276E6A" w14:textId="77777777" w:rsidTr="001E2840">
         <w:trPr>
           <w:trHeight w:val="784"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61CB9865" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00211DBB" w:rsidRDefault="004B3048" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00211DBB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nr.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5AA255F2" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00211DBB" w:rsidRDefault="004B3048" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00211DBB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>p.k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20C81D67" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00211DBB" w:rsidRDefault="004B3048" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00211DBB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Pārbaudes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="381CAEE4" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00211DBB" w:rsidRDefault="004B3048" w:rsidP="001E2840">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00211DBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Jā/Nē/</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F6E3CB1" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00211DBB" w:rsidRDefault="004A092E" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nav attiecināms (N/A)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="031B204E" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00211DBB" w:rsidRDefault="00780A29" w:rsidP="007E44B1">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00211DBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Atsauce uz iepirkumu vadlīnijām SPS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42B3072F" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00211DBB" w:rsidRDefault="00C4520D" w:rsidP="007E44B1">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00211DBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r w:rsidR="004B3048" w:rsidRPr="00211DBB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>omentāri</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B3048" w:rsidRPr="00DD5D93" w14:paraId="3B76B92D" w14:textId="77777777" w:rsidTr="001E2840">
         <w:trPr>
           <w:trHeight w:val="849"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28C3CF45" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00DD5D93" w:rsidRDefault="004B3048" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7AF36015" w14:textId="680D9FAE" w:rsidR="004B3048" w:rsidRPr="00DD5D93" w:rsidRDefault="004B3048" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00674D76">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai izvēlētā iepirkuma procedūra </w:t>
             </w:r>
             <w:r w:rsidR="003B525F" w:rsidRPr="00674D76">
@@ -967,69 +992,67 @@
               </w:rPr>
               <w:t xml:space="preserve">(metode) </w:t>
             </w:r>
             <w:r w:rsidRPr="00674D76">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>ir atbilstoša?</w:t>
             </w:r>
             <w:r w:rsidR="00F41850" w:rsidRPr="00674D76">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65B9F38C" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00DD5D93" w:rsidRDefault="004B3048" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29C12DAF" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00DD5D93" w:rsidRDefault="00780A29" w:rsidP="00760CA6">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F5080">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.1.p.,</w:t>
             </w:r>
             <w:r w:rsidRPr="00DE63E5">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1.2.p., </w:t>
             </w:r>
             <w:r w:rsidRPr="008A79C2">
               <w:rPr>
@@ -1056,95 +1079,92 @@
               <w:t>.p., 5.</w:t>
             </w:r>
             <w:r w:rsidR="003B525F">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00760CA6" w:rsidRPr="008A79C2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.p.</w:t>
             </w:r>
             <w:r w:rsidR="003B525F">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>, 6.5.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="730254A8" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00DD5D93" w:rsidRDefault="004B3048" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B3048" w:rsidRPr="00DD5D93" w14:paraId="24F09555" w14:textId="77777777" w:rsidTr="001E2840">
         <w:trPr>
           <w:trHeight w:val="212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54AACED6" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00DD5D93" w:rsidRDefault="004B3048" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37CDB944" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00674D76" w:rsidRDefault="00E657F2" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00674D76">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -1257,265 +1277,255 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>382 </w:t>
             </w:r>
             <w:r w:rsidR="00ED5A30" w:rsidRPr="00674D76">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">000 </w:t>
             </w:r>
             <w:r w:rsidRPr="00674D76">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>euro.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14EFA200" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00DD5D93" w:rsidRDefault="004B3048" w:rsidP="001E2840">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4826A501" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00DD5D93" w:rsidRDefault="004B3048" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="86"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D94EA63" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00DD5D93" w:rsidRDefault="004B3048" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00780A29" w:rsidRPr="00DD5D93" w14:paraId="201192F4" w14:textId="77777777" w:rsidTr="00B41743">
         <w:trPr>
           <w:trHeight w:val="502"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64904FE7" w14:textId="77777777" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="00780A29" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F562ECE" w14:textId="77777777" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="00780A29" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD5D93">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai nav konstatējama iepirkuma </w:t>
             </w:r>
             <w:r w:rsidR="0031733E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">priekšmeta </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD5D93">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>nepamatota apvienošana?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="784E5F29" w14:textId="77777777" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="00780A29" w:rsidP="001E2840">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71A5AF4A" w14:textId="77777777" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="00780A29" w:rsidP="00F056E1">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C428C69" w14:textId="77777777" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="00780A29" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00780A29" w:rsidRPr="00DD5D93" w14:paraId="0777D6EB" w14:textId="77777777" w:rsidTr="001E2840">
         <w:trPr>
           <w:trHeight w:val="101"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35914166" w14:textId="77777777" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="00780A29" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2086B7E1" w14:textId="77777777" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="00780A29" w:rsidP="00B41743">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00674D76">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Vai iepirkum</w:t>
             </w:r>
             <w:r w:rsidR="003B525F" w:rsidRPr="00674D76">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1528,164 +1538,159 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ir atbilstoši izsludināt</w:t>
             </w:r>
             <w:r w:rsidR="003B525F" w:rsidRPr="00674D76">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00674D76">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B48F3B3" w14:textId="77777777" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="00780A29" w:rsidP="001E2840">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68BA065F" w14:textId="77777777" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="00780A29" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD5D93">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.7.p., 2.8.p., 2.9.5.p.,</w:t>
             </w:r>
             <w:r w:rsidR="000F4CE4">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD5D93">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.6.p., 6.7.p., 6.8.p.</w:t>
             </w:r>
             <w:r w:rsidR="002D1993">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>, 6.10.11</w:t>
             </w:r>
             <w:r w:rsidR="000F4CE4">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43935D87" w14:textId="77777777" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="00780A29" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00780A29" w:rsidRPr="00DD5D93" w14:paraId="528C4D18" w14:textId="77777777" w:rsidTr="001E2840">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B7CA4CE" w14:textId="77777777" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="00780A29" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17CB257E" w14:textId="77777777" w:rsidR="00C24354" w:rsidRPr="00674D76" w:rsidRDefault="00780A29" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00674D76">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1748,138 +1753,133 @@
               <w:ind w:left="106" w:firstLine="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00674D76">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>SPS ir tiesīgs nepiemērot vadlīniju 6.6., 6.7., 6.8., 6.9. un 6.10.punkta (izņemot 6.10.7.-6.10.10.) noteikumus vadlīniju 6.10.11.punktā minētajā gadījumā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="684824E3" w14:textId="77777777" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="00780A29" w:rsidP="001E2840">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32BC08EF" w14:textId="77777777" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="00780A29" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72AF84F3" w14:textId="77777777" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="00780A29" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00780A29" w:rsidRPr="00DD5D93" w14:paraId="68CB50C2" w14:textId="77777777" w:rsidTr="001E2840">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="329F1F79" w14:textId="77777777" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="00780A29" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D8728C5" w14:textId="77777777" w:rsidR="008A5A29" w:rsidRPr="00DD5D93" w:rsidRDefault="008A5A29" w:rsidP="00B41743">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00255140">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja ir izdarīti iepirkuma </w:t>
             </w:r>
             <w:r w:rsidR="00705809" w:rsidRPr="00255140">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -1917,256 +1917,246 @@
               <w:t xml:space="preserve"> veikt</w:t>
             </w:r>
             <w:r w:rsidR="00705809" w:rsidRPr="00255140">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidRPr="00255140">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbilstoši?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6533CFCD" w14:textId="77777777" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="00780A29" w:rsidP="001E2840">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0FB7DB32" w14:textId="77777777" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="008A5A29" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD5D93">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.9.3.p. -6.9.6.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B60B9F9" w14:textId="77777777" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="00780A29" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B0A71" w:rsidRPr="00DD5D93" w14:paraId="39D28218" w14:textId="77777777" w:rsidTr="001E2840">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58FD5251" w14:textId="77777777" w:rsidR="003B0A71" w:rsidRPr="00DD5D93" w:rsidRDefault="003B0A71" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="094BCBEA" w14:textId="77777777" w:rsidR="003B0A71" w:rsidRPr="00DD5D93" w:rsidRDefault="003B0A71" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00255140">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Vai SPS ir IUB Publikāciju vadības sistēmā publicējis SPS iepirkumu vadlīniju paziņojumu par grozījumiem?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BDA855B" w14:textId="77777777" w:rsidR="003B0A71" w:rsidRPr="00DD5D93" w:rsidRDefault="003B0A71" w:rsidP="001E2840">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="493ADA7C" w14:textId="77777777" w:rsidR="003B0A71" w:rsidRPr="00DD5D93" w:rsidRDefault="003B0A71" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71DCAC7F" w14:textId="77777777" w:rsidR="003B0A71" w:rsidRPr="00DD5D93" w:rsidRDefault="003B0A71" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00780A29" w:rsidRPr="00DD5D93" w14:paraId="1994882C" w14:textId="77777777" w:rsidTr="001E2840">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15917449" w14:textId="77777777" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="00780A29" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0826D257" w14:textId="67253A42" w:rsidR="00650335" w:rsidRDefault="00F41850" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F41850">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai iepirkumu komisijas darbība ir atbilstoša?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="54600176" w14:textId="1ADF3A6A" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="00650335" w:rsidP="00B41743">
             <w:pPr>
@@ -2183,145 +2173,140 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00255140">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai nav konstatējams interešu konflikts pieņemtajā lēmumā par iepirkuma rezultātiem (ja šāda informācija ir pieejama)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0224EC01" w14:textId="77777777" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="00780A29" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D7E9790" w14:textId="77777777" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="008A5A29" w:rsidP="00E6292D">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD5D93">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.1.1.p.-6.1.5.p., 6.3.p.</w:t>
             </w:r>
             <w:r w:rsidR="00B2431A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>, 6.10.7.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C8947CE" w14:textId="77777777" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="00780A29" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00780A29" w:rsidRPr="00DD5D93" w14:paraId="6B3691D6" w14:textId="77777777" w:rsidTr="001E2840">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C6D2CD9" w14:textId="77777777" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="00780A29" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="635E65FC" w14:textId="58C7F052" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="008A5A29" w:rsidP="00C60C0A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00255140">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2388,134 +2373,129 @@
               <w:t xml:space="preserve">ir parakstījuši apliecinājumu par </w:t>
             </w:r>
             <w:r w:rsidR="003A5745" w:rsidRPr="00255140">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>neieinteresētību</w:t>
             </w:r>
             <w:r w:rsidRPr="00255140">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="377B56A1" w14:textId="77777777" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="00780A29" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11B72F6A" w14:textId="77777777" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="00780A29" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3BA2AF94" w14:textId="77777777" w:rsidR="00780A29" w:rsidRPr="00DD5D93" w:rsidRDefault="00780A29" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A5A29" w:rsidRPr="00DD5D93" w14:paraId="2977628C" w14:textId="77777777" w:rsidTr="001E2840">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19DCEC07" w14:textId="77777777" w:rsidR="008A5A29" w:rsidRPr="00DD5D93" w:rsidRDefault="008A5A29" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B5781B7" w14:textId="55CCA7A7" w:rsidR="008A5A29" w:rsidRPr="00DD5D93" w:rsidRDefault="00021AE2" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -2735,134 +2715,129 @@
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00D57413">
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> minimālās prasības, lai iepirkumu komisija būtu lemttiesīga</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="488961C5" w14:textId="77777777" w:rsidR="008A5A29" w:rsidRPr="00DD5D93" w:rsidRDefault="008A5A29" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59789848" w14:textId="77777777" w:rsidR="008A5A29" w:rsidRPr="00DD5D93" w:rsidRDefault="008A5A29" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0276FA92" w14:textId="77777777" w:rsidR="008A5A29" w:rsidRPr="00DD5D93" w:rsidRDefault="008A5A29" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A5A29" w:rsidRPr="00DD5D93" w14:paraId="27649DD6" w14:textId="77777777" w:rsidTr="001E2840">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7278C9C6" w14:textId="77777777" w:rsidR="008A5A29" w:rsidRPr="00DD5D93" w:rsidRDefault="008A5A29" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1EE1A4B2" w14:textId="77F90187" w:rsidR="00B63A76" w:rsidRPr="00B63A76" w:rsidRDefault="008A5A29" w:rsidP="00C60C0A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00255140">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3055,134 +3030,129 @@
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> pastāv risks, ka komisijas locekļi pārstāv pretendentu (savu kolēģu) intereses</w:t>
             </w:r>
             <w:r w:rsidR="00B63A76" w:rsidRPr="00255140">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24C8A97F" w14:textId="77777777" w:rsidR="008A5A29" w:rsidRPr="00DD5D93" w:rsidRDefault="008A5A29" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="411B4268" w14:textId="77777777" w:rsidR="008A5A29" w:rsidRPr="00DD5D93" w:rsidRDefault="008A5A29" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4DCF5E61" w14:textId="77777777" w:rsidR="008A5A29" w:rsidRPr="00DD5D93" w:rsidRDefault="008A5A29" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A5A29" w:rsidRPr="00DD5D93" w14:paraId="14BF03F4" w14:textId="77777777" w:rsidTr="001E2840">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A07D21D" w14:textId="77777777" w:rsidR="008A5A29" w:rsidRPr="00DD5D93" w:rsidRDefault="008A5A29" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7914854A" w14:textId="0952C86D" w:rsidR="008A5A29" w:rsidRPr="001055C5" w:rsidRDefault="008A5A29" w:rsidP="00D0668C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001055C5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3201,134 +3171,129 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001055C5">
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Izslēgtais iepirkuma komisijas loceklis nav tiesīgs piedalīties turpmāk vērtēšanā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75184D4F" w14:textId="77777777" w:rsidR="008A5A29" w:rsidRPr="00DD5D93" w:rsidRDefault="008A5A29" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="405AD17A" w14:textId="77777777" w:rsidR="008A5A29" w:rsidRPr="00DD5D93" w:rsidRDefault="008A5A29" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7722FFDF" w14:textId="77777777" w:rsidR="008A5A29" w:rsidRPr="00DD5D93" w:rsidRDefault="008A5A29" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B2431A" w:rsidRPr="00DD5D93" w14:paraId="7A6CDD2B" w14:textId="77777777" w:rsidTr="001E2840">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4589D55F" w14:textId="77777777" w:rsidR="00B2431A" w:rsidRPr="00DD5D93" w:rsidRDefault="00B2431A" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53CB6C43" w14:textId="4ABDEE53" w:rsidR="00B2431A" w:rsidRDefault="00B2431A" w:rsidP="00662F93">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -3439,303 +3404,293 @@
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2431A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Automātiska noraidīšana var liecināt par konkurences ierobežošanu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65237CB8" w14:textId="77777777" w:rsidR="00B2431A" w:rsidRPr="00DD5D93" w:rsidRDefault="00B2431A" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D74825A" w14:textId="77777777" w:rsidR="00B2431A" w:rsidRPr="00DD5D93" w:rsidRDefault="00B2431A" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19B97291" w14:textId="77777777" w:rsidR="00B2431A" w:rsidRPr="00DD5D93" w:rsidRDefault="00B2431A" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E44B1" w:rsidRPr="00DD5D93" w14:paraId="7B89425E" w14:textId="77777777" w:rsidTr="001E2840">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C28CE51" w14:textId="77777777" w:rsidR="007E44B1" w:rsidRPr="00DD5D93" w:rsidRDefault="00375BBD" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="247FE0E7" w14:textId="73225748" w:rsidR="007E44B1" w:rsidRPr="00DD5D93" w:rsidRDefault="007E44B1" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD5D93">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Vai piedāvājuma noformējuma</w:t>
             </w:r>
             <w:r w:rsidR="0005172D">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>, kā arī piedāvājuma nodrošinājuma</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD5D93">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> pārbaude tika veikta atbilstoši iepirkuma dokumentācijā noteiktajām prasībām?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58E3D1D6" w14:textId="77777777" w:rsidR="007E44B1" w:rsidRPr="00DD5D93" w:rsidRDefault="007E44B1" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36F5E95E" w14:textId="1798F39A" w:rsidR="007E44B1" w:rsidRPr="00DD5D93" w:rsidRDefault="00DE4D91" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">6.10.1.p., </w:t>
             </w:r>
             <w:r w:rsidR="00A27052">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">6.10.6.p., </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.10.18</w:t>
             </w:r>
             <w:r w:rsidR="007E44B1" w:rsidRPr="00DD5D93">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="130680D6" w14:textId="77777777" w:rsidR="007E44B1" w:rsidRPr="00DD5D93" w:rsidRDefault="007E44B1" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E44B1" w:rsidRPr="00DD5D93" w14:paraId="483B77EC" w14:textId="77777777" w:rsidTr="001E2840">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5BC40BEE" w14:textId="77777777" w:rsidR="007E44B1" w:rsidRPr="00DD5D93" w:rsidRDefault="007E44B1" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B0A8600" w14:textId="1FF6A601" w:rsidR="000330C2" w:rsidRDefault="007E44B1" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD5D93">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
@@ -3789,133 +3744,128 @@
             </w:r>
             <w:r w:rsidR="007E44B1" w:rsidRPr="001F369F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>nav noraidījis pretendentu, ja piedāvājums satur atsevišķas tehniskas nepilnības – satura rādītājs neatbilstošs, lapas samainītas vietām utt.</w:t>
             </w:r>
             <w:r w:rsidR="007E44B1" w:rsidRPr="00DD5D93">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D5F6165" w14:textId="77777777" w:rsidR="007E44B1" w:rsidRPr="00DD5D93" w:rsidRDefault="007E44B1" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F283B68" w14:textId="77777777" w:rsidR="007E44B1" w:rsidRPr="00DD5D93" w:rsidRDefault="007E44B1" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="157BC4D9" w14:textId="77777777" w:rsidR="007E44B1" w:rsidRPr="00DD5D93" w:rsidRDefault="007E44B1" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D0023F" w:rsidRPr="00DD5D93" w14:paraId="3E2FDD0B" w14:textId="77777777" w:rsidTr="001E2840">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E3A23F7" w14:textId="77777777" w:rsidR="00D0023F" w:rsidRPr="00DD5D93" w:rsidRDefault="00D0023F" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7782ACC5" w14:textId="031DDE7C" w:rsidR="00D0023F" w:rsidRPr="001169BF" w:rsidRDefault="00D0023F" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai ir iesniegts piedāvājuma nodrošinājums (ja to paredz iepirkuma dokumenti)?</w:t>
@@ -3967,138 +3917,133 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> prasītaja</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68D09843" w14:textId="77777777" w:rsidR="00D0023F" w:rsidRPr="00DD5D93" w:rsidRDefault="00D0023F" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="256E43E5" w14:textId="77777777" w:rsidR="00D0023F" w:rsidRPr="00DD5D93" w:rsidRDefault="00D0023F" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="122F5DD8" w14:textId="77777777" w:rsidR="00D0023F" w:rsidRPr="00DD5D93" w:rsidRDefault="00D0023F" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E44B1" w:rsidRPr="00DD5D93" w14:paraId="2E630E34" w14:textId="77777777" w:rsidTr="001E2840">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D3FC3F7" w14:textId="77777777" w:rsidR="007E44B1" w:rsidRPr="00DD5D93" w:rsidRDefault="007E44B1" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="224DB3D3" w14:textId="77777777" w:rsidR="007E44B1" w:rsidRPr="00DD5D93" w:rsidRDefault="007E44B1" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001055C5">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai ir atbilstoši </w:t>
             </w:r>
@@ -4125,69 +4070,67 @@
             <w:r w:rsidR="000869FD" w:rsidRPr="001055C5">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>ā</w:t>
             </w:r>
             <w:r w:rsidRPr="001055C5">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19F85802" w14:textId="77777777" w:rsidR="007E44B1" w:rsidRPr="00DD5D93" w:rsidRDefault="007E44B1" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6754FA99" w14:textId="77777777" w:rsidR="007E44B1" w:rsidRPr="00DD5D93" w:rsidRDefault="00C31A7C" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.10.5</w:t>
             </w:r>
             <w:r w:rsidR="007E44B1" w:rsidRPr="00DD5D93">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.p.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -4214,98 +4157,95 @@
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00D921E1">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>p.</w:t>
             </w:r>
             <w:r w:rsidR="003A502E">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>, 6.10.14.</w:t>
             </w:r>
             <w:r w:rsidR="00D921E1">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>p., 6.10.15.p., 6.10.16.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="421EB06D" w14:textId="77777777" w:rsidR="007E44B1" w:rsidRPr="00DD5D93" w:rsidRDefault="007E44B1" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00791917" w:rsidRPr="00DD5D93" w14:paraId="6F0A5C06" w14:textId="77777777" w:rsidTr="001E2840">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5CEE27BB" w14:textId="77777777" w:rsidR="00791917" w:rsidRPr="00DD5D93" w:rsidRDefault="00791917" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37771590" w14:textId="77777777" w:rsidR="006522AB" w:rsidRPr="001055C5" w:rsidRDefault="006522AB" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001055C5">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -4352,205 +4292,198 @@
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:firstLine="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:bidi="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B35CA">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV" w:bidi="lv-LV"/>
               </w:rPr>
               <w:t>Ja iepirkuma komisija ir izvēlējusies piemērot arī citus SPSIL 48.panta otrajā daļā minētos pretendentu izslēgšanas nosacījumus (proti, tos, kas nav noteikti vadlīniju 6.4.2.punktā kā obligāti piemērojamie), vai iepirkuma komisija ir pieņēmusi pretendenta iesniegtos pierādījumus uzticamības nodrošināšanai saskaņā ar SPSIL 49.panta regulējumu?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="700A3EBD" w14:textId="77777777" w:rsidR="00791917" w:rsidRPr="00DD5D93" w:rsidRDefault="00791917" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5415C95A" w14:textId="77777777" w:rsidR="00791917" w:rsidRPr="00DD5D93" w:rsidRDefault="00791917" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62DA62BA" w14:textId="77777777" w:rsidR="00791917" w:rsidRPr="00DD5D93" w:rsidRDefault="00791917" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00791917" w:rsidRPr="00DD5D93" w14:paraId="268D9D52" w14:textId="77777777" w:rsidTr="001E2840">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D6E77D3" w14:textId="77777777" w:rsidR="00791917" w:rsidRPr="00DD5D93" w:rsidRDefault="00791917" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01F79A8B" w14:textId="77777777" w:rsidR="00791917" w:rsidRPr="00DD5D93" w:rsidRDefault="00791917" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00903D5C">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Vai piegādātāju atlase ir veikta atbilstoši iepirkuma dokumentācijā noteiktajām prasībām?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12F08584" w14:textId="77777777" w:rsidR="00791917" w:rsidRPr="00DD5D93" w:rsidRDefault="00791917" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="303EC337" w14:textId="77777777" w:rsidR="00791917" w:rsidRPr="00DD5D93" w:rsidRDefault="00791917" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72D3F08A" w14:textId="77777777" w:rsidR="00791917" w:rsidRPr="00DD5D93" w:rsidRDefault="00760CA6" w:rsidP="00DA2EF4">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE34C2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2.9.1.p.-2.9.5.p., </w:t>
             </w:r>
             <w:r w:rsidR="00791917" w:rsidRPr="00AE34C2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
             <w:r w:rsidR="007A1CE9">
               <w:rPr>
@@ -4565,98 +4498,95 @@
               <w:t>.p., 6.4.3.p., 6.10</w:t>
             </w:r>
             <w:r w:rsidR="00AE34C2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.12</w:t>
             </w:r>
             <w:r w:rsidRPr="00AE34C2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">.p., </w:t>
             </w:r>
             <w:r w:rsidR="00DA2EF4">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.10.13.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47BFDCFC" w14:textId="77777777" w:rsidR="00791917" w:rsidRPr="00DD5D93" w:rsidRDefault="00791917" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EB7891" w:rsidRPr="00DD5D93" w14:paraId="2A0216F7" w14:textId="77777777" w:rsidTr="00B41743">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="21D90A3D" w14:textId="77777777" w:rsidR="00EB7891" w:rsidRPr="00DD5D93" w:rsidRDefault="00EB7891" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E6A8986" w14:textId="77777777" w:rsidR="00EB7891" w:rsidRPr="00903D5C" w:rsidRDefault="00EB7891" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00903D5C">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -4732,398 +4662,383 @@
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00C55A9D">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.punktā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="152815AE" w14:textId="77777777" w:rsidR="00EB7891" w:rsidRPr="00DD5D93" w:rsidRDefault="00EB7891" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3DD45ED8" w14:textId="77777777" w:rsidR="00EB7891" w:rsidRPr="00AE34C2" w:rsidRDefault="00EB7891" w:rsidP="00DA2EF4">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17476BDF" w14:textId="77777777" w:rsidR="00EB7891" w:rsidRPr="00DD5D93" w:rsidRDefault="00EB7891" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A90C7E" w:rsidRPr="00DD5D93" w14:paraId="297A8DF8" w14:textId="77777777" w:rsidTr="00B41743">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D37CA1D" w14:textId="77777777" w:rsidR="00A90C7E" w:rsidRPr="00DD5D93" w:rsidRDefault="00A90C7E" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="50517FD8" w14:textId="77777777" w:rsidR="00A90C7E" w:rsidRPr="008C0C67" w:rsidRDefault="00A90C7E" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00903D5C">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Vai piegādātāju atlase tika veikta atbilstoši iepirkuma dokumentācijā un vadlīnijās noteiktajam?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61A25BFB" w14:textId="77777777" w:rsidR="00A90C7E" w:rsidRPr="00DD5D93" w:rsidRDefault="00A90C7E" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2CAF9635" w14:textId="77777777" w:rsidR="00A90C7E" w:rsidRPr="00AE34C2" w:rsidRDefault="00A90C7E" w:rsidP="00DA2EF4">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="672249EA" w14:textId="77777777" w:rsidR="00A90C7E" w:rsidRPr="00DD5D93" w:rsidRDefault="00A90C7E" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00791917" w:rsidRPr="00DD5D93" w14:paraId="01FB0288" w14:textId="77777777" w:rsidTr="00B41743">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DA53583" w14:textId="77777777" w:rsidR="00791917" w:rsidRPr="00DD5D93" w:rsidRDefault="00791917" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2602DB4D" w14:textId="77777777" w:rsidR="00791917" w:rsidRPr="00B41743" w:rsidRDefault="00791917" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00903D5C">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai </w:t>
             </w:r>
             <w:r w:rsidR="00B6329A" w:rsidRPr="00903D5C">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">tehniskā </w:t>
             </w:r>
             <w:r w:rsidRPr="00903D5C">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>piedāvājuma atbilstība tika vērtēta atbilstoši iepirkuma dokumentācijā noteiktajam?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56A3E459" w14:textId="77777777" w:rsidR="00791917" w:rsidRPr="00DD5D93" w:rsidRDefault="00791917" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="687C2031" w14:textId="77777777" w:rsidR="00791917" w:rsidRPr="00DD5D93" w:rsidRDefault="001F4376" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.9.1.p., 6.10.17.p., 6.10.19</w:t>
             </w:r>
             <w:r w:rsidR="00791917" w:rsidRPr="00DD5D93">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7CEBED49" w14:textId="77777777" w:rsidR="00791917" w:rsidRPr="00DD5D93" w:rsidRDefault="00791917" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008C0C67" w:rsidRPr="00DD5D93" w14:paraId="411E3E66" w14:textId="77777777" w:rsidTr="00B41743">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="159CDC5F" w14:textId="77777777" w:rsidR="008C0C67" w:rsidRPr="00DD5D93" w:rsidRDefault="008C0C67" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3DBEEE7F" w14:textId="77777777" w:rsidR="008C0C67" w:rsidRPr="00903D5C" w:rsidRDefault="008C0C67" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00903D5C">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5191,303 +5106,291 @@
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA134B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.punktā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="353EB2CF" w14:textId="77777777" w:rsidR="008C0C67" w:rsidRPr="00DD5D93" w:rsidRDefault="008C0C67" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="415E8E0F" w14:textId="77777777" w:rsidR="008C0C67" w:rsidRDefault="008C0C67" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="637CADA3" w14:textId="77777777" w:rsidR="008C0C67" w:rsidRPr="00DD5D93" w:rsidRDefault="008C0C67" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124A33" w:rsidRPr="00DD5D93" w14:paraId="08E9882C" w14:textId="77777777" w:rsidTr="00B41743">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="404CB662" w14:textId="77777777" w:rsidR="00124A33" w:rsidRPr="00DD5D93" w:rsidRDefault="00124A33" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59FD9395" w14:textId="77777777" w:rsidR="00124A33" w:rsidRDefault="00124A33" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00903D5C">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Vai tehniskais piedāvājums tika vērtēts atbilstoši iepirkuma dokumentācijā un vadlīnijās noteiktajam?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7013ADFE" w14:textId="77777777" w:rsidR="00124A33" w:rsidRPr="00DD5D93" w:rsidRDefault="00124A33" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E06D492" w14:textId="77777777" w:rsidR="00124A33" w:rsidRDefault="00124A33" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2715C313" w14:textId="77777777" w:rsidR="00124A33" w:rsidRPr="00DD5D93" w:rsidRDefault="00124A33" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD5D93" w:rsidRPr="00DD5D93" w14:paraId="2FA8460F" w14:textId="77777777" w:rsidTr="001E2840">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0219B26A" w14:textId="77777777" w:rsidR="00DD5D93" w:rsidRPr="00DD5D93" w:rsidRDefault="00DD5D93" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67FF14FD" w14:textId="090747F8" w:rsidR="00D90C95" w:rsidRPr="00D90C95" w:rsidRDefault="006F09AF" w:rsidP="00CF3E4D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00941E47">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Vai piedāvājums tika vērtēts atbilstoši iepirkuma dokumentācijā noteiktajam piedāvājuma izvērtēšanas kritērijam?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FD51ADB" w14:textId="77777777" w:rsidR="00DD5D93" w:rsidRPr="00DD5D93" w:rsidRDefault="00DD5D93" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D742171" w14:textId="77777777" w:rsidR="00DA2EF4" w:rsidRPr="006F09AF" w:rsidRDefault="006F09AF" w:rsidP="006F09AF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
             <w:r w:rsidR="007A1CE9">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5520,98 +5423,95 @@
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00DA2EF4">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 7.</w:t>
             </w:r>
             <w:r w:rsidR="007A1CE9">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00DA2EF4">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.1.8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B33DCBF" w14:textId="77777777" w:rsidR="00DD5D93" w:rsidRPr="00DD5D93" w:rsidRDefault="00DD5D93" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00124A33" w:rsidRPr="00DD5D93" w14:paraId="72EDCAA7" w14:textId="77777777" w:rsidTr="001E2840">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6594698A" w14:textId="77777777" w:rsidR="00124A33" w:rsidRPr="00DD5D93" w:rsidRDefault="00124A33" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C21E550" w14:textId="77777777" w:rsidR="00124A33" w:rsidRDefault="00124A33" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00941E47">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -5707,132 +5607,127 @@
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00A73F58">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.punktā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E583162" w14:textId="77777777" w:rsidR="00124A33" w:rsidRPr="00DD5D93" w:rsidRDefault="00124A33" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="386B4F8C" w14:textId="77777777" w:rsidR="00124A33" w:rsidRPr="00DD5D93" w:rsidRDefault="00124A33" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07D78AA0" w14:textId="77777777" w:rsidR="00124A33" w:rsidRPr="00DD5D93" w:rsidRDefault="00124A33" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w14:paraId="75B2AD87" w14:textId="77777777" w:rsidTr="003565DF">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53B509A9" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w:rsidRDefault="006F09AF" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6340705C" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00603CC0" w:rsidRDefault="006F09AF" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00941E47">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai </w:t>
             </w:r>
@@ -5843,254 +5738,244 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">visi </w:t>
             </w:r>
             <w:r w:rsidR="007A1CE9" w:rsidRPr="00941E47">
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">komisijas </w:t>
             </w:r>
             <w:r w:rsidRPr="00941E47">
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>matemātiskie aprēķini (piešķirtie punkti) ir pareizi?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A235CB4" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w:rsidRDefault="006F09AF" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79A832B7" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w:rsidRDefault="006F09AF" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44AE81B4" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w:rsidRDefault="006F09AF" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w14:paraId="7A7246C2" w14:textId="77777777" w:rsidTr="001E2840">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39130BD4" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w:rsidRDefault="006F09AF" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2AB9911E" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00603CC0" w:rsidRDefault="006F09AF" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00941E47">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai tika vērtēti tikai tie dokumenti, kas jau sākotnēji (līdz piedāvājuma iesniegšanas termiņa beigām) tika iesniegti?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C010238" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w:rsidRDefault="006F09AF" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3DBEDB69" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w:rsidRDefault="00887EFF" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.10.14.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DF42668" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w:rsidRDefault="006F09AF" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w14:paraId="2F17A366" w14:textId="77777777" w:rsidTr="001E2840">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D117EA9" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w:rsidRDefault="006F09AF" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27660376" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00941E47" w:rsidRDefault="006F09AF" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00941E47">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai neskaidrību gadījumā SPS ir izmantojis tiesības pieprasīt, lai piegādātājs vai kompetenta institūcija papildina vai izskaidro iesniegtos </w:t>
             </w:r>
@@ -6151,249 +6036,239 @@
               <w:ind w:left="25" w:firstLine="425"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00941E47">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nepieciešamība lūgt izskaidrot tehnisko vai finanšu piedāvājumu un iespēja to labot (piem., acīmredzamas kļūdas dēļ) jāizvērtē katrā konkrētajā gadījumā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AF7E071" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w:rsidRDefault="006F09AF" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="226A39AD" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w:rsidRDefault="006F09AF" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60336788" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w:rsidRDefault="006F09AF" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w14:paraId="6719D2E5" w14:textId="77777777" w:rsidTr="001E2840">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47436F6C" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w:rsidRDefault="006F09AF" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01165675" w14:textId="41C716B4" w:rsidR="006F09AF" w:rsidRPr="00F41850" w:rsidRDefault="00EC3802" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC3802">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja piedāvājumā ir konstatētas aritmētiskās kļūdas:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50FF8046" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w:rsidRDefault="006F09AF" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74E8D8FE" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w:rsidRDefault="006F09AF" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23D96C3B" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w:rsidRDefault="006F09AF" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w14:paraId="1EFCBDA9" w14:textId="77777777" w:rsidTr="001E2840">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64BC959F" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w:rsidRDefault="006F09AF" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="31C4ED53" w14:textId="0691E8C4" w:rsidR="006F09AF" w:rsidRPr="00603CC0" w:rsidRDefault="006F09AF" w:rsidP="009130E8">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00603CC0">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai SPS ir veicis aritmētisko kļūdu labošanu</w:t>
@@ -6413,266 +6288,256 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, un vai tā ir veikta atbilstoši</w:t>
             </w:r>
             <w:r w:rsidRPr="00603CC0">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r w:rsidR="00573F0A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Vai, vērtējot finanšu piedāvājumus, SPS ir ņēmis vērā veiktos labojumus?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6AD14697" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w:rsidRDefault="006F09AF" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="798E0CF5" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w:rsidRDefault="006F09AF" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="599407D1" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w:rsidRDefault="006F09AF" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w14:paraId="10C5CFE2" w14:textId="77777777" w:rsidTr="001E2840">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B801333" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w:rsidRDefault="006F09AF" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B6D8416" w14:textId="3493ACEE" w:rsidR="006F09AF" w:rsidRPr="00603CC0" w:rsidRDefault="006F09AF" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00603CC0">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja tika saņemts nepamatoti lēts piedāvājums:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="137123CD" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w:rsidRDefault="006F09AF" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="767720D9" w14:textId="1E3814DF" w:rsidR="006F09AF" w:rsidRPr="00B74D65" w:rsidRDefault="006F09AF" w:rsidP="00F056E1">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.10.21</w:t>
             </w:r>
             <w:r w:rsidRPr="00603CC0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53341992" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w:rsidRDefault="006F09AF" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w14:paraId="3ED6699B" w14:textId="77777777" w:rsidTr="001E2840">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0FC4BC6A" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w:rsidRDefault="006F09AF" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="097CE18A" w14:textId="038D7DFE" w:rsidR="006F09AF" w:rsidRPr="00077B48" w:rsidRDefault="006F09AF" w:rsidP="00B41743">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00603CC0">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -6703,182 +6568,179 @@
               <w:t xml:space="preserve">SPS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>papildus pieprasītajam paskaidrojumam jā</w:t>
             </w:r>
             <w:r w:rsidRPr="001F369F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ļauj pretendentam iesniegt pierādījumus, kurus tas uzskata par nepieciešamiem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D168C63" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w:rsidRDefault="006F09AF" w:rsidP="001E2840">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1514A44F" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00603CC0" w:rsidRDefault="006F09AF" w:rsidP="00F056E1">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53F0255E" w14:textId="77777777" w:rsidR="006F09AF" w:rsidRPr="00DD5D93" w:rsidRDefault="006F09AF" w:rsidP="00F056E1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="784E9E2F" w14:textId="77777777" w:rsidR="002374CF" w:rsidRDefault="002374CF" w:rsidP="00AF26F1">
       <w:pPr>
         <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B177432" w14:textId="77777777" w:rsidR="00393A84" w:rsidRPr="00DD5D93" w:rsidRDefault="00393A84" w:rsidP="00AF26F1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00393A84" w:rsidRPr="00DD5D93" w:rsidSect="009373A5">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7F5AD46C" w14:textId="77777777" w:rsidR="00FE4A08" w:rsidRDefault="00FE4A08" w:rsidP="00481F13">
+    <w:p w14:paraId="444243AE" w14:textId="77777777" w:rsidR="00441261" w:rsidRDefault="00441261" w:rsidP="00481F13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="01CB49EB" w14:textId="77777777" w:rsidR="00FE4A08" w:rsidRDefault="00FE4A08" w:rsidP="00481F13">
+    <w:p w14:paraId="42511C34" w14:textId="77777777" w:rsidR="00441261" w:rsidRDefault="00441261" w:rsidP="00481F13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol">
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Andale Sans UI">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
@@ -6951,61 +6813,61 @@
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00452640">
       <w:t>15</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="5C7F8922" w14:textId="77777777" w:rsidR="00963F12" w:rsidRDefault="00963F12">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="67FA39A1" w14:textId="77777777" w:rsidR="00FE4A08" w:rsidRDefault="00FE4A08" w:rsidP="00481F13">
+    <w:p w14:paraId="534C6B73" w14:textId="77777777" w:rsidR="00441261" w:rsidRDefault="00441261" w:rsidP="00481F13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5CBF8936" w14:textId="77777777" w:rsidR="00FE4A08" w:rsidRDefault="00FE4A08" w:rsidP="00481F13">
+    <w:p w14:paraId="125A6CA5" w14:textId="77777777" w:rsidR="00441261" w:rsidRDefault="00441261" w:rsidP="00481F13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="3D4E4989" w14:textId="77777777" w:rsidR="00D82EA2" w:rsidRPr="00B61BEF" w:rsidRDefault="00D82EA2">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B61BEF">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B61BEF">
@@ -10613,97 +10475,97 @@
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1905525289">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00393A84"/>
     <w:rsid w:val="000113E7"/>
     <w:rsid w:val="00015B30"/>
     <w:rsid w:val="00015C37"/>
     <w:rsid w:val="00021AE2"/>
     <w:rsid w:val="000244A6"/>
     <w:rsid w:val="0002505E"/>
     <w:rsid w:val="00025530"/>
     <w:rsid w:val="0003248B"/>
     <w:rsid w:val="000330C2"/>
     <w:rsid w:val="00033806"/>
     <w:rsid w:val="00036C57"/>
     <w:rsid w:val="0004128E"/>
     <w:rsid w:val="00042554"/>
     <w:rsid w:val="0004270C"/>
     <w:rsid w:val="000461CB"/>
     <w:rsid w:val="00046994"/>
     <w:rsid w:val="0005172D"/>
     <w:rsid w:val="00053D03"/>
     <w:rsid w:val="00055C70"/>
     <w:rsid w:val="0005783F"/>
     <w:rsid w:val="00064A79"/>
     <w:rsid w:val="000712CA"/>
     <w:rsid w:val="00074525"/>
+    <w:rsid w:val="0007702C"/>
     <w:rsid w:val="00077B48"/>
     <w:rsid w:val="00080E33"/>
     <w:rsid w:val="000813B1"/>
     <w:rsid w:val="00082A0A"/>
     <w:rsid w:val="00085DCC"/>
     <w:rsid w:val="00086554"/>
     <w:rsid w:val="000869FD"/>
     <w:rsid w:val="00087842"/>
     <w:rsid w:val="00087FC0"/>
     <w:rsid w:val="00091253"/>
     <w:rsid w:val="00091319"/>
     <w:rsid w:val="00093DDB"/>
     <w:rsid w:val="000A2421"/>
     <w:rsid w:val="000A5003"/>
     <w:rsid w:val="000A5690"/>
     <w:rsid w:val="000B3356"/>
     <w:rsid w:val="000B6C2F"/>
     <w:rsid w:val="000B6E40"/>
     <w:rsid w:val="000B7C49"/>
     <w:rsid w:val="000C257E"/>
     <w:rsid w:val="000C3638"/>
     <w:rsid w:val="000C6FC8"/>
     <w:rsid w:val="000C7124"/>
     <w:rsid w:val="000E33B8"/>
     <w:rsid w:val="000E4CDA"/>
@@ -10851,52 +10713,54 @@
     <w:rsid w:val="003A502E"/>
     <w:rsid w:val="003A5745"/>
     <w:rsid w:val="003B0A71"/>
     <w:rsid w:val="003B1FFA"/>
     <w:rsid w:val="003B428E"/>
     <w:rsid w:val="003B525F"/>
     <w:rsid w:val="003C453C"/>
     <w:rsid w:val="003C63BA"/>
     <w:rsid w:val="003D07FB"/>
     <w:rsid w:val="003D2B3C"/>
     <w:rsid w:val="003D3A2F"/>
     <w:rsid w:val="003E0F64"/>
     <w:rsid w:val="003E7BF2"/>
     <w:rsid w:val="003F0209"/>
     <w:rsid w:val="003F505D"/>
     <w:rsid w:val="003F7D4B"/>
     <w:rsid w:val="0041231D"/>
     <w:rsid w:val="004135D0"/>
     <w:rsid w:val="004152E0"/>
     <w:rsid w:val="004167BB"/>
     <w:rsid w:val="00417B0F"/>
     <w:rsid w:val="00425EF3"/>
     <w:rsid w:val="0042677B"/>
     <w:rsid w:val="00432F6B"/>
     <w:rsid w:val="00436009"/>
+    <w:rsid w:val="00441261"/>
     <w:rsid w:val="00441BF0"/>
     <w:rsid w:val="0044267D"/>
+    <w:rsid w:val="00444B97"/>
     <w:rsid w:val="00450E93"/>
     <w:rsid w:val="00451F7F"/>
     <w:rsid w:val="00452640"/>
     <w:rsid w:val="004549BC"/>
     <w:rsid w:val="00455D58"/>
     <w:rsid w:val="00457370"/>
     <w:rsid w:val="00460E61"/>
     <w:rsid w:val="00462FE8"/>
     <w:rsid w:val="00465014"/>
     <w:rsid w:val="00466554"/>
     <w:rsid w:val="00467495"/>
     <w:rsid w:val="00470462"/>
     <w:rsid w:val="004708F6"/>
     <w:rsid w:val="00470A46"/>
     <w:rsid w:val="00470C34"/>
     <w:rsid w:val="00473BF6"/>
     <w:rsid w:val="00476CD5"/>
     <w:rsid w:val="00481F13"/>
     <w:rsid w:val="004846EA"/>
     <w:rsid w:val="00491C46"/>
     <w:rsid w:val="00494955"/>
     <w:rsid w:val="00494CDE"/>
     <w:rsid w:val="0049562A"/>
     <w:rsid w:val="00496E60"/>
     <w:rsid w:val="0049723E"/>
@@ -10992,50 +10856,51 @@
     <w:rsid w:val="00674D76"/>
     <w:rsid w:val="006800C5"/>
     <w:rsid w:val="00685949"/>
     <w:rsid w:val="00690984"/>
     <w:rsid w:val="00692962"/>
     <w:rsid w:val="00694703"/>
     <w:rsid w:val="00694D5B"/>
     <w:rsid w:val="006A0F10"/>
     <w:rsid w:val="006A2BE4"/>
     <w:rsid w:val="006A3BC7"/>
     <w:rsid w:val="006B30BC"/>
     <w:rsid w:val="006B7BBA"/>
     <w:rsid w:val="006C1411"/>
     <w:rsid w:val="006C2D9E"/>
     <w:rsid w:val="006C30BB"/>
     <w:rsid w:val="006C3E49"/>
     <w:rsid w:val="006D010D"/>
     <w:rsid w:val="006D4F14"/>
     <w:rsid w:val="006D56F5"/>
     <w:rsid w:val="006E0723"/>
     <w:rsid w:val="006E210F"/>
     <w:rsid w:val="006E2CC7"/>
     <w:rsid w:val="006E7AD0"/>
     <w:rsid w:val="006F09AF"/>
     <w:rsid w:val="006F2F60"/>
+    <w:rsid w:val="00700B49"/>
     <w:rsid w:val="007015BF"/>
     <w:rsid w:val="007021D2"/>
     <w:rsid w:val="00704ABA"/>
     <w:rsid w:val="00705809"/>
     <w:rsid w:val="00710600"/>
     <w:rsid w:val="00714BAF"/>
     <w:rsid w:val="00714C58"/>
     <w:rsid w:val="007218E2"/>
     <w:rsid w:val="00724F16"/>
     <w:rsid w:val="007310FE"/>
     <w:rsid w:val="0073582D"/>
     <w:rsid w:val="00744033"/>
     <w:rsid w:val="007509B7"/>
     <w:rsid w:val="0075409C"/>
     <w:rsid w:val="00757AAA"/>
     <w:rsid w:val="00760CA6"/>
     <w:rsid w:val="00764234"/>
     <w:rsid w:val="007713B6"/>
     <w:rsid w:val="00774F6F"/>
     <w:rsid w:val="00775543"/>
     <w:rsid w:val="00777C04"/>
     <w:rsid w:val="00780A29"/>
     <w:rsid w:val="00787AA2"/>
     <w:rsid w:val="00791917"/>
     <w:rsid w:val="007931EE"/>
@@ -11318,50 +11183,51 @@
     <w:rsid w:val="00D921E1"/>
     <w:rsid w:val="00D94883"/>
     <w:rsid w:val="00DA1731"/>
     <w:rsid w:val="00DA2EF4"/>
     <w:rsid w:val="00DB04F2"/>
     <w:rsid w:val="00DB1DF9"/>
     <w:rsid w:val="00DC43E9"/>
     <w:rsid w:val="00DD31EE"/>
     <w:rsid w:val="00DD46AE"/>
     <w:rsid w:val="00DD4F88"/>
     <w:rsid w:val="00DD5BCB"/>
     <w:rsid w:val="00DD5D93"/>
     <w:rsid w:val="00DE177F"/>
     <w:rsid w:val="00DE23E0"/>
     <w:rsid w:val="00DE267E"/>
     <w:rsid w:val="00DE2F68"/>
     <w:rsid w:val="00DE3ACE"/>
     <w:rsid w:val="00DE467F"/>
     <w:rsid w:val="00DE4D91"/>
     <w:rsid w:val="00DE59E8"/>
     <w:rsid w:val="00DE63E5"/>
     <w:rsid w:val="00DF0538"/>
     <w:rsid w:val="00DF1054"/>
     <w:rsid w:val="00DF12BA"/>
     <w:rsid w:val="00DF7E1B"/>
+    <w:rsid w:val="00E00194"/>
     <w:rsid w:val="00E0441D"/>
     <w:rsid w:val="00E04434"/>
     <w:rsid w:val="00E04FEE"/>
     <w:rsid w:val="00E12C2B"/>
     <w:rsid w:val="00E13A73"/>
     <w:rsid w:val="00E14994"/>
     <w:rsid w:val="00E15972"/>
     <w:rsid w:val="00E16545"/>
     <w:rsid w:val="00E3157B"/>
     <w:rsid w:val="00E31F37"/>
     <w:rsid w:val="00E3230D"/>
     <w:rsid w:val="00E346B2"/>
     <w:rsid w:val="00E428AE"/>
     <w:rsid w:val="00E43844"/>
     <w:rsid w:val="00E4485E"/>
     <w:rsid w:val="00E4555F"/>
     <w:rsid w:val="00E478F2"/>
     <w:rsid w:val="00E502E9"/>
     <w:rsid w:val="00E50A3D"/>
     <w:rsid w:val="00E54043"/>
     <w:rsid w:val="00E5567A"/>
     <w:rsid w:val="00E6292D"/>
     <w:rsid w:val="00E62BEF"/>
     <w:rsid w:val="00E62D98"/>
     <w:rsid w:val="00E6464D"/>