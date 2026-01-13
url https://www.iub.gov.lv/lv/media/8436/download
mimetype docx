--- v0 (2025-10-21)
+++ v1 (2026-01-13)
@@ -128,91 +128,123 @@
       <w:r w:rsidRPr="00423FDF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.-202</w:t>
       </w:r>
       <w:r w:rsidR="00775361">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00423FDF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.gada plānošanas periodā</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26F23EFA" w14:textId="17E51268" w:rsidR="00393A84" w:rsidRPr="00423FDF" w:rsidRDefault="00431B4D" w:rsidP="00281F8B">
+    <w:p w14:paraId="26F23EFA" w14:textId="19C290E2" w:rsidR="00393A84" w:rsidRPr="00423FDF" w:rsidRDefault="00431B4D" w:rsidP="00281F8B">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D856BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:r w:rsidR="003D7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>06</w:t>
+      </w:r>
       <w:r w:rsidR="0027440B" w:rsidRPr="0027440B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>10.07.2025</w:t>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="003D7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0027440B" w:rsidRPr="0027440B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="003D7E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00EE63E3" w:rsidRPr="0027440B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>., Nr.</w:t>
       </w:r>
-      <w:r w:rsidR="0027440B">
+      <w:r w:rsidR="003D7E42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00290CE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00281F8B" w:rsidRPr="000E07CC" w:rsidDel="00281F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3666D2C4" w14:textId="77777777" w:rsidR="00393A84" w:rsidRPr="00423FDF" w:rsidRDefault="00090E18" w:rsidP="00090E18">
       <w:pPr>
         <w:spacing w:before="120" w:after="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
@@ -475,318 +507,309 @@
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="55" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="5245"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1701"/>
       </w:tblGrid>
       <w:tr w:rsidR="004B3048" w:rsidRPr="00423FDF" w14:paraId="4671106F" w14:textId="77777777" w:rsidTr="006919A3">
         <w:trPr>
           <w:trHeight w:val="642"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="139BCE7C" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nr.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B4D3466" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>p.k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BE02697" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Pārbaudes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21353A29" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00B457AA">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Jā/Nē/</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1204FF6E" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="00A00B34" w:rsidP="00B457AA">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nav attiecināms (N/A)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64C7CBD7" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00AF26F1">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Atsauce uz Iepirkumu vadlīnijām SPS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FE3EFBD" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="00C4520D" w:rsidP="00AF26F1">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r w:rsidR="004B3048" w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>omentāri</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B3048" w:rsidRPr="00423FDF" w14:paraId="4597AE99" w14:textId="77777777" w:rsidTr="00B457AA">
         <w:trPr>
           <w:trHeight w:val="212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A9045F1" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0BD823AB" w14:textId="77777777" w:rsidR="001C4A4B" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai izvēlētā iepirkuma procedūra </w:t>
             </w:r>
             <w:r w:rsidR="003B19D5" w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">(metode) </w:t>
             </w:r>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>ir atbilstoša?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DDD06FF" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00B457AA">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23626777" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="002D0910" w:rsidP="00D83373">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.1.p., 1.2.p., 3.1.p., 4.p.</w:t>
             </w:r>
             <w:r w:rsidR="00AB40B3" w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>, 5.1.p., 5.</w:t>
             </w:r>
             <w:r w:rsidR="00ED7FB3" w:rsidRPr="00423FDF">
               <w:rPr>
@@ -801,227 +824,219 @@
               <w:t>.p., 5.</w:t>
             </w:r>
             <w:r w:rsidR="00ED7FB3" w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00AB40B3" w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.p.</w:t>
             </w:r>
             <w:r w:rsidR="00F8295B" w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>, 6.5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1127F967" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00902B18">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B3048" w:rsidRPr="00423FDF" w14:paraId="36991C27" w14:textId="77777777" w:rsidTr="00B457AA">
         <w:trPr>
           <w:trHeight w:val="212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6711F6AD" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3731358C" w14:textId="77777777" w:rsidR="00E21AE3" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C789D">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Vai iepirkuma paredzamā līgumcena ir noteikta saskaņā ar SPSIL 1</w:t>
             </w:r>
             <w:r w:rsidR="004C42E3" w:rsidRPr="001C789D">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="001C789D">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.pantu?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75E00882" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00B457AA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2EB35C76" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00902B18">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="86"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="31EEF0D0" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00902B18">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B3048" w:rsidRPr="00423FDF" w14:paraId="4A183766" w14:textId="77777777" w:rsidTr="00B457AA">
         <w:trPr>
           <w:trHeight w:val="212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2AD9CDAD" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00B42098" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C789D">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -1034,134 +1049,129 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">irkuma </w:t>
             </w:r>
             <w:r w:rsidR="00E95161" w:rsidRPr="001C789D">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">priekšmeta </w:t>
             </w:r>
             <w:r w:rsidR="00091253" w:rsidRPr="001C789D">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>nepamatota apvienošana?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19532A48" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00B457AA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2689D570" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00902B18">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10CE0165" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00902B18">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B3048" w:rsidRPr="00423FDF" w14:paraId="0AADB039" w14:textId="77777777" w:rsidTr="00B457AA">
         <w:trPr>
           <w:trHeight w:val="212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E1232FD" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B3AD77F" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="001C789D" w:rsidRDefault="004B3048" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C789D">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -1263,137 +1273,132 @@
           <w:p w14:paraId="187ECBDC" w14:textId="77777777" w:rsidR="00337BAC" w:rsidRPr="00423FDF" w:rsidRDefault="00337BAC" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:firstLine="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C789D">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Vadlīnijas nepiemēro SPSIL 10., 11. un 12.pantā minētajiem līgumiem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="535F708A" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00B457AA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F6D5220" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00902B18">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FF44FFE" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00902B18">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B3048" w:rsidRPr="00423FDF" w14:paraId="3FB18171" w14:textId="77777777" w:rsidTr="00B457AA">
         <w:trPr>
           <w:trHeight w:val="101"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72350BD8" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78144A43" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00423FDF">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F4039">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Vai iepirkum</w:t>
             </w:r>
             <w:r w:rsidR="0060126C" w:rsidRPr="002F4039">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
@@ -1405,69 +1410,67 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ir atbilstoši izsludināt</w:t>
             </w:r>
             <w:r w:rsidR="0060126C" w:rsidRPr="002F4039">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="002F4039">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D71E2A7" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00B457AA">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5510F350" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="001E7C52">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.7.p., 2.8.p.,</w:t>
             </w:r>
             <w:r w:rsidR="00CE6FBF" w:rsidRPr="00423FDF">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CE6FBF" w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.9.5.p.,</w:t>
@@ -1497,99 +1500,96 @@
               <w:t xml:space="preserve">.p., </w:t>
             </w:r>
             <w:r w:rsidR="00790EDF" w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.10.1</w:t>
             </w:r>
             <w:r w:rsidR="00002A02" w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00790EDF" w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06532B51" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00902B18">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B3048" w:rsidRPr="00423FDF" w14:paraId="70CF2896" w14:textId="77777777" w:rsidTr="00B457AA">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17BF9CAD" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CEA5D69" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="002F4039" w:rsidRDefault="004B3048" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F4039">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1819,138 +1819,133 @@
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r w:rsidR="001B4F2A" w:rsidRPr="002F4039">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">noteikumus </w:t>
             </w:r>
             <w:r w:rsidR="00526D13" w:rsidRPr="002F4039">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>vadlīniju 6.10.11.punktā minētajā gadījumā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BC7101D" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00B457AA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7EC1FF73" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00902B18">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7371D396" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00902B18">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B3048" w:rsidRPr="00423FDF" w14:paraId="0E3254DE" w14:textId="77777777" w:rsidTr="00B457AA">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E7106FF" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="712627D8" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="002209BB" w:rsidP="00423FDF">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F4039">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja ir izdarīti iepirkuma </w:t>
             </w:r>
             <w:r w:rsidR="00346DF7" w:rsidRPr="002F4039">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
@@ -1981,413 +1976,398 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> veikt</w:t>
             </w:r>
             <w:r w:rsidR="00346DF7" w:rsidRPr="002F4039">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidRPr="002F4039">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> atbilstoši?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FD3870C" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00B457AA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="50F0C1AF" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="00C94B37" w:rsidP="00C94B37">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.9.3.-6.9.6.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3F4326BF" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00902B18">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E85F9E" w:rsidRPr="00423FDF" w14:paraId="7C381071" w14:textId="77777777" w:rsidTr="00B457AA">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62F7DF1B" w14:textId="77777777" w:rsidR="00E85F9E" w:rsidRPr="00423FDF" w:rsidRDefault="00E85F9E" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A36EA85" w14:textId="02FD6E66" w:rsidR="00E85F9E" w:rsidRPr="00423FDF" w:rsidRDefault="00E85F9E" w:rsidP="00AB6877">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F4039">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai SPS ir IUB Publikāciju vadības sistēmā publicējis </w:t>
             </w:r>
             <w:r w:rsidR="00604850" w:rsidRPr="002F4039">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>SPS</w:t>
             </w:r>
             <w:r w:rsidRPr="002F4039">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> iepirkumu vadlīniju paziņojumu par grozījumiem?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07CFD6BF" w14:textId="77777777" w:rsidR="00E85F9E" w:rsidRPr="00423FDF" w:rsidRDefault="00E85F9E" w:rsidP="00B457AA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B6E1C7A" w14:textId="77777777" w:rsidR="00E85F9E" w:rsidRPr="00423FDF" w:rsidRDefault="00E85F9E" w:rsidP="00902B18">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A474BE9" w14:textId="77777777" w:rsidR="00E85F9E" w:rsidRPr="00423FDF" w:rsidRDefault="00E85F9E" w:rsidP="00902B18">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B3048" w:rsidRPr="00423FDF" w14:paraId="7411BED9" w14:textId="77777777" w:rsidTr="00B457AA">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="023F23AB" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B481B01" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="00714C58" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Vai ir atbilstoši noteikts piedāvājuma nodrošinājums</w:t>
             </w:r>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>(ja tāds paredzēts)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2840E4F0" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00B457AA">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C9B810F" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="00714C58" w:rsidP="00902B18">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.4.</w:t>
             </w:r>
             <w:r w:rsidR="00FD406E" w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00922029" w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54B30D4A" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00902B18">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B3048" w:rsidRPr="00423FDF" w14:paraId="7F87ACE5" w14:textId="77777777" w:rsidTr="00B457AA">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67D38B68" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3998094C" w14:textId="54D18107" w:rsidR="004B3048" w:rsidRPr="00A95926" w:rsidRDefault="00714C58" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A95926">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai piedāvājuma </w:t>
@@ -2547,260 +2527,250 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D050B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nosacījums par piegādātāja tiesībām izvēlēties nodrošinājuma veidu attiecas uz visu veidu saistību izpildes nodrošinājumiem (ne tikai uz līguma izpildes nodrošinājumu), piemēram, arī uz avansa, ieturējuma, garantijas laika nodrošinājumu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36D68BCA" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00B457AA">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FBDA4E4" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00902B18">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="096B96DF" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00902B18">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C13449" w:rsidRPr="00423FDF" w14:paraId="2F0CD70E" w14:textId="77777777" w:rsidTr="008A6F80">
         <w:trPr>
           <w:trHeight w:val="564"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36EC468C" w14:textId="77777777" w:rsidR="00C13449" w:rsidRPr="00423FDF" w:rsidRDefault="00C13449" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="215B2ED8" w14:textId="77777777" w:rsidR="00C13449" w:rsidRPr="00423FDF" w:rsidRDefault="00C13449" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F2A06">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Vai iepirkuma priekšmeta apraksts/tehniskās specifikācijas ir atbilstoši izstrādātas?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4220E0F9" w14:textId="77777777" w:rsidR="00C13449" w:rsidRPr="00423FDF" w:rsidRDefault="00C13449" w:rsidP="00B457AA">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02637565" w14:textId="77777777" w:rsidR="00C13449" w:rsidRPr="00423FDF" w:rsidRDefault="00C13449" w:rsidP="00902B18">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.6.p., 2.9.1.p., 2.9.2.p., 6.4.4.p., 6.4.6.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3C9B5B5D" w14:textId="77777777" w:rsidR="00C13449" w:rsidRPr="00423FDF" w:rsidRDefault="00C13449" w:rsidP="00902B18">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A6F80" w:rsidRPr="00423FDF" w14:paraId="2067ADBA" w14:textId="77777777" w:rsidTr="0085217A">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1AA2FD85" w14:textId="77777777" w:rsidR="008A6F80" w:rsidRPr="00423FDF" w:rsidRDefault="008A6F80" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79E48B17" w14:textId="77777777" w:rsidR="008A6F80" w:rsidRPr="000F2A06" w:rsidRDefault="008A6F80" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F2A06">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Vai iepirkuma priekšmeta aprakstā/tehniskajās specifikācijās nav saskatāmas acīmredzamas diskriminējošas norādes?</w:t>
@@ -2842,186 +2812,179 @@
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="365"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F2A06">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Tomēr, ņemot vērā EST spriedumā lietā C-424/23 norādīto, situācijā, kurā prasība par noteikta veida vai izcelsmes produktu, vai pat noteiktas preču zīmes produktu, vai tādu produktu, kas iegūts, pamatojoties uz konkrētu patentu vai paņēmienu, nenovēršami izriet no paša līguma priekšmeta, norādi “vai ekvivalents” būtu pieļaujams nelietot.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A9A8A1E" w14:textId="77777777" w:rsidR="008A6F80" w:rsidRPr="00423FDF" w:rsidRDefault="008A6F80" w:rsidP="00B457AA">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55B17CB0" w14:textId="77777777" w:rsidR="008A6F80" w:rsidRPr="00423FDF" w:rsidRDefault="008A6F80" w:rsidP="00902B18">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="150949FA" w14:textId="77777777" w:rsidR="008A6F80" w:rsidRPr="00423FDF" w:rsidRDefault="008A6F80" w:rsidP="00902B18">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B3048" w:rsidRPr="00423FDF" w14:paraId="1107176F" w14:textId="77777777" w:rsidTr="00B457AA">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F3EE2A3" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A8953DE" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="00DD46AE" w:rsidP="007B2052">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F4E0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Vai ir atbilstoši noteikti pretendentu izslēgšanas noteikumi?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21633E85" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00B457AA">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77624A1B" w14:textId="77777777" w:rsidR="007E262F" w:rsidRPr="00423FDF" w:rsidRDefault="007E262F" w:rsidP="00902B18">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.4.2.p.,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10C1ED31" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="00DD46AE" w:rsidP="009159D2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3034,99 +2997,96 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.10.1</w:t>
             </w:r>
             <w:r w:rsidR="009159D2" w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7AB51C2E" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00902B18">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B3048" w:rsidRPr="00423FDF" w14:paraId="6BF875D4" w14:textId="77777777" w:rsidTr="00B457AA">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="553A0B38" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2ECD49D9" w14:textId="77777777" w:rsidR="00DD46AE" w:rsidRPr="009F4E0C" w:rsidRDefault="00DD46AE" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F4E0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai ir korekti ietverti </w:t>
             </w:r>
             <w:r w:rsidR="00477F4E" w:rsidRPr="009F4E0C">
@@ -3535,253 +3495,243 @@
               <w:t>SPSIL regulējumu, vai arī uzskaitīt</w:t>
             </w:r>
             <w:r w:rsidR="00C67072" w:rsidRPr="009F4E0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> minētos</w:t>
             </w:r>
             <w:r w:rsidRPr="009F4E0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> izslēgšanas nosacījumus, bet tādā gadījumā tie ir jāuzskaita precīzi un visi.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="671A17C9" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00B457AA">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F0F5880" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00902B18">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3AC32893" w14:textId="77777777" w:rsidR="004B3048" w:rsidRPr="00423FDF" w:rsidRDefault="004B3048" w:rsidP="00902B18">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F065B9" w:rsidRPr="00423FDF" w14:paraId="59D0993B" w14:textId="77777777" w:rsidTr="00B457AA">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="228D35BB" w14:textId="77777777" w:rsidR="00F065B9" w:rsidRPr="00423FDF" w:rsidRDefault="00F065B9" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E530DE5" w14:textId="77777777" w:rsidR="00F065B9" w:rsidRPr="00423FDF" w:rsidRDefault="00F065B9" w:rsidP="00423FDF">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C94980">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Vai ir atbilstoši noteiktas kvalifikācijas prasības?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7348BE30" w14:textId="77777777" w:rsidR="00F065B9" w:rsidRPr="00423FDF" w:rsidRDefault="00F065B9" w:rsidP="00F065B9">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48B539E3" w14:textId="77777777" w:rsidR="00F065B9" w:rsidRPr="00423FDF" w:rsidRDefault="00F065B9" w:rsidP="00F065B9">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.6.p., 2.9.2.p., 2.9.3.p., 6.4.3.p., 6.10.7.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B7A9C71" w14:textId="77777777" w:rsidR="00F065B9" w:rsidRPr="00423FDF" w:rsidRDefault="00F065B9" w:rsidP="00F065B9">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F065B9" w:rsidRPr="00423FDF" w14:paraId="340803C3" w14:textId="77777777" w:rsidTr="00B457AA">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="329341C7" w14:textId="77777777" w:rsidR="00F065B9" w:rsidRPr="00423FDF" w:rsidRDefault="00F065B9" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="564F44DC" w14:textId="69747904" w:rsidR="00F065B9" w:rsidRPr="00C94980" w:rsidRDefault="00F065B9" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C94980">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Vai nav norādītas diskriminējošas prasības, piemēram, pretendentu nacionalitāte, ģeogrāfiskais izvietojums</w:t>
             </w:r>
@@ -3841,134 +3791,129 @@
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C94980">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Piegādātājam ir jābūt reģistrētam, licencētam vai sertificētam atbilstoši piegādātāja izcelsmes (reģistrācijas) valsts atbilstošo normatīvo aktu prasībām.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19E45DB6" w14:textId="77777777" w:rsidR="00F065B9" w:rsidRPr="00423FDF" w:rsidRDefault="00F065B9" w:rsidP="00F065B9">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68EBBD6C" w14:textId="77777777" w:rsidR="00F065B9" w:rsidRPr="00423FDF" w:rsidRDefault="00F065B9" w:rsidP="00F065B9">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36CEBBD1" w14:textId="77777777" w:rsidR="00F065B9" w:rsidRPr="00423FDF" w:rsidRDefault="00F065B9" w:rsidP="00F065B9">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F76EB" w:rsidRPr="00423FDF" w14:paraId="32BEBFE5" w14:textId="77777777" w:rsidTr="00B457AA">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17D81533" w14:textId="77777777" w:rsidR="004F76EB" w:rsidRPr="00423FDF" w:rsidRDefault="004F76EB" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F8438F4" w14:textId="2CE80A8B" w:rsidR="001E69C3" w:rsidRPr="00B9726A" w:rsidRDefault="00701758" w:rsidP="00B9726A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.2.</w:t>
             </w:r>
@@ -4012,134 +3957,129 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00111999" w:rsidRPr="002E6C0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>nav noteikts, ka pretendenta apgrozāmo līdzekļu koeficientam (jeb likviditātes koeficientam) obligāti jābūt lielākam nekā „1”</w:t>
             </w:r>
             <w:r w:rsidR="00111999" w:rsidRPr="002E6C0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E89C865" w14:textId="77777777" w:rsidR="004F76EB" w:rsidRPr="00423FDF" w:rsidRDefault="004F76EB" w:rsidP="004F76EB">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36D9D024" w14:textId="77777777" w:rsidR="004F76EB" w:rsidRPr="00423FDF" w:rsidRDefault="004F76EB" w:rsidP="004F76EB">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D12BBE2" w14:textId="77777777" w:rsidR="004F76EB" w:rsidRPr="00423FDF" w:rsidRDefault="004F76EB" w:rsidP="004F76EB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F76EB" w:rsidRPr="00423FDF" w14:paraId="494EA68F" w14:textId="77777777" w:rsidTr="00B457AA">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A170CFA" w14:textId="77777777" w:rsidR="004F76EB" w:rsidRPr="00423FDF" w:rsidRDefault="004F76EB" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="51598998" w14:textId="77777777" w:rsidR="00E55294" w:rsidRPr="00423FDF" w:rsidRDefault="00E55294" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
@@ -4219,386 +4159,371 @@
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="25" w:firstLine="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Tiek uzskatīts, ka pieredzei trijos objektos jābūt pietiekamai adekvātu spēju apliecināšanai. Tomēr minētā pieeja neattiecas uz dažāda veida nelieliem, sistēmiskiem pakalpojumiem kā, piem., lekciju nodrošināšana.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F9A0415" w14:textId="77777777" w:rsidR="004F76EB" w:rsidRPr="00423FDF" w:rsidRDefault="004F76EB" w:rsidP="004F76EB">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="429B6AED" w14:textId="77777777" w:rsidR="004F76EB" w:rsidRPr="00423FDF" w:rsidRDefault="004F76EB" w:rsidP="004F76EB">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F61E302" w14:textId="77777777" w:rsidR="004F76EB" w:rsidRPr="00423FDF" w:rsidRDefault="004F76EB" w:rsidP="004F76EB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F76EB" w:rsidRPr="00423FDF" w14:paraId="3D844E6D" w14:textId="77777777" w:rsidTr="00B457AA">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A76FDDD" w14:textId="77777777" w:rsidR="004F76EB" w:rsidRPr="00423FDF" w:rsidRDefault="004F76EB" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3FBC2674" w14:textId="29B69CF5" w:rsidR="004F76EB" w:rsidRPr="00F213AA" w:rsidRDefault="004F76EB" w:rsidP="00F213AA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE4B59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Vai atbilstoši noteiktajām kvalifikācijas/atlases prasībām un tehniskā piedāvājuma prasībām ir noteikta iesniedzamā informācija (dokumenti)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="301C0D47" w14:textId="77777777" w:rsidR="004F76EB" w:rsidRPr="00423FDF" w:rsidRDefault="004F76EB" w:rsidP="004F76EB">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3F362E2A" w14:textId="745EF38A" w:rsidR="00CB762A" w:rsidRPr="00423FDF" w:rsidRDefault="004F76EB" w:rsidP="000144C1">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.9.3.p., 6.4.2.p.</w:t>
             </w:r>
             <w:r w:rsidR="003428A2" w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C95E524" w14:textId="77777777" w:rsidR="004F76EB" w:rsidRPr="00423FDF" w:rsidRDefault="004F76EB" w:rsidP="004F76EB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF0BE1" w:rsidRPr="00423FDF" w14:paraId="5151FDFA" w14:textId="77777777" w:rsidTr="002E5729">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="496800D9" w14:textId="77777777" w:rsidR="00CF0BE1" w:rsidRPr="00423FDF" w:rsidRDefault="00CF0BE1" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35F56078" w14:textId="41916E4A" w:rsidR="00CF0BE1" w:rsidRPr="00423FDF" w:rsidRDefault="00B02966" w:rsidP="006C41CF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00CF0BE1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">.1. </w:t>
             </w:r>
             <w:r w:rsidR="00CF0BE1" w:rsidRPr="002B115B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Vai pieļauts iesniegt un paredzēts atzīt alternatīvus dokumentus, kas attiecas uz piegādātāja kvalifikāciju, tādiem piegādātājiem, kas nav reģistrēti Latvijā?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2182BB0E" w14:textId="77777777" w:rsidR="00CF0BE1" w:rsidRPr="00423FDF" w:rsidRDefault="00CF0BE1" w:rsidP="004F76EB">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F4ECB4C" w14:textId="66B6CB70" w:rsidR="00CF0BE1" w:rsidRPr="00423FDF" w:rsidRDefault="00CF0BE1" w:rsidP="004F76EB">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7CD9F9D3" w14:textId="77777777" w:rsidR="00CF0BE1" w:rsidRPr="00423FDF" w:rsidRDefault="00CF0BE1" w:rsidP="004F76EB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF0BE1" w:rsidRPr="00423FDF" w14:paraId="067AFE84" w14:textId="77777777" w:rsidTr="002E5729">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="51893011" w14:textId="77777777" w:rsidR="00CF0BE1" w:rsidRPr="00423FDF" w:rsidRDefault="00CF0BE1" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1705EA9F" w14:textId="309F7155" w:rsidR="00CF0BE1" w:rsidRPr="00E51FC1" w:rsidRDefault="00B02966" w:rsidP="00FB5B2F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00CF0BE1">
@@ -4639,286 +4564,276 @@
               </w:rPr>
               <w:t xml:space="preserve"> uz pretendenta vai tā speciālistu kvalifikācijas apliecināšanai iesniedzamajiem dokumentiem nav noteikta tādējādi, ka netiek pieļauta arī </w:t>
             </w:r>
             <w:r w:rsidR="00CF0BE1" w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">alternatīvu </w:t>
             </w:r>
             <w:r w:rsidR="00CF0BE1" w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>dokumentu iesniegšana, kas pēc būtības apliecina nepieciešamo kvalifikāciju, ja piegādātājam nav pieejami SPS prasītie dokumenti?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5906A58F" w14:textId="77777777" w:rsidR="00CF0BE1" w:rsidRPr="00423FDF" w:rsidRDefault="00CF0BE1" w:rsidP="004F76EB">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F0A49F2" w14:textId="77777777" w:rsidR="00CF0BE1" w:rsidRPr="00423FDF" w:rsidRDefault="00CF0BE1" w:rsidP="004F76EB">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78C3B170" w14:textId="77777777" w:rsidR="00CF0BE1" w:rsidRPr="00423FDF" w:rsidRDefault="00CF0BE1" w:rsidP="004F76EB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F76EB" w:rsidRPr="00423FDF" w14:paraId="3BF86E0F" w14:textId="77777777" w:rsidTr="00465B63">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63BDFC1D" w14:textId="77777777" w:rsidR="004F76EB" w:rsidRPr="00423FDF" w:rsidRDefault="004F76EB" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="062022FC" w14:textId="312FC370" w:rsidR="005A5842" w:rsidRPr="00615225" w:rsidRDefault="00B05973" w:rsidP="00615225">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="002B115B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Vai ir atbilstoši noteikts piedāvā</w:t>
             </w:r>
             <w:r w:rsidR="00465B63" w:rsidRPr="002B115B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>juma izvērtēšanas kritērijs?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19EAC1E4" w14:textId="77777777" w:rsidR="004F76EB" w:rsidRPr="00423FDF" w:rsidRDefault="004F76EB" w:rsidP="004F76EB">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E1CFEF9" w14:textId="77777777" w:rsidR="004F76EB" w:rsidRPr="00423FDF" w:rsidRDefault="0072202E" w:rsidP="004F76EB">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
             <w:r w:rsidR="005A77D9" w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.p., 6.4.5.p.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="196E8AAC" w14:textId="77777777" w:rsidR="006C537D" w:rsidRPr="00423FDF" w:rsidRDefault="006C537D" w:rsidP="004F76EB">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40CAB7C2" w14:textId="77777777" w:rsidR="004F76EB" w:rsidRPr="00423FDF" w:rsidRDefault="004F76EB" w:rsidP="004F76EB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B05973" w:rsidRPr="00423FDF" w14:paraId="4D7B2C3C" w14:textId="77777777" w:rsidTr="00B457AA">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72357120" w14:textId="77777777" w:rsidR="00B05973" w:rsidRPr="00423FDF" w:rsidRDefault="00B05973" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0741E02D" w14:textId="77777777" w:rsidR="00B05973" w:rsidRPr="002B115B" w:rsidRDefault="00B05973" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B115B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Vai piedāvājumu vērtēšanas kritēriju nosacījumos ir iekļautas vienīgi tādas prasības, kuras ir pamatotas un samērīgas</w:t>
             </w:r>
@@ -5127,139 +5042,134 @@
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="167" w:hanging="172"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B1CFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(Ja kā vienīgais piedāvājuma izvēles kritērijs ir noteikta cena, uz attiecīgo jautājumu būtu norādāma atbilde “n/a”)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59583549" w14:textId="77777777" w:rsidR="00B05973" w:rsidRPr="00423FDF" w:rsidRDefault="00B05973" w:rsidP="004F76EB">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="280110C1" w14:textId="77777777" w:rsidR="00B05973" w:rsidRPr="00423FDF" w:rsidRDefault="00B05973" w:rsidP="004F76EB">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BEC90C8" w14:textId="77777777" w:rsidR="00B05973" w:rsidRPr="00423FDF" w:rsidRDefault="00B05973" w:rsidP="004F76EB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B05973" w:rsidRPr="00423FDF" w14:paraId="633029D8" w14:textId="77777777" w:rsidTr="00B457AA">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AD1CBB4" w14:textId="77777777" w:rsidR="00B05973" w:rsidRPr="00423FDF" w:rsidRDefault="00B05973" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D8068B9" w14:textId="77777777" w:rsidR="00B05973" w:rsidRPr="002B115B" w:rsidRDefault="00B05973" w:rsidP="00423FDF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="548" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B115B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Vai iepirkuma dokumentācijai ir pievienots iepirkuma līguma vai vispārīgās vienošanās projekts? Vai tas satur visu nepieciešamo informāciju?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="323E3AC1" w14:textId="77777777" w:rsidR="00B05973" w:rsidRPr="002B115B" w:rsidRDefault="00B05973" w:rsidP="00662FD1">
@@ -5302,69 +5212,67 @@
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B115B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Izmantojot FIDIC līgumu un atsaucoties uz vispārīgajiem noteikumiem, kas tiek precizēti ar iepirkuma dokumentiem pievienotajiem speciālajiem noteikumiem, jānorāda precīza atsauce uz izmantoto FIDIC līguma redakciju.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53699E6B" w14:textId="77777777" w:rsidR="00B05973" w:rsidRPr="00423FDF" w:rsidRDefault="00B05973" w:rsidP="004F76EB">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15EF5B72" w14:textId="77777777" w:rsidR="00B05973" w:rsidRPr="00423FDF" w:rsidRDefault="00B05973" w:rsidP="004F76EB">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2.9.5.p., 6.4.8.p., 6.4.9.p., </w:t>
             </w:r>
             <w:r w:rsidR="005838FA" w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">6.4.10., </w:t>
             </w:r>
@@ -5405,145 +5313,144 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Starptautisko un Latvijas Republikas nacionālo sankciju likuma 11.</w:t>
             </w:r>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00423FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>panta piektā daļa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35F06A70" w14:textId="77777777" w:rsidR="00B05973" w:rsidRPr="00423FDF" w:rsidRDefault="00B05973" w:rsidP="004F76EB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4E9A6D4A" w14:textId="77777777" w:rsidR="00393A84" w:rsidRPr="00423FDF" w:rsidRDefault="00393A84" w:rsidP="00AF26F1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00393A84" w:rsidRPr="00423FDF" w:rsidSect="0073582D">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="603324FC" w14:textId="77777777" w:rsidR="00C867B7" w:rsidRDefault="00C867B7" w:rsidP="00481F13">
+    <w:p w14:paraId="5CC00E2B" w14:textId="77777777" w:rsidR="00587745" w:rsidRDefault="00587745" w:rsidP="00481F13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="26B5C70F" w14:textId="77777777" w:rsidR="00C867B7" w:rsidRDefault="00C867B7" w:rsidP="00481F13">
+    <w:p w14:paraId="5EA2CF2F" w14:textId="77777777" w:rsidR="00587745" w:rsidRDefault="00587745" w:rsidP="00481F13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3D41EFD3" w14:textId="77777777" w:rsidR="00C867B7" w:rsidRDefault="00C867B7">
+    <w:p w14:paraId="57481969" w14:textId="77777777" w:rsidR="00587745" w:rsidRDefault="00587745">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol">
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Andale Sans UI">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -5624,71 +5531,71 @@
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>21</w:t>
     </w:r>
     <w:r w:rsidRPr="00CC7B4C">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3FA18A0C" w14:textId="77777777" w:rsidR="00102BB4" w:rsidRDefault="00102BB4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1FAFDA4A" w14:textId="77777777" w:rsidR="00C867B7" w:rsidRDefault="00C867B7" w:rsidP="00481F13">
+    <w:p w14:paraId="76A1CFAF" w14:textId="77777777" w:rsidR="00587745" w:rsidRDefault="00587745" w:rsidP="00481F13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5A904F9D" w14:textId="77777777" w:rsidR="00C867B7" w:rsidRDefault="00C867B7" w:rsidP="00481F13">
+    <w:p w14:paraId="533288E8" w14:textId="77777777" w:rsidR="00587745" w:rsidRDefault="00587745" w:rsidP="00481F13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="73B97062" w14:textId="77777777" w:rsidR="00C867B7" w:rsidRDefault="00C867B7">
+    <w:p w14:paraId="26903D4E" w14:textId="77777777" w:rsidR="00587745" w:rsidRDefault="00587745">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="3F7977B6" w14:textId="77777777" w:rsidR="009D70C6" w:rsidRPr="004C749B" w:rsidRDefault="009D70C6">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C749B">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="004C749B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
@@ -10354,50 +10261,51 @@
     <w:rsid w:val="00233E2A"/>
     <w:rsid w:val="00234AA5"/>
     <w:rsid w:val="002426C1"/>
     <w:rsid w:val="002428F0"/>
     <w:rsid w:val="00244131"/>
     <w:rsid w:val="0024433F"/>
     <w:rsid w:val="0024440E"/>
     <w:rsid w:val="002446B7"/>
     <w:rsid w:val="00250D7B"/>
     <w:rsid w:val="002521D2"/>
     <w:rsid w:val="0025318B"/>
     <w:rsid w:val="002605A3"/>
     <w:rsid w:val="0026243E"/>
     <w:rsid w:val="00264997"/>
     <w:rsid w:val="00270772"/>
     <w:rsid w:val="00272A77"/>
     <w:rsid w:val="0027440B"/>
     <w:rsid w:val="002749A0"/>
     <w:rsid w:val="00274DB3"/>
     <w:rsid w:val="002810FB"/>
     <w:rsid w:val="00281F8B"/>
     <w:rsid w:val="002820EF"/>
     <w:rsid w:val="002829E4"/>
     <w:rsid w:val="00282C07"/>
     <w:rsid w:val="00282D7B"/>
+    <w:rsid w:val="0028493C"/>
     <w:rsid w:val="0028739F"/>
     <w:rsid w:val="00290CE3"/>
     <w:rsid w:val="00291C5C"/>
     <w:rsid w:val="0029412E"/>
     <w:rsid w:val="00294A0D"/>
     <w:rsid w:val="002A0AD0"/>
     <w:rsid w:val="002A5C7A"/>
     <w:rsid w:val="002A6659"/>
     <w:rsid w:val="002A7180"/>
     <w:rsid w:val="002B115B"/>
     <w:rsid w:val="002B1EEA"/>
     <w:rsid w:val="002B3787"/>
     <w:rsid w:val="002B4574"/>
     <w:rsid w:val="002C1669"/>
     <w:rsid w:val="002C3B34"/>
     <w:rsid w:val="002C41A2"/>
     <w:rsid w:val="002D0910"/>
     <w:rsid w:val="002D12E0"/>
     <w:rsid w:val="002D489B"/>
     <w:rsid w:val="002D5BC9"/>
     <w:rsid w:val="002E04A6"/>
     <w:rsid w:val="002E0A1F"/>
     <w:rsid w:val="002E0CE2"/>
     <w:rsid w:val="002E0E30"/>
     <w:rsid w:val="002E1F41"/>
@@ -10460,50 +10368,51 @@
     <w:rsid w:val="00396636"/>
     <w:rsid w:val="0039707C"/>
     <w:rsid w:val="003975E0"/>
     <w:rsid w:val="003A3010"/>
     <w:rsid w:val="003A4574"/>
     <w:rsid w:val="003A50DA"/>
     <w:rsid w:val="003A581A"/>
     <w:rsid w:val="003A6E62"/>
     <w:rsid w:val="003A7BA5"/>
     <w:rsid w:val="003B07A0"/>
     <w:rsid w:val="003B19D5"/>
     <w:rsid w:val="003B2624"/>
     <w:rsid w:val="003B3F68"/>
     <w:rsid w:val="003B4632"/>
     <w:rsid w:val="003B6A86"/>
     <w:rsid w:val="003B7587"/>
     <w:rsid w:val="003B7ACF"/>
     <w:rsid w:val="003C63BA"/>
     <w:rsid w:val="003C6545"/>
     <w:rsid w:val="003C683B"/>
     <w:rsid w:val="003D0246"/>
     <w:rsid w:val="003D229A"/>
     <w:rsid w:val="003D3A53"/>
     <w:rsid w:val="003D4D45"/>
     <w:rsid w:val="003D52AD"/>
+    <w:rsid w:val="003D7E42"/>
     <w:rsid w:val="003E18B8"/>
     <w:rsid w:val="003E42DA"/>
     <w:rsid w:val="003E4BD5"/>
     <w:rsid w:val="003F03BF"/>
     <w:rsid w:val="003F1342"/>
     <w:rsid w:val="003F1D3F"/>
     <w:rsid w:val="003F1EFC"/>
     <w:rsid w:val="003F2C49"/>
     <w:rsid w:val="003F4DC6"/>
     <w:rsid w:val="003F4DF8"/>
     <w:rsid w:val="003F5DDD"/>
     <w:rsid w:val="0040192A"/>
     <w:rsid w:val="004078EF"/>
     <w:rsid w:val="0041270C"/>
     <w:rsid w:val="00414FF5"/>
     <w:rsid w:val="00415629"/>
     <w:rsid w:val="004226A7"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="00423CB2"/>
     <w:rsid w:val="00423FDF"/>
     <w:rsid w:val="00425EF3"/>
     <w:rsid w:val="00430959"/>
     <w:rsid w:val="00431B4D"/>
     <w:rsid w:val="004340F0"/>
     <w:rsid w:val="00435307"/>
@@ -10598,50 +10507,51 @@
     <w:rsid w:val="00537E2D"/>
     <w:rsid w:val="00540A2F"/>
     <w:rsid w:val="00542505"/>
     <w:rsid w:val="00550D70"/>
     <w:rsid w:val="00553BDD"/>
     <w:rsid w:val="0055480B"/>
     <w:rsid w:val="00555825"/>
     <w:rsid w:val="00556003"/>
     <w:rsid w:val="0055679B"/>
     <w:rsid w:val="00557CAC"/>
     <w:rsid w:val="005616BC"/>
     <w:rsid w:val="00564E40"/>
     <w:rsid w:val="00566E67"/>
     <w:rsid w:val="00566FA9"/>
     <w:rsid w:val="00570CEE"/>
     <w:rsid w:val="00572B49"/>
     <w:rsid w:val="00572CB6"/>
     <w:rsid w:val="00573455"/>
     <w:rsid w:val="00573650"/>
     <w:rsid w:val="00577746"/>
     <w:rsid w:val="00582EDE"/>
     <w:rsid w:val="005838F2"/>
     <w:rsid w:val="005838FA"/>
     <w:rsid w:val="00584A39"/>
     <w:rsid w:val="00586F04"/>
+    <w:rsid w:val="00587745"/>
     <w:rsid w:val="005903FB"/>
     <w:rsid w:val="00592716"/>
     <w:rsid w:val="005A2908"/>
     <w:rsid w:val="005A5799"/>
     <w:rsid w:val="005A5842"/>
     <w:rsid w:val="005A77D9"/>
     <w:rsid w:val="005B0EA1"/>
     <w:rsid w:val="005B1393"/>
     <w:rsid w:val="005B2D8E"/>
     <w:rsid w:val="005B2E41"/>
     <w:rsid w:val="005B3862"/>
     <w:rsid w:val="005B4232"/>
     <w:rsid w:val="005B62BD"/>
     <w:rsid w:val="005C053C"/>
     <w:rsid w:val="005C0C83"/>
     <w:rsid w:val="005C11CB"/>
     <w:rsid w:val="005C4092"/>
     <w:rsid w:val="005C6C82"/>
     <w:rsid w:val="005D25BB"/>
     <w:rsid w:val="005D4A5D"/>
     <w:rsid w:val="005D4C16"/>
     <w:rsid w:val="005D6B78"/>
     <w:rsid w:val="005E0337"/>
     <w:rsid w:val="005E2F4B"/>
     <w:rsid w:val="005E326F"/>
@@ -10683,50 +10593,51 @@
     <w:rsid w:val="00654075"/>
     <w:rsid w:val="00654844"/>
     <w:rsid w:val="006548B2"/>
     <w:rsid w:val="006556C4"/>
     <w:rsid w:val="00655D0B"/>
     <w:rsid w:val="00656988"/>
     <w:rsid w:val="00660CDA"/>
     <w:rsid w:val="00662FD1"/>
     <w:rsid w:val="00663B51"/>
     <w:rsid w:val="00664C60"/>
     <w:rsid w:val="00664E6B"/>
     <w:rsid w:val="006665E2"/>
     <w:rsid w:val="00666AB5"/>
     <w:rsid w:val="00676024"/>
     <w:rsid w:val="0067700D"/>
     <w:rsid w:val="00680DCD"/>
     <w:rsid w:val="00683B51"/>
     <w:rsid w:val="006857A0"/>
     <w:rsid w:val="00686705"/>
     <w:rsid w:val="00687C8C"/>
     <w:rsid w:val="006919A3"/>
     <w:rsid w:val="00694703"/>
     <w:rsid w:val="0069509C"/>
     <w:rsid w:val="006953B4"/>
     <w:rsid w:val="006961A7"/>
+    <w:rsid w:val="00696738"/>
     <w:rsid w:val="006A2FA6"/>
     <w:rsid w:val="006A46DB"/>
     <w:rsid w:val="006A479D"/>
     <w:rsid w:val="006A5F2E"/>
     <w:rsid w:val="006A650C"/>
     <w:rsid w:val="006B30BC"/>
     <w:rsid w:val="006B4989"/>
     <w:rsid w:val="006B6168"/>
     <w:rsid w:val="006C41CF"/>
     <w:rsid w:val="006C537D"/>
     <w:rsid w:val="006D32A2"/>
     <w:rsid w:val="006D4E15"/>
     <w:rsid w:val="006D4EFF"/>
     <w:rsid w:val="006D5ACD"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006D7722"/>
     <w:rsid w:val="006E201E"/>
     <w:rsid w:val="006E5143"/>
     <w:rsid w:val="006F05B9"/>
     <w:rsid w:val="006F1191"/>
     <w:rsid w:val="006F11F6"/>
     <w:rsid w:val="006F1C51"/>
     <w:rsid w:val="006F2F60"/>
     <w:rsid w:val="006F4550"/>
     <w:rsid w:val="006F4DE6"/>
@@ -11230,50 +11141,51 @@
     <w:rsid w:val="00DA7C1E"/>
     <w:rsid w:val="00DB6F7C"/>
     <w:rsid w:val="00DC0476"/>
     <w:rsid w:val="00DC1CAC"/>
     <w:rsid w:val="00DC2129"/>
     <w:rsid w:val="00DC5B17"/>
     <w:rsid w:val="00DC5C4B"/>
     <w:rsid w:val="00DC7A24"/>
     <w:rsid w:val="00DD1260"/>
     <w:rsid w:val="00DD1EA0"/>
     <w:rsid w:val="00DD33E1"/>
     <w:rsid w:val="00DD46AE"/>
     <w:rsid w:val="00DD4F48"/>
     <w:rsid w:val="00DD6A99"/>
     <w:rsid w:val="00DD749A"/>
     <w:rsid w:val="00DE0CBA"/>
     <w:rsid w:val="00DE1E65"/>
     <w:rsid w:val="00DE307B"/>
     <w:rsid w:val="00DE3FB1"/>
     <w:rsid w:val="00DE4862"/>
     <w:rsid w:val="00DE5882"/>
     <w:rsid w:val="00DF190B"/>
     <w:rsid w:val="00DF35D0"/>
     <w:rsid w:val="00DF37DF"/>
     <w:rsid w:val="00DF7E1B"/>
+    <w:rsid w:val="00E00194"/>
     <w:rsid w:val="00E01FE9"/>
     <w:rsid w:val="00E12C0E"/>
     <w:rsid w:val="00E1415D"/>
     <w:rsid w:val="00E14D93"/>
     <w:rsid w:val="00E15C74"/>
     <w:rsid w:val="00E21AE3"/>
     <w:rsid w:val="00E23131"/>
     <w:rsid w:val="00E24EE2"/>
     <w:rsid w:val="00E24F79"/>
     <w:rsid w:val="00E251E4"/>
     <w:rsid w:val="00E25906"/>
     <w:rsid w:val="00E30D23"/>
     <w:rsid w:val="00E31CDD"/>
     <w:rsid w:val="00E32E29"/>
     <w:rsid w:val="00E346B2"/>
     <w:rsid w:val="00E348E8"/>
     <w:rsid w:val="00E358C3"/>
     <w:rsid w:val="00E35C93"/>
     <w:rsid w:val="00E35E21"/>
     <w:rsid w:val="00E419B8"/>
     <w:rsid w:val="00E4212E"/>
     <w:rsid w:val="00E45582"/>
     <w:rsid w:val="00E479BC"/>
     <w:rsid w:val="00E51FC1"/>
     <w:rsid w:val="00E5299C"/>