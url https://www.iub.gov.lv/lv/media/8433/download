--- v0 (2025-10-21)
+++ v1 (2026-01-13)
@@ -132,110 +132,142 @@
       <w:r w:rsidRPr="00C91E47">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.-202</w:t>
       </w:r>
       <w:r w:rsidR="00E61AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00C91E47">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.gada plānošanas periodā</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29BFFC4D" w14:textId="3EAEC6D8" w:rsidR="00E47A3E" w:rsidRPr="00611301" w:rsidRDefault="000072A9" w:rsidP="00B158A8">
+    <w:p w14:paraId="29BFFC4D" w14:textId="68760368" w:rsidR="00E47A3E" w:rsidRPr="00611301" w:rsidRDefault="000072A9" w:rsidP="00B158A8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1820"/>
           <w:tab w:val="right" w:pos="9638"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E47A3E" w:rsidRPr="003E39CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:r w:rsidR="00D969CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>06</w:t>
+      </w:r>
       <w:r w:rsidR="00905CBD" w:rsidRPr="0080228C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>10.07.2025</w:t>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00D969CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00905CBD" w:rsidRPr="0080228C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D969CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00D72D12" w:rsidRPr="0080228C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>., Nr.</w:t>
       </w:r>
-      <w:r w:rsidR="00905CBD" w:rsidRPr="0080228C">
+      <w:r w:rsidR="00D969CF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00E47A3E" w:rsidRPr="003E39CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="453ED5A9" w14:textId="77777777" w:rsidR="00393A84" w:rsidRPr="00611301" w:rsidRDefault="00393A84" w:rsidP="00E47A3E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16979D5F" w14:textId="77777777" w:rsidR="00A8713C" w:rsidRPr="00611301" w:rsidRDefault="007A65C0" w:rsidP="007A65C0">
       <w:pPr>
         <w:spacing w:after="360"/>
         <w:jc w:val="center"/>
@@ -659,95 +691,93 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="55" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1275"/>
         <w:gridCol w:w="1976"/>
       </w:tblGrid>
       <w:tr w:rsidR="006562A9" w:rsidRPr="00611301" w14:paraId="2395C015" w14:textId="77777777" w:rsidTr="00A02190">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53ED2BBB" w14:textId="77777777" w:rsidR="006562A9" w:rsidRPr="00611301" w:rsidRDefault="006562A9" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk535392379"/>
             <w:r w:rsidRPr="00611301">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nr.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4CB38238" w14:textId="77777777" w:rsidR="006562A9" w:rsidRPr="00611301" w:rsidRDefault="006562A9" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00611301">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>p.k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D977DA8" w14:textId="77777777" w:rsidR="006562A9" w:rsidRPr="009D730B" w:rsidRDefault="006562A9" w:rsidP="00AC5A87">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Pārbaudes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -766,51 +796,50 @@
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Jā/Nē/</w:t>
             </w:r>
             <w:r w:rsidR="000517F2" w:rsidRPr="00611301" w:rsidDel="000517F2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EC7656" w:rsidRPr="00611301">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nav attiecināms (N/A)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DA1CECB" w14:textId="77777777" w:rsidR="006562A9" w:rsidRPr="00611301" w:rsidRDefault="006562A9" w:rsidP="006562A9">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00611301">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Atsauce uz PIL un PIL </w:t>
             </w:r>
             <w:r w:rsidR="00BD1381">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
@@ -852,115 +881,112 @@
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Starptautisko un Latvijas Republikas nacionālo sankciju likuma</w:t>
             </w:r>
             <w:r w:rsidR="000D0842" w:rsidRPr="00FD31C2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00611301">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>normām</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73872B51" w14:textId="77777777" w:rsidR="006562A9" w:rsidRPr="00611301" w:rsidRDefault="0018424F" w:rsidP="00AC5A87">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00611301">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Komentāri</w:t>
             </w:r>
             <w:r w:rsidR="006562A9" w:rsidRPr="00611301">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006562A9" w:rsidRPr="00611301" w14:paraId="75557029" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42F6B0A2" w14:textId="77777777" w:rsidR="006562A9" w:rsidRPr="00611301" w:rsidRDefault="006562A9" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CE309E0" w14:textId="77777777" w:rsidR="006562A9" w:rsidRPr="009D730B" w:rsidRDefault="006562A9" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -989,51 +1015,50 @@
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CFE93BD" w14:textId="77777777" w:rsidR="006562A9" w:rsidRPr="00611301" w:rsidRDefault="006562A9" w:rsidP="00A02190">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D76B0CC" w14:textId="77777777" w:rsidR="007C0143" w:rsidRPr="00611301" w:rsidRDefault="007C0143" w:rsidP="007C0143">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00611301">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.p.26.-28.p.;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D6954C1" w14:textId="77777777" w:rsidR="006562A9" w:rsidRPr="00611301" w:rsidRDefault="007C0143" w:rsidP="00065317">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -1058,96 +1083,93 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">10.p.; </w:t>
             </w:r>
             <w:r w:rsidRPr="00611301">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>19.p. 3.d.</w:t>
             </w:r>
             <w:r w:rsidR="00065317" w:rsidRPr="00611301" w:rsidDel="00065317">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2CE5575E" w14:textId="77777777" w:rsidR="006562A9" w:rsidRPr="00611301" w:rsidRDefault="006562A9" w:rsidP="00AA4F6D">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006562A9" w:rsidRPr="00611301" w14:paraId="6B6CD4B0" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69BCCBE1" w14:textId="77777777" w:rsidR="006562A9" w:rsidRPr="00611301" w:rsidRDefault="006562A9" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AE661AA" w14:textId="77777777" w:rsidR="00093035" w:rsidRPr="009D730B" w:rsidRDefault="00093035" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1239,115 +1261,111 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>iepirkuma priekšmeta apjoms kopumā, proti, vai, piemēram, nav paredzēti noteikti darbi/piegādes/pakalpojumi, kas liecina, ka faktiski paredzamā līgumcena varētu būt augstāka un attiecīgi būtu jāveic iepirkuma procedūra, nevis PIL 9.panta iepirkums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27496426" w14:textId="77777777" w:rsidR="006562A9" w:rsidRPr="00611301" w:rsidRDefault="006562A9" w:rsidP="00A02190">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4593DCB9" w14:textId="77777777" w:rsidR="006562A9" w:rsidRPr="00611301" w:rsidRDefault="006562A9" w:rsidP="006562A9">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="548773A8" w14:textId="77777777" w:rsidR="006562A9" w:rsidRPr="00611301" w:rsidRDefault="006562A9" w:rsidP="00AA4F6D">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006562A9" w:rsidRPr="00611301" w14:paraId="5AE35C59" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="492849EA" w14:textId="77777777" w:rsidR="006562A9" w:rsidRPr="00611301" w:rsidRDefault="006562A9" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29A87817" w14:textId="77777777" w:rsidR="006562A9" w:rsidRPr="00E90476" w:rsidRDefault="006562A9" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
@@ -1385,116 +1403,112 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>ja līguma priekšmets satur vairākus iepirkuma veidus (būvdarbus, pakalpojumus vai piegādes), vai tas klasificēts atbilstoši tam līguma veidam, kurš ir attiecīgā iepirkuma līguma galvenais priekšmets?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77D01339" w14:textId="77777777" w:rsidR="006562A9" w:rsidRPr="00611301" w:rsidRDefault="006562A9" w:rsidP="00A02190">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="047E6926" w14:textId="77777777" w:rsidR="006562A9" w:rsidRPr="00611301" w:rsidRDefault="006562A9" w:rsidP="006562A9">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0094789A" w14:textId="77777777" w:rsidR="006562A9" w:rsidRPr="00611301" w:rsidRDefault="006562A9" w:rsidP="00AA4F6D">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006562A9" w:rsidRPr="00611301" w14:paraId="28EDE9DE" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F5AA935" w14:textId="77777777" w:rsidR="006562A9" w:rsidRPr="00611301" w:rsidRDefault="006562A9" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="341A4A9E" w14:textId="77777777" w:rsidR="006562A9" w:rsidRDefault="006562A9" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
@@ -1536,116 +1550,112 @@
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>izpildei.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B2C7503" w14:textId="77777777" w:rsidR="006562A9" w:rsidRPr="00611301" w:rsidRDefault="006562A9" w:rsidP="00A02190">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2391D3ED" w14:textId="77777777" w:rsidR="006562A9" w:rsidRPr="00611301" w:rsidRDefault="006562A9" w:rsidP="006562A9">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C7BEADD" w14:textId="77777777" w:rsidR="006562A9" w:rsidRPr="00611301" w:rsidRDefault="006562A9" w:rsidP="00AA4F6D">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B6318A" w:rsidRPr="00611301" w14:paraId="129CDDB1" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A31AB5C" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76B69FF9" w14:textId="658AF59E" w:rsidR="00906436" w:rsidRPr="00906436" w:rsidRDefault="00B6318A" w:rsidP="003E66B7">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="737" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -1723,268 +1733,260 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Sk. IUB tīmekļvietnē - Noderīgi – CPV klasifikācija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6AEC2239" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7FE9D3D2" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48702DE1" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B6318A" w:rsidRPr="00611301" w14:paraId="5B13D61B" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="101"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5CB0A883" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="003D9A10" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="009D730B" w:rsidRDefault="00B6318A" w:rsidP="00E90476">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai iepirkums ir atbilstoši izsludināts?</w:t>
             </w:r>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="564BFD93" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3C4BDF39" w14:textId="535A34E8" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1.p. 23.p., </w:t>
             </w:r>
             <w:r w:rsidRPr="00611301">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
             <w:r w:rsidRPr="00611301">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00611301">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>p. 2.d., 6.d., 21.d.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">; 39.p. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45BF685F" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B6318A" w:rsidRPr="00611301" w14:paraId="65C37A53" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2309C298" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34AA6D0E" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="009D730B" w:rsidRDefault="00B6318A" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:vanish/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="09268197" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="009D730B" w:rsidRDefault="00B6318A" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
@@ -2034,116 +2036,112 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pasūtītājs ir tiesīgs nepiemērot PIL 9.panta sestajā daļā paredzētos nosacījumus (tostarp attiecībā uz paziņojuma publicēšanu IUB tīmekļa vietnē), ja iepirkums atbilst kādam no PIL 9.panta 21.daļas 1.-4.punktā minētajiem nosacījumiem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F444E0C" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A72E33F" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3484CD44" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B6318A" w:rsidRPr="00611301" w14:paraId="49592B71" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B3971D7" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15D12E62" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="009D730B" w:rsidRDefault="00B6318A" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:vanish/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="14ED2106" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="009D730B" w:rsidRDefault="00B6318A" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
@@ -2223,120 +2221,116 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> norādīto?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="737B8E7B" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66160123" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="753690AD" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B734A" w:rsidRPr="00611301" w14:paraId="75D6169D" w14:textId="77777777" w:rsidTr="00CE6C6C">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E6327C0" w14:textId="77777777" w:rsidR="001B734A" w:rsidRPr="00611301" w:rsidRDefault="001B734A" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3CF8E231" w14:textId="42FA031E" w:rsidR="001B734A" w:rsidRPr="009D730B" w:rsidRDefault="001B734A" w:rsidP="00473240">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000558D4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja ir izdarīti iepirkuma dokumentācijas grozījumi, vai t</w:t>
@@ -2385,140 +2379,136 @@
               </w:rPr>
               <w:t xml:space="preserve"> atbilstoši?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="330A4BF1" w14:textId="77777777" w:rsidR="001B734A" w:rsidRPr="00611301" w:rsidRDefault="001B734A" w:rsidP="00B6318A">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D1023BC" w14:textId="410B3433" w:rsidR="001B734A" w:rsidRPr="003F5F95" w:rsidRDefault="001B734A" w:rsidP="00473240">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F5F95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.p.6.</w:t>
             </w:r>
             <w:r w:rsidRPr="003F5F95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="003F5F95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F37AC33" w14:textId="77777777" w:rsidR="001B734A" w:rsidRPr="00611301" w:rsidRDefault="001B734A" w:rsidP="00B6318A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B734A" w:rsidRPr="00611301" w14:paraId="002B1F03" w14:textId="77777777" w:rsidTr="00E64918">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="586E2344" w14:textId="77777777" w:rsidR="001B734A" w:rsidRPr="00611301" w:rsidRDefault="001B734A" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34FCC76C" w14:textId="04807046" w:rsidR="001B734A" w:rsidRPr="00BC2199" w:rsidRDefault="001B734A" w:rsidP="003F5F95">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="458"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002700A7">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -2616,118 +2606,114 @@
               </w:rPr>
               <w:t>situācija, ka grozījumi ir veikti tekstā, īpaši neuzrādot tos (piem., nepasvītrojot vai nenosaucot punktus, kas tika grozīti).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D20F711" w14:textId="77777777" w:rsidR="001B734A" w:rsidRPr="00611301" w:rsidRDefault="001B734A" w:rsidP="00B6318A">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34B32EBA" w14:textId="77777777" w:rsidR="001B734A" w:rsidRPr="00611301" w:rsidRDefault="001B734A" w:rsidP="00473240">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59147075" w14:textId="77777777" w:rsidR="001B734A" w:rsidRPr="00611301" w:rsidRDefault="001B734A" w:rsidP="00B6318A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B734A" w:rsidRPr="00611301" w14:paraId="09B8BD5B" w14:textId="77777777" w:rsidTr="007B3B37">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="551FE727" w14:textId="77777777" w:rsidR="001B734A" w:rsidRPr="00611301" w:rsidRDefault="001B734A" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43F398F6" w14:textId="76CB1762" w:rsidR="001B734A" w:rsidRPr="00B142DD" w:rsidRDefault="001B734A" w:rsidP="00B142DD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="317"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B142DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2750,121 +2736,117 @@
               </w:rPr>
               <w:t xml:space="preserve"> (t.sk., ja grozījumi nosaukti par precizējumiem, tomēr pēc būtības groza nolikuma saturu)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="733FEE61" w14:textId="77777777" w:rsidR="001B734A" w:rsidRPr="00611301" w:rsidRDefault="001B734A" w:rsidP="00B6318A">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76A8F758" w14:textId="77777777" w:rsidR="001B734A" w:rsidRPr="00611301" w:rsidRDefault="001B734A" w:rsidP="00473240">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B25F1C4" w14:textId="77777777" w:rsidR="001B734A" w:rsidRPr="00611301" w:rsidRDefault="001B734A" w:rsidP="00B6318A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B6318A" w:rsidRPr="00611301" w14:paraId="29772449" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7CE46BC8" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6207E0C6" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="009D730B" w:rsidRDefault="00B6318A" w:rsidP="00473240">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai iepirkumu komisijas darbība ir atbilstoša?</w:t>
             </w:r>
@@ -2897,124 +2879,120 @@
               </w:rPr>
               <w:t>Vai nav konstatējams interešu konflikts pieņemtajā lēmumā par iepirkuma rezultātiem (ja šāda informācija ir pieejama)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="343F6D57" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00526ED0" w14:textId="78940B2F" w:rsidR="00B6318A" w:rsidRPr="00473240" w:rsidRDefault="00B6318A" w:rsidP="00473240">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00611301">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9.p. 3.d.; 18.p.4.d.; 25.; 26.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7571CA9F" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B6318A" w:rsidRPr="00611301" w14:paraId="649E6260" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5AB7C362" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56CF6FA6" w14:textId="4D32F6CC" w:rsidR="00B6318A" w:rsidRPr="009D730B" w:rsidRDefault="00B6318A" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai iepirkuma dokumentu sagatavotājs (pasūtītāja amatpersona vai darbinieks), iepirkuma komisijas locekļi</w:t>
             </w:r>
@@ -3113,116 +3091,112 @@
               </w:rPr>
               <w:t>https://www.iub.gov.lv/lv/skaidrojums-interesu-konflikta-aktualie-jautajumi-publiskajos-iepirkumos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7238FEF7" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F9A49DC" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D1047C7" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B6318A" w:rsidRPr="00611301" w14:paraId="0F4E5FC9" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B30E8D9" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5593F3C9" w14:textId="77777777" w:rsidR="00E63A7E" w:rsidRDefault="00B6318A" w:rsidP="00E63A7E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
@@ -3341,116 +3315,112 @@
               </w:rPr>
               <w:t>Skat. IUB skaidrojumu: https://www.iub.gov.lv/lv/skaidrojums-interesu-konflikta-aktualie-jautajumi-publiskajos-iepirkumos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51CB5719" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00D9363F" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2802D266" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF31E6" w:rsidRPr="00611301" w14:paraId="168EF4E1" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CBD60FF" w14:textId="77777777" w:rsidR="00EF31E6" w:rsidRPr="00611301" w:rsidRDefault="00EF31E6" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="183EF6F6" w14:textId="77777777" w:rsidR="00EF31E6" w:rsidRPr="00120B01" w:rsidRDefault="00EF31E6" w:rsidP="00663F19">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00120B01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
@@ -3603,116 +3573,112 @@
               </w:rPr>
               <w:t>Nodrošināts, ka iepirkuma komisijas loceklis vai eksperts, kuram konstatēta saistība ar pretendentu vai attiecībā uz kuru ir konstatēts, ka tas pārstāv pretendenta intereses, nepiedalās turpmāk vērtēšanā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="470D7037" w14:textId="77777777" w:rsidR="00EF31E6" w:rsidRPr="00611301" w:rsidRDefault="00EF31E6" w:rsidP="00B6318A">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6996DAED" w14:textId="77777777" w:rsidR="00EF31E6" w:rsidRPr="00611301" w:rsidRDefault="00EF31E6" w:rsidP="00B6318A">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B5993FB" w14:textId="77777777" w:rsidR="00EF31E6" w:rsidRPr="00611301" w:rsidRDefault="00EF31E6" w:rsidP="00B6318A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B6318A" w:rsidRPr="00611301" w14:paraId="1AF825F1" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30D94372" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19FD3E8A" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00976C9D" w:rsidRDefault="00B6318A" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:vanish/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2354EA9C" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00976C9D" w:rsidRDefault="00B6318A" w:rsidP="00E90476">
@@ -3916,116 +3882,112 @@
               </w:rPr>
               <w:t>komisija ir protokolējusi iepirkuma procesa gaitu?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77D35620" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="019BF573" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5723FEF0" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B6318A" w:rsidRPr="00611301" w14:paraId="61CF7308" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3CD44AF2" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="374BE8D3" w14:textId="6DDCBB86" w:rsidR="00B6318A" w:rsidRPr="00976C9D" w:rsidRDefault="00D92694" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D92694">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -4202,259 +4164,251 @@
               </w:rPr>
               <w:t>komisijas kāds no locekļiem, jānodrošina minimālās prasības, lai iepirkumu komisija būtu lemttiesīga.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31532466" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DA83339" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18C1E734" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B6318A" w:rsidRPr="00611301" w14:paraId="4F5B6ACC" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F44D327" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E65661E" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="009D730B" w:rsidRDefault="00B6318A" w:rsidP="00A16047">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Vai ir atbilstoši nodrošināta dokumentācijas pieejamība, papildu informācijas sniegšana un informācijas apmaiņa?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="430B7CC4" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2ABE4C63" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00611301">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">9.p.6.d., </w:t>
             </w:r>
             <w:r w:rsidR="00AB156A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">16.d.; 38.p.; </w:t>
             </w:r>
             <w:r w:rsidR="005E490C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>40.p.1.d., 3.-5.d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61853BFE" w14:textId="77777777" w:rsidR="00B6318A" w:rsidRPr="00611301" w:rsidRDefault="00B6318A" w:rsidP="00B6318A">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD4DCE" w:rsidRPr="00611301" w14:paraId="463AF3F3" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E5E2262" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C5A06F4" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="009D730B" w:rsidRDefault="00FD4DCE" w:rsidP="00B957F9">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="734" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
@@ -4470,116 +4424,112 @@
               </w:rPr>
               <w:t>Ja piegādātājs ir laikus pieprasījis papildu informāciju par iepirkuma nolikumā iekļautajām prasībām, vai pasūtītājs to ir sniedzis atbilstošā termiņā (triju darbdienu laikā, bet ne vēlāk kā četras dienas pirms piedāvājumu iesniegšanas termiņa beigām)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24C9BA80" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00FD4DCE" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A047DB7" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00FD4DCE" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4957BEAE" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002E09BC" w:rsidRPr="00611301" w14:paraId="0C3DC948" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D105D2D" w14:textId="77777777" w:rsidR="002E09BC" w:rsidRPr="00611301" w:rsidRDefault="002E09BC" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47D34FCE" w14:textId="25C7885C" w:rsidR="002E09BC" w:rsidRPr="0084777F" w:rsidRDefault="00AE2652" w:rsidP="009717D5">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB73DD">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
@@ -4614,116 +4564,112 @@
               <w:lastRenderedPageBreak/>
               <w:t>norādot arī uzdoto jautājumu?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10A95E1E" w14:textId="77777777" w:rsidR="002E09BC" w:rsidRPr="00FD4DCE" w:rsidRDefault="002E09BC" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C8C54ED" w14:textId="77777777" w:rsidR="002E09BC" w:rsidRPr="00FD4DCE" w:rsidRDefault="002E09BC" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3EA2F27F" w14:textId="77777777" w:rsidR="002E09BC" w:rsidRPr="00611301" w:rsidRDefault="002E09BC" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0083066E" w:rsidRPr="00611301" w14:paraId="059A9865" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64697FDC" w14:textId="77777777" w:rsidR="0083066E" w:rsidRPr="00611301" w:rsidRDefault="0083066E" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E5AFCC7" w14:textId="77777777" w:rsidR="0083066E" w:rsidRPr="009D730B" w:rsidRDefault="0083066E" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4754,121 +4700,117 @@
               </w:rPr>
               <w:t>Jāņem vērā, ka pasūtītājs neizsniedz protokolus, izņemot piedāvājumu atvēršanas sanāksmes protokolu, kamēr notiek piedāvājumu vērtēšana.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75DDF347" w14:textId="77777777" w:rsidR="0083066E" w:rsidRPr="00FD4DCE" w:rsidRDefault="0083066E" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5ECAE11A" w14:textId="77777777" w:rsidR="0083066E" w:rsidRPr="00FD4DCE" w:rsidRDefault="0083066E" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="282A9B75" w14:textId="77777777" w:rsidR="0083066E" w:rsidRPr="00611301" w:rsidRDefault="0083066E" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD4DCE" w:rsidRPr="00611301" w14:paraId="2CF6F23C" w14:textId="77777777" w:rsidTr="00E9428E">
         <w:trPr>
           <w:trHeight w:val="502"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16D519B5" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08480561" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="009D730B" w:rsidRDefault="00FD4DCE" w:rsidP="00A16047">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai ir atbilstoši izslēgti pretendenti no turpmākās dalības iepirkumā?</w:t>
@@ -4899,51 +4841,50 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68C159AA" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C99BBA1" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00611301">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">9.p. 8.d., 9.d., 10.d., </w:t>
             </w:r>
             <w:r w:rsidR="00D0435B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4976,99 +4917,96 @@
             </w:r>
             <w:r w:rsidRPr="00D05B09">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00D05B09">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> panta pirmā un otrā daļa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10BFE669" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD4DCE" w:rsidRPr="00611301" w14:paraId="117CFC27" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18B7A218" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57D23255" w14:textId="30820D82" w:rsidR="00FD4DCE" w:rsidRPr="002A6CE4" w:rsidRDefault="00FD4DCE" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai </w:t>
@@ -5187,116 +5125,112 @@
               </w:rPr>
               <w:t>https://www.iub.gov.lv/lv/media/7602/download?attachment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="249FCB6D" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="214BE54C" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77A86022" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD4DCE" w:rsidRPr="00611301" w14:paraId="1D9DA09A" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="532CC70F" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77DD7405" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="009D730B" w:rsidRDefault="00FD4DCE" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai pasūtītājs ir noraidījis pretendentu </w:t>
@@ -5347,116 +5281,112 @@
               </w:rPr>
               <w:t>minētajiem izslēgšanas nosacījumiem?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05B8E166" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20ABCA04" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7971CBA0" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD4DCE" w:rsidRPr="00611301" w14:paraId="0F18FD00" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="432707F1" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B6873C7" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="009D730B" w:rsidRDefault="00FD4DCE" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai pretendents ir izslēgts no dalības iepirkumā tikai, pamatojoties uz tādiem pretendentu izslēgšanas nosacījumiem, kas atbilst PIL 9.panta vai </w:t>
@@ -5478,116 +5408,112 @@
               </w:rPr>
               <w:t>regulējumam?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="012E8139" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="702018B5" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A60D005" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E05C7" w:rsidRPr="00611301" w14:paraId="566299C2" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CAEB0C8" w14:textId="77777777" w:rsidR="003E05C7" w:rsidRPr="00611301" w:rsidRDefault="003E05C7" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64C0C2F1" w14:textId="77777777" w:rsidR="006B12B0" w:rsidRPr="009D730B" w:rsidRDefault="006B12B0" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja objekta apskate (apsekošana) būvdarbu līguma gadījumā ir bijusi noteikta kā obligāta, taču nav bijusi paredzēta iespēja pretendentam individuāli vienoties ar pasūtītāju par tās veikšanu, vai pretendents nav nepamatoti izslēgts no dalības iepirkumā, ja objekta apskate nav veikta?</w:t>
@@ -5654,121 +5580,117 @@
               </w:rPr>
               <w:t xml:space="preserve"> pēc ieinteresēto piegādātāju pieprasījuma.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E2C80EE" w14:textId="77777777" w:rsidR="003E05C7" w:rsidRPr="00611301" w:rsidRDefault="003E05C7" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3C5B214C" w14:textId="77777777" w:rsidR="003E05C7" w:rsidRPr="00611301" w:rsidRDefault="003E05C7" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F193DC0" w14:textId="77777777" w:rsidR="003E05C7" w:rsidRPr="00611301" w:rsidRDefault="003E05C7" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD4DCE" w:rsidRPr="00611301" w14:paraId="59839858" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1FB18B5C" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="793C00C4" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="009D730B" w:rsidRDefault="00FD4DCE" w:rsidP="00A16047">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai iepirkuma komisija ir izvērtējusi iesniegtos piedāvājumus un veikusi pretendentu atlasi saskaņā ar PIL </w:t>
             </w:r>
             <w:r w:rsidRPr="009D730B">
@@ -5782,254 +5704,246 @@
               <w:lastRenderedPageBreak/>
               <w:t>41. panta regulējumu un ievērojot iepirkuma dokumentācijā noteiktās prasības?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DF64FD3" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D61056E" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00611301">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">9.p. 7.d.; 13.d.; </w:t>
             </w:r>
             <w:r w:rsidR="001D53A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">13.p.2.d.; </w:t>
             </w:r>
             <w:r w:rsidRPr="00611301">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>20.p.; 21.p.; 22.p.; 41.p. 44.p.; 45.p.; 46.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E1A1424" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD4DCE" w:rsidRPr="00611301" w14:paraId="0D524D3E" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28785E0F" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2CBD231E" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="009D730B" w:rsidRDefault="00FD4DCE" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai ir ievērots samērīguma princips, noraidot, pamatojoties uz formālām noformējuma neatbilstības prasībām, piem., vai pasūtītājs ir pieprasījis, lai pretendents uzrāda dokumenta oriģinālu vai iesniedz apliecinātu kopiju tādam dokumentam, par kura kopijas autentiskumu pasūtītājam ir radušās šaubas, nevis automātiski noraidījis pretendentu?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6EF8FC2E" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60EF5916" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59397BE1" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD4DCE" w:rsidRPr="00A16047" w14:paraId="2A09F556" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="296A0995" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00A16047" w:rsidRDefault="00FD4DCE" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63FE6C99" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00A16047" w:rsidRDefault="00FD4DCE" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A16047">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -6097,116 +6011,112 @@
               </w:rPr>
               <w:t>Skat. arī 1.zemsvītras atsauci!</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E089935" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00A16047" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AEA70CE" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00A16047" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5EF64D8D" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00A16047" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD4DCE" w:rsidRPr="00611301" w14:paraId="3296DC6C" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B15B949" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B720593" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="009D730B" w:rsidRDefault="00FD4DCE" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai pasūtītājs ir noteicis pamatotas un objektīvas prasības attiecībā uz iepirkuma priekšmetu?</w:t>
@@ -6261,572 +6171,552 @@
               </w:rPr>
               <w:t xml:space="preserve"> Skat. arī 1.zemsvītras atsauci!</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="597BF919" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="04100A54" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7668EE9C" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002616C3" w:rsidRPr="00611301" w14:paraId="18303C5A" w14:textId="77777777" w:rsidTr="004D337A">
         <w:trPr>
           <w:trHeight w:val="1232"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6092D78D" w14:textId="77777777" w:rsidR="002616C3" w:rsidRPr="00611301" w:rsidRDefault="002616C3" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C641E86" w14:textId="77777777" w:rsidR="002616C3" w:rsidRPr="009D730B" w:rsidRDefault="004D337A" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai pasūtītājs ir pieprasījis un vērtējis tikai tādu informāciju un dokumentus, kas nepieciešami pretendenta kvalifikācijas un piedāvājumu atbilstības pārbaudei, kā arī piedāvājuma izvēlei saskaņā ar noteikto piedāvājuma izvērtēšanas kritēriju?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27F406DF" w14:textId="77777777" w:rsidR="002616C3" w:rsidRPr="00611301" w:rsidRDefault="002616C3" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57B86D28" w14:textId="77777777" w:rsidR="002616C3" w:rsidRPr="00611301" w:rsidRDefault="002616C3" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="594070B2" w14:textId="77777777" w:rsidR="002616C3" w:rsidRPr="00611301" w:rsidRDefault="002616C3" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD4DCE" w:rsidRPr="00611301" w14:paraId="522B96D6" w14:textId="77777777" w:rsidTr="004917C0">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D87FA73" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="349FD8A2" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="009D730B" w:rsidRDefault="00FD4DCE" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai piedāvājumā norādītais finanšu apgrozījums atbilst izvirzītajai prasībai (t.i., vai ir piedāvājumā informācija par tādu apgrozījumu, kā prasīts, piemēram, ja prasīts apgrozījums būvniecībā, vai nav norādīts un vērtēts kopējais apgrozījums visās jomās)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="734683EF" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="734053CB" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05DB8936" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD4DCE" w:rsidRPr="00611301" w14:paraId="5C3778B1" w14:textId="77777777" w:rsidTr="004917C0">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D466EC0" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4213A1E1" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="009D730B" w:rsidRDefault="00FD4DCE" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai pasūtītājs ir pārbaudījis tehnisko piedāvājumu atbilstību iepirkuma dokumentos noteiktajām tehniskajām prasībām?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0635FE66" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="606D315F" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="580BEAB1" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD4DCE" w:rsidRPr="00611301" w14:paraId="1112CC42" w14:textId="77777777" w:rsidTr="004917C0">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="571E09D2" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="366BB03B" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="009D730B" w:rsidRDefault="00FD4DCE" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai tika pieņemti un vērtēti ekvivalenti piedāvājumi izvirzītajiem standartiem un ražojumiem (ja tādi tika izvirzīti)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C549356" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33A52428" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6168EB2B" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E376E6" w:rsidRPr="00611301" w14:paraId="6E02136D" w14:textId="77777777" w:rsidTr="00A5401C">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1932A837" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="00611301" w:rsidRDefault="00E376E6" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="476C0E36" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="009D730B" w:rsidRDefault="00E376E6" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
@@ -6835,113 +6725,109 @@
               </w:rPr>
               <w:t>Vai piedāvājums atbilst pilnīgi visām izvirzītajām prasībām (piemēram, vai piedāvājums ir par visām pozīcijām)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="176A0B5B" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="00611301" w:rsidRDefault="00E376E6" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A425E73" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="00611301" w:rsidRDefault="00E376E6" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3F2E4B0D" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="00611301" w:rsidRDefault="00E376E6" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E376E6" w:rsidRPr="00611301" w14:paraId="6B80C00C" w14:textId="77777777" w:rsidTr="00A5401C">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60B03767" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="00611301" w:rsidRDefault="00E376E6" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="634A5F87" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="009D730B" w:rsidRDefault="00E376E6" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7038,113 +6924,109 @@
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22E56EE6" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="00611301" w:rsidRDefault="00E376E6" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56DC2AB2" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="00611301" w:rsidRDefault="00E376E6" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="575ED0E5" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="00611301" w:rsidRDefault="00E376E6" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E376E6" w:rsidRPr="00611301" w14:paraId="1EBD418F" w14:textId="77777777" w:rsidTr="00A5401C">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45548AEA" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="00611301" w:rsidRDefault="00E376E6" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="576204E7" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="009D730B" w:rsidRDefault="00E376E6" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7177,116 +7059,112 @@
               </w:rPr>
               <w:t xml:space="preserve"> Vai, ja piegādātājam no tā neatkarīgu iemeslu dēļ nebija iespējams līdz piedāvājuma iesniegšanas dienai iegūt pasūtītāja norādīto marķējumu vai līdzvērtīgu marķējumu, pieņēmis citus atbilstošus pierādījumus (tai skaitā ražotāja tehnisko dokumentāciju), kas pamato būvdarbu, piegāžu vai pakalpojumu atbilstību pasūtītāja norādītā marķējuma prasībām?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F0BFFD7" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="00611301" w:rsidRDefault="00E376E6" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A62CE59" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="00611301" w:rsidRDefault="00E376E6" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B92EDE6" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="00611301" w:rsidRDefault="00E376E6" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E376E6" w:rsidRPr="00611301" w14:paraId="666FEF99" w14:textId="77777777" w:rsidTr="000F32AD">
         <w:trPr>
           <w:trHeight w:val="3618"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D88DCD8" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="00611301" w:rsidRDefault="00E376E6" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="668D38C3" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="009D730B" w:rsidRDefault="00E376E6" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7319,116 +7197,112 @@
               </w:rPr>
               <w:t>Vai, ja piegādātājam no tā neatkarīgu iemeslu dēļ vispār vai līdz piedāvājumu iesniegšanas termiņa beigām nebija iespējams iegūt iepriekš minētos sertifikātus vai testēšanas pārskatus un piegādātājs ir pierādījis, ka būvdarbi, piegādes vai pakalpojumi atbilst tehniskajā specifikācijā noteiktajām prasībām vai kritērijiem, piedāvājuma izvērtēšanas kritērijiem vai iepirkuma līguma izpildes noteikumiem, vai pasūtītājs ir pieņēmis citus atbilstošus pierādījumus, tai skaitā ražotāja tehnisko dokumentāciju?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="497C4E0D" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="00611301" w:rsidRDefault="00E376E6" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40CB3080" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="00611301" w:rsidRDefault="00E376E6" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E1067EE" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="00611301" w:rsidRDefault="00E376E6" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E376E6" w:rsidRPr="00611301" w14:paraId="7A571CC8" w14:textId="77777777" w:rsidTr="00FB2F2A">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F47AE20" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="00611301" w:rsidRDefault="00E376E6" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2BEFF0E5" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="009D730B" w:rsidRDefault="00E376E6" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7473,232 +7347,224 @@
               </w:rPr>
               <w:t>rvalstu kompetento institūciju izsniegtās izziņas un citus dokumentus pasūtītājs pieņem un atzīst, ja tie izdoti ne agrāk kā sešus mēnešus pirms iesniegšanas dienas, ja izziņas vai dokumenta izdevējs nav norādījis īsāku tā derīguma termiņu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DA4E4E9" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="00611301" w:rsidRDefault="00E376E6" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29EE80CF" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="00611301" w:rsidRDefault="00E376E6" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3DD04796" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="00611301" w:rsidRDefault="00E376E6" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E376E6" w:rsidRPr="00611301" w14:paraId="1BCCDA5D" w14:textId="77777777" w:rsidTr="00FB2F2A">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7AF815F2" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="00611301" w:rsidRDefault="00E376E6" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29479971" w14:textId="0F0CDCA8" w:rsidR="00E376E6" w:rsidRPr="009D730B" w:rsidRDefault="00E376E6" w:rsidP="00D91560">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja pasūtītājs ir konstatējis, ka piedāvājumā ietvertā vai pretendenta iesniegtā informācija vai dokuments, kas attiecas uz piegādātāja kvalifikāciju, ir neskaidrs vai nepilnīgs, vai tas ir pieprasījis, lai pretendents, vai kompetenta institūcija izskaidro vai papildina minēto informāciju vai dokumentu vai iesniedz trūkstošo dokumentu, nodrošinot vienlīdzīgu attieksmi pret visiem pretendentiem? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AD65B6B" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="00611301" w:rsidRDefault="00E376E6" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C7DE9C4" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="00611301" w:rsidRDefault="00E376E6" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="157DF280" w14:textId="77777777" w:rsidR="00E376E6" w:rsidRPr="00611301" w:rsidRDefault="00E376E6" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD4DCE" w:rsidRPr="00611301" w14:paraId="2770C027" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1CE1EEAA" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="228DB12C" w14:textId="77777777" w:rsidR="00432474" w:rsidRPr="00432474" w:rsidRDefault="00FD4DCE" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7750,116 +7616,112 @@
               <w:lastRenderedPageBreak/>
               <w:t>un iespēja to labot (piem., acīmredzamas kļūdas dēļ) jāizvērtē katrā konkrētajā gadījumā. Skat. Augstākās Tiesas prakses apkopojumus, t.sk. attiecībā uz finanšu piedāvājumu vērtēšanu: https://www.iub.gov.lv/lv/augstakas-tiesas-prakse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D79F2A6" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A5E917C" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49003151" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD4DCE" w:rsidRPr="00611301" w14:paraId="55579BD4" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B8855D6" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2851B907" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="009D730B" w:rsidRDefault="00FD4DCE" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7912,242 +7774,234 @@
               </w:rPr>
               <w:t>Piemēram, ja iepirkuma priekšmets saistās ar tādu speciālistu piesaisti, kuriem ir nepieciešami sertifikāti, iesniegtais sertifikāts ir par prasīto jomu, pierāda tiesības veikt konkrēto darbu un sertifikātam ir atbilstošs derīguma termiņš.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00793967" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="459BDD97" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0790B40A" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD4DCE" w:rsidRPr="00611301" w14:paraId="060336B4" w14:textId="77777777" w:rsidTr="0097502C">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E41EEBB" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32703867" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00BA274B" w:rsidRDefault="00FD4DCE" w:rsidP="00BA274B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Vai piedāvājums tika vērtēts atbilstoši iepirkuma dokumentācijā noteiktajiem piedāvājuma izvērtēšanas kritērijiem?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1630914D" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6042EE31" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00611301">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9.p.4.d.5.p.; 51.p.; 52.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02B8C8FD" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000851E2" w:rsidRPr="00611301" w14:paraId="3D497D9F" w14:textId="77777777" w:rsidTr="0097502C">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="445651FD" w14:textId="77777777" w:rsidR="000851E2" w:rsidRPr="00611301" w:rsidRDefault="000851E2" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E942307" w14:textId="77777777" w:rsidR="000851E2" w:rsidRPr="000851E2" w:rsidRDefault="000851E2" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="648"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000851E2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -8183,121 +8037,117 @@
               </w:rPr>
               <w:t>Detalizētāk skat. 4.pielikumā minēto attiecībā uz piedāvājuma izvērtēšanas kritērijiem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E16E883" w14:textId="77777777" w:rsidR="000851E2" w:rsidRPr="00611301" w:rsidRDefault="000851E2" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3FE2ADED" w14:textId="77777777" w:rsidR="000851E2" w:rsidRPr="00611301" w:rsidRDefault="000851E2" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="763729BF" w14:textId="77777777" w:rsidR="000851E2" w:rsidRPr="00611301" w:rsidRDefault="000851E2" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD4DCE" w:rsidRPr="00611301" w14:paraId="74716270" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="476512B4" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B8B6A58" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="009D730B" w:rsidRDefault="00FD4DCE" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -8326,124 +8176,120 @@
               </w:rPr>
               <w:t>aritmētiskās kļūdas:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E7B7B78" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="623CB210" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00611301">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9.p.7.d.; 41.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D87F93C" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD4DCE" w:rsidRPr="00611301" w14:paraId="0C9633C0" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="659F570C" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2CDB4A0B" w14:textId="3612DB30" w:rsidR="00FD4DCE" w:rsidRPr="009D730B" w:rsidRDefault="00FD4DCE" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -8487,116 +8333,112 @@
               </w:rPr>
               <w:t xml:space="preserve"> ir veikta atbilstoši (proti, labotas kļūdas, kas radušās aritmētisku darbību rezultātā, nemainot vienības izcenojumus)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73B443F0" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="659F3403" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="279B5199" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C09E7" w:rsidRPr="00611301" w14:paraId="57BD8F71" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="794C0611" w14:textId="77777777" w:rsidR="000C09E7" w:rsidRPr="00611301" w:rsidRDefault="000C09E7" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7491B8A7" w14:textId="77777777" w:rsidR="000C09E7" w:rsidRPr="009D730B" w:rsidRDefault="000C09E7" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -8614,116 +8456,112 @@
               </w:rPr>
               <w:t>ai pasūtītājs par kļūdu labojumu ir paziņojis attiecīgajam pretendentam?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1565CFE3" w14:textId="77777777" w:rsidR="000C09E7" w:rsidRPr="00611301" w:rsidRDefault="000C09E7" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7DE4FC9F" w14:textId="77777777" w:rsidR="000C09E7" w:rsidRPr="00611301" w:rsidRDefault="000C09E7" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54BC52B3" w14:textId="77777777" w:rsidR="000C09E7" w:rsidRPr="00611301" w:rsidRDefault="000C09E7" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD4DCE" w:rsidRPr="00611301" w14:paraId="09D43697" w14:textId="77777777" w:rsidTr="00A02190">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E34C9E7" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A327350" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="009D730B" w:rsidRDefault="00FD4DCE" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -8731,243 +8569,235 @@
               </w:rPr>
               <w:t>Vai, vērtējot finanšu piedāvājumus, pasūtītājs ir ņēmis vērā veiktos labojumus?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C7EC072" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15A99CF9" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26F7C1D8" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD4DCE" w:rsidRPr="00611301" w14:paraId="4DAECDA2" w14:textId="77777777" w:rsidTr="00CF42DE">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D3EFE65" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64B243BA" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="009D730B" w:rsidRDefault="00FD4DCE" w:rsidP="00BA274B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D730B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Vai ir atbilstoši informēti piegādātāji un dalībnieki par rezultātiem (ja pārbaude tiek veikta pēc to informēšanas par rezultātiem)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25DD2B03" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30C7CFE8" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00611301">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9.p. 13., 14.d.; 14.p.2.d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C7FCB7F" w14:textId="77777777" w:rsidR="00FD4DCE" w:rsidRPr="00611301" w:rsidRDefault="00FD4DCE" w:rsidP="00FD4DCE">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD23B5" w:rsidRPr="00BA274B" w14:paraId="4189E983" w14:textId="77777777" w:rsidTr="00BA274B">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="46139B7D" w14:textId="77777777" w:rsidR="00FD23B5" w:rsidRPr="00BA274B" w:rsidRDefault="00FD23B5" w:rsidP="00E90476">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C54C602" w14:textId="77777777" w:rsidR="00075C62" w:rsidRDefault="00FD23B5" w:rsidP="00663F19">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="736" w:hanging="630"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA274B">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -9067,68 +8897,66 @@
               </w:rPr>
               <w:t>pircēja profilā EIS E-konkursu apakšsistēmā ir nodrošinājis brīvu un tiešu elektronisku pieeju minētajam lēmumam (ja pārbaude tiek veikta pēc minētajām darbībām)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A58D339" w14:textId="77777777" w:rsidR="00FD23B5" w:rsidRPr="00BA274B" w:rsidRDefault="00FD23B5" w:rsidP="00FD23B5">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CAC08FF" w14:textId="77777777" w:rsidR="00FD23B5" w:rsidRPr="00BA274B" w:rsidRDefault="00FD23B5" w:rsidP="00FD23B5">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7EE20FED" w14:textId="77777777" w:rsidR="00FD23B5" w:rsidRPr="00BA274B" w:rsidRDefault="00FD23B5" w:rsidP="00FD23B5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="22D7A988" w14:textId="77777777" w:rsidR="00592A25" w:rsidRPr="00171985" w:rsidRDefault="00483307" w:rsidP="00171985">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3709"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00483307">
@@ -9137,150 +8965,150 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00592A25" w:rsidRPr="00171985" w:rsidSect="00251AE2">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37447C34" w14:textId="77777777" w:rsidR="00DB02D2" w:rsidRDefault="00DB02D2" w:rsidP="00481F13">
+    <w:p w14:paraId="53DE83CA" w14:textId="77777777" w:rsidR="005E4BD8" w:rsidRDefault="005E4BD8" w:rsidP="00481F13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7BCA56A9" w14:textId="77777777" w:rsidR="00DB02D2" w:rsidRDefault="00DB02D2" w:rsidP="00481F13">
+    <w:p w14:paraId="3D60DEE8" w14:textId="77777777" w:rsidR="005E4BD8" w:rsidRDefault="005E4BD8" w:rsidP="00481F13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6541D1D0" w14:textId="77777777" w:rsidR="00DB02D2" w:rsidRDefault="00DB02D2">
+    <w:p w14:paraId="62535B9D" w14:textId="77777777" w:rsidR="005E4BD8" w:rsidRDefault="005E4BD8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="1001ECEA" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Andale Sans UI">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPSMT">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7642D569" w14:textId="77777777" w:rsidR="001D721A" w:rsidRDefault="001D721A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5554EF44" w14:textId="77777777" w:rsidR="00314B33" w:rsidRDefault="00314B33">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -9301,71 +9129,71 @@
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="366BF72B" w14:textId="77777777" w:rsidR="00314B33" w:rsidRDefault="00314B33">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4E46D260" w14:textId="77777777" w:rsidR="001D721A" w:rsidRDefault="001D721A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6F0F6C15" w14:textId="77777777" w:rsidR="00DB02D2" w:rsidRDefault="00DB02D2" w:rsidP="00481F13">
+    <w:p w14:paraId="6B3DEE2E" w14:textId="77777777" w:rsidR="005E4BD8" w:rsidRDefault="005E4BD8" w:rsidP="00481F13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7DDC0296" w14:textId="77777777" w:rsidR="00DB02D2" w:rsidRDefault="00DB02D2" w:rsidP="00481F13">
+    <w:p w14:paraId="61D16930" w14:textId="77777777" w:rsidR="005E4BD8" w:rsidRDefault="005E4BD8" w:rsidP="00481F13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="751FA7DC" w14:textId="77777777" w:rsidR="00DB02D2" w:rsidRDefault="00DB02D2">
+    <w:p w14:paraId="2AC3BC07" w14:textId="77777777" w:rsidR="005E4BD8" w:rsidRDefault="005E4BD8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="392C4321" w14:textId="5C50CD8A" w:rsidR="00750C79" w:rsidRPr="00750C79" w:rsidRDefault="00314B33" w:rsidP="003E66B7">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:right="-285"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827536">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00827536">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -11264,50 +11092,51 @@
     <w:rsid w:val="0000711C"/>
     <w:rsid w:val="000072A9"/>
     <w:rsid w:val="00014B8A"/>
     <w:rsid w:val="00015341"/>
     <w:rsid w:val="00022E2A"/>
     <w:rsid w:val="000249FB"/>
     <w:rsid w:val="000251EC"/>
     <w:rsid w:val="00025569"/>
     <w:rsid w:val="0002708C"/>
     <w:rsid w:val="0003133A"/>
     <w:rsid w:val="00031889"/>
     <w:rsid w:val="00031F3D"/>
     <w:rsid w:val="00032E88"/>
     <w:rsid w:val="000407DC"/>
     <w:rsid w:val="0004349E"/>
     <w:rsid w:val="00043DBA"/>
     <w:rsid w:val="00047413"/>
     <w:rsid w:val="00047520"/>
     <w:rsid w:val="000517F2"/>
     <w:rsid w:val="00052F84"/>
     <w:rsid w:val="00053D03"/>
     <w:rsid w:val="000541B8"/>
     <w:rsid w:val="00064A83"/>
     <w:rsid w:val="00065317"/>
     <w:rsid w:val="0007144B"/>
+    <w:rsid w:val="00072070"/>
     <w:rsid w:val="00072BD8"/>
     <w:rsid w:val="00072EAE"/>
     <w:rsid w:val="0007409E"/>
     <w:rsid w:val="00074370"/>
     <w:rsid w:val="00074BAE"/>
     <w:rsid w:val="00075C62"/>
     <w:rsid w:val="00075E4F"/>
     <w:rsid w:val="00077476"/>
     <w:rsid w:val="0007794F"/>
     <w:rsid w:val="00080E92"/>
     <w:rsid w:val="00082D82"/>
     <w:rsid w:val="000851E2"/>
     <w:rsid w:val="00085B19"/>
     <w:rsid w:val="00093035"/>
     <w:rsid w:val="0009304F"/>
     <w:rsid w:val="00093DDB"/>
     <w:rsid w:val="0009463D"/>
     <w:rsid w:val="00095F44"/>
     <w:rsid w:val="000979FA"/>
     <w:rsid w:val="000A1BE4"/>
     <w:rsid w:val="000A50F0"/>
     <w:rsid w:val="000A5285"/>
     <w:rsid w:val="000A5314"/>
     <w:rsid w:val="000A6C93"/>
     <w:rsid w:val="000B3C6C"/>
@@ -11607,50 +11436,51 @@
     <w:rsid w:val="00584E16"/>
     <w:rsid w:val="00590827"/>
     <w:rsid w:val="00591C87"/>
     <w:rsid w:val="00592A25"/>
     <w:rsid w:val="00592B5D"/>
     <w:rsid w:val="0059372B"/>
     <w:rsid w:val="00593EF7"/>
     <w:rsid w:val="0059460B"/>
     <w:rsid w:val="005A3412"/>
     <w:rsid w:val="005A7121"/>
     <w:rsid w:val="005B1451"/>
     <w:rsid w:val="005B2BFC"/>
     <w:rsid w:val="005B6B64"/>
     <w:rsid w:val="005B7845"/>
     <w:rsid w:val="005C0DE7"/>
     <w:rsid w:val="005C210C"/>
     <w:rsid w:val="005C3181"/>
     <w:rsid w:val="005C405B"/>
     <w:rsid w:val="005C7362"/>
     <w:rsid w:val="005D2D5E"/>
     <w:rsid w:val="005D3A65"/>
     <w:rsid w:val="005D3BCE"/>
     <w:rsid w:val="005E1BA1"/>
     <w:rsid w:val="005E41DA"/>
     <w:rsid w:val="005E490C"/>
+    <w:rsid w:val="005E4BD8"/>
     <w:rsid w:val="005F3872"/>
     <w:rsid w:val="006017A2"/>
     <w:rsid w:val="00604FD0"/>
     <w:rsid w:val="006057AE"/>
     <w:rsid w:val="0060621C"/>
     <w:rsid w:val="0060745B"/>
     <w:rsid w:val="00611301"/>
     <w:rsid w:val="00614A78"/>
     <w:rsid w:val="00616DB6"/>
     <w:rsid w:val="00620B9A"/>
     <w:rsid w:val="00622ECF"/>
     <w:rsid w:val="00625066"/>
     <w:rsid w:val="006266BE"/>
     <w:rsid w:val="00630532"/>
     <w:rsid w:val="00635C0F"/>
     <w:rsid w:val="00641D8A"/>
     <w:rsid w:val="00645631"/>
     <w:rsid w:val="00651841"/>
     <w:rsid w:val="006526A9"/>
     <w:rsid w:val="00653954"/>
     <w:rsid w:val="00654EFB"/>
     <w:rsid w:val="00655AD6"/>
     <w:rsid w:val="006562A9"/>
     <w:rsid w:val="00657217"/>
     <w:rsid w:val="00657C46"/>
@@ -11890,50 +11720,51 @@
     <w:rsid w:val="009F44D3"/>
     <w:rsid w:val="009F747D"/>
     <w:rsid w:val="00A016E0"/>
     <w:rsid w:val="00A02190"/>
     <w:rsid w:val="00A069F3"/>
     <w:rsid w:val="00A0739D"/>
     <w:rsid w:val="00A105F5"/>
     <w:rsid w:val="00A1184A"/>
     <w:rsid w:val="00A11FA6"/>
     <w:rsid w:val="00A15B4A"/>
     <w:rsid w:val="00A16047"/>
     <w:rsid w:val="00A209D1"/>
     <w:rsid w:val="00A30BB5"/>
     <w:rsid w:val="00A31DB6"/>
     <w:rsid w:val="00A330BE"/>
     <w:rsid w:val="00A35BAC"/>
     <w:rsid w:val="00A35E97"/>
     <w:rsid w:val="00A4115D"/>
     <w:rsid w:val="00A41707"/>
     <w:rsid w:val="00A42B45"/>
     <w:rsid w:val="00A46460"/>
     <w:rsid w:val="00A50D0B"/>
     <w:rsid w:val="00A51C57"/>
     <w:rsid w:val="00A545E3"/>
     <w:rsid w:val="00A552BD"/>
+    <w:rsid w:val="00A63C64"/>
     <w:rsid w:val="00A645E1"/>
     <w:rsid w:val="00A67178"/>
     <w:rsid w:val="00A67C0E"/>
     <w:rsid w:val="00A7037C"/>
     <w:rsid w:val="00A724B7"/>
     <w:rsid w:val="00A737EF"/>
     <w:rsid w:val="00A7484A"/>
     <w:rsid w:val="00A812F6"/>
     <w:rsid w:val="00A81AA8"/>
     <w:rsid w:val="00A85175"/>
     <w:rsid w:val="00A8598C"/>
     <w:rsid w:val="00A8713C"/>
     <w:rsid w:val="00A875BB"/>
     <w:rsid w:val="00A904A0"/>
     <w:rsid w:val="00A92F86"/>
     <w:rsid w:val="00A932FE"/>
     <w:rsid w:val="00A936B4"/>
     <w:rsid w:val="00A958BA"/>
     <w:rsid w:val="00AA00AB"/>
     <w:rsid w:val="00AA0B67"/>
     <w:rsid w:val="00AA42A5"/>
     <w:rsid w:val="00AA4F6D"/>
     <w:rsid w:val="00AB077E"/>
     <w:rsid w:val="00AB156A"/>
     <w:rsid w:val="00AC2FF9"/>
@@ -12102,73 +11933,75 @@
     <w:rsid w:val="00D46696"/>
     <w:rsid w:val="00D50FAE"/>
     <w:rsid w:val="00D52FCC"/>
     <w:rsid w:val="00D57413"/>
     <w:rsid w:val="00D57501"/>
     <w:rsid w:val="00D601C0"/>
     <w:rsid w:val="00D602B4"/>
     <w:rsid w:val="00D64EC3"/>
     <w:rsid w:val="00D65436"/>
     <w:rsid w:val="00D671E6"/>
     <w:rsid w:val="00D70473"/>
     <w:rsid w:val="00D72D12"/>
     <w:rsid w:val="00D74E67"/>
     <w:rsid w:val="00D7518C"/>
     <w:rsid w:val="00D819D4"/>
     <w:rsid w:val="00D81C4D"/>
     <w:rsid w:val="00D81D19"/>
     <w:rsid w:val="00D860E4"/>
     <w:rsid w:val="00D873F4"/>
     <w:rsid w:val="00D90EDB"/>
     <w:rsid w:val="00D91094"/>
     <w:rsid w:val="00D9144F"/>
     <w:rsid w:val="00D91560"/>
     <w:rsid w:val="00D92694"/>
     <w:rsid w:val="00D935F4"/>
+    <w:rsid w:val="00D969CF"/>
     <w:rsid w:val="00DA1922"/>
     <w:rsid w:val="00DA259A"/>
     <w:rsid w:val="00DA79AA"/>
     <w:rsid w:val="00DA7CB3"/>
     <w:rsid w:val="00DB02D2"/>
     <w:rsid w:val="00DB0CB8"/>
     <w:rsid w:val="00DB1391"/>
     <w:rsid w:val="00DB3C6E"/>
     <w:rsid w:val="00DC08F0"/>
     <w:rsid w:val="00DC41E5"/>
     <w:rsid w:val="00DD117A"/>
     <w:rsid w:val="00DE1961"/>
     <w:rsid w:val="00DE2B7B"/>
     <w:rsid w:val="00DE42A6"/>
     <w:rsid w:val="00DE43A3"/>
     <w:rsid w:val="00DE5F02"/>
     <w:rsid w:val="00DE6DAD"/>
     <w:rsid w:val="00DE7525"/>
     <w:rsid w:val="00DE787E"/>
     <w:rsid w:val="00DE7B15"/>
     <w:rsid w:val="00DF1122"/>
     <w:rsid w:val="00DF1CE0"/>
     <w:rsid w:val="00DF6E24"/>
+    <w:rsid w:val="00E00194"/>
     <w:rsid w:val="00E06F94"/>
     <w:rsid w:val="00E071B9"/>
     <w:rsid w:val="00E07F60"/>
     <w:rsid w:val="00E133D8"/>
     <w:rsid w:val="00E14930"/>
     <w:rsid w:val="00E14D99"/>
     <w:rsid w:val="00E210ED"/>
     <w:rsid w:val="00E21A47"/>
     <w:rsid w:val="00E22185"/>
     <w:rsid w:val="00E240EA"/>
     <w:rsid w:val="00E27979"/>
     <w:rsid w:val="00E32DC0"/>
     <w:rsid w:val="00E346B2"/>
     <w:rsid w:val="00E36DD1"/>
     <w:rsid w:val="00E376E6"/>
     <w:rsid w:val="00E40E21"/>
     <w:rsid w:val="00E437E4"/>
     <w:rsid w:val="00E45BE6"/>
     <w:rsid w:val="00E45D48"/>
     <w:rsid w:val="00E45D86"/>
     <w:rsid w:val="00E47A3E"/>
     <w:rsid w:val="00E5173F"/>
     <w:rsid w:val="00E527A4"/>
     <w:rsid w:val="00E55420"/>
     <w:rsid w:val="00E576CC"/>