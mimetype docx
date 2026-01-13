--- v0 (2025-10-21)
+++ v1 (2026-01-13)
@@ -122,91 +122,123 @@
       <w:r w:rsidRPr="006E276F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.-202</w:t>
       </w:r>
       <w:r w:rsidR="006106D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="006E276F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.gada plānošanas periodā</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FF32299" w14:textId="52965CD2" w:rsidR="001F6670" w:rsidRPr="006E276F" w:rsidRDefault="00E9078C" w:rsidP="003C00E6">
+    <w:p w14:paraId="0FF32299" w14:textId="49F0C6E4" w:rsidR="001F6670" w:rsidRPr="006E276F" w:rsidRDefault="00E9078C" w:rsidP="003C00E6">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E276F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:r w:rsidR="005D7E81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>06</w:t>
+      </w:r>
       <w:r w:rsidR="008158DB" w:rsidRPr="00AC488C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>10.07.2025</w:t>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="005D7E81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="008158DB" w:rsidRPr="00AC488C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="005D7E81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00AB1B91" w:rsidRPr="00AC488C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>., Nr.</w:t>
       </w:r>
-      <w:r w:rsidR="008158DB">
+      <w:r w:rsidR="005D7E81">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="001F6670" w:rsidRPr="006E276F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D8308C4" w14:textId="77777777" w:rsidR="00393A84" w:rsidRPr="006E276F" w:rsidRDefault="00393A84" w:rsidP="003C00E6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26F44875" w14:textId="036F0E94" w:rsidR="00393A84" w:rsidRPr="006E276F" w:rsidRDefault="00C152AD" w:rsidP="003C00E6">
       <w:pPr>
         <w:spacing w:after="360"/>
         <w:jc w:val="center"/>
@@ -519,92 +551,90 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="55" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1561"/>
       </w:tblGrid>
       <w:tr w:rsidR="004D12B0" w:rsidRPr="006E276F" w14:paraId="16F1571E" w14:textId="77777777" w:rsidTr="008660C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47E6AD5C" w14:textId="77777777" w:rsidR="004D12B0" w:rsidRPr="006E276F" w:rsidRDefault="004D12B0" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nr.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="779589F8" w14:textId="77777777" w:rsidR="004D12B0" w:rsidRPr="006E276F" w:rsidRDefault="004D12B0" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>p.k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EDAF058" w14:textId="77777777" w:rsidR="004D12B0" w:rsidRPr="006E276F" w:rsidRDefault="004D12B0" w:rsidP="003C00E6">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Pārbaudes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -621,51 +651,50 @@
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Jā/Nē/</w:t>
             </w:r>
             <w:r w:rsidR="00680E10" w:rsidRPr="006E276F" w:rsidDel="00680E10">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E9078C" w:rsidRPr="006E276F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nav attiecināms (N/A)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FF635E2" w14:textId="1DDA48FF" w:rsidR="004D12B0" w:rsidRPr="006E276F" w:rsidRDefault="004D12B0" w:rsidP="003C00E6">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Atsauce uz PIL un PIL </w:t>
             </w:r>
             <w:r w:rsidR="00F04916" w:rsidRPr="006E276F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
@@ -693,107 +722,104 @@
             </w:r>
             <w:r w:rsidR="005822B5" w:rsidRPr="006E276F">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="005822B5" w:rsidRPr="006E276F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005822B5" w:rsidRPr="006E276F">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>kā arī citiem piemērojamiem MK noteikumiem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="037E14D1" w14:textId="77777777" w:rsidR="004D12B0" w:rsidRPr="006E276F" w:rsidRDefault="004D12B0" w:rsidP="003C00E6">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Komentāri </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D12B0" w:rsidRPr="006E276F" w14:paraId="68A36C90" w14:textId="77777777" w:rsidTr="008660C6">
         <w:trPr>
           <w:trHeight w:val="212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43A7CE6C" w14:textId="77777777" w:rsidR="004D12B0" w:rsidRPr="006E276F" w:rsidRDefault="004D12B0" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17A6EBBD" w14:textId="77777777" w:rsidR="004D12B0" w:rsidRPr="006E276F" w:rsidRDefault="004D12B0" w:rsidP="00EE0BA1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="586"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="856" w:hanging="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -812,51 +838,50 @@
               </w:rPr>
               <w:t xml:space="preserve"> procedūra ir izvēlēta atbilstoši?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79AE77B7" w14:textId="77777777" w:rsidR="004D12B0" w:rsidRPr="006E276F" w:rsidRDefault="004D12B0" w:rsidP="003C00E6">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3533A151" w14:textId="77777777" w:rsidR="003441FB" w:rsidRPr="006E276F" w:rsidRDefault="003441FB" w:rsidP="003C00E6">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.p.26.-28.p.;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="18C06164" w14:textId="77777777" w:rsidR="004D12B0" w:rsidRPr="006E276F" w:rsidRDefault="00F04916" w:rsidP="00530E93">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -954,96 +979,93 @@
               <w:t>19.p. 3.d</w:t>
             </w:r>
             <w:r w:rsidR="00EE7CE6" w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="005822B5" w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2764FF50" w14:textId="77777777" w:rsidR="004D12B0" w:rsidRPr="006E276F" w:rsidRDefault="004D12B0" w:rsidP="003C00E6">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D12B0" w:rsidRPr="006E276F" w14:paraId="2A29DA86" w14:textId="77777777" w:rsidTr="008660C6">
         <w:trPr>
           <w:trHeight w:val="212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6088BB9C" w14:textId="77777777" w:rsidR="004D12B0" w:rsidRPr="006E276F" w:rsidRDefault="004D12B0" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78922DB4" w14:textId="77777777" w:rsidR="004D12B0" w:rsidRPr="006E276F" w:rsidRDefault="004D12B0" w:rsidP="00EE0BA1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="586"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="856" w:hanging="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
@@ -1160,113 +1182,109 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> iepirkuma priekšmeta apjoms kopumā, proti, vai, piemēram, nav paredzēti noteikti darbi/piegādes/pakalpojumi, kas liecina, ka faktiski paredzamā līgumcena varētu būt augstāka un attiecīgi būtu jāveic iepirkuma procedūra, nevis PIL 9.panta iepirkums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="106105C2" w14:textId="77777777" w:rsidR="004D12B0" w:rsidRPr="006E276F" w:rsidRDefault="004D12B0" w:rsidP="003C00E6">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7526AE41" w14:textId="77777777" w:rsidR="004D12B0" w:rsidRPr="006E276F" w:rsidRDefault="004D12B0" w:rsidP="003C00E6">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67F7D817" w14:textId="77777777" w:rsidR="004D12B0" w:rsidRPr="006E276F" w:rsidRDefault="004D12B0" w:rsidP="003C00E6">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008660C6" w:rsidRPr="006E276F" w14:paraId="21FE52F1" w14:textId="77777777" w:rsidTr="008660C6">
         <w:trPr>
           <w:trHeight w:val="212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22B11D4D" w14:textId="77777777" w:rsidR="006A7ECF" w:rsidRPr="006E276F" w:rsidRDefault="006A7ECF" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FBDC58C" w14:textId="77777777" w:rsidR="006A7ECF" w:rsidRPr="006E276F" w:rsidRDefault="006A7ECF" w:rsidP="00EE0BA1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="586"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV" w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
@@ -1295,225 +1313,217 @@
               <w:t>ja līguma priekšmets satur vairākus iepirkuma veidus (būvdarbus, pakalpojumus vai piegādes), vai tas klasificēts atbilstoši tam līguma veidam, kurš ir attiecīgā iepirkuma līguma galvenais priekšmets?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E507D01" w14:textId="77777777" w:rsidR="006A7ECF" w:rsidRPr="006E276F" w:rsidRDefault="006A7ECF" w:rsidP="003C00E6">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60D84DA1" w14:textId="77777777" w:rsidR="006A7ECF" w:rsidRPr="006E276F" w:rsidRDefault="006A7ECF" w:rsidP="003C00E6">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6526F127" w14:textId="77777777" w:rsidR="006A7ECF" w:rsidRPr="006E276F" w:rsidRDefault="006A7ECF" w:rsidP="003C00E6">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E600F5" w:rsidRPr="006E276F" w14:paraId="48727887" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34C09F00" w14:textId="77777777" w:rsidR="006A7ECF" w:rsidRPr="006E276F" w:rsidRDefault="006A7ECF" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CA0865C" w14:textId="77777777" w:rsidR="006A7ECF" w:rsidRPr="006E276F" w:rsidRDefault="006A7ECF" w:rsidP="00EE0BA1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="586"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="856" w:hanging="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="154F5C94" w14:textId="77777777" w:rsidR="006A7ECF" w:rsidRPr="006E276F" w:rsidRDefault="006A7ECF" w:rsidP="003C00E6">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="209F557C" w14:textId="77777777" w:rsidR="006A7ECF" w:rsidRPr="006E276F" w:rsidRDefault="006A7ECF" w:rsidP="003C00E6">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B9F46F9" w14:textId="77777777" w:rsidR="006A7ECF" w:rsidRPr="006E276F" w:rsidRDefault="006A7ECF" w:rsidP="003C00E6">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E600F5" w:rsidRPr="006E276F" w14:paraId="285FB852" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A86A41D" w14:textId="77777777" w:rsidR="004D12B0" w:rsidRPr="006E276F" w:rsidRDefault="004D12B0" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A52DAE7" w14:textId="77777777" w:rsidR="004D12B0" w:rsidRPr="006E276F" w:rsidRDefault="004D12B0" w:rsidP="00EE0BA1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="586"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
@@ -1568,116 +1578,112 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Nepieciešams pārliecināties, vai būvdarbu līgums satur tikai tādas iekārtas/preces, kas ir nepieciešamas būvdarbu līguma izpildei.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3644844B" w14:textId="77777777" w:rsidR="004D12B0" w:rsidRPr="006E276F" w:rsidRDefault="004D12B0" w:rsidP="003C00E6">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D93F308" w14:textId="77777777" w:rsidR="004D12B0" w:rsidRPr="006E276F" w:rsidRDefault="004D12B0" w:rsidP="003C00E6">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2FDF662E" w14:textId="77777777" w:rsidR="004D12B0" w:rsidRPr="006E276F" w:rsidRDefault="004D12B0" w:rsidP="003C00E6">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E600F5" w:rsidRPr="006E276F" w14:paraId="6D524697" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B2EF1CF" w14:textId="77777777" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52FF921A" w14:textId="6D695E17" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00796940" w:rsidP="00EE0BA1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="586"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
@@ -1780,116 +1786,112 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Noderīgi – CPV klasifikācija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F85B8B0" w14:textId="77777777" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00D36A97">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="480B3884" w14:textId="77777777" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00D36A97">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7183EE1A" w14:textId="77777777" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00D36A97">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E600F5" w:rsidRPr="006E276F" w14:paraId="26394D3D" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="212"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="086B0578" w14:textId="77777777" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CBD94C1" w14:textId="77777777" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00EE0BA1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="586"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
@@ -1898,252 +1900,244 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Vai iepirkuma identifikācijas numurs, kā arī cita informācija iepirkuma dokumentācijā ir savstarpēji saskaņota un nav pretrunā ar IUB tīmekļvietnē, paziņojumā par plānoto līgumu, kā arī pircēja profilā EIS E-konkursu apakšsistēmā publicēto?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60006084" w14:textId="77777777" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00D36A97">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09838ED5" w14:textId="77777777" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00D36A97">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="170B43EB" w14:textId="77777777" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00D36A97">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E600F5" w:rsidRPr="006E276F" w14:paraId="148C9803" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="101"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F54DFD8" w14:textId="77777777" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="761C54A1" w14:textId="77777777" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00EE0BA1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="586"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="856" w:hanging="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai ir atbilstoši nodrošināta informācijas pieejamība?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37E7ABBC" w14:textId="77777777" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00D36A97">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4DB41FE4" w14:textId="0C3E8BCC" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00D36A97">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>p. 2.d., 6.d., 21.d., 39.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12384A71" w14:textId="77777777" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00D36A97">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E600F5" w:rsidRPr="006E276F" w14:paraId="0B692CDC" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70B05F16" w14:textId="77777777" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="393CD171" w14:textId="5C247B3E" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00EE0BA1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="586"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
@@ -2197,124 +2191,120 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>IUB tīmekļvietnē), ja iepirkums atbilst kādam no PIL 9.panta 21.daļas 1.-4.punktā minētajiem nosacījumiem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="281C6DB9" w14:textId="77777777" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00D36A97">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="65AA278C" w14:textId="77777777" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00D36A97">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BBC21CA" w14:textId="77777777" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00D36A97">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="00B741C7" w14:paraId="245FFF8F" w14:textId="77777777" w:rsidTr="005771E4">
         <w:trPr>
           <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="547B26BB" w14:textId="22764348" w:rsidR="007464B3" w:rsidRPr="00B741C7" w:rsidRDefault="007464B3" w:rsidP="001F1D5D">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1389C8E6" w14:textId="40D7567C" w:rsidR="007464B3" w:rsidRPr="000558D4" w:rsidRDefault="007464B3" w:rsidP="008F0AE1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="586"/>
               </w:tabs>
               <w:ind w:left="586" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000558D4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2374,51 +2364,50 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27ECE7CA" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="00B741C7" w:rsidRDefault="007464B3" w:rsidP="008F0AE1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73BBB9DE" w14:textId="6B5D31B4" w:rsidR="007464B3" w:rsidRPr="00B741C7" w:rsidRDefault="007464B3" w:rsidP="001F1D5D">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.p.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2438,104 +2427,101 @@
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03D662ED" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="00B741C7" w:rsidRDefault="007464B3" w:rsidP="00A3327C">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="00B741C7" w14:paraId="3910AB05" w14:textId="77777777" w:rsidTr="005771E4">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CAE785E" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="008F0AE1" w:rsidRDefault="007464B3" w:rsidP="008F0AE1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:left="720" w:hanging="360"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C4C78B4" w14:textId="61B0D48E" w:rsidR="007464B3" w:rsidRPr="008F0AE1" w:rsidRDefault="007464B3" w:rsidP="00BD4476">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:spacing w:val="-6"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F0AE1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
@@ -2578,125 +2564,121 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CBF60F7" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="00B741C7" w:rsidRDefault="007464B3" w:rsidP="008F0AE1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14F7B9D3" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="00B741C7" w:rsidRDefault="007464B3" w:rsidP="008F0AE1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7EA0A22C" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="00B741C7" w:rsidRDefault="007464B3" w:rsidP="00A3327C">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="00B741C7" w14:paraId="6F55E04E" w14:textId="77777777" w:rsidTr="00F44B96">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="093E1226" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="008F0AE1" w:rsidRDefault="007464B3" w:rsidP="008F0AE1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:left="720" w:hanging="360"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D4AFCB2" w14:textId="0BB1962C" w:rsidR="007464B3" w:rsidRPr="008F0AE1" w:rsidRDefault="007464B3" w:rsidP="00ED0E32">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:spacing w:val="-6"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F0AE1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
@@ -2743,125 +2725,121 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42469ED5" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="00B741C7" w:rsidRDefault="007464B3" w:rsidP="008F0AE1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A483C4E" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="00B741C7" w:rsidRDefault="007464B3" w:rsidP="008F0AE1">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="303E3788" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="00B741C7" w:rsidRDefault="007464B3" w:rsidP="00A3327C">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E600F5" w:rsidRPr="006E276F" w14:paraId="76F1E2AB" w14:textId="77777777" w:rsidTr="00D97F8A">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0FB074DA" w14:textId="77777777" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F7F867D" w14:textId="77777777" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00EE0BA1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="586"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="136"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2890,149 +2868,145 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66C63A6B" w14:textId="77777777" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00D36A97">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DBC032B" w14:textId="77777777" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00D36A97">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>p. 4.d. 1.p., 5.d.; 20.p.; 21.p.</w:t>
             </w:r>
             <w:r w:rsidR="00B32752">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00B32752" w:rsidRPr="00B32752">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>MK 2017.gada 20.jūnija noteikumi Nr.353 “Prasības zaļajam publiskajam iepirkumam un to piemērošanas kārtība”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10D282D5" w14:textId="77777777" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00D36A97">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E600F5" w:rsidRPr="006E276F" w14:paraId="3EC7EF09" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3891AA4A" w14:textId="77777777" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="473EAF93" w14:textId="77777777" w:rsidR="00D36A97" w:rsidRPr="00113C90" w:rsidRDefault="00D36A97" w:rsidP="00EE0BA1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
@@ -3334,115 +3308,111 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>norādi “vai ekvivalents” būtu pieļaujams nelietot.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79A95162" w14:textId="77777777" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00D36A97">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FA40BF1" w14:textId="77777777" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00D36A97">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="036B19C3" w14:textId="77777777" w:rsidR="00D36A97" w:rsidRPr="006E276F" w:rsidRDefault="00D36A97" w:rsidP="00D36A97">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E600F5" w:rsidRPr="006E276F" w14:paraId="4F55368E" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1729F1A8" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F287526" w14:textId="589A4D93" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="00EE0BA1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="136"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
@@ -3513,115 +3483,111 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nepieciešams pārbaudīt sasaisti ar līguma priekšmetu un šaubu gadījumā pieprasīt paskaidrojumus pasūtītājam!</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7377B2CA" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5212E3D2" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39BAD39E" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E600F5" w:rsidRPr="006E276F" w14:paraId="49D6C93B" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="131ABD7B" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03E3CDA3" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="001E5B59">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="136"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
@@ -3741,115 +3707,111 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>https://www.iub.gov.lv/lv/skaidrojums-biezak-konstatetas-neatbilstibas-iepirkuma-proceduru-dokumentacija-un-norise</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20666D59" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="147DC5E1" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="381CF459" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E600F5" w:rsidRPr="006E276F" w14:paraId="0737E9FF" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4FF2C08A" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2ED13B63" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="001E5B59">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="136"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
@@ -3858,115 +3820,111 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai pasūtītājs nav noteicis, ka piedāvājuma sastāvā jābūt iekļautam konkrētajam iepirkumam sagatavotam darbam, kas ir autortiesību objekts vai uzskatāms par daļēju pakalpojuma izpildi (piemēram, nav prasīts iesniegt vizualizāciju/metu)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BE002DB" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BDA66BF" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14A48967" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E600F5" w:rsidRPr="006E276F" w14:paraId="38F0C1EF" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07188A3F" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="537C459D" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="001E5B59">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="136"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk536438973"/>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
@@ -3977,115 +3935,111 @@
               </w:rPr>
               <w:t>Vai pasūtītājs iepirkuma priekšmetam ir izvirzījis tikai tādas prasības, kas ir nepieciešamas līguma izpildei?</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="618770C0" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23FD51FD" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="483F2164" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E600F5" w:rsidRPr="006E276F" w14:paraId="4B9CF3EB" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="074CC80B" w14:textId="77777777" w:rsidR="008646E6" w:rsidRPr="006E276F" w:rsidRDefault="008646E6" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27A2F5C9" w14:textId="77777777" w:rsidR="008646E6" w:rsidRPr="006E276F" w:rsidRDefault="008646E6" w:rsidP="001E5B59">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="136"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
@@ -4121,115 +4075,111 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>atbilstību?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31BBE4CE" w14:textId="77777777" w:rsidR="008646E6" w:rsidRPr="006E276F" w:rsidRDefault="008646E6" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="104582F0" w14:textId="77777777" w:rsidR="008646E6" w:rsidRPr="006E276F" w:rsidRDefault="008646E6" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55BCEB55" w14:textId="77777777" w:rsidR="008646E6" w:rsidRPr="006E276F" w:rsidRDefault="008646E6" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E600F5" w:rsidRPr="006E276F" w14:paraId="54728382" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F46689E" w14:textId="77777777" w:rsidR="00B32752" w:rsidRPr="006E276F" w:rsidRDefault="00B32752" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B2864F8" w14:textId="77777777" w:rsidR="00B32752" w:rsidRPr="00825228" w:rsidRDefault="00B32752" w:rsidP="009B696B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="448"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai tehniskās specifikācijas ir noteiktas saskaņā ar PIL 19.pantu (ja attiecināms)?</w:t>
             </w:r>
             <w:r w:rsidR="00825228">
@@ -4247,115 +4197,111 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ministru kabineta 2017.gada 20.jūnija noteikumi Nr.353 “Prasības zaļajam publiskajam iepirkumam un to piemērošanas kārtība” nosaka zaļā publiskā iepirkuma principus, prasības un to piemērošanas kārtību, preču, pakalpojumu un būvdarbu grupas, kurām piemēro zaļā publiskā iepirkuma prasības, piedāvājuma izvērtēšanas kritērijus, iepirkuma līguma izpildes noteikumus un kontroles kārtību.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47B64354" w14:textId="77777777" w:rsidR="00B32752" w:rsidRPr="006E276F" w:rsidRDefault="00B32752" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3641C110" w14:textId="77777777" w:rsidR="00B32752" w:rsidRPr="006E276F" w:rsidRDefault="00B32752" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13984A99" w14:textId="77777777" w:rsidR="00B32752" w:rsidRPr="006E276F" w:rsidRDefault="00B32752" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E600F5" w:rsidRPr="006E276F" w14:paraId="62C585A3" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="482BE758" w14:textId="77777777" w:rsidR="002F5990" w:rsidRPr="006E276F" w:rsidRDefault="002F5990" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="575701FE" w14:textId="77777777" w:rsidR="002F5990" w:rsidRPr="002F5990" w:rsidRDefault="002F5990" w:rsidP="002F5990">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="136"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F5990">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
@@ -4375,171 +4321,166 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Skat. IUB skaidrojumu ””Tīrā” autotransporta iepirkumi”: https://www.iub.gov.lv/lv/skaidrojums-tira-autotransporta-iepirkumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FF4641C" w14:textId="77777777" w:rsidR="002F5990" w:rsidRPr="006E276F" w:rsidRDefault="002F5990" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DB16329" w14:textId="77777777" w:rsidR="002F5990" w:rsidRPr="006E276F" w:rsidRDefault="002F5990" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3935DF55" w14:textId="77777777" w:rsidR="002F5990" w:rsidRPr="006E276F" w:rsidRDefault="002F5990" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E600F5" w:rsidRPr="006E276F" w14:paraId="1684AB0F" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3C2C1BC3" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0331CDDD" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="001E5B59">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="136"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai ir atbilstoši noteikti pretendentu izslēgšanas noteikumi?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28B35421" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02AF3C5A" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -4565,99 +4506,96 @@
               </w:rPr>
               <w:t xml:space="preserve"> Starptautisko un Latvijas Republikas nacionālo sankciju likuma 11.</w:t>
             </w:r>
             <w:r w:rsidR="00E32A45" w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
             <w:r w:rsidR="00E32A45" w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>panta pirmā un otrā daļa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17AB0251" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E600F5" w:rsidRPr="006E276F" w14:paraId="5166B072" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7AA30974" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5BAEB162" w14:textId="0D64A36F" w:rsidR="008263E8" w:rsidRPr="00FD1459" w:rsidRDefault="0017321D" w:rsidP="00FD1459">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="136"/>
               </w:tabs>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="447"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk124408878"/>
             <w:r>
@@ -5353,116 +5291,112 @@
               </w:rPr>
               <w:t>https://www.iub.gov.lv/lv/media/7602/download?attachment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DD3B771" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E31537A" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="555C4F9A" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E600F5" w:rsidRPr="006E276F" w14:paraId="3803DFD4" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B188D3A" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07EECE67" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="001E5B59">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2182"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
@@ -5595,121 +5529,117 @@
               </w:rPr>
               <w:t>https://www.iub.gov.lv/lv/skaidrojums-sankciju-piemerosana-publiskajos-iepirkumos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39ABF39D" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14ADA674" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64D77081" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="37E62005" w14:textId="77777777" w:rsidTr="00270F01">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07AE8F20" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4EB58090" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00EE0BA1">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="586"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="856" w:hanging="720"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
@@ -5737,121 +5667,117 @@
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E042A2F" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60D33D3D" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9.p. 4.d. 2.p.; 13.p.; 18.p. 4.d.; 41.p. 1. un 2.d., 44.p.; 45.p.; 46.p. 46.p.5.d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22E14A25" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="35292D58" w14:textId="77777777" w:rsidTr="00270F01">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12672A99" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1AD9EDB3" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00343917">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
@@ -5860,113 +5786,109 @@
               </w:rPr>
               <w:t>Vai kvalifikācijas/atlases prasības nav noteiktas acīmredzami diskriminējošas, nesamērīgas, objektīvi nepamatotas vai konkurenci nepamatoti ierobežojošas?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3580B5C2" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25C9A321" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4383DFB0" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="4BF66CA5" w14:textId="77777777" w:rsidTr="00270F01">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07BD4A9C" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03E3FAA6" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00343917">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
@@ -6048,113 +5970,109 @@
               <w:lastRenderedPageBreak/>
               <w:t>neatbilstibas-iepirkuma-proceduru-dokumentacija-un-norise</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D65B026" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71238681" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7AEC07DC" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="5080A27A" w14:textId="77777777" w:rsidTr="00270F01">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47B2DB2B" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="338EE9AC" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00343917">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="_Hlk533067529"/>
@@ -6311,113 +6229,109 @@
               </w:rPr>
               <w:t>https://www.iub.gov.lv/lv/skaidrojums-biezak-konstatetas-neatbilstibas-iepirkuma-proceduru-dokumentacija-un-norise</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D24EAF1" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C55EA41" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67089D1F" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="40E28885" w14:textId="77777777" w:rsidTr="00270F01">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71E5F197" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D7234CE" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00343917">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
@@ -6505,113 +6419,109 @@
               </w:rPr>
               <w:t>https://www.iub.gov.lv/lv/skaidrojums-biezak-konstatetas-neatbilstibas-iepirkuma-proceduru-dokumentacija-un-norise</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EDB7608" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="244BF95C" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11A9F9D8" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="3D2976AF" w14:textId="77777777" w:rsidTr="00270F01">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D9C20DF" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79A5DA95" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00343917">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:vanish/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6ABF8295" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00343917">
@@ -6802,113 +6712,109 @@
               </w:rPr>
               <w:t xml:space="preserve">Vai pasūtītājs nav noteicis prasības attiecībā uz minimālo laiku kopš piegādātāja reģistrēšanas, licencēšanas vai pilnvarošanas, vai kļūšanas par noteiktas organizācijas biedru? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F942CCE" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1287AA6A" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79A1543C" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="7E46871C" w14:textId="77777777" w:rsidTr="00270F01">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7ABAFF32" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72DD2962" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00343917">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
@@ -7050,113 +6956,109 @@
               </w:rPr>
               <w:t>https://www.iub.gov.lv/lv/skaidrojums-biezak-konstatetas-neatbilstibas-iepirkuma-proceduru-dokumentacija-un-norise</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77C4D708" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="557A3801" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CC35FFF" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="068231F1" w14:textId="77777777" w:rsidTr="00270F01">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72BA3654" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6CC329C7" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00343917">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
@@ -7255,113 +7157,109 @@
               </w:rPr>
               <w:t>https://www.iub.gov.lv/lv/skaidrojums-biezak-konstatetas-neatbilstibas-iepirkuma-proceduru-dokumentacija-un-norise</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17988F5B" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52C04723" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3575E295" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="5BD492DD" w14:textId="77777777" w:rsidTr="00270F01">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BC2ACC9" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66B647D4" w14:textId="09D8099D" w:rsidR="007464B3" w:rsidRPr="00F2140A" w:rsidRDefault="007464B3" w:rsidP="00F2140A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F2140A">
@@ -7582,113 +7480,109 @@
               </w:rPr>
               <w:t>Skat. IUB skaidrojumu: https://www.iub.gov.lv/lv/skaidrojums-biezak-konstatetas-neatbilstibas-iepirkuma-proceduru-dokumentacija-un-norise</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51B1E500" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30AAFFC0" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B223EEB" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="3C7D114C" w14:textId="77777777" w:rsidTr="00270F01">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05130BCB" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="46B8269D" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00343917">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7723,113 +7617,109 @@
               </w:rPr>
               <w:t>Pieredze konkrētā teritorijā/valstī varētu būt prasīta īpašos izņēmuma gadījumos, ja šajā teriotrijā/valstī ir kāda specifiska sistēma, īpaši, no citām valstīm atšķirīgi apstākļi (piem., klimatiskie), kuru pārzināšana nepieciešama konkrētā līguma izpildei. Jebkurā gadījumā ieteicams noteikt šīs specifiskās prasības, kuras nepieciešams pārzināt, nevis prasīt pieredzi konkrētā teritorijā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3309B062" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15C0716D" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12CC2390" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="0DF141FC" w14:textId="77777777" w:rsidTr="00270F01">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="250D5D1D" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CB9E679" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00343917">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
@@ -7896,113 +7786,109 @@
               </w:rPr>
               <w:t>Skat. IUB skaidrojumu: https://www.iub.gov.lv/lv/skaidrojums-biezak-konstatetas-neatbilstibas-iepirkuma-proceduru-dokumentacija-un-norise</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="605363C1" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A26BBE6" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B037020" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="773F345F" w14:textId="77777777" w:rsidTr="00270F01">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F361C89" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79F16C56" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="009401F8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
@@ -8048,113 +7934,109 @@
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">procentuālais darbu apjoms, kas var tikt nodots apakšuzņēmējiem. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B4D410D" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3DC5855C" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D99FB01" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="7DD0E433" w14:textId="77777777" w:rsidTr="00270F01">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4EC906A3" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11108B3C" w14:textId="25D0A295" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="009401F8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="586"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
@@ -8606,113 +8488,109 @@
               <w:lastRenderedPageBreak/>
               <w:t>neatbilstibas-iepirkuma-proceduru-dokumentacija-un-norise</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79B930E4" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="50958659" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="134FF75A" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="126EF7E4" w14:textId="77777777" w:rsidTr="00270F01">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D8991BF" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66EA43F3" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="002C5C8B" w:rsidRDefault="007464B3" w:rsidP="009401F8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
@@ -9124,113 +9002,109 @@
               </w:rPr>
               <w:t>Nav noteikts, ka pretendenta pieredzei jābūt iegūtai pie dažādiem pasūtītājiem (piemēram, pieredze par trim objektiem jāapliecina, iesniedzot atsauksmes no trim dažādiem pasūtītājiem).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="523100F2" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3CFE15E3" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A9A745C" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="1C0C807C" w14:textId="77777777" w:rsidTr="00270F01">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32D16D7E" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="276257FC" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="009401F8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
@@ -9239,113 +9113,109 @@
               </w:rPr>
               <w:t>Vai nav noteikts, ka pretendenta/speciālista pieredze attiecīgo preču piegādē/pakalpojumu sniegšanā/būvdarbu veikšanā tiks atzīta, ja tā būs iegūta tieši publiskā vai tieši  privātajā sektorā (piemēram, tikai valsts vai pašvaldību IT projektu realizācijā), (ja vien šādai prasībai nav konstatējams objektīvs pamatojums)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02D636E4" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F048238" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B04A3CC" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="080B3C1F" w14:textId="77777777" w:rsidTr="00270F01">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26A9D171" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5BD49EF6" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="009401F8">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
@@ -9444,113 +9314,109 @@
               <w:lastRenderedPageBreak/>
               <w:t>Skat. IUB skaidrojumu: https://www.iub.gov.lv/lv/skaidrojums-biezak-konstatetas-neatbilstibas-iepirkuma-proceduru-dokumentacija-un-norise</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79230B01" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="506A1AED" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1197CFCA" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="3FAD3EC4" w14:textId="77777777" w:rsidTr="00270F01">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="320E2C88" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64CF2AE1" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="009401F8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
@@ -9605,113 +9471,109 @@
               </w:rPr>
               <w:t>Var paredzēt iespēju iesniegt apliecinājumu vai citu dokumentu, kas apliecinātu, ka uz līguma izpildes brīdi šāds līgums tiks noslēgts.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57EF3061" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E1FD661" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="766FF23E" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="72B42A83" w14:textId="77777777" w:rsidTr="00270F01">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="744DC3FC" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66649221" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="009401F8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
@@ -9749,112 +9611,108 @@
               </w:rPr>
               <w:t>Skat. IUB skaidrojumu: https://www.iub.gov.lv/lv/skaidrojums-biezak-konstatetas-neatbilstibas-iepirkuma-proceduru-dokumentacija-un-norise</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CB03C33" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00023A09" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70792603" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="4EDCD4AD" w14:textId="77777777" w:rsidTr="00270F01">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D485E78" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C5D24A4" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008A0939">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai pasūtītājs nav izvirzījis prasības par kvalitātes vadības standartiem, vides vadības standartiem (ISO, EMAS)</w:t>
@@ -9926,112 +9784,108 @@
               </w:rPr>
               <w:t xml:space="preserve"> Vienlaikus attiecībā uz kvalitātes un vides aizsardzības pasākumu nodrošināšanu var tikt izvirzītas prasības saskaņā ar PIL 46.p. 3.d. 3. un 8.p. noteikumiem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E9249C3" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D24962E" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3FA24278" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="2847E4C5" w14:textId="77777777" w:rsidTr="00D67379">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08D7DDF2" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C6A525F" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008A0939">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
@@ -10043,112 +9897,108 @@
               </w:rPr>
               <w:t>Vai nav izvirzīta prasība par darba drošības standartu ievērošanu un atbilstoša sertifikāta (OHSAS 18001:2007 vai ekvivalenta) iesniegšanu/citu specifisku vadības sistēmu esamību pretendenta uzņēmumā (piem., būvdarbu vadības sistēma)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75E6EEF5" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="376A3526" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0085CE4C" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="453AE1F1" w14:textId="77777777" w:rsidTr="00D67379">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69202505" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="113912CA" w14:textId="77777777" w:rsidR="007464B3" w:rsidRDefault="007464B3" w:rsidP="00CC6668">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="91" w:hanging="62"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -10234,112 +10084,108 @@
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70AA63FB" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53CA79EF" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19B4B971" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="7A5CDC3B" w14:textId="77777777" w:rsidTr="00270F01">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7EFAB5BC" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="731AEFAB" w14:textId="77777777" w:rsidR="007464B3" w:rsidRDefault="007464B3" w:rsidP="00546480">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="516"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman" w:cs="TimesNewRomanPSMT"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC553E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman" w:cs="TimesNewRomanPSMT"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -10485,115 +10331,111 @@
               </w:rPr>
               <w:t>https://www.iub.gov.lv/lv/nozaru-ministriju-vadlinijas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A3DD9F4" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="21DF2D20" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09D2E30B" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="220A3777" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5779CF53" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="771381C9" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="00CF7028" w:rsidRDefault="007464B3" w:rsidP="00782936">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="308"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC1346">
@@ -10625,239 +10467,231 @@
               </w:rPr>
               <w:t>Ņemot vērā, ka pastāv citi veidi, kā pierādīt galvenā būvdarbu veicēja statusu, ne tikai dalība personu apvienībā (pilnsabiedrībā), ieteicams nolikumā neiekļaut norādi uz konkrētu formu. Tāpat arī attiecībā uz pieredzes pierādīšanu nav ieteicams noteikt, ka pieredze par galvenā būvdarbu veicēja statusu tiks uzskatīta par atbilstošu, ja pretendents pieredzi ir guvis kā personu apvienības dalībnieks.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4266E5AB" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0085AF76" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23A8E948" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="27EA4B73" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7CFE9A12" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E6991D2" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008A0939">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="136"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai atbilstoši noteiktajām kvalifikācijas/atlases prasībām un tehniskā piedāvājuma prasībām ir noteikta iesniedzamā informācija (dokumenti) un pārbaudes kārtība?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="430C0F76" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40BA0A78" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9. p.4.d. 2.p.; 9.p. 9.d.; 13.p.; 41.p. 3.d.; 44., 45.; 46.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3C3066F3" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="04C5031A" w14:textId="77777777" w:rsidTr="008660C6">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F0F3D9B" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06BB57FA" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008A0939">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
@@ -10890,113 +10724,109 @@
               </w:rPr>
               <w:t>dokumentu iesniegšana, kas pēc būtības apliecina nepieciešamo kvalifikāciju, ja piegādātājam nav pieejami pasūtītāja prasītie dokumenti?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C2ABE40" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6ED1926F" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78EBAFD2" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="5823D47A" w14:textId="77777777" w:rsidTr="008660C6">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5AF51F8B" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08C804BF" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008A0939">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
@@ -11004,113 +10834,109 @@
               </w:rPr>
               <w:t>Vai nav izvirzīta prasība, ka speciālista kvalifikāciju apliecinošajam sertifikātam jābūt konkrētas institūcijas izdotam, ja nepieciešamo sertifikātu attiecīgajā jomā izdod vairākas kompetentās institūcijas?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C6AC06A" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2664A915" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7EB746CB" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="0137B03E" w14:textId="77777777" w:rsidTr="00720546">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28E23B34" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A060E0A" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008A0939">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
@@ -11149,116 +10975,112 @@
               </w:rPr>
               <w:t>Prasība iesniegt auditētu finanšu pārskatu var attiekties tikai uz tiem pretendentiem, kuriem saskaņā ar normatīvajiem aktiem ir obligāti nepieciešams zvērinātā revidenta atzinums par gada pārskatu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53C8AA02" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="542EE6D7" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="265AB753" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007464B3" w:rsidRPr="006E276F" w14:paraId="2571A94A" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5070D9C5" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="145F2A98" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008A0939">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-6"/>
@@ -11267,121 +11089,117 @@
               </w:rPr>
               <w:t>Vai pasūtītājs ir pieprasījis tikai tādu informāciju un dokumentus, kas ir nepieciešami kvalifikācijas un piedāvājumu atbilstības pārbaudei, kā arī piedāvājuma izvēlei saskaņā ar noteiktajiem piedāvājuma izvērtēšanas kritērijiem līguma izpildei?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21F1C7DC" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="538D1711" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66BAC057" w14:textId="77777777" w:rsidR="007464B3" w:rsidRPr="006E276F" w:rsidRDefault="007464B3" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E600F5" w:rsidRPr="006E276F" w14:paraId="577973C2" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14785400" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="673B4EDA" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="00C227A6">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="136"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai norādītie piedāvājuma izvērtēšanas kritēriji ir pamatoti un objektīvi?</w:t>
@@ -11542,124 +11360,120 @@
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="471F3B8D" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="143C6040" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9.p. 4.d. 5.p.; 19.p.; 21.p.; 51.p.; 52.p. 2.d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B452A6C" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E600F5" w:rsidRPr="006E276F" w14:paraId="0A59E6CA" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="695AC37F" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A0AE029" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008A0939">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:spacing w:val="-6"/>
@@ -11689,116 +11503,112 @@
               </w:rPr>
               <w:t xml:space="preserve"> kvalifikācija un pieredze?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E467CDA" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2130AFFB" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63DC0287" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E600F5" w:rsidRPr="006E276F" w14:paraId="559C7B87" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35F77C85" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7270C970" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008A0939">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:spacing w:val="-6"/>
@@ -11929,116 +11739,112 @@
               </w:rPr>
               <w:t>Skat. IUB skaidrojumu: https://www.iub.gov.lv/lv/skaidrojums-biezak-konstatetas-neatbilstibas-iepirkuma-proceduru-dokumentacija-un-norise</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D7AB355" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="073E976E" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0743F862" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A97720" w:rsidRPr="006E276F" w14:paraId="6D2D3B29" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30C336D3" w14:textId="77777777" w:rsidR="00A97720" w:rsidRPr="006E276F" w:rsidRDefault="00A97720" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C1B1B96" w14:textId="77777777" w:rsidR="00A97720" w:rsidRPr="006E276F" w:rsidRDefault="00A97720" w:rsidP="00C227A6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:vanish/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="46FE28A7" w14:textId="77777777" w:rsidR="00A97720" w:rsidRPr="006E276F" w:rsidRDefault="00A97720" w:rsidP="00C227A6">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
@@ -12341,113 +12147,109 @@
               </w:rPr>
               <w:t>(Ja kā vienīgais piedāvājuma izvēles kritērijs ir noteikta cena, uz attiecīgo jautājumu būtu norādāma atbilde “n/a”)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56FF7087" w14:textId="77777777" w:rsidR="00A97720" w:rsidRPr="006E276F" w:rsidRDefault="00A97720" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="208CC2F0" w14:textId="77777777" w:rsidR="00A97720" w:rsidRPr="006E276F" w:rsidRDefault="00A97720" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="531F2723" w14:textId="77777777" w:rsidR="00A97720" w:rsidRPr="006E276F" w:rsidRDefault="00A97720" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A97720" w:rsidRPr="006E276F" w14:paraId="0C141FCC" w14:textId="77777777" w:rsidTr="008660C6">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B437EBD" w14:textId="77777777" w:rsidR="00A97720" w:rsidRPr="006E276F" w:rsidRDefault="00A97720" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="676219C2" w14:textId="77777777" w:rsidR="00A97720" w:rsidRPr="00BC3E8E" w:rsidRDefault="00A97720" w:rsidP="00C227A6">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
@@ -12481,113 +12283,109 @@
               </w:rPr>
               <w:t>(Ja kā vienīgais piedāvājuma izvēles kritērijs ir noteikta cena, uz attiecīgo jautājumu būtu norādāma atbilde “n/a”)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="776811F3" w14:textId="77777777" w:rsidR="00A97720" w:rsidRPr="006E276F" w:rsidRDefault="00A97720" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E858C3D" w14:textId="77777777" w:rsidR="00A97720" w:rsidRPr="006E276F" w:rsidRDefault="00A97720" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1461EED5" w14:textId="77777777" w:rsidR="00A97720" w:rsidRPr="006E276F" w:rsidRDefault="00A97720" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A97720" w:rsidRPr="006E276F" w14:paraId="6016EE83" w14:textId="77777777" w:rsidTr="00486434">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B149458" w14:textId="77777777" w:rsidR="00A97720" w:rsidRPr="006E276F" w:rsidRDefault="00A97720" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F8BFFDC" w14:textId="77777777" w:rsidR="00A97720" w:rsidRPr="006E276F" w:rsidRDefault="00A97720" w:rsidP="00C227A6">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
@@ -12642,113 +12440,109 @@
               </w:rPr>
               <w:t>Kaut arī minētais kritērijs nav pretrunā ar PIL 51. panta septītās daļas regulējumu, Eiropas Komisijas auditori ir norādījuši, ka šāds izšķirošais piedāvājuma izvēles kritērijs ir diskriminējošs; tāpat vēlams, lai izšķirošais piedāvājuma izvēles kritērijs būtu saistīts ar konkrētā līguma priekšmetu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69BB263C" w14:textId="77777777" w:rsidR="00A97720" w:rsidRPr="006E276F" w:rsidRDefault="00A97720" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BB6A9FB" w14:textId="77777777" w:rsidR="00A97720" w:rsidRPr="006E276F" w:rsidRDefault="00A97720" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39A3E863" w14:textId="77777777" w:rsidR="00A97720" w:rsidRPr="006E276F" w:rsidRDefault="00A97720" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A97720" w:rsidRPr="006E276F" w14:paraId="7A34CC90" w14:textId="77777777" w:rsidTr="00046992">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6AC8FB8B" w14:textId="77777777" w:rsidR="00A97720" w:rsidRPr="006E276F" w:rsidRDefault="00A97720" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B66E92D" w14:textId="77777777" w:rsidR="00A97720" w:rsidRPr="003D5596" w:rsidRDefault="00A97720" w:rsidP="003D5596">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D5596">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:kern w:val="1"/>
@@ -13033,51 +12827,50 @@
               </w:rPr>
               <w:t>https://www.iub.gov.lv/lv/media/7536/download?attachment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D0D9ECF" w14:textId="77777777" w:rsidR="00A97720" w:rsidRPr="006E276F" w:rsidRDefault="00A97720" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E922232" w14:textId="77777777" w:rsidR="00A97720" w:rsidRPr="009E6A7A" w:rsidRDefault="00A97720" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E6A7A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>51.p.</w:t>
             </w:r>
             <w:r w:rsidRPr="009E6A7A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="414142"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -13089,99 +12882,96 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="414142"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="009E6A7A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="414142"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2736BE71" w14:textId="77777777" w:rsidR="00A97720" w:rsidRPr="006E276F" w:rsidRDefault="00A97720" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A97720" w:rsidRPr="006E276F" w14:paraId="4EA60F17" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5698B682" w14:textId="77777777" w:rsidR="00A97720" w:rsidRPr="006E276F" w:rsidRDefault="00A97720" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B9E7F5B" w14:textId="77777777" w:rsidR="00A97720" w:rsidRPr="006E276F" w:rsidRDefault="00A97720" w:rsidP="00C227A6">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
@@ -13189,121 +12979,117 @@
               </w:rPr>
               <w:t>Vai nav citi konstatējumi saistībā ar piedāvājuma izvērtēšanas kritērija neatbilstību?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A888FA3" w14:textId="77777777" w:rsidR="00A97720" w:rsidRPr="006E276F" w:rsidRDefault="00A97720" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73FB484A" w14:textId="77777777" w:rsidR="00A97720" w:rsidRPr="006E276F" w:rsidRDefault="00A97720" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A112431" w14:textId="77777777" w:rsidR="00A97720" w:rsidRPr="006E276F" w:rsidRDefault="00A97720" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E600F5" w:rsidRPr="006E276F" w14:paraId="4DD984B0" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="539DD466" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68EA2E3C" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="00C227A6">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="136"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -13317,121 +13103,117 @@
               </w:rPr>
               <w:t>Vai prasības piedāvājuma nodrošinājumam, ja tāds paredzēts, un saistību izpildes nodrošinājumam, ja tāds paredzēts, ir noteiktas atbilstoši PIL 50. panta nosacījumiem?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AFCA430" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4933B0F6" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9.p. 4.d. 4.p.; 50.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F189A04" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008660C6" w:rsidRPr="006E276F" w14:paraId="597BF89D" w14:textId="77777777" w:rsidTr="008660C6">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2CC429BB" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C81C3F2" w14:textId="5CE446E1" w:rsidR="008263E8" w:rsidRPr="004C694C" w:rsidRDefault="008263E8" w:rsidP="00C227A6">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -13720,134 +13502,130 @@
               </w:rPr>
               <w:t>Skat. arī IUB skaidrojumu “Biežāk konstatētās neatbilstības iepirkuma dokumentācijā un norisē” https://www.iub.gov.lv/lv/skaidrojums-biezak-konstatetas-neatbilstibas-iepirkuma-proceduru-dokumentacija-un-norise</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56B1AD9D" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="795E311B" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D8EC72E" w14:textId="77777777" w:rsidR="008263E8" w:rsidRPr="006E276F" w:rsidRDefault="008263E8" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A69E2" w:rsidRPr="006E276F" w14:paraId="053B1524" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7CA686D1" w14:textId="4D00E6B8" w:rsidR="000A69E2" w:rsidRPr="005E2BEF" w:rsidRDefault="000A69E2" w:rsidP="004F3C7C">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E2BEF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="596EF370" w14:textId="364E9DE2" w:rsidR="000A69E2" w:rsidRPr="006E276F" w:rsidRDefault="000A69E2" w:rsidP="00A54494">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="136"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003115B6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai ir atbilstoši nodrošināta papildu informācijas sniegšana?</w:t>
@@ -13856,144 +13634,140 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="107E01E2" w14:textId="77777777" w:rsidR="000A69E2" w:rsidRPr="006E276F" w:rsidRDefault="000A69E2" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D1AE7AF" w14:textId="501E7CF6" w:rsidR="000A69E2" w:rsidRPr="006E276F" w:rsidRDefault="000A69E2" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9.p.</w:t>
             </w:r>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C370157" w14:textId="77777777" w:rsidR="000A69E2" w:rsidRPr="006E276F" w:rsidRDefault="000A69E2" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A69E2" w:rsidRPr="006E276F" w14:paraId="124B3735" w14:textId="77777777" w:rsidTr="008660C6">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="46A6B1D6" w14:textId="77777777" w:rsidR="000A69E2" w:rsidRPr="006E276F" w:rsidRDefault="000A69E2" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C6D6B92" w14:textId="4BE1E13C" w:rsidR="000A69E2" w:rsidRPr="003115B6" w:rsidRDefault="000A69E2" w:rsidP="0085289E">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="165"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003115B6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">10.1. Vai pasūtītājs ir sniedzis papildu informāciju par iepirkuma dokumentos iekļautajām prasībām PIL 9.panta sestajā daļā noteiktajā termiņā? </w:t>
             </w:r>
           </w:p>
@@ -14033,358 +13807,346 @@
               </w:rPr>
               <w:t>Ja piegādātājs ir laikus pieprasījis papildu informāciju par iepirkuma nolikumā iekļautajām prasībām, pasūtītājs to sniedz triju darbdienu laikā, bet ne vēlāk kā četras dienas pirms piedāvājumu iesniegšanas termiņa beigām.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CBB867D" w14:textId="77777777" w:rsidR="000A69E2" w:rsidRPr="006E276F" w:rsidRDefault="000A69E2" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="012346A0" w14:textId="77777777" w:rsidR="000A69E2" w:rsidRPr="006E276F" w:rsidRDefault="000A69E2" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="41591A1A" w14:textId="77777777" w:rsidR="000A69E2" w:rsidRPr="006E276F" w:rsidRDefault="000A69E2" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A69E2" w:rsidRPr="006E276F" w14:paraId="201CF135" w14:textId="77777777" w:rsidTr="008660C6">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B9A4B80" w14:textId="77777777" w:rsidR="000A69E2" w:rsidRPr="006E276F" w:rsidRDefault="000A69E2" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="394F1F07" w14:textId="4D7234E1" w:rsidR="000A69E2" w:rsidRDefault="000A69E2" w:rsidP="0085289E">
             <w:pPr>
               <w:suppressAutoHyphens w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="165"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003115B6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10.2. Vai pasūtītājs ir papildu informāciju (atbildi) ievietojis EIS E-konkursu apakšsistēmā, norādot arī uzdoto jautājumu?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B662BDB" w14:textId="77777777" w:rsidR="000A69E2" w:rsidRPr="006E276F" w:rsidRDefault="000A69E2" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09AD4202" w14:textId="77777777" w:rsidR="000A69E2" w:rsidRPr="006E276F" w:rsidRDefault="000A69E2" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56CA0B36" w14:textId="77777777" w:rsidR="000A69E2" w:rsidRPr="006E276F" w:rsidRDefault="000A69E2" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00364B3B" w:rsidRPr="006E276F" w14:paraId="78DF1532" w14:textId="77777777" w:rsidTr="00643536">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="243A5E0B" w14:textId="55A82993" w:rsidR="00364B3B" w:rsidRPr="007C4EFB" w:rsidRDefault="002B5591" w:rsidP="007C4EFB">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C4EFB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidR="007C4EFB" w:rsidRPr="007C4EFB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E369F17" w14:textId="16A9A039" w:rsidR="00364B3B" w:rsidRPr="00364B3B" w:rsidRDefault="00364B3B" w:rsidP="00364B3B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="167"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00364B3B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai ir atbilstoši paredzēti noteikumi attiecībā uz finanšu piedāvājuma sagatavošanu?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4082200E" w14:textId="77777777" w:rsidR="00364B3B" w:rsidRPr="006E276F" w:rsidRDefault="00364B3B" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B1485BC" w14:textId="77777777" w:rsidR="00364B3B" w:rsidRPr="006E276F" w:rsidRDefault="00364B3B" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D5B7688" w14:textId="77777777" w:rsidR="00364B3B" w:rsidRPr="006E276F" w:rsidRDefault="00364B3B" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00364B3B" w:rsidRPr="006E276F" w14:paraId="05852FB9" w14:textId="77777777" w:rsidTr="00643536">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2CE023E1" w14:textId="77777777" w:rsidR="00364B3B" w:rsidRPr="006E276F" w:rsidRDefault="00364B3B" w:rsidP="00B611D8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3DF19676" w14:textId="03BCDBF9" w:rsidR="00364B3B" w:rsidRPr="007F430C" w:rsidRDefault="007F430C" w:rsidP="00364B3B">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F430C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">11.1. </w:t>
@@ -14447,117 +14209,113 @@
               </w:rPr>
               <w:t>Konkrētu  cenu  veidojošo  faktoru  ierobežojums  varētu  tikt  atzīts  par  pamatotu izņēmuma gadījumos, piemēram, ja MK noteikumi par attiecīgo darbības programmas specifisko atbalsta mērķi uzliek šādu ierobežojumu attiecībā uz izdevumu attiecināšanu noteiktā apmērā.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="370A2B94" w14:textId="77777777" w:rsidR="00364B3B" w:rsidRPr="006E276F" w:rsidRDefault="00364B3B" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C369094" w14:textId="77777777" w:rsidR="00364B3B" w:rsidRPr="006E276F" w:rsidRDefault="00364B3B" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74554000" w14:textId="77777777" w:rsidR="00364B3B" w:rsidRPr="006E276F" w:rsidRDefault="00364B3B" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00364B3B" w:rsidRPr="006E276F" w14:paraId="5A3DADC4" w14:textId="77777777" w:rsidTr="009959FC">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="236B5C34" w14:textId="77777777" w:rsidR="00364B3B" w:rsidRPr="006E276F" w:rsidRDefault="00364B3B" w:rsidP="00B611D8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:after="119"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68BD0710" w14:textId="25891241" w:rsidR="00364B3B" w:rsidRPr="007F430C" w:rsidRDefault="007F430C" w:rsidP="00C227A6">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F430C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11.2.</w:t>
@@ -14573,122 +14331,118 @@
               <w:tab/>
               <w:t>Ja pasūtītājs ir uzlicis par pienākumu pretendentam iekļaut piedāvājumā finanšu rezervi konkrētā apmērā, vai tās izmantošana ir iepriekš detalizēti noregulēta?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36C4D84A" w14:textId="77777777" w:rsidR="00364B3B" w:rsidRPr="006E276F" w:rsidRDefault="00364B3B" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38AA62CE" w14:textId="77777777" w:rsidR="00364B3B" w:rsidRPr="006E276F" w:rsidRDefault="00364B3B" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B9D3D18" w14:textId="77777777" w:rsidR="00364B3B" w:rsidRPr="006E276F" w:rsidRDefault="00364B3B" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00067949" w:rsidRPr="006E276F" w14:paraId="056975DE" w14:textId="77777777" w:rsidTr="008660C6">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72E52A98" w14:textId="56811999" w:rsidR="00067949" w:rsidRPr="00152FF8" w:rsidRDefault="00067949" w:rsidP="00152FF8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00152FF8">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">12. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5CA00539" w14:textId="77777777" w:rsidR="00067949" w:rsidRPr="006E276F" w:rsidRDefault="00067949" w:rsidP="00C227A6">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="586" w:hanging="450"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja iepirkuma dokumentācijai ir pievienots iepirkuma līguma projekts: </w:t>
@@ -14903,121 +14657,117 @@
               </w:rPr>
               <w:t>. Šādi noteikumi par grozījumiem var attiekties uz līgumcenas pārskatīšanu, izvēles iespēju izmantošanu, kā arī uz citiem iepirkuma līguma vai vispārīgās vienošanās izpildes aspektiem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E84EA7B" w14:textId="77777777" w:rsidR="00067949" w:rsidRPr="006E276F" w:rsidRDefault="00067949" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C2461F9" w14:textId="77777777" w:rsidR="00067949" w:rsidRPr="006E276F" w:rsidRDefault="00067949" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9.p.19.d., 61.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7ACF7FDF" w14:textId="77777777" w:rsidR="00067949" w:rsidRPr="006E276F" w:rsidRDefault="00067949" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00067949" w:rsidRPr="006E276F" w14:paraId="2E688291" w14:textId="77777777" w:rsidTr="00523D14">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39DB6FD5" w14:textId="77777777" w:rsidR="00067949" w:rsidRPr="006E276F" w:rsidRDefault="00067949" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="325E2256" w14:textId="4A5BDE91" w:rsidR="00067949" w:rsidRPr="006E276F" w:rsidRDefault="00067949" w:rsidP="003B1BAD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="23"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">12.2. </w:t>
             </w:r>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
@@ -15113,121 +14863,117 @@
               </w:rPr>
               <w:t>regulāra tehniskā apkope nav uzskatāma par garantijas nodrošināšanu. Tehniskās apkopes pakalpojumi (to izmaksas un nepieciešamais sniegšanas ilgums) jāņem vērā, izstrādājot finanšu piedāvājumu, kā arī nosakot līguma darbības termiņu (t.i., šo pakalpojumu izmaksas jāvērtē, nosakot uzvarētāju, kā arī šo pakalpojumu sniegšanas laiks ietilpst kopējā iepirkumu līguma izpildes termiņā).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CB62F3A" w14:textId="77777777" w:rsidR="00067949" w:rsidRPr="006E276F" w:rsidRDefault="00067949" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="743EC937" w14:textId="77777777" w:rsidR="00067949" w:rsidRPr="006E276F" w:rsidRDefault="00067949" w:rsidP="00D31798">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>60.p. 4.d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27BA3AA5" w14:textId="77777777" w:rsidR="00067949" w:rsidRPr="006E276F" w:rsidRDefault="00067949" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00067949" w:rsidRPr="006E276F" w14:paraId="46DF0020" w14:textId="77777777" w:rsidTr="00523D14">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A65B81C" w14:textId="77777777" w:rsidR="00067949" w:rsidRPr="006E276F" w:rsidRDefault="00067949" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B54F64C" w14:textId="7BCE9DEA" w:rsidR="00067949" w:rsidRPr="006E276F" w:rsidRDefault="00067949" w:rsidP="004D6FA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="165"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">12.3. </w:t>
             </w:r>
             <w:r w:rsidRPr="006E276F">
@@ -15239,121 +14985,117 @@
               </w:rPr>
               <w:t xml:space="preserve">Vai ir paredzētas pasūtītāja tiesības vienpusēji atkāpties no līguma izpildes, ja līgumu nav iespējams izpildīt tādēļ, ka  ir piemērotas starptautiskās vai nacionālās sankcijas vai būtiskas finanšu un kapitāla tirgus intereses ietekmējošas Eiropas Savienības vai Ziemeļatlantijas līguma organizācijas dalībvalsts noteiktās sankcijas? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75797947" w14:textId="77777777" w:rsidR="00067949" w:rsidRPr="006E276F" w:rsidRDefault="00067949" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="502E976C" w14:textId="77777777" w:rsidR="00067949" w:rsidRPr="006E276F" w:rsidRDefault="00067949" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E276F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Starptautisko un Latvijas Republikas nacionālo sankciju likuma 11.1 panta piektā daļa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2673E32D" w14:textId="77777777" w:rsidR="00067949" w:rsidRPr="006E276F" w:rsidRDefault="00067949" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00067949" w:rsidRPr="006E276F" w14:paraId="5497A4E3" w14:textId="77777777" w:rsidTr="00523D14">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7414B01A" w14:textId="77777777" w:rsidR="00067949" w:rsidRPr="006E276F" w:rsidRDefault="00067949" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58B4C589" w14:textId="5AB57A3F" w:rsidR="00067949" w:rsidRPr="006E276F" w:rsidRDefault="00067949" w:rsidP="004D6FA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="165"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">12.4. </w:t>
             </w:r>
             <w:r w:rsidRPr="006E276F">
@@ -15365,116 +15107,112 @@
               </w:rPr>
               <w:t xml:space="preserve">Vai iepirkuma līguma projektā nav ietverta pretrunīga informācija? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A0B0EC9" w14:textId="77777777" w:rsidR="00067949" w:rsidRPr="006E276F" w:rsidRDefault="00067949" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0542EBB9" w14:textId="77777777" w:rsidR="00067949" w:rsidRPr="006E276F" w:rsidRDefault="00067949" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7359BC3F" w14:textId="77777777" w:rsidR="00067949" w:rsidRPr="006E276F" w:rsidRDefault="00067949" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00067949" w:rsidRPr="006E276F" w14:paraId="23759B22" w14:textId="77777777" w:rsidTr="00A15F5D">
         <w:trPr>
           <w:trHeight w:val="145"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="589D76CC" w14:textId="77777777" w:rsidR="00067949" w:rsidRPr="006E276F" w:rsidRDefault="00067949" w:rsidP="00867D47">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2BE36440" w14:textId="448BF294" w:rsidR="00067949" w:rsidRPr="006E276F" w:rsidRDefault="00067949" w:rsidP="004D6FA7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="165"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">12.5. </w:t>
             </w:r>
             <w:r w:rsidRPr="006E276F">
@@ -15510,191 +15248,189 @@
               </w:rPr>
               <w:t xml:space="preserve">Ja noteiktais līguma termiņš pārsniedz piecus gadus, vai tas atbilst PIL 60.panta ceturtajā daļā minētajiem izņēmumiem un vai par to ir saņemta attiecīgi Ministru kabineta vai atvasinātās publiskās personas orgāna atļauja (PIL 60.p.4.d.2.p. gadījumā)? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36BA334A" w14:textId="77777777" w:rsidR="00067949" w:rsidRPr="006E276F" w:rsidRDefault="00067949" w:rsidP="008263E8">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="204E7C85" w14:textId="77777777" w:rsidR="00067949" w:rsidRPr="006E276F" w:rsidRDefault="00067949" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E0BBD99" w14:textId="77777777" w:rsidR="00067949" w:rsidRPr="006E276F" w:rsidRDefault="00067949" w:rsidP="008263E8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="05537837" w14:textId="77777777" w:rsidR="00D85F13" w:rsidRPr="006E276F" w:rsidRDefault="00D85F13" w:rsidP="00A619FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D85F13" w:rsidRPr="006E276F" w:rsidSect="00C74D17">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="42E641D8" w14:textId="77777777" w:rsidR="00936B36" w:rsidRDefault="00936B36" w:rsidP="00481F13">
+    <w:p w14:paraId="25FE0551" w14:textId="77777777" w:rsidR="004F39E8" w:rsidRDefault="004F39E8" w:rsidP="00481F13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="37146CEC" w14:textId="77777777" w:rsidR="00936B36" w:rsidRDefault="00936B36" w:rsidP="00481F13">
+    <w:p w14:paraId="40496A7B" w14:textId="77777777" w:rsidR="004F39E8" w:rsidRDefault="004F39E8" w:rsidP="00481F13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="06E10AC1" w14:textId="77777777" w:rsidR="00936B36" w:rsidRDefault="00936B36">
+    <w:p w14:paraId="5D3C868A" w14:textId="77777777" w:rsidR="004F39E8" w:rsidRDefault="004F39E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol">
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Andale Sans UI">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPSMT">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
@@ -15717,71 +15453,71 @@
     </w:r>
     <w:r w:rsidR="00D362C5">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>19</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="406E6951" w14:textId="77777777" w:rsidR="003C1A12" w:rsidRDefault="003C1A12">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3BF0269E" w14:textId="77777777" w:rsidR="00936B36" w:rsidRDefault="00936B36" w:rsidP="00481F13">
+    <w:p w14:paraId="46B552FE" w14:textId="77777777" w:rsidR="004F39E8" w:rsidRDefault="004F39E8" w:rsidP="00481F13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="18995B7E" w14:textId="77777777" w:rsidR="00936B36" w:rsidRDefault="00936B36" w:rsidP="00481F13">
+    <w:p w14:paraId="1CB4BCE1" w14:textId="77777777" w:rsidR="004F39E8" w:rsidRDefault="004F39E8" w:rsidP="00481F13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1270467F" w14:textId="77777777" w:rsidR="00936B36" w:rsidRDefault="00936B36">
+    <w:p w14:paraId="1EF16357" w14:textId="77777777" w:rsidR="004F39E8" w:rsidRDefault="004F39E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="628A4BB8" w14:textId="77777777" w:rsidR="007464B3" w:rsidRDefault="007464B3" w:rsidP="00975175">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005822B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
         </w:rPr>
@@ -19531,50 +19267,51 @@
     <w:rsid w:val="004B5814"/>
     <w:rsid w:val="004B7C70"/>
     <w:rsid w:val="004C0AFF"/>
     <w:rsid w:val="004C0DB0"/>
     <w:rsid w:val="004C12F8"/>
     <w:rsid w:val="004C1889"/>
     <w:rsid w:val="004C5E5A"/>
     <w:rsid w:val="004C694C"/>
     <w:rsid w:val="004C6A95"/>
     <w:rsid w:val="004C72BA"/>
     <w:rsid w:val="004C7598"/>
     <w:rsid w:val="004D12B0"/>
     <w:rsid w:val="004D1667"/>
     <w:rsid w:val="004D35A3"/>
     <w:rsid w:val="004D6D2A"/>
     <w:rsid w:val="004D6FA7"/>
     <w:rsid w:val="004E0540"/>
     <w:rsid w:val="004E0D75"/>
     <w:rsid w:val="004E18A2"/>
     <w:rsid w:val="004E266C"/>
     <w:rsid w:val="004E350C"/>
     <w:rsid w:val="004E7066"/>
     <w:rsid w:val="004E7779"/>
     <w:rsid w:val="004F0BC8"/>
     <w:rsid w:val="004F2511"/>
+    <w:rsid w:val="004F39E8"/>
     <w:rsid w:val="004F3C7C"/>
     <w:rsid w:val="004F445D"/>
     <w:rsid w:val="004F4A8F"/>
     <w:rsid w:val="004F5B51"/>
     <w:rsid w:val="004F79B5"/>
     <w:rsid w:val="00500A1A"/>
     <w:rsid w:val="00500FC0"/>
     <w:rsid w:val="005012A9"/>
     <w:rsid w:val="0050332F"/>
     <w:rsid w:val="00503D36"/>
     <w:rsid w:val="005042EC"/>
     <w:rsid w:val="00504DCE"/>
     <w:rsid w:val="0050771C"/>
     <w:rsid w:val="00511B37"/>
     <w:rsid w:val="0051317D"/>
     <w:rsid w:val="0051325F"/>
     <w:rsid w:val="0051436F"/>
     <w:rsid w:val="00514419"/>
     <w:rsid w:val="005146AB"/>
     <w:rsid w:val="0051591D"/>
     <w:rsid w:val="0051630F"/>
     <w:rsid w:val="005166B7"/>
     <w:rsid w:val="00520A66"/>
     <w:rsid w:val="00523861"/>
     <w:rsid w:val="00524C16"/>
@@ -19654,50 +19391,51 @@
     <w:rsid w:val="005A234F"/>
     <w:rsid w:val="005A3B23"/>
     <w:rsid w:val="005A43BA"/>
     <w:rsid w:val="005A5E3E"/>
     <w:rsid w:val="005A6187"/>
     <w:rsid w:val="005A6943"/>
     <w:rsid w:val="005A6A46"/>
     <w:rsid w:val="005A70D9"/>
     <w:rsid w:val="005B140D"/>
     <w:rsid w:val="005B1863"/>
     <w:rsid w:val="005B1C8C"/>
     <w:rsid w:val="005B1EFC"/>
     <w:rsid w:val="005C0487"/>
     <w:rsid w:val="005C10D5"/>
     <w:rsid w:val="005C174F"/>
     <w:rsid w:val="005C3626"/>
     <w:rsid w:val="005C3E24"/>
     <w:rsid w:val="005C45C9"/>
     <w:rsid w:val="005D0061"/>
     <w:rsid w:val="005D0898"/>
     <w:rsid w:val="005D2BAA"/>
     <w:rsid w:val="005D429C"/>
     <w:rsid w:val="005D43BC"/>
     <w:rsid w:val="005D49C0"/>
     <w:rsid w:val="005D5B0C"/>
+    <w:rsid w:val="005D7E81"/>
     <w:rsid w:val="005E177C"/>
     <w:rsid w:val="005E231B"/>
     <w:rsid w:val="005E2BEF"/>
     <w:rsid w:val="005E3120"/>
     <w:rsid w:val="005E4DDD"/>
     <w:rsid w:val="005E5E1F"/>
     <w:rsid w:val="005E7344"/>
     <w:rsid w:val="005E7612"/>
     <w:rsid w:val="005F10F9"/>
     <w:rsid w:val="005F1BA7"/>
     <w:rsid w:val="005F1F69"/>
     <w:rsid w:val="005F48C7"/>
     <w:rsid w:val="005F55A5"/>
     <w:rsid w:val="006025C2"/>
     <w:rsid w:val="006059D0"/>
     <w:rsid w:val="006060A1"/>
     <w:rsid w:val="00606312"/>
     <w:rsid w:val="00606A4C"/>
     <w:rsid w:val="006073CD"/>
     <w:rsid w:val="00607D2D"/>
     <w:rsid w:val="006106D4"/>
     <w:rsid w:val="00613205"/>
     <w:rsid w:val="00613E13"/>
     <w:rsid w:val="00614732"/>
     <w:rsid w:val="00614EC5"/>
@@ -19906,50 +19644,51 @@
     <w:rsid w:val="007E3B52"/>
     <w:rsid w:val="007E479C"/>
     <w:rsid w:val="007E482B"/>
     <w:rsid w:val="007E50BA"/>
     <w:rsid w:val="007E65BF"/>
     <w:rsid w:val="007E74BC"/>
     <w:rsid w:val="007E7B1A"/>
     <w:rsid w:val="007F0814"/>
     <w:rsid w:val="007F1593"/>
     <w:rsid w:val="007F25F2"/>
     <w:rsid w:val="007F3063"/>
     <w:rsid w:val="007F430C"/>
     <w:rsid w:val="00800557"/>
     <w:rsid w:val="00803AE0"/>
     <w:rsid w:val="00804267"/>
     <w:rsid w:val="00805A4B"/>
     <w:rsid w:val="00806C18"/>
     <w:rsid w:val="00806F67"/>
     <w:rsid w:val="00810F12"/>
     <w:rsid w:val="008150B4"/>
     <w:rsid w:val="008158DB"/>
     <w:rsid w:val="00816A46"/>
     <w:rsid w:val="00816AD9"/>
     <w:rsid w:val="00817B30"/>
     <w:rsid w:val="008227F2"/>
+    <w:rsid w:val="00822B26"/>
     <w:rsid w:val="00822D74"/>
     <w:rsid w:val="0082344A"/>
     <w:rsid w:val="00824949"/>
     <w:rsid w:val="00825228"/>
     <w:rsid w:val="008263E8"/>
     <w:rsid w:val="0082775B"/>
     <w:rsid w:val="00827E6D"/>
     <w:rsid w:val="008334C8"/>
     <w:rsid w:val="00840AC2"/>
     <w:rsid w:val="008418A4"/>
     <w:rsid w:val="0084311D"/>
     <w:rsid w:val="008464BB"/>
     <w:rsid w:val="008464F4"/>
     <w:rsid w:val="0084687E"/>
     <w:rsid w:val="00847E1B"/>
     <w:rsid w:val="00851B89"/>
     <w:rsid w:val="00852286"/>
     <w:rsid w:val="0085289E"/>
     <w:rsid w:val="00852CA6"/>
     <w:rsid w:val="00856721"/>
     <w:rsid w:val="00857022"/>
     <w:rsid w:val="00857646"/>
     <w:rsid w:val="00857CBA"/>
     <w:rsid w:val="008628FD"/>
     <w:rsid w:val="008646E6"/>
@@ -20073,50 +19812,51 @@
     <w:rsid w:val="009665FE"/>
     <w:rsid w:val="009700F0"/>
     <w:rsid w:val="00971C13"/>
     <w:rsid w:val="00972AE8"/>
     <w:rsid w:val="009737E6"/>
     <w:rsid w:val="00973FAA"/>
     <w:rsid w:val="00974E6A"/>
     <w:rsid w:val="00974FAF"/>
     <w:rsid w:val="00975175"/>
     <w:rsid w:val="009800DA"/>
     <w:rsid w:val="00985224"/>
     <w:rsid w:val="009875E9"/>
     <w:rsid w:val="00987EE2"/>
     <w:rsid w:val="00991AE3"/>
     <w:rsid w:val="0099283B"/>
     <w:rsid w:val="00992FE0"/>
     <w:rsid w:val="00993B5E"/>
     <w:rsid w:val="00993CA2"/>
     <w:rsid w:val="00993D8B"/>
     <w:rsid w:val="00996365"/>
     <w:rsid w:val="009A05DD"/>
     <w:rsid w:val="009A19CE"/>
     <w:rsid w:val="009A1AF6"/>
     <w:rsid w:val="009A385B"/>
     <w:rsid w:val="009A4B91"/>
+    <w:rsid w:val="009A588B"/>
     <w:rsid w:val="009A5F99"/>
     <w:rsid w:val="009A7CC8"/>
     <w:rsid w:val="009A7DF2"/>
     <w:rsid w:val="009B00F6"/>
     <w:rsid w:val="009B0119"/>
     <w:rsid w:val="009B0972"/>
     <w:rsid w:val="009B1DBA"/>
     <w:rsid w:val="009B257D"/>
     <w:rsid w:val="009B411F"/>
     <w:rsid w:val="009B524C"/>
     <w:rsid w:val="009B545E"/>
     <w:rsid w:val="009B696B"/>
     <w:rsid w:val="009B7CA5"/>
     <w:rsid w:val="009C0948"/>
     <w:rsid w:val="009C5766"/>
     <w:rsid w:val="009C7AE3"/>
     <w:rsid w:val="009C7DD8"/>
     <w:rsid w:val="009D183E"/>
     <w:rsid w:val="009D2C27"/>
     <w:rsid w:val="009D3345"/>
     <w:rsid w:val="009D6BAE"/>
     <w:rsid w:val="009E065B"/>
     <w:rsid w:val="009E14AC"/>
     <w:rsid w:val="009E3EF6"/>
     <w:rsid w:val="009E3F4F"/>
@@ -20580,50 +20320,51 @@
     <w:rsid w:val="00DA70D5"/>
     <w:rsid w:val="00DB2531"/>
     <w:rsid w:val="00DB45BE"/>
     <w:rsid w:val="00DC0C28"/>
     <w:rsid w:val="00DC1346"/>
     <w:rsid w:val="00DC1BC3"/>
     <w:rsid w:val="00DC2F80"/>
     <w:rsid w:val="00DC4C20"/>
     <w:rsid w:val="00DC4D39"/>
     <w:rsid w:val="00DC66D8"/>
     <w:rsid w:val="00DC74D1"/>
     <w:rsid w:val="00DD0186"/>
     <w:rsid w:val="00DD405F"/>
     <w:rsid w:val="00DD5658"/>
     <w:rsid w:val="00DD66D3"/>
     <w:rsid w:val="00DD6ADC"/>
     <w:rsid w:val="00DE17C1"/>
     <w:rsid w:val="00DE2F73"/>
     <w:rsid w:val="00DE373D"/>
     <w:rsid w:val="00DE45C0"/>
     <w:rsid w:val="00DE63EB"/>
     <w:rsid w:val="00DF275F"/>
     <w:rsid w:val="00DF2F6A"/>
     <w:rsid w:val="00DF56C3"/>
     <w:rsid w:val="00DF756B"/>
+    <w:rsid w:val="00E00194"/>
     <w:rsid w:val="00E00E1C"/>
     <w:rsid w:val="00E01084"/>
     <w:rsid w:val="00E01B14"/>
     <w:rsid w:val="00E0240B"/>
     <w:rsid w:val="00E02E2F"/>
     <w:rsid w:val="00E0387F"/>
     <w:rsid w:val="00E03935"/>
     <w:rsid w:val="00E04877"/>
     <w:rsid w:val="00E0692C"/>
     <w:rsid w:val="00E06956"/>
     <w:rsid w:val="00E06F45"/>
     <w:rsid w:val="00E07AB1"/>
     <w:rsid w:val="00E13217"/>
     <w:rsid w:val="00E134CA"/>
     <w:rsid w:val="00E152CE"/>
     <w:rsid w:val="00E16807"/>
     <w:rsid w:val="00E16A75"/>
     <w:rsid w:val="00E219F3"/>
     <w:rsid w:val="00E21B29"/>
     <w:rsid w:val="00E22185"/>
     <w:rsid w:val="00E22323"/>
     <w:rsid w:val="00E234BD"/>
     <w:rsid w:val="00E24CE5"/>
     <w:rsid w:val="00E26E0C"/>
     <w:rsid w:val="00E27D65"/>
@@ -22184,55 +21925,55 @@
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B0602A6-F11D-4CE1-9391-9B2A4A990077}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1b8a7570-3ec8-4c4e-9532-5dbb2f157b31}" enabled="1" method="Standard" siteId="{fd50a0e4-c289-4266-b7ff-7d9cf5066e91}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>4301</Words>
-  <Characters>32799</Characters>
+  <Words>23630</Words>
+  <Characters>13470</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>273</Lines>
+  <Lines>112</Lines>
   <Paragraphs>74</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>IUB</Company>