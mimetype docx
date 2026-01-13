--- v0 (2025-10-21)
+++ v1 (2026-01-13)
@@ -119,86 +119,114 @@
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC2199">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.-202</w:t>
       </w:r>
       <w:r w:rsidR="004404A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC2199">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.gada plānošanas periodā</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="141FC071" w14:textId="5828ACFC" w:rsidR="00FF725F" w:rsidRPr="00BC2199" w:rsidRDefault="00BE5814" w:rsidP="00C86CFE">
+    <w:p w14:paraId="141FC071" w14:textId="04232356" w:rsidR="00FF725F" w:rsidRPr="00BC2199" w:rsidRDefault="00BE5814" w:rsidP="00C86CFE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:r w:rsidR="00220275">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>06</w:t>
+      </w:r>
       <w:r w:rsidR="00163F6D" w:rsidRPr="00641F87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>10.07.2025</w:t>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00220275">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00163F6D" w:rsidRPr="00641F87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00220275">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00420502" w:rsidRPr="00641F87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>., Nr.</w:t>
       </w:r>
-      <w:r w:rsidR="00163F6D">
+      <w:r w:rsidR="00220275">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00132B75" w:rsidRPr="00BC2199">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21265BEF" w14:textId="777F1F2F" w:rsidR="00FF725F" w:rsidRPr="00BC2199" w:rsidRDefault="00537BB4" w:rsidP="00FF725F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC2199">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -608,96 +636,94 @@
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="55" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1558"/>
       </w:tblGrid>
       <w:tr w:rsidR="00605337" w:rsidRPr="00BC2199" w14:paraId="0B291BD6" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="767"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17650772" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00BC2199" w:rsidRDefault="00605337" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nr.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="19DB5039" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00BC2199" w:rsidRDefault="00605337" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>p.k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DA149D7" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00BC2199" w:rsidRDefault="00605337" w:rsidP="00CA2E5B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pārbaudes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
@@ -720,51 +746,50 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Jā/Nē/</w:t>
             </w:r>
             <w:r w:rsidR="007025BF" w:rsidRPr="00BC2199" w:rsidDel="007025BF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002335D5" w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nav attiecināms (N/A)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6450A51E" w14:textId="77777777" w:rsidR="00D75A20" w:rsidRPr="00D75A20" w:rsidRDefault="00605337" w:rsidP="009A5210">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Atsauce uz Publisko iepirkumu likuma normām</w:t>
             </w:r>
             <w:r w:rsidR="00AA09C5">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -840,111 +865,108 @@
               <w:t>Nr. 107</w:t>
             </w:r>
             <w:r w:rsidR="005A7479" w:rsidRPr="008C5EF2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="005A7479" w:rsidRPr="00E23D9F">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005A7479">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>kā arī citiem piemērojamiem MK noteikumiem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C6C2089" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00BC2199" w:rsidRDefault="00605337" w:rsidP="00CA2E5B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Komentāri </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00605337" w:rsidRPr="00BC2199" w14:paraId="50527E50" w14:textId="77777777" w:rsidTr="007F52FF">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="431DA228" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00BC2199" w:rsidRDefault="00605337" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62E2A1F6" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00BC2199" w:rsidRDefault="00605337" w:rsidP="003C1559">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai izvēlētā iepirkuma procedūra ir atbilstoša</w:t>
             </w:r>
             <w:r w:rsidR="00FE50A7">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
@@ -967,51 +989,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B6C3482" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00BC2199" w:rsidRDefault="00605337" w:rsidP="00B37DA7">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71272668" w14:textId="77777777" w:rsidR="006C3E06" w:rsidRPr="006C3E06" w:rsidRDefault="006C3E06" w:rsidP="006C3E06">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C3E06">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1.p. 26.-28.p, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="05F9530E" w14:textId="5B7FFC4A" w:rsidR="00605337" w:rsidRPr="00BC2199" w:rsidRDefault="006C3E06" w:rsidP="006C3E06">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -1023,100 +1044,97 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8., 11.p</w:t>
             </w:r>
             <w:r w:rsidR="00163F6D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="006C3E06">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, MK not. 196.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48F3E985" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00BC2199" w:rsidRDefault="00605337" w:rsidP="001D11A8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00605337" w:rsidRPr="00BC2199" w14:paraId="2BE81486" w14:textId="77777777" w:rsidTr="007F52FF">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07C4AB97" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00BC2199" w:rsidRDefault="00605337" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1EF7823F" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="005633A2" w:rsidRDefault="00605337" w:rsidP="003C1559">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai līguma veids atbilst tā saturam:</w:t>
             </w:r>
           </w:p>
@@ -1125,124 +1143,120 @@
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="184C5BD1" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00BC2199" w:rsidRDefault="00605337" w:rsidP="00B37DA7">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="446B2BDB" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00BC2199" w:rsidRDefault="00605337" w:rsidP="001D11A8">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E7E3C9C" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00BC2199" w:rsidRDefault="00605337" w:rsidP="001D11A8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F52FF" w:rsidRPr="00BC2199" w14:paraId="48348634" w14:textId="77777777" w:rsidTr="007F52FF">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01682915" w14:textId="77777777" w:rsidR="007F52FF" w:rsidRPr="00BC2199" w:rsidRDefault="007F52FF" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13FCBA49" w14:textId="77777777" w:rsidR="007F52FF" w:rsidRPr="007F52FF" w:rsidRDefault="007F52FF" w:rsidP="003C1559">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00694C2B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ja līguma priekšmets satur vairākus iepirkuma veidus (būvdarbus, pakalpojumus vai piegādes), vai tas klasificēts atbilstoši tam līguma veidam, kurš ir attiecīgā iepirkuma līguma galvenais priekšmets</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC2199">
@@ -1259,124 +1273,120 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61834A13" w14:textId="77777777" w:rsidR="007F52FF" w:rsidRPr="00BC2199" w:rsidRDefault="007F52FF" w:rsidP="00B37DA7">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="04BDB228" w14:textId="77777777" w:rsidR="007F52FF" w:rsidRPr="00BC2199" w:rsidRDefault="007F52FF" w:rsidP="001D11A8">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C684BE5" w14:textId="77777777" w:rsidR="007F52FF" w:rsidRPr="00BC2199" w:rsidRDefault="007F52FF" w:rsidP="001D11A8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00605337" w:rsidRPr="00BC2199" w14:paraId="4266C9E6" w14:textId="77777777" w:rsidTr="007F52FF">
         <w:trPr>
           <w:trHeight w:val="136"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="220D5607" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00BC2199" w:rsidRDefault="00605337" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74AA1BEA" w14:textId="77777777" w:rsidR="00A204E7" w:rsidRPr="007F52FF" w:rsidRDefault="005A1D69" w:rsidP="005A1D69">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>J</w:t>
             </w:r>
             <w:r w:rsidR="00613167">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1438,121 +1448,117 @@
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CFDC3E3" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00BC2199" w:rsidRDefault="00605337" w:rsidP="00B37DA7">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E50BA3F" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00BC2199" w:rsidRDefault="00605337" w:rsidP="001D11A8">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A05FA79" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00BC2199" w:rsidRDefault="00605337" w:rsidP="001D11A8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F6D6C" w:rsidRPr="00BC2199" w14:paraId="4D8BBCF3" w14:textId="77777777" w:rsidTr="007F52FF">
         <w:trPr>
           <w:trHeight w:val="136"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59BDC0CE" w14:textId="77777777" w:rsidR="003F6D6C" w:rsidRPr="00BC2199" w:rsidRDefault="003F6D6C" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="143ED239" w14:textId="77777777" w:rsidR="00A2061E" w:rsidRPr="00B741C7" w:rsidRDefault="00A2061E" w:rsidP="00A2061E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:i w:val="0"/>
@@ -1653,117 +1659,113 @@
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46647BE1" w14:textId="77777777" w:rsidR="003F6D6C" w:rsidRPr="00BC2199" w:rsidRDefault="003F6D6C" w:rsidP="00B37DA7">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17F13B2F" w14:textId="77777777" w:rsidR="003F6D6C" w:rsidRPr="00BC2199" w:rsidRDefault="003F6D6C" w:rsidP="001D11A8">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C7848C0" w14:textId="77777777" w:rsidR="003F6D6C" w:rsidRPr="00BC2199" w:rsidRDefault="003F6D6C" w:rsidP="001D11A8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00605337" w:rsidRPr="00BC2199" w14:paraId="50E5749A" w14:textId="77777777" w:rsidTr="007F52FF">
         <w:trPr>
           <w:trHeight w:val="434"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C5C6381" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00BC2199" w:rsidRDefault="00605337" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F623BBA" w14:textId="77777777" w:rsidR="00605337" w:rsidRDefault="00605337" w:rsidP="003C1559">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai nav konstatējama iepirkuma </w:t>
             </w:r>
             <w:r w:rsidR="008F743E">
               <w:rPr>
@@ -1800,119 +1802,115 @@
               </w:rPr>
               <w:t>Nepieciešams pārliecināties, vai būvdarbu līgums satur tikai tādas iekārtas/preces, kas ir nepieciešamas būvdarbu līguma izpildei.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19E68701" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00BC2199" w:rsidRDefault="00605337" w:rsidP="00B37DA7">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3BD5FD91" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00BC2199" w:rsidRDefault="00605337" w:rsidP="001D11A8">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B6D731A" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00BC2199" w:rsidRDefault="00605337" w:rsidP="001D11A8">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="3F7726BF" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B46AC44" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="514B7815" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="003C1559">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja ir izdarīti iepirkuma procedūras </w:t>
             </w:r>
             <w:r w:rsidR="00252797">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -1939,51 +1937,50 @@
               </w:rPr>
               <w:t>grozījumi, vai tas veikts atbilstoši?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="574A8D20" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6214FA1C" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="003E346C" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E346C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>28.p.2.d., 35.p. 3.d., 36.p.4.d.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59CBFD2E" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -2036,96 +2033,93 @@
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00252797" w:rsidRPr="00D93F44">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidR="00252797" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01BCB4F7" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F743E" w:rsidRPr="00BC2199" w14:paraId="61AB0630" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59163E03" w14:textId="77777777" w:rsidR="008F743E" w:rsidRPr="00BC2199" w:rsidRDefault="008F743E" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4555D4A7" w14:textId="4585BD0E" w:rsidR="008F743E" w:rsidRPr="00BC2199" w:rsidRDefault="008F743E" w:rsidP="003C1559">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002700A7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2265,113 +2259,109 @@
               </w:rPr>
               <w:t>nepasvītrojot vai nenosaucot punktus, kas tika grozīti).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10D6633B" w14:textId="77777777" w:rsidR="008F743E" w:rsidRPr="00BC2199" w:rsidRDefault="008F743E" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0BA97EEA" w14:textId="77777777" w:rsidR="008F743E" w:rsidRPr="00BC2199" w:rsidRDefault="008F743E" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00769E7E" w14:textId="77777777" w:rsidR="008F743E" w:rsidRPr="00BC2199" w:rsidRDefault="008F743E" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="51DFDF80" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7919450A" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="597A81A0" w14:textId="58191A44" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="003C1559">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai </w:t>
             </w:r>
             <w:r w:rsidR="00223309">
               <w:rPr>
@@ -2422,165 +2412,160 @@
               </w:rPr>
               <w:t>(t.sk., ja grozījumi nosaukti par precizējumiem, tomēr pēc būtības groza nolikuma saturu)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BCBADAB" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FD24B17" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2197A69F" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="2A3166AE" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C051897" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A8D49B3" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="003C1559">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai iepirkuma/ žūrijas komisija ir atbilstoši izveidota?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="395120C9" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="786380CE" w14:textId="77777777" w:rsidR="00D32336" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.p</w:t>
             </w:r>
@@ -2592,96 +2577,93 @@
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C514B1C" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MK not.223.-225.p., 227.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75BB36C7" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="0EB14A4F" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="443CFAC0" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="726C73E9" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="003C1559">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai pasūtītājs ir izveidojis iepirkum</w:t>
             </w:r>
             <w:r w:rsidR="00373ADE">
               <w:rPr>
@@ -2777,113 +2759,109 @@
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45A79B85" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A060A1E" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64BF01B4" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="585555E3" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="562A687C" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33F7432D" w14:textId="09AEDE86" w:rsidR="00B765A5" w:rsidRDefault="005704EB" w:rsidP="003C1559">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai metu konkursā pasūtītājs ir izveidojis žūrijas komisiju vismaz 5 locekļu sastāvā un vai t</w:t>
             </w:r>
             <w:r w:rsidR="009A2843">
               <w:rPr>
@@ -3002,118 +2980,114 @@
               </w:rPr>
               <w:t>minētās normas tvērumā. Piemēram, ja metu konkursa dalībniekiem izvirzīta prasība par arhitekta kvalifikāciju, tad vismaz vienai trešdaļai no žūrijas komisijas locekļiem ir jābūt arhitekta izglītībai un sertifikātam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DED122D" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7ADF0749" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59276B89" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="4B76F51E" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5CCCCD9D" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37F8EC4F" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="003C1559">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai i</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -3149,51 +3123,50 @@
               </w:rPr>
               <w:t>ijas/ žūrijas komisijas darbība ir atbilstoša?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="638E583B" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17358EDC" w14:textId="0D25DF7B" w:rsidR="00D32336" w:rsidRDefault="00D32336" w:rsidP="00B9676E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
@@ -3268,96 +3241,93 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>223.-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>228</w:t>
             </w:r>
             <w:r w:rsidRPr="00F40970">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7742745C" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="084EBDC3" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DA657F1" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61887C6F" w14:textId="347CD450" w:rsidR="00D32336" w:rsidRDefault="00D32336" w:rsidP="00DA4245">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai </w:t>
             </w:r>
             <w:r w:rsidR="008739CC">
               <w:rPr>
@@ -3499,113 +3469,109 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="024A6C26" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C238F38" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B3A57FF" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="4D644FC1" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4FD29983" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C059DB2" w14:textId="05C8922F" w:rsidR="00D32336" w:rsidRDefault="00D32336" w:rsidP="003C1559">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B56DE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai nav konstatējams, ka iepirkuma dokumentācijas sagatavotājs, iepirkuma komisijas loceklis</w:t>
             </w:r>
             <w:r w:rsidR="009F70CD">
               <w:rPr>
@@ -3668,113 +3634,109 @@
               </w:rPr>
               <w:t xml:space="preserve">Skat. skaidrojumu: https://www.iub.gov.lv/lv/skaidrojums-interesu-konflikta-aktualie-jautajumi-publiskajos-iepirkumos </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="163EC05A" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0065F98B" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6322E97D" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE43E4" w:rsidRPr="00BC2199" w14:paraId="14B118A1" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C548432" w14:textId="77777777" w:rsidR="00FE43E4" w:rsidRPr="00BC2199" w:rsidRDefault="00FE43E4" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="716026E9" w14:textId="77777777" w:rsidR="00FE43E4" w:rsidRPr="00FE43E4" w:rsidRDefault="00FE43E4" w:rsidP="003C1559">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:vanish/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="10C1B40E" w14:textId="77777777" w:rsidR="00FE43E4" w:rsidRPr="00FE43E4" w:rsidRDefault="00FE43E4" w:rsidP="003C1559">
@@ -4144,115 +4106,111 @@
               </w:rPr>
               <w:t xml:space="preserve">No iepirkuma komisijas ir izslēgts loceklis, kuram konstatēta saistība ar pretendentu vai attiecībā uz kuru ir konstatēts, ka tas pārstāv pretendenta intereses. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04BC92D0" w14:textId="77777777" w:rsidR="00FE43E4" w:rsidRPr="00BC2199" w:rsidRDefault="00FE43E4" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5158E032" w14:textId="77777777" w:rsidR="00FE43E4" w:rsidRPr="00BC2199" w:rsidRDefault="00FE43E4" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="599DC590" w14:textId="77777777" w:rsidR="00FE43E4" w:rsidRPr="00BC2199" w:rsidRDefault="00FE43E4" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00490777" w14:paraId="11973716" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="690AA0DE" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00490777" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57CA5052" w14:textId="0D088A8D" w:rsidR="00D32336" w:rsidRPr="00490777" w:rsidRDefault="0047065B" w:rsidP="0047065B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="167"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">4.4. </w:t>
             </w:r>
             <w:r w:rsidR="00610ADD">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja iepirkuma komisijas sēdē tika pieņemts lēmum</w:t>
@@ -4389,127 +4347,123 @@
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BEBAC4C" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00490777" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B3DD792" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00490777" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E83CE89" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00490777" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00466FF3" w:rsidRPr="00BC2199" w14:paraId="425CA026" w14:textId="77777777" w:rsidTr="008C6A57">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="046E373C" w14:textId="2A1DED67" w:rsidR="00466FF3" w:rsidRPr="00466FF3" w:rsidRDefault="00466FF3" w:rsidP="00466FF3">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00466FF3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">5. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13499D97" w14:textId="4E7E0100" w:rsidR="00466FF3" w:rsidRPr="001C19A3" w:rsidRDefault="00466FF3" w:rsidP="001C19A3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB5600">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja tiek piemērota</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -4601,51 +4555,50 @@
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A2F6474" w14:textId="77777777" w:rsidR="00466FF3" w:rsidRPr="00BC2199" w:rsidRDefault="00466FF3" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="572D6B44" w14:textId="77777777" w:rsidR="00466FF3" w:rsidRPr="00DB5600" w:rsidRDefault="00466FF3" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB5600">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.p.14., 15.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, 30.</w:t>
             </w:r>
@@ -4664,99 +4617,96 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB5600">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8.p.6.d.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, 7.d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C653986" w14:textId="77777777" w:rsidR="00466FF3" w:rsidRPr="00BC2199" w:rsidRDefault="00466FF3" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00466FF3" w:rsidRPr="00BC2199" w14:paraId="39340906" w14:textId="77777777" w:rsidTr="008C6A57">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76789CCE" w14:textId="77777777" w:rsidR="00466FF3" w:rsidRPr="00676F00" w:rsidRDefault="00466FF3" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C248439" w14:textId="1EA202E4" w:rsidR="00466FF3" w:rsidRPr="00D90027" w:rsidRDefault="00466FF3" w:rsidP="00466FF3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="25"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">5.1. </w:t>
             </w:r>
             <w:r w:rsidRPr="00D90027">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4846,249 +4796,241 @@
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FF13C12" w14:textId="77777777" w:rsidR="00466FF3" w:rsidRPr="00BC2199" w:rsidRDefault="00466FF3" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="149A75AE" w14:textId="77777777" w:rsidR="00466FF3" w:rsidRPr="00DB5600" w:rsidRDefault="00466FF3" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="04A1407F" w14:textId="77777777" w:rsidR="00466FF3" w:rsidRPr="00BC2199" w:rsidRDefault="00466FF3" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="054F2D86" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C4B108F" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06C70E93" w14:textId="3639EEBD" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="001C19A3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai ir atbilstoši nodrošināta papildu informācijas sniegšana? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D86E1F7" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A977BEC" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00620C41" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620C41">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>36., 37., 38.,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0079F99C" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620C41">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MK not. 11.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62698639" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="7F97EAD6" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49923370" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C000A9B" w14:textId="6AC2220C" w:rsidR="00D32336" w:rsidRPr="00141452" w:rsidRDefault="00D32336" w:rsidP="00141452">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE688A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai pasūtītājs ir sniedzis papildu informāciju par </w:t>
@@ -5149,117 +5091,113 @@
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48A392DB" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4645BE64" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7CA5CC34" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="610C4588" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1212EFC6" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B852A4F" w14:textId="7421765D" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="002128BC">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -5315,126 +5253,122 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EB51F6C" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45833C7D" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56B46179" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="410EF7D3" w14:textId="77777777" w:rsidTr="008E7336">
         <w:trPr>
           <w:trHeight w:val="484"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E15C333" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03EE64E1" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00033025" w:rsidRDefault="00D32336" w:rsidP="001C19A3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00033025">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai atbilstoši noritēja piedāvājumu atvēršana atklātā/ slēgtā konkursā?</w:t>
@@ -5447,138 +5381,134 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BA0CE0C" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="130D990D" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">MK not. </w:t>
             </w:r>
             <w:r w:rsidRPr="00512997">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">14., 15., 52., 53.p.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0BB5306A" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0051128A" w:rsidRPr="00BC2199" w14:paraId="45BE14D0" w14:textId="77777777" w:rsidTr="00124CC9">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76461EA9" w14:textId="77777777" w:rsidR="0051128A" w:rsidRPr="00BC2199" w:rsidRDefault="0051128A" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B131E65" w14:textId="2EFA3E9B" w:rsidR="0051128A" w:rsidRPr="00DC4815" w:rsidRDefault="0051128A" w:rsidP="00B132B7">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2182"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5797,125 +5727,121 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41C194C4" w14:textId="77777777" w:rsidR="0051128A" w:rsidRPr="00BC2199" w:rsidRDefault="0051128A" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A7509DB" w14:textId="77777777" w:rsidR="0051128A" w:rsidRPr="00BC2199" w:rsidRDefault="0051128A" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3707EA8E" w14:textId="77777777" w:rsidR="0051128A" w:rsidRPr="00BC2199" w:rsidRDefault="0051128A" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="48249B09" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25919400" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CE78BEE" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00E015A3" w:rsidRDefault="00D32336" w:rsidP="001C19A3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2182"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="magenta"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00254900">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -5930,136 +5856,132 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39F011B0" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00E015A3" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="magenta"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49E359D0" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00E015A3" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="magenta"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A7E01">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>38.p.8.d.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, 41.p.5.d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="31F96857" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="222E04A1" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3F5C8269" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B03BD53" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="003C1559">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2182"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -6074,121 +5996,117 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3983086C" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72E6E6F5" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F372909" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="4B62FAD2" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A745D78" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D329B49" w14:textId="0DC912C2" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="003C1559">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2182"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -6216,127 +6134,123 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="597C1F6D" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09CE859F" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52E8E340" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="4F53E162" w14:textId="77777777" w:rsidTr="00BF0EC1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="167B2F12" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0EC98C80" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00855F52">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2182"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai ir atbilstoši izslēgti pretendenti/ kandidāti no turpmākās dalības iepirkuma procedūrā?</w:t>
             </w:r>
@@ -6348,51 +6262,50 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="651FBE80" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0DDC1097" w14:textId="77777777" w:rsidR="00D32336" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00033025">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>42., 43.p., 18.p.4.d.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E752D66" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="001C19A3" w:rsidRDefault="00D75A20" w:rsidP="001C19A3">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -6427,100 +6340,97 @@
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">pirmā un otrā </w:t>
             </w:r>
             <w:r w:rsidRPr="00D75A20">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>daļa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="005B72E8" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BF3132" w:rsidRPr="00BC2199" w14:paraId="6A324C3F" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FFA41CB" w14:textId="77777777" w:rsidR="00BF3132" w:rsidRPr="00BC2199" w:rsidRDefault="00BF3132" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1EBB0521" w14:textId="64D01783" w:rsidR="00BF3132" w:rsidRDefault="00BF3132" w:rsidP="003C1559">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2182"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -6644,121 +6554,117 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AE74602" w14:textId="77777777" w:rsidR="00BF3132" w:rsidRPr="00BC2199" w:rsidRDefault="00BF3132" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05757A45" w14:textId="77777777" w:rsidR="00BF3132" w:rsidRPr="00BC2199" w:rsidRDefault="00BF3132" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06E0693F" w14:textId="77777777" w:rsidR="00BF3132" w:rsidRPr="00BC2199" w:rsidRDefault="00BF3132" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="1CABEE01" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F8D0055" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F52A867" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="0068631A" w:rsidP="003C1559">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2182"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A5210">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -6832,121 +6738,117 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="611343FE" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B24598A" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C8BDD0B" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="59B35B5B" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D53FE9D" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A5BAEF7" w14:textId="312A50B0" w:rsidR="00D32336" w:rsidRPr="00EE1327" w:rsidRDefault="00D32336" w:rsidP="003C1559">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2182"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE1327">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -7002,121 +6904,117 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A542315" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78D29F16" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="432E139E" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="43E3A798" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77A95BBB" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="373118A9" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00033025" w:rsidRDefault="00D32336" w:rsidP="003C1559">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00033025">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai pasūtītājs ir pieņēmis </w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_Hlk5979158"/>
@@ -7281,51 +7179,50 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AED8FC3" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00733ADC" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76B10587" w14:textId="77777777" w:rsidR="00D32336" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00733ADC">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>49.p.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="002DF625" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00E754B4" w:rsidRDefault="00D32336" w:rsidP="00E754B4">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
@@ -7339,100 +7236,97 @@
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">MK </w:t>
             </w:r>
             <w:r w:rsidRPr="001458E7">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>not. 17., 37., 55., 74., 96.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E48A4B5" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C0180" w:rsidRPr="00BC2199" w14:paraId="6E936CCC" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C14D96E" w14:textId="77777777" w:rsidR="009C0180" w:rsidRPr="00BC2199" w:rsidRDefault="009C0180" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BF111FA" w14:textId="3D24480A" w:rsidR="0073717A" w:rsidRPr="00641F87" w:rsidRDefault="0073717A" w:rsidP="00495862">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00641F87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
@@ -7495,127 +7389,123 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13FF8EF0" w14:textId="77777777" w:rsidR="009C0180" w:rsidRPr="00733ADC" w:rsidRDefault="009C0180" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E1B3C3E" w14:textId="77777777" w:rsidR="009C0180" w:rsidRPr="00733ADC" w:rsidRDefault="009C0180" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05E2F310" w14:textId="77777777" w:rsidR="009C0180" w:rsidRPr="00BC2199" w:rsidRDefault="009C0180" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="29B39576" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36CC8580" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="004A7A39">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F2A43C2" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00855F52">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -7644,146 +7534,142 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DBBCCAD" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48A7B7FA" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00D53D37" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D53D37">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13., 41., 44. – 48.p.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6549D553" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00D53D37" w:rsidRDefault="00D32336" w:rsidP="00AD1741">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D53D37">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MK not. 16., 35., 36., 72., 73.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C89B362" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00D53D37" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="292477BA" w14:textId="77777777" w:rsidTr="00952BFA">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6979A80E" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B311945" w14:textId="77777777" w:rsidR="00D32336" w:rsidRDefault="00D32336" w:rsidP="004A7A39">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070707C">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -7860,138 +7746,134 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05C30FC1" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27400C39" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00D53D37" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5384A857" w14:textId="77777777" w:rsidR="00D32336" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="24EBD729" w14:textId="77777777" w:rsidR="00563D95" w:rsidRDefault="00563D95" w:rsidP="00563D95">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5F21A785" w14:textId="77777777" w:rsidR="00563D95" w:rsidRPr="00097F42" w:rsidRDefault="00563D95" w:rsidP="00097F42">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="6574DABB" w14:textId="77777777" w:rsidTr="00952BFA">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7711EF50" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0616BA9D" w14:textId="5B9FF5BB" w:rsidR="00D32336" w:rsidRPr="00033025" w:rsidRDefault="00D32336" w:rsidP="00000C24">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00523278">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -8096,126 +7978,122 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EC47B9B" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42C6B61C" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C4530FA" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="04C55E81" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4EF8380F" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00F85996">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="238B8885" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00855F52">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk8808533"/>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai </w:t>
             </w:r>
@@ -8246,142 +8124,138 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B010D77" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="326E5C15" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="009C00D3" w:rsidRDefault="00D32336" w:rsidP="00E754B4">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C00D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>19., 20., 21., 22., 23.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, 41.</w:t>
             </w:r>
             <w:r w:rsidRPr="009C00D3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4ECF60E7" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="009C00D3" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0027171C" w:rsidRPr="00BC2199" w14:paraId="7AB80965" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22C73383" w14:textId="77777777" w:rsidR="0027171C" w:rsidRPr="00BC2199" w:rsidRDefault="0027171C" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F0FE85A" w14:textId="77777777" w:rsidR="0027171C" w:rsidRPr="0027171C" w:rsidRDefault="0027171C" w:rsidP="00F85996">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027171C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai iepirkuma priekšmeta aprakst</w:t>
             </w:r>
             <w:r w:rsidR="0069686E">
@@ -8485,121 +8359,117 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="498BB94A" w14:textId="77777777" w:rsidR="0027171C" w:rsidRPr="00BC2199" w:rsidRDefault="0027171C" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10503130" w14:textId="77777777" w:rsidR="0027171C" w:rsidRPr="00BC2199" w:rsidRDefault="0027171C" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F7BC817" w14:textId="77777777" w:rsidR="0027171C" w:rsidRPr="00BC2199" w:rsidRDefault="0027171C" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="3D8A1705" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="014D6F64" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12B70102" w14:textId="77777777" w:rsidR="00891EA7" w:rsidRDefault="00891EA7" w:rsidP="00F85996">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00891EA7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai tehniskā piedāvājuma atbilstība tika vērtēta atbilstoši iepirkuma procedūras dokumentācijā un normatīvajos aktos noteiktajām prasībām? </w:t>
             </w:r>
           </w:p>
@@ -8643,120 +8513,116 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BAFF4BD" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="584CF0E8" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1AC2C847" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00490777" w14:paraId="57D8975A" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75A202BD" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00490777" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63500A63" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00490777" w:rsidRDefault="00D32336" w:rsidP="00F85996">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490777">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai tika pieņemti un vērtēti ekvivalenti piedāvājumi izvirzītajiem standartiem, zīmoliem, patentiem, specifiskiem preču veidiem u.tml. (ja tādi tika izvirzīti)?</w:t>
             </w:r>
           </w:p>
@@ -8767,121 +8633,117 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10AB7061" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00490777" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C02E8BF" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00490777" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36A7A102" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00490777" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="6CFF783A" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B33386E" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67089A8B" w14:textId="77777777" w:rsidR="006F0E77" w:rsidRPr="003D5F91" w:rsidRDefault="001E23FC" w:rsidP="00F85996">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja pasūtītājs kā pierādījumu būvdarbu, pakalpojumu vai piegāžu atbilstībai noteiktām vides aizsardzības, sociālajām vai citām īpašām prasībām ir tehniskajās specifikācijās, piedāvājuma izvērtēšanas kritērijos vai iepirkuma līguma izpildes noteikumos pieprasījis īpašu marķējumu, vai pasūtītājs atbilstoši PIL 21.pantam ir pieņēmis līdzvērtīgus marķējumus vai citus atbilstošus pierādījumus?</w:t>
             </w:r>
           </w:p>
@@ -8892,121 +8754,117 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="501DA461" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C380DEF" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D7B447F" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="44F8A7B6" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1FB43CD6" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="608EA9A5" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="003D5F91" w:rsidRDefault="002312C3" w:rsidP="00F85996">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja pasūtītājs kā pierādījumu būvdarbu, pakalpojumu vai piegāžu atbilstībai tehniskajām specifikācijām, piedāvājuma izvērtēšanas kritērijiem vai iepirkuma līguma izpildes noteikumiem ir pieprasījis iesniegt konkrētas akreditētas atbilstības novērtēšanas institūcijas izdotus testēšanas pārskatus un protokolus vai sertifikātus, vai tas atbilstoši PIL 22.panta nosacījumiem ir pieņēmis arī citu līdzvērtīgu atbilstības novērtēšanas institūciju izdotus sertifikātus vai citus atbilstošus pierādījumus?</w:t>
             </w:r>
           </w:p>
@@ -9017,126 +8875,122 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C0EF8DB" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="456DC233" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1EBFF3CC" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD3463" w:rsidRPr="00BC2199" w14:paraId="16C1CC68" w14:textId="77777777" w:rsidTr="00700311">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C9E7ECB" w14:textId="77777777" w:rsidR="00CD3463" w:rsidRPr="00BC2199" w:rsidRDefault="00CD3463" w:rsidP="00610A7D">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0773024C" w14:textId="77777777" w:rsidR="00CD3463" w:rsidRPr="00490777" w:rsidRDefault="00CD3463" w:rsidP="00855F52">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai piedāvājums tika vērtēts atbilstoši iepirkuma procedūras dokumentācijā noteiktajam piedāvājuma </w:t>
             </w:r>
             <w:r>
@@ -9183,125 +9037,121 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="622BDB33" w14:textId="77777777" w:rsidR="00CD3463" w:rsidRPr="00BC2199" w:rsidRDefault="00CD3463" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47851934" w14:textId="77777777" w:rsidR="00CD3463" w:rsidRPr="00BC2199" w:rsidRDefault="00CD3463" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>41., 51., 52.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5824CC63" w14:textId="77777777" w:rsidR="00CD3463" w:rsidRPr="00BC2199" w:rsidRDefault="00CD3463" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD3463" w:rsidRPr="00BC2199" w14:paraId="54B33F90" w14:textId="77777777" w:rsidTr="00952BFA">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23CB6E7A" w14:textId="77777777" w:rsidR="00CD3463" w:rsidRPr="00BC2199" w:rsidRDefault="00CD3463" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E59F6BE" w14:textId="77777777" w:rsidR="00CD3463" w:rsidRDefault="00CD3463" w:rsidP="00610A7D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai, vērtējot izmaksas un ar līguma priekšmetu saistītos kvalitātes kritērijus</w:t>
@@ -9408,121 +9258,117 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57A7020A" w14:textId="77777777" w:rsidR="00CD3463" w:rsidRPr="00BC2199" w:rsidRDefault="00CD3463" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D063078" w14:textId="77777777" w:rsidR="00CD3463" w:rsidRPr="00BC2199" w:rsidRDefault="00CD3463" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="317E4895" w14:textId="77777777" w:rsidR="00CD3463" w:rsidRPr="00BC2199" w:rsidRDefault="00CD3463" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD3463" w:rsidRPr="00BC2199" w14:paraId="24AA8994" w14:textId="77777777" w:rsidTr="00952BFA">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B9A636E" w14:textId="77777777" w:rsidR="00CD3463" w:rsidRPr="00BC2199" w:rsidRDefault="00CD3463" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CE57748" w14:textId="77777777" w:rsidR="00CD3463" w:rsidRPr="00BC2199" w:rsidRDefault="00CD3463" w:rsidP="00C70820">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC2199">
@@ -9541,126 +9387,122 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A1DFCF8" w14:textId="77777777" w:rsidR="00CD3463" w:rsidRPr="00BC2199" w:rsidRDefault="00CD3463" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B7E7AA8" w14:textId="77777777" w:rsidR="00CD3463" w:rsidRPr="00BC2199" w:rsidRDefault="00CD3463" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E343A3A" w14:textId="77777777" w:rsidR="00CD3463" w:rsidRPr="00BC2199" w:rsidRDefault="00CD3463" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="21A5B4DF" w14:textId="77777777" w:rsidTr="00A27EDC">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="282052FE" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00E50738" w:rsidRDefault="00D32336" w:rsidP="00C70820">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B1CA1AD" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00E50738" w:rsidRDefault="00D32336" w:rsidP="003C1559">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja tiek piemērots metu konkurss</w:t>
             </w:r>
             <w:r w:rsidR="00DD383A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -9676,145 +9518,141 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14736E06" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B509F8B" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00F717EB" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F717EB">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.p.18.p.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F055649" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F717EB">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MK not. 198.- 228.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1ACC109A" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="007763CB" w14:paraId="34962EE7" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D188914" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="007763CB" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="614FBBB3" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="007763CB" w:rsidRDefault="00D32336" w:rsidP="00663055">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007763CB">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai žūrijas komisija ir vērtējusi iesniegtos metus atbilstoši konkursa nolikumā noteiktajiem vērtēšanas kritērijiem?</w:t>
             </w:r>
           </w:p>
@@ -9825,121 +9663,117 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AE0B08C" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="007763CB" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28E1C1A1" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="007763CB" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77CDFE00" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="007763CB" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="0EFAD058" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="009212C9" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EE76BB4" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00F717EB" w:rsidRDefault="00D32336" w:rsidP="00663055">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F717EB">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai žūrijas komisija ir ievērojusi anonimitāti līdz lēmuma pieņemšanai?</w:t>
             </w:r>
           </w:p>
@@ -9950,121 +9784,117 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F1BCB8F" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="385CF302" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60E36732" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="10B37ED7" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47177804" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A640632" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00F717EB" w:rsidRDefault="00D32336" w:rsidP="00663055">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai nav konstatējams, ka ž</w:t>
             </w:r>
             <w:r w:rsidRPr="00393E9D">
@@ -10138,121 +9968,117 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A4E96B7" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53F8A932" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="057FBE48" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="5E48792E" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5115B7CD" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49390811" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00F717EB" w:rsidRDefault="00D32336" w:rsidP="00663055">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F717EB">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai žūrijas komisijas atzinums satur: informāciju par vērtētajiem metiem; žūrijas komisijas vērtējumu par katru metu; katra žūrijas komisijas locekļa individuālo vērtējumu; ekspertu ziņojumus, ja tādi ir; lēmumu par godalgu sadalījumu, ja tas paredzēts metu konkursa nolikumā; pasūtītājam adresētu ieteikumu par metu turpmāko izmantošanu?</w:t>
             </w:r>
           </w:p>
@@ -10263,126 +10089,122 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BF750CA" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49E31C57" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28C30FF9" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="05FF34A5" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67077F10" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00663055">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25A28858" w14:textId="212C1A08" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00855F52">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai tika vērtēti tikai tie dokumenti, kas jau sākotnēji, t.i., līdz piedāvājum</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -10525,128 +10347,124 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67555149" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F1C5BFF" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50738">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>41.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E0236DB" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="007763CB" w14:paraId="7EA502B9" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A93638D" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="007763CB" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="735EE83E" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="007763CB" w:rsidRDefault="00D32336" w:rsidP="00663055">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007763CB">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai gadījumā, ja pasūtītājs ir konstatējis, ka pieteikumā vai piedāvājumā ietvertā vai kandidāta vai pretendenta iesniegtā informācija vai dokuments</w:t>
@@ -10715,123 +10533,119 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="574A4B38" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="007763CB" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58349276" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="007763CB" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73E3A104" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="007763CB" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="0A7040F9" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B665F2E" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="415E37CF" w14:textId="77777777" w:rsidR="00D32336" w:rsidRDefault="00D32336" w:rsidP="00663055">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai neskaidrību gadījumā pasūtītājs ir izmantojis tiesības pieprasīt, lai tiek izskaidrota </w:t>
             </w:r>
             <w:r w:rsidRPr="00EF05FE">
@@ -11005,121 +10819,117 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D1A2FD8" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30AA36B4" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D016AF0" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="4C60AE72" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F794463" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A4138B9" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00663055">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai </w:t>
             </w:r>
             <w:r w:rsidR="00EF05FE" w:rsidRPr="00611301">
@@ -11137,126 +10947,122 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7329D1DE" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2665287D" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11CEFA30" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="614C33A4" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34112F4B" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00663055">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12502EF5" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="003C1559">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja </w:t>
             </w:r>
             <w:r w:rsidR="00C71290">
               <w:rPr>
@@ -11275,128 +11081,124 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29263742" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A22B90B" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>41.p.9.d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61219B35" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="757191D6" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="311D1027" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43018694" w14:textId="591A9F3E" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00961383" w:rsidP="00663055">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai pasūtītājs ir veicis aritmētisko kļūdu labošanu un v</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC2199">
@@ -11428,121 +11230,117 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C94B083" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F4455C6" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B9B7202" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="43B69067" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20F4BA27" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="679623F0" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00663055">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai pasūtītājs par kļūdu labojumu ir paziņojis attiecīgajam pretendentam?</w:t>
             </w:r>
           </w:p>
@@ -11553,121 +11351,117 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05ED89C1" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="04CA633F" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="634E08DA" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="412A4707" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4DCE86E6" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="071A0A56" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00663055">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai, vērtējot finanšu piedāvājumus, pasūtītājs ir ņēmis vērā veiktos labojumus?</w:t>
             </w:r>
           </w:p>
@@ -11678,126 +11472,122 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D0B447C" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="044F0837" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66FADE2D" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="25FAAD29" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0DF3B9DA" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00663055">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A2D9FA9" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="003C1559">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00444C87">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja tika saņemts nepamatoti lēts piedāvājums</w:t>
             </w:r>
             <w:r w:rsidR="007866C4">
               <w:rPr>
                 <w:b/>
@@ -11815,134 +11605,130 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2352EA77" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3EF9A96D" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>53</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AE59E68" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="007763CB" w14:paraId="3EB8C184" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1CD1CC46" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="007763CB" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37964CC2" w14:textId="7EABD614" w:rsidR="00D32336" w:rsidRPr="007763CB" w:rsidRDefault="00D32336" w:rsidP="00984419">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007763CB">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai rakstveidā tika pieprasīts skaidrojums no attiecīgā piegādātāja</w:t>
             </w:r>
             <w:r w:rsidR="00100DF6">
@@ -12007,121 +11793,117 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C0B7237" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="007763CB" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E29633F" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="007763CB" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14D15BBB" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="007763CB" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E3EEC" w:rsidRPr="00BC2199" w14:paraId="7DCBDC49" w14:textId="77777777" w:rsidTr="00952BFA">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="50E4C1B7" w14:textId="77777777" w:rsidR="005E3EEC" w:rsidRPr="00BC2199" w:rsidRDefault="005E3EEC" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72E85E5F" w14:textId="77777777" w:rsidR="005E3EEC" w:rsidRPr="003D5F91" w:rsidRDefault="005E3EEC" w:rsidP="00984419">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai tika izvērtēti </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB2A18">
@@ -12160,118 +11942,114 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57795AFF" w14:textId="77777777" w:rsidR="005E3EEC" w:rsidRPr="00BC2199" w:rsidRDefault="005E3EEC" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="65A4C579" w14:textId="77777777" w:rsidR="005E3EEC" w:rsidRPr="00BC2199" w:rsidRDefault="005E3EEC" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D388ED1" w14:textId="77777777" w:rsidR="005E3EEC" w:rsidRPr="00BC2199" w:rsidRDefault="005E3EEC" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E3EEC" w:rsidRPr="00BC2199" w14:paraId="5EB50556" w14:textId="77777777" w:rsidTr="002F00BF">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10CEE02C" w14:textId="77777777" w:rsidR="005E3EEC" w:rsidRPr="00BC2199" w:rsidRDefault="005E3EEC" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B7AB101" w14:textId="77777777" w:rsidR="005E3EEC" w:rsidRPr="003D5F91" w:rsidRDefault="005E3EEC" w:rsidP="00984419">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai </w:t>
             </w:r>
             <w:r>
@@ -12317,118 +12095,114 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CE555F8" w14:textId="77777777" w:rsidR="005E3EEC" w:rsidRPr="00BC2199" w:rsidRDefault="005E3EEC" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="651FE66E" w14:textId="77777777" w:rsidR="005E3EEC" w:rsidRPr="00BC2199" w:rsidRDefault="005E3EEC" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13D7F3EA" w14:textId="77777777" w:rsidR="005E3EEC" w:rsidRPr="00BC2199" w:rsidRDefault="005E3EEC" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E3EEC" w:rsidRPr="00BC2199" w14:paraId="5F9C5AB0" w14:textId="77777777" w:rsidTr="002F00BF">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="619AB052" w14:textId="77777777" w:rsidR="005E3EEC" w:rsidRPr="00BC2199" w:rsidRDefault="005E3EEC" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="066B3234" w14:textId="77777777" w:rsidR="005E3EEC" w:rsidRPr="00BC2199" w:rsidRDefault="005E3EEC" w:rsidP="00984419">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai p</w:t>
             </w:r>
             <w:r w:rsidRPr="00F73D3E">
@@ -12481,121 +12255,117 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5971A465" w14:textId="77777777" w:rsidR="005E3EEC" w:rsidRPr="00C658E2" w:rsidRDefault="005E3EEC" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77BC96AC" w14:textId="77777777" w:rsidR="005E3EEC" w:rsidRPr="00BC2199" w:rsidRDefault="005E3EEC" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18ED387A" w14:textId="77777777" w:rsidR="005E3EEC" w:rsidRPr="00BC2199" w:rsidRDefault="005E3EEC" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E3EEC" w:rsidRPr="00BC2199" w14:paraId="7B46E5E1" w14:textId="77777777" w:rsidTr="00952BFA">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C4FFEE3" w14:textId="77777777" w:rsidR="005E3EEC" w:rsidRPr="00BC2199" w:rsidRDefault="005E3EEC" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73F201FC" w14:textId="77777777" w:rsidR="005E3EEC" w:rsidRDefault="005E3EEC" w:rsidP="00984419">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja minētais skaidrojums piegādātājam netika pieprasīts, vai ir secināms, ka pasūtītājs ir izvērtējis un pamatojis, kāpēc pārbaude nebija nepieciešama, t.i., kāpēc piedāvājums nav nepamatoti lēts?</w:t>
             </w:r>
           </w:p>
@@ -12629,126 +12399,122 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75F93230" w14:textId="77777777" w:rsidR="005E3EEC" w:rsidRPr="00BC2199" w:rsidRDefault="005E3EEC" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74076441" w14:textId="77777777" w:rsidR="005E3EEC" w:rsidRPr="00BC2199" w:rsidRDefault="005E3EEC" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A9E0587" w14:textId="77777777" w:rsidR="005E3EEC" w:rsidRPr="00BC2199" w:rsidRDefault="005E3EEC" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="0B7E4CC3" w14:textId="77777777" w:rsidTr="00A27EDC">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69EDE0C5" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00984419">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="65D4E578" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00855F52">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai ir atbilstoši pieņemts lēmums par iepirkuma procedūras </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -12765,51 +12531,50 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="337408C2" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0580BDFE" w14:textId="77777777" w:rsidR="00D32336" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13.p.</w:t>
             </w:r>
             <w:r w:rsidR="009E506E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, 41.p.12.d.</w:t>
             </w:r>
@@ -12819,100 +12584,97 @@
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>MK not. 39., 76., 229., 230.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6432CA0D" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="19E27B03" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="075387DF" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75D6E620" w14:textId="3024949C" w:rsidR="00D32336" w:rsidRPr="007B244A" w:rsidRDefault="00D32336" w:rsidP="00984419">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E27595">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -13016,121 +12778,117 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50474BF7" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A3A23C3" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="037AD24D" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="59A7A59B" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2095EDEB" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32D52351" w14:textId="77777777" w:rsidR="00F452AD" w:rsidRDefault="00BC7CE2" w:rsidP="00984419">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -13223,121 +12981,117 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A588156" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00666C01" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="744A18D5" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DC594C" w:rsidRPr="00BC2199" w14:paraId="6CBBD717" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="229D682F" w14:textId="77777777" w:rsidR="00DC594C" w:rsidRPr="00BC2199" w:rsidRDefault="00DC594C" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BB28F8B" w14:textId="0AF10BE5" w:rsidR="00DC594C" w:rsidRDefault="00DC594C" w:rsidP="00984419">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC594C">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -13368,51 +13122,50 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C399160" w14:textId="77777777" w:rsidR="00DC594C" w:rsidRPr="00BC2199" w:rsidRDefault="00DC594C" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="278AED76" w14:textId="7DEBEA9E" w:rsidR="00DC594C" w:rsidRPr="00BC2199" w:rsidRDefault="00DC594C" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC594C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">41.p. </w:t>
             </w:r>
             <w:r w:rsidR="0086691B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11.d.</w:t>
             </w:r>
@@ -13424,100 +13177,97 @@
               <w:t xml:space="preserve"> 1.</w:t>
             </w:r>
             <w:r w:rsidR="0086691B" w:rsidRPr="00DC594C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidR="0086691B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17C49CB0" w14:textId="77777777" w:rsidR="00DC594C" w:rsidRPr="00BC2199" w:rsidRDefault="00DC594C" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002A28FE" w:rsidRPr="00BC2199" w14:paraId="66324379" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3565CA5B" w14:textId="77777777" w:rsidR="002A28FE" w:rsidRPr="00BC2199" w:rsidRDefault="002A28FE" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D10CEA4" w14:textId="2EAAE899" w:rsidR="002A28FE" w:rsidRDefault="00636FDC" w:rsidP="00984419">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00636FDC">
               <w:rPr>
                 <w:bCs/>
@@ -13534,51 +13284,50 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28D42B4B" w14:textId="77777777" w:rsidR="002A28FE" w:rsidRPr="00BC2199" w:rsidRDefault="002A28FE" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E8D9B2F" w14:textId="60BE30EC" w:rsidR="002A28FE" w:rsidRPr="00BC2199" w:rsidRDefault="00874C87" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00874C87">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">41.p. </w:t>
             </w:r>
             <w:r w:rsidR="0086691B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11.d.</w:t>
             </w:r>
@@ -13590,105 +13339,102 @@
               <w:t xml:space="preserve"> 2.</w:t>
             </w:r>
             <w:r w:rsidR="0086691B" w:rsidRPr="00874C87">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidR="0086691B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49874A17" w14:textId="77777777" w:rsidR="002A28FE" w:rsidRPr="00BC2199" w:rsidRDefault="002A28FE" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="226C43BF" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F8907B3" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00984419">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16F91015" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00855F52">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D669F5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai ir atbilstoši informēti piegādātāji/ kandidāti/ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -13715,134 +13461,130 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BEAB5FD" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2654AC3D" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B42B13">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>37</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1960676B" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="007763CB" w14:paraId="7D566A4A" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E6FC1FE" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="007763CB" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08038CE6" w14:textId="6ABD7364" w:rsidR="00BC20F7" w:rsidRDefault="00D32336" w:rsidP="00984419">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007763CB">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai pasūtītājs triju darbdienu laikā pēc </w:t>
             </w:r>
             <w:r w:rsidR="00723DEC">
@@ -14023,125 +13765,121 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D5D452F" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="007763CB" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E341634" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="007763CB" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F44CC17" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="007763CB" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="66D3498B" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="793E6C9A" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00984419">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6AD946B4" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="003C1559">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2199">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai veiktā iepirkuma procedūra </w:t>
             </w:r>
             <w:r w:rsidR="003E44C3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -14184,145 +13922,141 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C7A63D9" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E554A6E" w14:textId="77777777" w:rsidR="00D32336" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>40.p.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59154C8E" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MK not. 21., 58., 99., 218.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2126C153" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="007763CB" w14:paraId="219613B2" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52B942C5" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="007763CB" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28436146" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="007763CB" w:rsidRDefault="00D32336" w:rsidP="00984419">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007763CB">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai iepirkuma procedūras ziņojums satur visu nepieciešamo informāciju?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3BF78EE0" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="007763CB" w:rsidRDefault="00D32336" w:rsidP="004E731B">
@@ -14422,121 +14156,117 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="285C1FEC" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="007763CB" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71417A59" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="007763CB" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77FF8B76" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="007763CB" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002A7A06" w:rsidRPr="00BC2199" w:rsidDel="003E44C3" w14:paraId="4C24348A" w14:textId="77777777" w:rsidTr="00B37DA7">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="157E67D0" w14:textId="77777777" w:rsidR="002A7A06" w:rsidRPr="00BC2199" w:rsidDel="003E44C3" w:rsidRDefault="002A7A06" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D61495E" w14:textId="77777777" w:rsidR="002A7A06" w:rsidRPr="00560A73" w:rsidRDefault="002A7A06" w:rsidP="00984419">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560A73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai ir dokumentēti visi iepirkuma procedūras posmi?</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -14546,121 +14276,117 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08485479" w14:textId="77777777" w:rsidR="002A7A06" w:rsidRPr="00BC2199" w:rsidDel="003E44C3" w:rsidRDefault="002A7A06" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59DD57B5" w14:textId="77777777" w:rsidR="002A7A06" w:rsidRPr="00BC2199" w:rsidDel="003E44C3" w:rsidRDefault="002A7A06" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B7AABF9" w14:textId="77777777" w:rsidR="002A7A06" w:rsidRPr="00BC2199" w:rsidDel="003E44C3" w:rsidRDefault="002A7A06" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D32336" w:rsidRPr="00BC2199" w14:paraId="659288F0" w14:textId="77777777" w:rsidTr="00A27EDC">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24007E1B" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="007478C5">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="41F2A1D5" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00560A73" w:rsidRDefault="00D32336" w:rsidP="00984419">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="556" w:hanging="458"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560A73">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai protokoli, kas atspoguļo iepirkuma norisi, ziņojums, kā arī iepirkuma procedūras dokumenti (izņemot piedāvājumus un pieteikumus), pamatojoties uz pieprasījumu, ir izsniegti triju darbdienu laikā?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="143741EC" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00560A73" w:rsidRDefault="00D32336" w:rsidP="004E731B">
@@ -14691,278 +14417,276 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26E8B089" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47C93B48" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0DF405E3" w14:textId="77777777" w:rsidR="00D32336" w:rsidRPr="00BC2199" w:rsidRDefault="00D32336" w:rsidP="00D32336">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="419C5739" w14:textId="77777777" w:rsidR="00D57EB6" w:rsidRPr="00F11289" w:rsidRDefault="00D57EB6" w:rsidP="00F11289"/>
     <w:sectPr w:rsidR="00D57EB6" w:rsidRPr="00F11289" w:rsidSect="001D11A8">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="27D73E65" w14:textId="77777777" w:rsidR="00994E0E" w:rsidRDefault="00994E0E" w:rsidP="001D11A8">
+    <w:p w14:paraId="13493803" w14:textId="77777777" w:rsidR="00F907D8" w:rsidRDefault="00F907D8" w:rsidP="001D11A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0A299EBE" w14:textId="77777777" w:rsidR="00994E0E" w:rsidRDefault="00994E0E" w:rsidP="001D11A8">
+    <w:p w14:paraId="5D70B1B3" w14:textId="77777777" w:rsidR="00F907D8" w:rsidRDefault="00F907D8" w:rsidP="001D11A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2D4EBA65" w14:textId="77777777" w:rsidR="00994E0E" w:rsidRDefault="00994E0E">
+    <w:p w14:paraId="7DE26D50" w14:textId="77777777" w:rsidR="00F907D8" w:rsidRDefault="00F907D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="1001ECEA" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Andale Sans UI">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPSMT">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4763B831" w14:textId="77777777" w:rsidR="00E977F1" w:rsidRDefault="00E977F1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00F67FC2">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>9</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="579E17A6" w14:textId="77777777" w:rsidR="00E977F1" w:rsidRDefault="00E977F1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C1E543D" w14:textId="77777777" w:rsidR="00994E0E" w:rsidRDefault="00994E0E" w:rsidP="001D11A8">
+    <w:p w14:paraId="0E731627" w14:textId="77777777" w:rsidR="00F907D8" w:rsidRDefault="00F907D8" w:rsidP="001D11A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7B91B4A6" w14:textId="77777777" w:rsidR="00994E0E" w:rsidRDefault="00994E0E" w:rsidP="001D11A8">
+    <w:p w14:paraId="6DD5F150" w14:textId="77777777" w:rsidR="00F907D8" w:rsidRDefault="00F907D8" w:rsidP="001D11A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="79A989C4" w14:textId="77777777" w:rsidR="00994E0E" w:rsidRDefault="00994E0E">
+    <w:p w14:paraId="2794A4F8" w14:textId="77777777" w:rsidR="00F907D8" w:rsidRDefault="00F907D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="25CAFF19" w14:textId="77777777" w:rsidR="00E977F1" w:rsidRPr="00F31EFA" w:rsidRDefault="00E977F1" w:rsidP="00F31EFA">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F31EFA">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
@@ -20016,50 +19740,51 @@
     <w:rsid w:val="00092F00"/>
     <w:rsid w:val="00093145"/>
     <w:rsid w:val="00093DDB"/>
     <w:rsid w:val="00094597"/>
     <w:rsid w:val="00094F4F"/>
     <w:rsid w:val="000952DD"/>
     <w:rsid w:val="000959A1"/>
     <w:rsid w:val="000963CC"/>
     <w:rsid w:val="00097DE8"/>
     <w:rsid w:val="00097F42"/>
     <w:rsid w:val="000A0836"/>
     <w:rsid w:val="000A095E"/>
     <w:rsid w:val="000A1152"/>
     <w:rsid w:val="000A1280"/>
     <w:rsid w:val="000A2390"/>
     <w:rsid w:val="000A7E80"/>
     <w:rsid w:val="000B0B91"/>
     <w:rsid w:val="000B0FEC"/>
     <w:rsid w:val="000B2366"/>
     <w:rsid w:val="000B2FC5"/>
     <w:rsid w:val="000B3182"/>
     <w:rsid w:val="000B430E"/>
     <w:rsid w:val="000B4873"/>
     <w:rsid w:val="000B625B"/>
     <w:rsid w:val="000C38AD"/>
+    <w:rsid w:val="000C4633"/>
     <w:rsid w:val="000C51B2"/>
     <w:rsid w:val="000C630C"/>
     <w:rsid w:val="000C6B8D"/>
     <w:rsid w:val="000D1457"/>
     <w:rsid w:val="000D1966"/>
     <w:rsid w:val="000D33C7"/>
     <w:rsid w:val="000D62B3"/>
     <w:rsid w:val="000D7216"/>
     <w:rsid w:val="000E29F7"/>
     <w:rsid w:val="000E3ECA"/>
     <w:rsid w:val="000E4423"/>
     <w:rsid w:val="000E7F34"/>
     <w:rsid w:val="000F07AD"/>
     <w:rsid w:val="000F2B5C"/>
     <w:rsid w:val="000F2F79"/>
     <w:rsid w:val="000F6C8F"/>
     <w:rsid w:val="00100DF6"/>
     <w:rsid w:val="0010379F"/>
     <w:rsid w:val="00104EFF"/>
     <w:rsid w:val="00104F35"/>
     <w:rsid w:val="0010504F"/>
     <w:rsid w:val="0011162A"/>
     <w:rsid w:val="00112052"/>
     <w:rsid w:val="00114D35"/>
     <w:rsid w:val="00117654"/>
@@ -20149,50 +19874,51 @@
     <w:rsid w:val="001D628C"/>
     <w:rsid w:val="001D78C8"/>
     <w:rsid w:val="001E1683"/>
     <w:rsid w:val="001E22E6"/>
     <w:rsid w:val="001E23FC"/>
     <w:rsid w:val="001E446C"/>
     <w:rsid w:val="001E5CFE"/>
     <w:rsid w:val="001F1822"/>
     <w:rsid w:val="001F1DC1"/>
     <w:rsid w:val="001F26D1"/>
     <w:rsid w:val="001F3068"/>
     <w:rsid w:val="001F3F39"/>
     <w:rsid w:val="001F3F6F"/>
     <w:rsid w:val="001F5E2F"/>
     <w:rsid w:val="001F6395"/>
     <w:rsid w:val="001F7C80"/>
     <w:rsid w:val="001F7D45"/>
     <w:rsid w:val="002006DA"/>
     <w:rsid w:val="002048EE"/>
     <w:rsid w:val="002055A8"/>
     <w:rsid w:val="0020721A"/>
     <w:rsid w:val="00210E4F"/>
     <w:rsid w:val="002128BC"/>
     <w:rsid w:val="00215AC5"/>
     <w:rsid w:val="00217CAF"/>
+    <w:rsid w:val="00220275"/>
     <w:rsid w:val="00220DB7"/>
     <w:rsid w:val="00223309"/>
     <w:rsid w:val="00224212"/>
     <w:rsid w:val="0022554A"/>
     <w:rsid w:val="0022570E"/>
     <w:rsid w:val="00225BE3"/>
     <w:rsid w:val="00226816"/>
     <w:rsid w:val="002312C3"/>
     <w:rsid w:val="002327DE"/>
     <w:rsid w:val="0023314F"/>
     <w:rsid w:val="002335D5"/>
     <w:rsid w:val="00233A02"/>
     <w:rsid w:val="00235360"/>
     <w:rsid w:val="00235EB5"/>
     <w:rsid w:val="00241232"/>
     <w:rsid w:val="002427E9"/>
     <w:rsid w:val="0024347B"/>
     <w:rsid w:val="00243881"/>
     <w:rsid w:val="00243DEF"/>
     <w:rsid w:val="002441E4"/>
     <w:rsid w:val="002466E6"/>
     <w:rsid w:val="002475F8"/>
     <w:rsid w:val="00247A20"/>
     <w:rsid w:val="00247A60"/>
     <w:rsid w:val="00250DC6"/>
@@ -21298,50 +21024,51 @@
     <w:rsid w:val="00DC15B7"/>
     <w:rsid w:val="00DC4815"/>
     <w:rsid w:val="00DC594C"/>
     <w:rsid w:val="00DD0A4B"/>
     <w:rsid w:val="00DD1DF2"/>
     <w:rsid w:val="00DD383A"/>
     <w:rsid w:val="00DD7758"/>
     <w:rsid w:val="00DD77C7"/>
     <w:rsid w:val="00DE1836"/>
     <w:rsid w:val="00DE1A2F"/>
     <w:rsid w:val="00DE5C13"/>
     <w:rsid w:val="00DE5F03"/>
     <w:rsid w:val="00DE65DF"/>
     <w:rsid w:val="00DE688A"/>
     <w:rsid w:val="00DE7B32"/>
     <w:rsid w:val="00DE7F18"/>
     <w:rsid w:val="00DF202E"/>
     <w:rsid w:val="00DF24D6"/>
     <w:rsid w:val="00DF2E40"/>
     <w:rsid w:val="00DF2E6D"/>
     <w:rsid w:val="00DF3280"/>
     <w:rsid w:val="00DF3456"/>
     <w:rsid w:val="00DF4EDE"/>
     <w:rsid w:val="00DF7164"/>
     <w:rsid w:val="00DF749C"/>
+    <w:rsid w:val="00E00194"/>
     <w:rsid w:val="00E015A3"/>
     <w:rsid w:val="00E030BE"/>
     <w:rsid w:val="00E03201"/>
     <w:rsid w:val="00E10CC0"/>
     <w:rsid w:val="00E1331A"/>
     <w:rsid w:val="00E17190"/>
     <w:rsid w:val="00E17226"/>
     <w:rsid w:val="00E1795A"/>
     <w:rsid w:val="00E208D1"/>
     <w:rsid w:val="00E22185"/>
     <w:rsid w:val="00E2224C"/>
     <w:rsid w:val="00E24C58"/>
     <w:rsid w:val="00E27595"/>
     <w:rsid w:val="00E33400"/>
     <w:rsid w:val="00E335E6"/>
     <w:rsid w:val="00E33F32"/>
     <w:rsid w:val="00E350A1"/>
     <w:rsid w:val="00E35710"/>
     <w:rsid w:val="00E36BDE"/>
     <w:rsid w:val="00E373BE"/>
     <w:rsid w:val="00E374C2"/>
     <w:rsid w:val="00E41570"/>
     <w:rsid w:val="00E42A76"/>
     <w:rsid w:val="00E434DE"/>
     <w:rsid w:val="00E4491B"/>
@@ -21434,88 +21161,90 @@
     <w:rsid w:val="00F14AA7"/>
     <w:rsid w:val="00F163D8"/>
     <w:rsid w:val="00F16B68"/>
     <w:rsid w:val="00F16F5D"/>
     <w:rsid w:val="00F17417"/>
     <w:rsid w:val="00F17A45"/>
     <w:rsid w:val="00F203FE"/>
     <w:rsid w:val="00F204C3"/>
     <w:rsid w:val="00F20AF8"/>
     <w:rsid w:val="00F22AE7"/>
     <w:rsid w:val="00F24054"/>
     <w:rsid w:val="00F26451"/>
     <w:rsid w:val="00F269C5"/>
     <w:rsid w:val="00F31EFA"/>
     <w:rsid w:val="00F3225E"/>
     <w:rsid w:val="00F327F1"/>
     <w:rsid w:val="00F32BA3"/>
     <w:rsid w:val="00F32DD8"/>
     <w:rsid w:val="00F33093"/>
     <w:rsid w:val="00F3315F"/>
     <w:rsid w:val="00F3408D"/>
     <w:rsid w:val="00F3439E"/>
     <w:rsid w:val="00F34CC0"/>
     <w:rsid w:val="00F356BB"/>
     <w:rsid w:val="00F40970"/>
+    <w:rsid w:val="00F41915"/>
     <w:rsid w:val="00F42123"/>
     <w:rsid w:val="00F452AD"/>
     <w:rsid w:val="00F466B6"/>
     <w:rsid w:val="00F470DF"/>
     <w:rsid w:val="00F52E75"/>
     <w:rsid w:val="00F53774"/>
     <w:rsid w:val="00F543A0"/>
     <w:rsid w:val="00F54A6F"/>
     <w:rsid w:val="00F56AC4"/>
     <w:rsid w:val="00F603DA"/>
     <w:rsid w:val="00F62CFE"/>
     <w:rsid w:val="00F63A25"/>
     <w:rsid w:val="00F66476"/>
     <w:rsid w:val="00F667AD"/>
     <w:rsid w:val="00F67FC2"/>
     <w:rsid w:val="00F70226"/>
     <w:rsid w:val="00F705CD"/>
     <w:rsid w:val="00F70FBE"/>
     <w:rsid w:val="00F714A8"/>
     <w:rsid w:val="00F717EB"/>
     <w:rsid w:val="00F729A4"/>
     <w:rsid w:val="00F73AE9"/>
     <w:rsid w:val="00F73D3E"/>
     <w:rsid w:val="00F74E8D"/>
     <w:rsid w:val="00F752F9"/>
     <w:rsid w:val="00F760C4"/>
     <w:rsid w:val="00F76B61"/>
     <w:rsid w:val="00F77FD7"/>
     <w:rsid w:val="00F807C5"/>
     <w:rsid w:val="00F841A7"/>
     <w:rsid w:val="00F852B1"/>
     <w:rsid w:val="00F85445"/>
     <w:rsid w:val="00F85996"/>
     <w:rsid w:val="00F85DB1"/>
     <w:rsid w:val="00F86323"/>
     <w:rsid w:val="00F86802"/>
     <w:rsid w:val="00F86AA4"/>
     <w:rsid w:val="00F9013A"/>
+    <w:rsid w:val="00F907D8"/>
     <w:rsid w:val="00F91573"/>
     <w:rsid w:val="00F92938"/>
     <w:rsid w:val="00F9642E"/>
     <w:rsid w:val="00F9703D"/>
     <w:rsid w:val="00FA0725"/>
     <w:rsid w:val="00FA17ED"/>
     <w:rsid w:val="00FA2646"/>
     <w:rsid w:val="00FA35E7"/>
     <w:rsid w:val="00FA379E"/>
     <w:rsid w:val="00FB0763"/>
     <w:rsid w:val="00FB0CA2"/>
     <w:rsid w:val="00FB210D"/>
     <w:rsid w:val="00FB3204"/>
     <w:rsid w:val="00FB3234"/>
     <w:rsid w:val="00FB3F17"/>
     <w:rsid w:val="00FB6661"/>
     <w:rsid w:val="00FC535A"/>
     <w:rsid w:val="00FC5BF1"/>
     <w:rsid w:val="00FC5D9D"/>
     <w:rsid w:val="00FC6CB1"/>
     <w:rsid w:val="00FD0324"/>
     <w:rsid w:val="00FD2A8A"/>
     <w:rsid w:val="00FD2BAC"/>
     <w:rsid w:val="00FD3233"/>
     <w:rsid w:val="00FD34CA"/>
@@ -22829,55 +22558,55 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1D18D91-5446-45F3-8CE6-8331CC049CC3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2776</Words>
-  <Characters>20056</Characters>
+  <Words>14542</Words>
+  <Characters>8290</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>167</Lines>
+  <Lines>69</Lines>
   <Paragraphs>45</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>IUB</Company>