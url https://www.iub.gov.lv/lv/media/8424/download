--- v0 (2025-10-21)
+++ v1 (2026-01-13)
@@ -119,114 +119,128 @@
         </w:rPr>
         <w:t>.-202</w:t>
       </w:r>
       <w:r w:rsidR="00241813">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00B741C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.gada plānošanas periodā</w:t>
       </w:r>
       <w:r w:rsidR="008D2BE0" w:rsidRPr="00B741C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35467C66" w14:textId="79F74ED4" w:rsidR="00FF725F" w:rsidRPr="00B741C7" w:rsidRDefault="006135B1" w:rsidP="008802DB">
+    <w:p w14:paraId="35467C66" w14:textId="2F491822" w:rsidR="00FF725F" w:rsidRPr="00B741C7" w:rsidRDefault="006135B1" w:rsidP="008802DB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C16F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="008D6B1A" w:rsidRPr="008D6B1A">
+      <w:r w:rsidR="005A0E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>10</w:t>
+        <w:t>06</w:t>
       </w:r>
       <w:r w:rsidR="00BE607D" w:rsidRPr="008D6B1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008D6B1A" w:rsidRPr="008D6B1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>07</w:t>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00B17FE8" w:rsidRPr="008D6B1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008D6B1A" w:rsidRPr="008D6B1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>2025</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00B17FE8" w:rsidRPr="008D6B1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>., Nr.</w:t>
       </w:r>
-      <w:r w:rsidR="008D6B1A" w:rsidRPr="008D6B1A">
+      <w:r w:rsidR="005A0E36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00ED4B75" w:rsidRPr="000C16F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C1F22AE" w14:textId="77777777" w:rsidR="00FF725F" w:rsidRPr="00B741C7" w:rsidRDefault="00FF725F" w:rsidP="00FF725F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01824DF3" w14:textId="3EC77ED4" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00806560" w:rsidP="00F7480B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -549,94 +563,92 @@
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="55" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1558"/>
       </w:tblGrid>
       <w:tr w:rsidR="00605337" w:rsidRPr="00B741C7" w14:paraId="000C8513" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="767"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D3AED8B" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nr.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68B7DE1C" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>p.k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70D0D899" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="00CA2E5B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pārbaudes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
@@ -651,51 +663,50 @@
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Jā/Nē/</w:t>
             </w:r>
             <w:r w:rsidR="004E64D2" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nav attiecināms (N/A)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34008DFF" w14:textId="1EBA812E" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="00872888">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Atsauce uz Publisko iepirkumu likuma normām</w:t>
             </w:r>
             <w:r w:rsidR="00A3005A" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -736,160 +747,156 @@
             </w:r>
             <w:r w:rsidR="004B16F2" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nr.107</w:t>
             </w:r>
             <w:r w:rsidR="008845E0" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00A51ACC" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>kā arī citiem piemērojamiem MK noteikumiem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="145445F5" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="00CA2E5B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Komentāri </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00605337" w:rsidRPr="00B741C7" w14:paraId="6A61AE2D" w14:textId="77777777" w:rsidTr="00A571A9">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B59DECC" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="41C54174" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00C450EE" w:rsidP="00371EC2">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai izvēlētā iepirkuma procedūra ir atbilstoša?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="476CE4AB" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="00371EC2">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="378D52AE" w14:textId="77777777" w:rsidR="00FD5BA7" w:rsidRPr="00B741C7" w:rsidRDefault="00C450EE" w:rsidP="00371EC2">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.p</w:t>
             </w:r>
             <w:r w:rsidR="008924AF" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
@@ -999,224 +1006,217 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5.d.</w:t>
             </w:r>
             <w:r w:rsidR="00216BF5" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, MK not. 196.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62337022" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="00371EC2">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00605337" w:rsidRPr="00B741C7" w14:paraId="1F90C7BF" w14:textId="77777777" w:rsidTr="00A571A9">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4063EEC8" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54CC40DA" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai līguma veids atbilst tā saturam:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3AE0CF00" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D720ABD" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B12E965" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0052174E" w:rsidRPr="00B741C7" w14:paraId="0B9C1FF4" w14:textId="77777777" w:rsidTr="00A571A9">
         <w:trPr>
           <w:trHeight w:val="1025"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="104BAE33" w14:textId="77777777" w:rsidR="0052174E" w:rsidRPr="00B741C7" w:rsidRDefault="0052174E" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42669CC4" w14:textId="77777777" w:rsidR="0052174E" w:rsidRPr="00B741C7" w:rsidRDefault="0052174E" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ja līguma priekšmets satur vairākus iepirkuma veidus (būvdarbus, pakalpojumus vai piegādes), vai tas klasificēts atbilstoši tam līguma veidam, kurš ir attiecīgā iepirkuma līguma galvenais priekšmets?</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1224,120 +1224,116 @@
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7598D48E" w14:textId="77777777" w:rsidR="0052174E" w:rsidRPr="00B741C7" w:rsidRDefault="0052174E" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="031F4520" w14:textId="77777777" w:rsidR="0052174E" w:rsidRPr="00B741C7" w:rsidRDefault="0052174E" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61AB81B6" w14:textId="77777777" w:rsidR="0052174E" w:rsidRPr="00B741C7" w:rsidRDefault="0052174E" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0052174E" w:rsidRPr="00B741C7" w14:paraId="0FA7E0DC" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="1490"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F828F48" w14:textId="77777777" w:rsidR="0052174E" w:rsidRPr="00B741C7" w:rsidRDefault="0052174E" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4EBFAD79" w14:textId="77777777" w:rsidR="0052174E" w:rsidRPr="00B741C7" w:rsidRDefault="00BB049E" w:rsidP="00BB049E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>J</w:t>
             </w:r>
             <w:r w:rsidR="0052174E" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1374,120 +1370,116 @@
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2A6EDF96" w14:textId="77777777" w:rsidR="0052174E" w:rsidRPr="00B741C7" w:rsidRDefault="0052174E" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A845528" w14:textId="77777777" w:rsidR="0052174E" w:rsidRPr="00B741C7" w:rsidRDefault="0052174E" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="41C3CD4D" w14:textId="77777777" w:rsidR="0052174E" w:rsidRPr="00B741C7" w:rsidRDefault="0052174E" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C450EE" w:rsidRPr="00B741C7" w14:paraId="00D49C53" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="434"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="366A2240" w14:textId="77777777" w:rsidR="00C450EE" w:rsidRPr="00B741C7" w:rsidRDefault="00C450EE" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20B0D249" w14:textId="1DC3549D" w:rsidR="00C450EE" w:rsidRPr="00B741C7" w:rsidRDefault="00C450EE" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:i w:val="0"/>
                 <w:color w:val="000000"/>
@@ -1626,114 +1618,110 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CPV klasifikācija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CDE3E84" w14:textId="77777777" w:rsidR="00C450EE" w:rsidRPr="00B741C7" w:rsidRDefault="00C450EE" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="051120E7" w14:textId="77777777" w:rsidR="00C450EE" w:rsidRPr="00B741C7" w:rsidRDefault="00C450EE" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D27F450" w14:textId="77777777" w:rsidR="00C450EE" w:rsidRPr="00B741C7" w:rsidRDefault="00C450EE" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00605337" w:rsidRPr="00B741C7" w14:paraId="2CF11E0A" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="434"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="777DC7FB" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F6DF25B" w14:textId="77777777" w:rsidR="008D2BE0" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai nav konstatējama iepirkuma </w:t>
             </w:r>
             <w:r w:rsidR="00A207FC" w:rsidRPr="00B741C7">
               <w:rPr>
@@ -1769,119 +1757,115 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nepieciešams pārliecināties, vai būvdarbu līgums satur tikai tādas iekārtas/preces, kas ir nepieciešamas būvdarbu līguma izpildei.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="54DDC925" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B7A7BAA" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="04E6FFD4" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00605337" w:rsidRPr="00B741C7" w14:paraId="7BCCD023" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="664C791A" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1ECED182" w14:textId="44B66A55" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00C450EE" w:rsidP="00B0399F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="89" w:firstLine="2"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai iepirkuma procedūra ir atbilstoši </w:t>
             </w:r>
             <w:r w:rsidR="00632890" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -1907,51 +1891,50 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F4833C0" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0FF6508D" w14:textId="5A0E249A" w:rsidR="00DD2C8C" w:rsidRPr="00B741C7" w:rsidRDefault="00DD2C8C" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.p.</w:t>
             </w:r>
             <w:r w:rsidR="008924AF" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8.p</w:t>
             </w:r>
@@ -2040,97 +2023,94 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.p.1.d</w:t>
             </w:r>
             <w:r w:rsidRPr="0038207D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1049D714" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE25D0" w:rsidRPr="00B741C7" w14:paraId="5298CCF4" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="118117AF" w14:textId="77777777" w:rsidR="00CE25D0" w:rsidRPr="00B741C7" w:rsidRDefault="00CE25D0" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20765876" w14:textId="77777777" w:rsidR="00CE25D0" w:rsidRPr="00B741C7" w:rsidRDefault="00CE25D0" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja iepirkuma līgums tiek slēgts par PIL 2. pielikumā minētajiem veselības, sociālās un kultūras jomas pakalpojumiem, uz kuriem attiecas CPV kodi</w:t>
             </w:r>
             <w:r w:rsidR="007C09C1" w:rsidRPr="00B741C7">
               <w:rPr>
@@ -2322,51 +2302,50 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7ED44E22" w14:textId="77777777" w:rsidR="00CE25D0" w:rsidRPr="00B741C7" w:rsidRDefault="00CE25D0" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="31C66843" w14:textId="77777777" w:rsidR="00CE25D0" w:rsidRDefault="00CE25D0" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>16.p. 2.d. un 3.d.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="239A9A33" w14:textId="77777777" w:rsidR="00BA0B52" w:rsidRDefault="00BA0B52" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -2477,102 +2456,99 @@
           <w:p w14:paraId="48616317" w14:textId="77777777" w:rsidR="00BA0B52" w:rsidRDefault="00BA0B52" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5B2336FB" w14:textId="77777777" w:rsidR="00BA0B52" w:rsidRPr="00B741C7" w:rsidRDefault="00BA0B52" w:rsidP="003925D2">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71011BEA" w14:textId="77777777" w:rsidR="00CE25D0" w:rsidRPr="00B741C7" w:rsidRDefault="00CE25D0" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00605337" w:rsidRPr="00B741C7" w14:paraId="6B649BC5" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A1822E9" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7AFFFE43" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00C450EE" w:rsidP="00C76F1A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja ir izdarīti iepirkuma procedūras </w:t>
             </w:r>
             <w:r w:rsidR="00394532">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2586,51 +2562,50 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>grozījumi, vai tas veikts atbilstoši?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49CA4454" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FAC2B3F" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00080BFD" w:rsidP="004432EC">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="004432EC" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
@@ -2729,96 +2704,93 @@
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00D83D39">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2307556A" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00605337" w:rsidRPr="00B741C7" w14:paraId="01A8CA11" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0DB8D3B9" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="069F1D21" w14:textId="572DA541" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00C450EE" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai </w:t>
             </w:r>
             <w:r w:rsidR="00AB6DDE">
               <w:rPr>
@@ -2896,113 +2868,109 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (t.sk., ja grozījumi nosaukti par precizējumiem, tomēr pēc būtības groza nolikuma saturu)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="212D21F4" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B7C5280" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B75CF91" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE13AC" w:rsidRPr="00B741C7" w14:paraId="01EB16B1" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="939"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="668FF613" w14:textId="77777777" w:rsidR="00FE13AC" w:rsidRPr="00B741C7" w:rsidRDefault="00FE13AC" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3BE02041" w14:textId="15DC5C9B" w:rsidR="007E1365" w:rsidRPr="00B741C7" w:rsidRDefault="00FE13AC" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja pasūtītājs ir veicis izmaiņas/precizējumus iepirkuma dokumentācijā vai sniedzis atbildes uz jautājumiem, vai veiktās izmaiņas/precizējumi vai sniegtās atbildes pēc būtības negroza iepirkuma dokumentācijā noteiktās prasības?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20421FED" w14:textId="77777777" w:rsidR="00FE13AC" w:rsidRPr="00B741C7" w:rsidRDefault="00FE13AC" w:rsidP="00492250">
@@ -3048,117 +3016,113 @@
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Piemēram, nevar būt situācija, ka grozījumi ir veikti tekstā, īpaši neuzrādot tos (piem., nepasvītrojot vai nenosaucot punktus, kas tika grozīti). </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23CF976C" w14:textId="77777777" w:rsidR="00FE13AC" w:rsidRPr="00B741C7" w:rsidRDefault="00FE13AC" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6DF0D948" w14:textId="77777777" w:rsidR="00FE13AC" w:rsidRPr="00B741C7" w:rsidRDefault="00FE13AC" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BCC9132" w14:textId="77777777" w:rsidR="00FE13AC" w:rsidRPr="00B741C7" w:rsidRDefault="00FE13AC" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00560DD6" w:rsidRPr="00B741C7" w14:paraId="52441B0F" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="556"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02264DC9" w14:textId="6DA6DC8C" w:rsidR="00560DD6" w:rsidRPr="00B741C7" w:rsidRDefault="00560DD6" w:rsidP="00553EB6">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1282B818" w14:textId="13F4A689" w:rsidR="00560DD6" w:rsidRPr="00D146D5" w:rsidRDefault="00560DD6" w:rsidP="00C76F1A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0065523F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai ir atbilstoši </w:t>
             </w:r>
             <w:r w:rsidR="00B01E46" w:rsidRPr="0065523F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3181,141 +3145,137 @@
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BDD1A4F" w14:textId="77777777" w:rsidR="00560DD6" w:rsidRPr="00D146D5" w:rsidRDefault="00560DD6" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3CA0C0DD" w14:textId="0170D5D4" w:rsidR="0056337A" w:rsidRPr="00B741C7" w:rsidRDefault="00560DD6" w:rsidP="00C3711E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00872F36" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00913BD8" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="001E601C" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E13A23E" w14:textId="77777777" w:rsidR="00560DD6" w:rsidRPr="00B741C7" w:rsidRDefault="00560DD6" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00560DD6" w:rsidRPr="00B741C7" w14:paraId="5A711C8A" w14:textId="77777777" w:rsidTr="00FE13AC">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73EA0319" w14:textId="77777777" w:rsidR="00560DD6" w:rsidRPr="00B741C7" w:rsidRDefault="00560DD6" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7385C486" w14:textId="4B9ABD3B" w:rsidR="00916F1E" w:rsidRPr="00996034" w:rsidRDefault="007539FD" w:rsidP="007539FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="652" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00996034">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai pasūtītājs ir sniedzis papildu informāciju par iepirkuma dokumentos iekļautajām prasībām PIL 36.panta otrajā daļā noteiktajā termiņā?</w:t>
             </w:r>
@@ -3480,113 +3440,109 @@
               </w:rPr>
               <w:t>, papildu informāciju pasūtītājs sniedz triju darbdienu laikā, bet ne vēlāk kā četras dienas pirms pieteikumu un piedāvājumu iesniegšanas termiņa beigām.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0047E6B4" w14:textId="77777777" w:rsidR="00560DD6" w:rsidRPr="00D146D5" w:rsidRDefault="00560DD6" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="616A2702" w14:textId="03EBC1DA" w:rsidR="00560DD6" w:rsidRPr="00B741C7" w:rsidRDefault="00560DD6" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40676A98" w14:textId="77777777" w:rsidR="00560DD6" w:rsidRPr="00B741C7" w:rsidRDefault="00560DD6" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00560DD6" w:rsidRPr="00B741C7" w14:paraId="7DC3EAB4" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E6B6071" w14:textId="77777777" w:rsidR="00560DD6" w:rsidRPr="00511420" w:rsidRDefault="00560DD6" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="785FDDA3" w14:textId="308F244C" w:rsidR="00560DD6" w:rsidRPr="00511420" w:rsidRDefault="00560DD6" w:rsidP="00D146D5">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00511420">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai papildu informācija tika ievietota </w:t>
             </w:r>
             <w:r w:rsidR="0069081E" w:rsidRPr="00511420">
               <w:rPr>
@@ -3637,121 +3593,117 @@
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10C6A988" w14:textId="77777777" w:rsidR="00560DD6" w:rsidRPr="00D146D5" w:rsidRDefault="00560DD6" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30628EDD" w14:textId="77777777" w:rsidR="00560DD6" w:rsidRPr="00B741C7" w:rsidRDefault="00560DD6" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="500F8090" w14:textId="77777777" w:rsidR="00560DD6" w:rsidRPr="00B741C7" w:rsidRDefault="00560DD6" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00164D95" w:rsidRPr="00B741C7" w14:paraId="5D91CA3A" w14:textId="77777777" w:rsidTr="00592BED">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62FAD630" w14:textId="77777777" w:rsidR="00164D95" w:rsidRPr="00B741C7" w:rsidRDefault="00164D95" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BF7E6A6" w14:textId="582F9B62" w:rsidR="00164D95" w:rsidRPr="00B741C7" w:rsidRDefault="00164D95" w:rsidP="00C76F1A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="19"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja tiek piemērota konkursa procedūra ar sarunām vai konkursa dialogs, vai </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
@@ -3798,141 +3750,137 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="005847C6" w14:textId="77777777" w:rsidR="00164D95" w:rsidRPr="00B741C7" w:rsidRDefault="00164D95" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55C625C2" w14:textId="77777777" w:rsidR="00164D95" w:rsidRPr="00B741C7" w:rsidRDefault="00164D95" w:rsidP="004C559E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.p.14., 15.p.,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2DA37179" w14:textId="77777777" w:rsidR="00164D95" w:rsidRPr="00B741C7" w:rsidRDefault="00164D95" w:rsidP="004C559E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8.p.6.d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="724509B1" w14:textId="77777777" w:rsidR="00164D95" w:rsidRPr="00B741C7" w:rsidRDefault="00164D95" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00164D95" w:rsidRPr="00B741C7" w14:paraId="1D22C4CB" w14:textId="77777777" w:rsidTr="00592BED">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D0807E2" w14:textId="77777777" w:rsidR="00164D95" w:rsidRPr="00B741C7" w:rsidRDefault="00164D95" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="782349C2" w14:textId="61E17931" w:rsidR="00164D95" w:rsidRPr="00B741C7" w:rsidRDefault="00164D95" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai pasūtītāj</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -4003,118 +3951,114 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CD17D73" w14:textId="77777777" w:rsidR="00164D95" w:rsidRPr="00B741C7" w:rsidRDefault="00164D95" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0BC6AD3A" w14:textId="77777777" w:rsidR="00164D95" w:rsidRPr="00B741C7" w:rsidRDefault="00164D95" w:rsidP="004C559E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FF034B4" w14:textId="77777777" w:rsidR="00164D95" w:rsidRPr="00B741C7" w:rsidRDefault="00164D95" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F2D32" w:rsidRPr="00B741C7" w14:paraId="16E9AD55" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="644"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59E46CB2" w14:textId="77777777" w:rsidR="002F2D32" w:rsidRPr="00B741C7" w:rsidRDefault="002F2D32" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B2AD769" w14:textId="77777777" w:rsidR="002F2D32" w:rsidRPr="00B741C7" w:rsidRDefault="00C05C03" w:rsidP="00C76F1A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106" w:hanging="19"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai atklāta, slēgta konkursa,</w:t>
             </w:r>
             <w:r w:rsidR="002F2D32" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:b/>
@@ -4154,51 +4098,50 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>dokumentācija satur visu nepieciešamo informāciju?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25969C75" w14:textId="77777777" w:rsidR="002F2D32" w:rsidRPr="00B741C7" w:rsidRDefault="002F2D32" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DFCE8A8" w14:textId="77777777" w:rsidR="002F2D32" w:rsidRPr="00B741C7" w:rsidRDefault="00535A75" w:rsidP="0035015E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">60., </w:t>
             </w:r>
             <w:r w:rsidR="0035015E" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">62., </w:t>
             </w:r>
@@ -4259,96 +4202,93 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">52., 53., </w:t>
             </w:r>
             <w:r w:rsidR="00353DE8" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>63., 79., 104., 118., 124., 139.</w:t>
             </w:r>
             <w:r w:rsidR="00B72D3F" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, 153., 198.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7469B8F6" w14:textId="77777777" w:rsidR="002F2D32" w:rsidRPr="00B741C7" w:rsidRDefault="002F2D32" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F2D32" w:rsidRPr="00B741C7" w14:paraId="5E82156B" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DAB4204" w14:textId="77777777" w:rsidR="002F2D32" w:rsidRPr="00B741C7" w:rsidRDefault="002F2D32" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E104667" w14:textId="22353F81" w:rsidR="00576100" w:rsidRPr="00B741C7" w:rsidRDefault="002F2D32" w:rsidP="00C76F1A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="_Hlk536517278"/>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai pasūtītājs ir pieprasījis, lai piedāvājumā </w:t>
             </w:r>
@@ -4580,220 +4520,212 @@
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6169CB09" w14:textId="77777777" w:rsidR="002F2D32" w:rsidRPr="00B741C7" w:rsidRDefault="002F2D32" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="329F0E82" w14:textId="77777777" w:rsidR="002F2D32" w:rsidRPr="00B741C7" w:rsidRDefault="002F2D32" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1AFC5CD5" w14:textId="77777777" w:rsidR="002F2D32" w:rsidRPr="00B741C7" w:rsidRDefault="002F2D32" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00223323" w:rsidRPr="00B741C7" w14:paraId="468350D1" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07C9C237" w14:textId="77777777" w:rsidR="00223323" w:rsidRPr="00B741C7" w:rsidRDefault="00223323" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="622C671C" w14:textId="77777777" w:rsidR="00223323" w:rsidRPr="00B741C7" w:rsidRDefault="00223323" w:rsidP="00C76F1A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja pasūtītājs iepirkuma procedūras dokumentos ir paredzējis, ka publiska būvdarbu līguma gadījumā tas maksājumus par apakšuzņēmēja sniegtajiem pakalpojumiem, piegādēm vai būvdarbiem veiks tieši apakšuzņēmējam, vai atrunātajā kārtībā ir ievēroti PIL 63.panta piektajā daļā ietvertie nosacījumi?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C7C80AD" w14:textId="77777777" w:rsidR="00223323" w:rsidRPr="00B741C7" w:rsidRDefault="00223323" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F614F14" w14:textId="77777777" w:rsidR="00223323" w:rsidRPr="00B741C7" w:rsidRDefault="00223323" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43239120" w14:textId="77777777" w:rsidR="00223323" w:rsidRPr="00B741C7" w:rsidRDefault="00223323" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00223323" w:rsidRPr="00B741C7" w14:paraId="59B14278" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36C033C0" w14:textId="77777777" w:rsidR="00223323" w:rsidRPr="00B741C7" w:rsidRDefault="00223323" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="068E0DB7" w14:textId="5D49C611" w:rsidR="00223323" w:rsidRPr="00B741C7" w:rsidRDefault="00223323" w:rsidP="00C76F1A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai iepirkuma līgumprojektā ir atrunāta piedāvājumā norādīto apakšuzņēmēju un personāla nomaiņas un jaunu apakšuzņēmēju un personāla piesaistes kārtība atbilstoši PIL 62.panta noteikumiem</w:t>
             </w:r>
             <w:r w:rsidR="003C3670">
               <w:rPr>
@@ -4829,116 +4761,112 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12B0EB77" w14:textId="77777777" w:rsidR="00223323" w:rsidRPr="00B741C7" w:rsidRDefault="00223323" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="284600BC" w14:textId="77777777" w:rsidR="00223323" w:rsidRPr="00B741C7" w:rsidRDefault="00223323" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2096F13C" w14:textId="77777777" w:rsidR="00223323" w:rsidRPr="00B741C7" w:rsidRDefault="00223323" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F2D32" w:rsidRPr="00B741C7" w14:paraId="5F96D60D" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F82BF30" w14:textId="77777777" w:rsidR="002F2D32" w:rsidRPr="00B741C7" w:rsidRDefault="002F2D32" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45ED52ED" w14:textId="3283B463" w:rsidR="002F2D32" w:rsidRPr="00B741C7" w:rsidRDefault="004067A1" w:rsidP="00C76F1A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai atklāta </w:t>
             </w:r>
             <w:r w:rsidR="002F2D32" w:rsidRPr="00B741C7">
               <w:rPr>
@@ -5002,117 +4930,113 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C933AAB" w14:textId="77777777" w:rsidR="002F2D32" w:rsidRPr="00B741C7" w:rsidRDefault="002F2D32" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="773E9386" w14:textId="77777777" w:rsidR="002F2D32" w:rsidRPr="00B741C7" w:rsidRDefault="002F2D32" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36AE80FA" w14:textId="77777777" w:rsidR="002F2D32" w:rsidRPr="00B741C7" w:rsidRDefault="002F2D32" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B6A46" w:rsidRPr="00B741C7" w14:paraId="1DB17E66" w14:textId="77777777" w:rsidTr="00880799">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2060F736" w14:textId="77777777" w:rsidR="004B6A46" w:rsidRPr="00B741C7" w:rsidRDefault="004B6A46" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42F89860" w14:textId="7CA51398" w:rsidR="004B6A46" w:rsidRDefault="004B6A46" w:rsidP="00C76F1A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai </w:t>
             </w:r>
             <w:r w:rsidR="005D09C2" w:rsidRPr="00B741C7">
               <w:rPr>
@@ -5579,116 +5503,112 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04FA7B0B" w14:textId="77777777" w:rsidR="004B6A46" w:rsidRPr="00B741C7" w:rsidRDefault="004B6A46" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="184F0B8C" w14:textId="77777777" w:rsidR="004B6A46" w:rsidRPr="00B741C7" w:rsidRDefault="004B6A46" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B7AB654" w14:textId="77777777" w:rsidR="004B6A46" w:rsidRPr="00B741C7" w:rsidRDefault="004B6A46" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00107BEA" w:rsidRPr="00B741C7" w14:paraId="7734D4E4" w14:textId="77777777" w:rsidTr="0056337A">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D995D06" w14:textId="77777777" w:rsidR="006A5699" w:rsidRPr="00B741C7" w:rsidRDefault="006A5699" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F928114" w14:textId="77777777" w:rsidR="006A5699" w:rsidRDefault="006A5699" w:rsidP="006A5699">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A5699">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Vai iepirkuma procedūras, kura uzsākta, sākot ar 2023.gada 12.jūliju un kuras paredzamā līgumcena ir vismaz 250 milj. euro,  nolikumā, kā arī paziņojumā par līgumu (Iedaļas “Papildu informācija” sadaļā “Cita papildu informācija”) pasūtītājs ir norādījis uz pretendentu pienākumu iesniegt paziņojumu par visu no trešajām valstīm saņemto finansējumu, ja tā apmērs par iepriekšējiem trīs gadiem sasniedz 4 milj. euro vai deklarāciju ar apstiprinājumu, ka paziņošanas pienākums par saņemto ārvalstu atbalstu uz pretendentu nav attiecināms?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="526EA432" w14:textId="77777777" w:rsidR="00C308D0" w:rsidRPr="006A5699" w:rsidRDefault="00C308D0" w:rsidP="008E0362">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
@@ -5808,121 +5728,117 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>https://www.iub.gov.lv/lv/jaunums/skaidrojums-EP-regula-arvalstu-subsidijas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C9B9B35" w14:textId="77777777" w:rsidR="006A5699" w:rsidRPr="00B741C7" w:rsidRDefault="006A5699" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="389E01D1" w14:textId="77777777" w:rsidR="006A5699" w:rsidRPr="00B741C7" w:rsidRDefault="006A5699" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20B8864B" w14:textId="77777777" w:rsidR="006A5699" w:rsidRPr="00B741C7" w:rsidRDefault="006A5699" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA798E" w:rsidRPr="00B741C7" w14:paraId="60495FBB" w14:textId="77777777" w:rsidTr="0056337A">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6AD8FC5F" w14:textId="77777777" w:rsidR="00FA798E" w:rsidRPr="00B741C7" w:rsidRDefault="00FA798E" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2156B0BD" w14:textId="2F27D0FA" w:rsidR="00FA798E" w:rsidRPr="00B741C7" w:rsidRDefault="00FA798E" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai ir atbilstoši noteikts piedāvājumu</w:t>
             </w:r>
             <w:r w:rsidR="004067A1" w:rsidRPr="00B741C7">
               <w:rPr>
@@ -6119,137 +6035,133 @@
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10AEC26B" w14:textId="77777777" w:rsidR="00FA798E" w:rsidRPr="00B741C7" w:rsidRDefault="00FA798E" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B65482F" w14:textId="77777777" w:rsidR="00FA798E" w:rsidRPr="00B741C7" w:rsidRDefault="0056337A" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MK not. 43</w:t>
             </w:r>
             <w:r w:rsidRPr="00EF2359">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00EF2359" w:rsidRPr="00EF2359">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="178EE73A" w14:textId="77777777" w:rsidR="00FA798E" w:rsidRPr="00B741C7" w:rsidRDefault="00FA798E" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA798E" w:rsidRPr="00B741C7" w14:paraId="123F66D0" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79EA6398" w14:textId="77777777" w:rsidR="00FA798E" w:rsidRPr="00B741C7" w:rsidRDefault="00FA798E" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2FFBB62E" w14:textId="5BB88250" w:rsidR="00F72BB9" w:rsidRDefault="00F72BB9" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja paziņojums par līgumu ir publicēts Eiropas Savienības Oficiālajā Vēstnesī, v</w:t>
             </w:r>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
@@ -6488,118 +6400,114 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>noteiktajos gadījumos.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6427FE7B" w14:textId="77777777" w:rsidR="00FA798E" w:rsidRPr="00B741C7" w:rsidRDefault="00FA798E" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D5AA6CC" w14:textId="77777777" w:rsidR="00FA798E" w:rsidRPr="00B741C7" w:rsidRDefault="00FA798E" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49BDD273" w14:textId="77777777" w:rsidR="00FA798E" w:rsidRPr="00B741C7" w:rsidRDefault="00FA798E" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00940939" w:rsidRPr="00B741C7" w14:paraId="2E91CD81" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2557F5A8" w14:textId="77777777" w:rsidR="00940939" w:rsidRPr="00B741C7" w:rsidRDefault="00940939" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A77FB6F" w14:textId="77777777" w:rsidR="00940939" w:rsidRPr="00B741C7" w:rsidRDefault="00940939" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1079"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja noteikts piedāvājuma</w:t>
@@ -6621,134 +6529,130 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nodrošinājums,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27F59D27" w14:textId="77777777" w:rsidR="00940939" w:rsidRPr="00B741C7" w:rsidRDefault="00940939" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="149AB41E" w14:textId="77777777" w:rsidR="00940939" w:rsidRPr="00B741C7" w:rsidRDefault="00940939" w:rsidP="00D85D92">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00D85D92" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0DFC994D" w14:textId="77777777" w:rsidR="00940939" w:rsidRPr="00B741C7" w:rsidRDefault="00940939" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00940939" w:rsidRPr="00B741C7" w14:paraId="764D58E9" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A859FFC" w14:textId="77777777" w:rsidR="00940939" w:rsidRPr="00B741C7" w:rsidRDefault="00940939" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63576362" w14:textId="0321E468" w:rsidR="00940939" w:rsidRPr="0039749C" w:rsidRDefault="00940939" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2182"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0039749C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7105,166 +7009,161 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> https://www.iub.gov.lv/lv/skaidrojums-biezak-konstatetas-neatbilstibas-iepirkuma-proceduru-dokumentacija-un-norise</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B75DD3A" w14:textId="77777777" w:rsidR="00940939" w:rsidRPr="00B741C7" w:rsidRDefault="00940939" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23B4FDA5" w14:textId="77777777" w:rsidR="00940939" w:rsidRPr="00B741C7" w:rsidRDefault="00940939" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71737B47" w14:textId="77777777" w:rsidR="00940939" w:rsidRPr="00B741C7" w:rsidRDefault="00940939" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00605B29" w:rsidRPr="00B741C7" w14:paraId="2CC2BF63" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63499BA2" w14:textId="77777777" w:rsidR="00605B29" w:rsidRPr="00B741C7" w:rsidRDefault="00605B29" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19E485A6" w14:textId="77777777" w:rsidR="00605B29" w:rsidRPr="00B741C7" w:rsidRDefault="00605B29" w:rsidP="00C76F1A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1079"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai iepirkuma priekšmeta apraksts/ tehniskās specifikācijas nosacījumi ir atbilstoši izstrādāti?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6EE7E514" w14:textId="77777777" w:rsidR="00605B29" w:rsidRPr="00B741C7" w:rsidRDefault="00605B29" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="514C1DCF" w14:textId="4FB20649" w:rsidR="00B70571" w:rsidRPr="00B741C7" w:rsidRDefault="004F5CF6" w:rsidP="00880799">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>19., 20</w:t>
             </w:r>
             <w:r w:rsidR="00605B29" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">., </w:t>
             </w:r>
             <w:r w:rsidRPr="00B741C7">
@@ -7327,96 +7226,93 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">MK </w:t>
             </w:r>
             <w:r w:rsidR="00282DDC" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2017.gada 20.jūnija </w:t>
             </w:r>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>noteikumi Nr.353 “Prasības zaļajam publiskajam iepirkumam un to piemērošanas kārtība”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="297FF40F" w14:textId="77777777" w:rsidR="00605B29" w:rsidRPr="00B741C7" w:rsidRDefault="00605B29" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00880799" w:rsidRPr="00B741C7" w14:paraId="2FE9AF87" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="46350DEF" w14:textId="77777777" w:rsidR="00880799" w:rsidRPr="00B741C7" w:rsidRDefault="00880799" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C6462E9" w14:textId="77882156" w:rsidR="003A07B2" w:rsidRDefault="00880799" w:rsidP="00B0399F">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2182"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja iepirkuma dokumentācijā ir norādīti konkrēti zīmoli, specifiska izcelsme, īpaši procesi, patenti vai specifiski preču veidi, kā arī standarti, vai klāt ir norāde </w:t>
             </w:r>
@@ -7771,113 +7667,109 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>vai ekvivalents” būtu pieļaujams nelietot.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A5AA8F3" w14:textId="77777777" w:rsidR="00880799" w:rsidRPr="00B741C7" w:rsidRDefault="00880799" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53103410" w14:textId="77777777" w:rsidR="00880799" w:rsidRPr="00B741C7" w:rsidRDefault="00880799" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2FAA3616" w14:textId="77777777" w:rsidR="00880799" w:rsidRPr="00B741C7" w:rsidRDefault="00880799" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00605B29" w:rsidRPr="00B741C7" w14:paraId="7D73EADD" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32FF9719" w14:textId="77777777" w:rsidR="00605B29" w:rsidRPr="00B741C7" w:rsidRDefault="00605B29" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="125477BF" w14:textId="096407CE" w:rsidR="000F2E04" w:rsidRPr="00B741C7" w:rsidRDefault="00EA79B9" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2182"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -7969,113 +7861,109 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nepieciešams pārbaudīt sasaisti ar līguma priekšmetu un šaubu gadījumā pieprasīt paskaidrojumus pasūtītājam!</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24D3E599" w14:textId="77777777" w:rsidR="00605B29" w:rsidRPr="00B741C7" w:rsidRDefault="00605B29" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="701BD98C" w14:textId="77777777" w:rsidR="00605B29" w:rsidRPr="00B741C7" w:rsidRDefault="00605B29" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7775CE2F" w14:textId="77777777" w:rsidR="00605B29" w:rsidRPr="00B741C7" w:rsidRDefault="00605B29" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00605B29" w:rsidRPr="00B741C7" w14:paraId="3B60AAEE" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="630621FC" w14:textId="77777777" w:rsidR="00605B29" w:rsidRPr="00B741C7" w:rsidRDefault="00605B29" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D52AA91" w14:textId="77777777" w:rsidR="000E47CB" w:rsidRPr="00B741C7" w:rsidRDefault="00605B29" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2182"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -8200,113 +8088,109 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>https://www.iub.gov.lv/lv/skaidrojums-biezak-konstatetas-neatbilstibas-iepirkuma-proceduru-dokumentacija-un-norise</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61F13423" w14:textId="77777777" w:rsidR="00605B29" w:rsidRPr="00B741C7" w:rsidRDefault="00605B29" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D6A0312" w14:textId="77777777" w:rsidR="00605B29" w:rsidRPr="00B741C7" w:rsidRDefault="00605B29" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6704BA01" w14:textId="77777777" w:rsidR="00605B29" w:rsidRPr="00B741C7" w:rsidRDefault="00605B29" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00605B29" w:rsidRPr="00B741C7" w14:paraId="7EF72976" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="068A3BE4" w14:textId="77777777" w:rsidR="00605B29" w:rsidRPr="00B741C7" w:rsidRDefault="00605B29" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00283BA0" w14:textId="77777777" w:rsidR="00605B29" w:rsidRPr="00B741C7" w:rsidRDefault="00605B29" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2182"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="4" w:name="_Hlk536438973"/>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -8327,113 +8211,109 @@
               </w:rPr>
               <w:t>ir izvirzījis tikai tādas prasības, kas ir nepieciešamas līguma izpildei?</w:t>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22841988" w14:textId="77777777" w:rsidR="00605B29" w:rsidRPr="00B741C7" w:rsidRDefault="00605B29" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40D436EC" w14:textId="77777777" w:rsidR="00605B29" w:rsidRPr="00B741C7" w:rsidRDefault="00605B29" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="284BCCA9" w14:textId="77777777" w:rsidR="00605B29" w:rsidRPr="00B741C7" w:rsidRDefault="00605B29" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00605B29" w:rsidRPr="00B741C7" w14:paraId="04320FFD" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0BE99C19" w14:textId="77777777" w:rsidR="00605B29" w:rsidRPr="00B741C7" w:rsidRDefault="00605B29" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C162767" w14:textId="4C4920C6" w:rsidR="001B3AC4" w:rsidRPr="001B3AC4" w:rsidRDefault="00605B29" w:rsidP="001B3AC4">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2182"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja ir paredzēts autotransporta līdzekļu iepirkums, vai pasūtītājs ir ņēmis vērā PIL </w:t>
@@ -8485,113 +8365,109 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Skat. IUB skaidrojumu ”Tīrā” autotransporta iepirkumi”: https://www.iub.gov.lv/lv/skaidrojums-tira-autotransporta-iepirkumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18F2565D" w14:textId="77777777" w:rsidR="00605B29" w:rsidRPr="00B741C7" w:rsidRDefault="00605B29" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23E7ED40" w14:textId="77777777" w:rsidR="00605B29" w:rsidRPr="00B741C7" w:rsidRDefault="00605B29" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13858453" w14:textId="77777777" w:rsidR="00605B29" w:rsidRPr="00B741C7" w:rsidRDefault="00605B29" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D7238D" w:rsidRPr="00B741C7" w14:paraId="5F36469A" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F9C1A5B" w14:textId="77777777" w:rsidR="00D7238D" w:rsidRPr="00B741C7" w:rsidRDefault="00D7238D" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72ABC66F" w14:textId="77777777" w:rsidR="00D7238D" w:rsidRPr="00B741C7" w:rsidRDefault="00D7238D" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai tehniskās specifikācijas ir noteiktas saskaņā ar PIL 19.pantu (ja attiecināms)?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="42E88510" w14:textId="77777777" w:rsidR="00D7238D" w:rsidRPr="00B741C7" w:rsidRDefault="00D7238D" w:rsidP="007609C5">
@@ -8670,113 +8546,109 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nosaka zaļā publiskā iepirkuma principus, prasības un to piemērošanas kārtību, preču, pakalpojumu un būvdarbu grupas, kurām piemēro zaļā publiskā iepirkuma prasības, piedāvājuma izvērtēšanas kritērijus, iepirkuma līguma izpildes noteikumus un kontroles kārtību.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D4590A6" w14:textId="77777777" w:rsidR="00D7238D" w:rsidRPr="00B741C7" w:rsidRDefault="00D7238D" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20CB2858" w14:textId="77777777" w:rsidR="00D7238D" w:rsidRPr="00B741C7" w:rsidRDefault="00D7238D" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2CD76B25" w14:textId="77777777" w:rsidR="00D7238D" w:rsidRPr="00B741C7" w:rsidRDefault="00D7238D" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00210E7C" w:rsidRPr="00B741C7" w14:paraId="2AF7B0D2" w14:textId="77777777" w:rsidTr="004E42D6">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B5ECFCD" w14:textId="77777777" w:rsidR="00210E7C" w:rsidRPr="00B741C7" w:rsidRDefault="00210E7C" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F56B354" w14:textId="77777777" w:rsidR="00210E7C" w:rsidRPr="00280620" w:rsidRDefault="00210E7C" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2182"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai pasūtītājs nav noteicis, ka piedāvājuma sastāvā jābūt iekļautam konkrētajam iepirkumam sagatavotam darbam, kas ir autortiesību objekts vai uzskatāms par daļēju pakalpojuma izpildi (piemēram, nav prasīts iesniegt vizualizāciju/metu)</w:t>
@@ -8870,232 +8742,224 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="354E4314" w14:textId="77777777" w:rsidR="00210E7C" w:rsidRPr="00B741C7" w:rsidRDefault="00210E7C" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16702551" w14:textId="77777777" w:rsidR="00210E7C" w:rsidRPr="00B741C7" w:rsidRDefault="00210E7C" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6754601A" w14:textId="77777777" w:rsidR="00210E7C" w:rsidRPr="00B741C7" w:rsidRDefault="00210E7C" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00210E7C" w:rsidRPr="00B741C7" w14:paraId="6050A0D9" w14:textId="77777777" w:rsidTr="004E42D6">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D7DB04E" w14:textId="77777777" w:rsidR="00210E7C" w:rsidRPr="00B741C7" w:rsidRDefault="00210E7C" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49E15DA1" w14:textId="77777777" w:rsidR="00210E7C" w:rsidRPr="00B741C7" w:rsidRDefault="00210E7C" w:rsidP="007609C5">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2182"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="652" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai nav citi konstatējumi saistībā ar iepirkuma priekšmeta apraksta/ tehniskās specifikācijas neatbilstību?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="65D1B34A" w14:textId="77777777" w:rsidR="00210E7C" w:rsidRPr="00B741C7" w:rsidRDefault="00210E7C" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38D81ADD" w14:textId="77777777" w:rsidR="00210E7C" w:rsidRPr="00B741C7" w:rsidRDefault="00210E7C" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="558B6939" w14:textId="77777777" w:rsidR="00210E7C" w:rsidRPr="00B741C7" w:rsidRDefault="00210E7C" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00605337" w:rsidRPr="00B741C7" w14:paraId="7D08BCF9" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10378950" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D9B8BCB" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00FD0914" w:rsidP="00C34D1B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2182"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="106"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai ir atbilstoši noteikti kandidātu/ pretendentu izslēgšanas noteikumi?</w:t>
             </w:r>
@@ -9106,51 +8970,50 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="134EBA66" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="00C34D1B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A516385" w14:textId="02991375" w:rsidR="00E10914" w:rsidRPr="00B741C7" w:rsidRDefault="00D056A4" w:rsidP="00C34D1B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>41.p.</w:t>
             </w:r>
             <w:r w:rsidR="007C54E6">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.d.,</w:t>
             </w:r>
             <w:r w:rsidR="007C54E6" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -9168,100 +9031,97 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00C842BD" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>43.</w:t>
             </w:r>
             <w:r w:rsidR="00200F54" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F63A6F5" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="00C34D1B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00605337" w:rsidRPr="00B741C7" w14:paraId="658E51B1" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53469098" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="5" w:name="_Hlk122465981"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="722406FF" w14:textId="17A388EB" w:rsidR="002B17FF" w:rsidRDefault="00FD0914" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2182"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -9928,122 +9788,118 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="75CBB609" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="231361AB" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3996B443" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="5"/>
       <w:tr w:rsidR="00B24F24" w:rsidRPr="00B741C7" w14:paraId="460E51F7" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37A326A0" w14:textId="77777777" w:rsidR="00B24F24" w:rsidRPr="00B741C7" w:rsidRDefault="00B24F24" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="090DA125" w14:textId="77777777" w:rsidR="00B24F24" w:rsidRPr="00B741C7" w:rsidRDefault="00B24F24" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2182"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -10156,143 +10012,139 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1847EB59" w14:textId="77777777" w:rsidR="00B24F24" w:rsidRPr="00B741C7" w:rsidRDefault="00B24F24" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A1C691C" w14:textId="77777777" w:rsidR="00B24F24" w:rsidRPr="00B741C7" w:rsidRDefault="00D32526" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Starptautisko un Latvijas Republikas nacionālo sankciju likuma 11.</w:t>
             </w:r>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> panta pirmā un otrā daļa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4EF91E5A" w14:textId="77777777" w:rsidR="00B24F24" w:rsidRPr="00B741C7" w:rsidRDefault="00B24F24" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C486B" w:rsidRPr="00B741C7" w14:paraId="1AD811C3" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34DB6AF7" w14:textId="77777777" w:rsidR="004C486B" w:rsidRPr="00B741C7" w:rsidRDefault="004C486B" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60A34BC9" w14:textId="77777777" w:rsidR="006906DC" w:rsidRPr="00B741C7" w:rsidRDefault="006906DC" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2182"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -10369,133 +10221,129 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="42FA2D5F" w14:textId="77777777" w:rsidR="004C486B" w:rsidRPr="00B741C7" w:rsidRDefault="004C486B" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12AB7400" w14:textId="6E107FE5" w:rsidR="004C486B" w:rsidRPr="00B741C7" w:rsidRDefault="001961DA" w:rsidP="003A0D4B">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>41.p. 11.d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="568DD959" w14:textId="77777777" w:rsidR="004C486B" w:rsidRPr="00B741C7" w:rsidRDefault="004C486B" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00605337" w:rsidRPr="00B741C7" w14:paraId="462C1D96" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E2E24ED" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B4B960C" w14:textId="77777777" w:rsidR="004D2BF0" w:rsidRPr="00B741C7" w:rsidRDefault="00FD0914" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -10524,51 +10372,50 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1DC8579A" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29D5718F" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00FD0914" w:rsidP="00626998">
             <w:pPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00626998" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -10634,100 +10481,97 @@
             <w:r w:rsidR="00626998" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C7240C7" w14:textId="77777777" w:rsidR="00605337" w:rsidRPr="00B741C7" w:rsidRDefault="00605337" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC707A" w:rsidRPr="00B741C7" w14:paraId="4B24699F" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2577D0BF" w14:textId="77777777" w:rsidR="00BC707A" w:rsidRPr="00B741C7" w:rsidRDefault="00BC707A" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="008FED48" w14:textId="77777777" w:rsidR="00406277" w:rsidRPr="00B741C7" w:rsidRDefault="00FD0914" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -10790,121 +10634,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="75695432" w14:textId="77777777" w:rsidR="00BC707A" w:rsidRPr="00B741C7" w:rsidRDefault="00BC707A" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64CFE99A" w14:textId="77777777" w:rsidR="00BC707A" w:rsidRPr="00B741C7" w:rsidRDefault="00BC707A" w:rsidP="004D2BF0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17419CAD" w14:textId="77777777" w:rsidR="00BC707A" w:rsidRPr="00B741C7" w:rsidRDefault="00BC707A" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B658A4" w:rsidRPr="00B741C7" w14:paraId="2D75FDEE" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4EF4CB42" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20267C4B" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:iCs/>
@@ -11003,121 +10843,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2F34F4BD" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D9DC26A" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="004D2BF0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4838287C" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B658A4" w:rsidRPr="00B741C7" w14:paraId="63E7FAA7" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6704BE34" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C01B585" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -11157,121 +10993,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3E5038F4" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26A5C674" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="004D2BF0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40BB1380" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B658A4" w:rsidRPr="00B741C7" w14:paraId="7F91A7ED" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5587BAC0" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="531428AC" w14:textId="77777777" w:rsidR="00785DBD" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -11433,121 +11265,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2939BE72" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="274BE36C" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="004D2BF0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25606F11" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0079688A" w:rsidRPr="00B741C7" w14:paraId="5616A643" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11E43D9D" w14:textId="77777777" w:rsidR="0079688A" w:rsidRPr="00B741C7" w:rsidRDefault="0079688A" w:rsidP="00E23DD6">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C1C7617" w14:textId="77777777" w:rsidR="0079688A" w:rsidRPr="00B741C7" w:rsidRDefault="0079688A" w:rsidP="00E23DD6">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
                 <w:sz w:val="20"/>
@@ -11726,119 +11554,115 @@
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="21CB98D0" w14:textId="77777777" w:rsidR="0079688A" w:rsidRPr="00B741C7" w:rsidRDefault="0079688A" w:rsidP="00E23DD6">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1AB22461" w14:textId="77777777" w:rsidR="0079688A" w:rsidRPr="00B741C7" w:rsidRDefault="0079688A" w:rsidP="00E23DD6">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3F2A5549" w14:textId="77777777" w:rsidR="0079688A" w:rsidRPr="00B741C7" w:rsidRDefault="0079688A" w:rsidP="00E23DD6">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00880799" w:rsidRPr="00B741C7" w14:paraId="628970EC" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3DF542E3" w14:textId="77777777" w:rsidR="00880799" w:rsidRPr="00B741C7" w:rsidRDefault="00880799" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0513E38C" w14:textId="77777777" w:rsidR="00880799" w:rsidRPr="00B741C7" w:rsidRDefault="00880799" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -11877,121 +11701,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7E8F03B6" w14:textId="77777777" w:rsidR="00880799" w:rsidRPr="00B741C7" w:rsidRDefault="00880799" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F8E638A" w14:textId="77777777" w:rsidR="00880799" w:rsidRPr="00B741C7" w:rsidRDefault="00880799" w:rsidP="004D2BF0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="248D79E1" w14:textId="77777777" w:rsidR="00880799" w:rsidRPr="00B741C7" w:rsidRDefault="00880799" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B658A4" w:rsidRPr="00B741C7" w14:paraId="2369F56C" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4DBDF2D0" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B18F0AE" w14:textId="77777777" w:rsidR="00CE444E" w:rsidRPr="00B741C7" w:rsidRDefault="00CE444E" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -12062,121 +11882,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7110800F" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="210DACC6" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="004D2BF0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24A9DC02" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00660CBC" w:rsidRPr="00B741C7" w14:paraId="3848FA7C" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32F8E8A8" w14:textId="77777777" w:rsidR="00660CBC" w:rsidRPr="00B741C7" w:rsidRDefault="00660CBC" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12024642" w14:textId="77777777" w:rsidR="00660CBC" w:rsidRPr="00B741C7" w:rsidRDefault="00660CBC" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -12274,121 +12090,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="785BF6C9" w14:textId="77777777" w:rsidR="00660CBC" w:rsidRPr="00B741C7" w:rsidRDefault="00660CBC" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B176C0F" w14:textId="77777777" w:rsidR="00660CBC" w:rsidRPr="00B741C7" w:rsidRDefault="00660CBC" w:rsidP="004D2BF0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C998325" w14:textId="77777777" w:rsidR="00660CBC" w:rsidRPr="00B741C7" w:rsidRDefault="00660CBC" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B658A4" w:rsidRPr="00B741C7" w14:paraId="0E954B0D" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62BE2AEE" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3481DC08" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -12466,121 +12278,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3F570CA0" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="098C1DFC" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="004D2BF0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F670770" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B658A4" w:rsidRPr="00B741C7" w14:paraId="242EFAD3" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="106CF2C3" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EA9EFCB" w14:textId="63A2CCB3" w:rsidR="002F42C1" w:rsidRDefault="00B658A4" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -13130,121 +12938,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="110B3820" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7674E748" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="004D2BF0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7DD9B62E" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B658A4" w:rsidRPr="00B741C7" w14:paraId="67246B7F" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F3F7C75" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15333F33" w14:textId="12BEA184" w:rsidR="00903694" w:rsidRPr="008A1F2E" w:rsidRDefault="00B658A4" w:rsidP="008A1F2E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -13601,121 +13405,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2F352C08" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25E70D18" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="004D2BF0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2BEE118F" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B658A4" w:rsidRPr="00B741C7" w14:paraId="1A239B71" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B3CCB16" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42C90120" w14:textId="77777777" w:rsidR="00F90A26" w:rsidRPr="00336A9F" w:rsidRDefault="00B658A4" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
@@ -14206,121 +14006,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="27EA6D82" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6777CD05" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="004D2BF0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A012CE1" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B658A4" w:rsidRPr="00B741C7" w14:paraId="5CCC9897" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3621D671" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B2C8637" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
@@ -14349,121 +14145,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0625CBAB" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="730310DF" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="004D2BF0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57AB2C3A" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B658A4" w:rsidRPr="00B741C7" w14:paraId="4CB1E107" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3006CBCC" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FC51D04" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -14650,121 +14442,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="136BA4A2" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2397A99A" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="004D2BF0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C524F1E" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B658A4" w:rsidRPr="00B741C7" w14:paraId="18C370BE" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F12AD0C" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A858797" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -14834,121 +14622,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2C6966AC" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6294A64E" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="004D2BF0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7BBCE5A9" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B658A4" w:rsidRPr="00B741C7" w14:paraId="4854C4CB" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1CC8F5AD" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6485C0B7" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -14988,121 +14772,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6406CE3A" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74227F2D" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="004D2BF0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A75E811" w14:textId="77777777" w:rsidR="00B658A4" w:rsidRPr="00B741C7" w:rsidRDefault="00B658A4" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002E5BEC" w:rsidRPr="00B741C7" w14:paraId="43938C8D" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="102F92E4" w14:textId="77777777" w:rsidR="002E5BEC" w:rsidRPr="00B741C7" w:rsidRDefault="002E5BEC" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C22F99E" w14:textId="77777777" w:rsidR="002E5BEC" w:rsidRPr="00B741C7" w:rsidRDefault="002E5BEC" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
@@ -15236,121 +15016,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7C7A14DB" w14:textId="77777777" w:rsidR="002E5BEC" w:rsidRPr="00B741C7" w:rsidRDefault="002E5BEC" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="727F13F6" w14:textId="77777777" w:rsidR="002E5BEC" w:rsidRPr="00B741C7" w:rsidRDefault="002E5BEC" w:rsidP="004D2BF0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="102DAEB2" w14:textId="77777777" w:rsidR="002E5BEC" w:rsidRPr="00B741C7" w:rsidRDefault="002E5BEC" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00660CBC" w:rsidRPr="00B741C7" w14:paraId="558DDDFD" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E83C54F" w14:textId="77777777" w:rsidR="00660CBC" w:rsidRPr="00B741C7" w:rsidRDefault="00660CBC" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70351122" w14:textId="77777777" w:rsidR="00660CBC" w:rsidRPr="00B741C7" w:rsidRDefault="00660CBC" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
@@ -15366,121 +15142,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3EDF3059" w14:textId="77777777" w:rsidR="00660CBC" w:rsidRPr="00B741C7" w:rsidRDefault="00660CBC" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="134EAEDC" w14:textId="77777777" w:rsidR="00660CBC" w:rsidRPr="00B741C7" w:rsidRDefault="00660CBC" w:rsidP="004D2BF0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C96F04F" w14:textId="77777777" w:rsidR="00660CBC" w:rsidRPr="00B741C7" w:rsidRDefault="00660CBC" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002E5BEC" w:rsidRPr="00B741C7" w14:paraId="7C128119" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E8A2434" w14:textId="77777777" w:rsidR="002E5BEC" w:rsidRPr="00B741C7" w:rsidRDefault="002E5BEC" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="549BAAF1" w14:textId="77777777" w:rsidR="002E5BEC" w:rsidRPr="00B741C7" w:rsidRDefault="002E5BEC" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -15550,121 +15322,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="73638AD0" w14:textId="77777777" w:rsidR="002E5BEC" w:rsidRPr="00B741C7" w:rsidRDefault="002E5BEC" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CD14A05" w14:textId="77777777" w:rsidR="002E5BEC" w:rsidRPr="00B741C7" w:rsidRDefault="002E5BEC" w:rsidP="004D2BF0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1411706B" w14:textId="77777777" w:rsidR="002E5BEC" w:rsidRPr="00B741C7" w:rsidRDefault="002E5BEC" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0032407D" w:rsidRPr="00B741C7" w14:paraId="2B629D8E" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6CEFA02E" w14:textId="77777777" w:rsidR="0032407D" w:rsidRPr="00B741C7" w:rsidRDefault="0032407D" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FE0E78B" w14:textId="77777777" w:rsidR="0032407D" w:rsidRDefault="0032407D" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -15757,121 +15525,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7EE8E554" w14:textId="77777777" w:rsidR="0032407D" w:rsidRPr="00B741C7" w:rsidRDefault="0032407D" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47B2BE94" w14:textId="77777777" w:rsidR="0032407D" w:rsidRPr="00B741C7" w:rsidRDefault="0032407D" w:rsidP="004D2BF0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F45FF5F" w14:textId="77777777" w:rsidR="0032407D" w:rsidRPr="00B741C7" w:rsidRDefault="0032407D" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DC553E" w:rsidRPr="00B741C7" w14:paraId="737ADA1A" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0143135A" w14:textId="77777777" w:rsidR="00DC553E" w:rsidRPr="00B741C7" w:rsidRDefault="00DC553E" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="054A111B" w14:textId="77777777" w:rsidR="00DC553E" w:rsidRPr="00DC553E" w:rsidRDefault="00DC553E" w:rsidP="009E1CBA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman" w:cs="TimesNewRomanPSMT"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC553E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Times New Roman" w:cs="TimesNewRomanPSMT"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
@@ -16111,121 +15875,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5C13E055" w14:textId="77777777" w:rsidR="00DC553E" w:rsidRPr="00B741C7" w:rsidRDefault="00DC553E" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01920D80" w14:textId="77777777" w:rsidR="00DC553E" w:rsidRPr="00B741C7" w:rsidRDefault="00DC553E" w:rsidP="004D2BF0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B1C9B33" w14:textId="77777777" w:rsidR="00DC553E" w:rsidRPr="00B741C7" w:rsidRDefault="00DC553E" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F01BC1" w:rsidRPr="00B741C7" w14:paraId="2598F7A9" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B0E164C" w14:textId="77777777" w:rsidR="00F01BC1" w:rsidRPr="00B741C7" w:rsidRDefault="00F01BC1" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="767A4F60" w14:textId="77777777" w:rsidR="00F01BC1" w:rsidRDefault="00F01BC1" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F01BC1">
               <w:rPr>
@@ -16362,121 +16122,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="48A82815" w14:textId="77777777" w:rsidR="00F01BC1" w:rsidRPr="00B741C7" w:rsidRDefault="00F01BC1" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="761692C7" w14:textId="77777777" w:rsidR="00F01BC1" w:rsidRPr="00B741C7" w:rsidRDefault="00F01BC1" w:rsidP="004D2BF0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B09E4BC" w14:textId="77777777" w:rsidR="00F01BC1" w:rsidRPr="00B741C7" w:rsidRDefault="00F01BC1" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B1EEC" w:rsidRPr="00B741C7" w14:paraId="326D9277" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7861CF6E" w14:textId="77777777" w:rsidR="001B1EEC" w:rsidRPr="00B741C7" w:rsidRDefault="001B1EEC" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B5FA246" w14:textId="77777777" w:rsidR="001B1EEC" w:rsidRPr="00B741C7" w:rsidRDefault="001B1EEC" w:rsidP="009272D2">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="652" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
@@ -16533,126 +16289,122 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7EE1463F" w14:textId="77777777" w:rsidR="001B1EEC" w:rsidRPr="00B741C7" w:rsidRDefault="001B1EEC" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2350D187" w14:textId="77777777" w:rsidR="001B1EEC" w:rsidRPr="00B741C7" w:rsidRDefault="001B1EEC" w:rsidP="004D2BF0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E82FE95" w14:textId="77777777" w:rsidR="001B1EEC" w:rsidRPr="00B741C7" w:rsidRDefault="001B1EEC" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC707A" w:rsidRPr="00B741C7" w14:paraId="30637C53" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3098AE48" w14:textId="77777777" w:rsidR="00BC707A" w:rsidRPr="00B741C7" w:rsidRDefault="00BC707A" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C62CBD5" w14:textId="77777777" w:rsidR="00BC707A" w:rsidRPr="00B741C7" w:rsidRDefault="002E5BEC" w:rsidP="00B741C7">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2323"/>
                 <w:tab w:val="left" w:pos="-2182"/>
                 <w:tab w:val="left" w:pos="-2040"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -16667,51 +16419,50 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="253295C1" w14:textId="77777777" w:rsidR="00BC707A" w:rsidRPr="00B741C7" w:rsidRDefault="00BC707A" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20A7CBD5" w14:textId="77777777" w:rsidR="008A1FB3" w:rsidRPr="00B741C7" w:rsidRDefault="00B34C55" w:rsidP="00BC707A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13.p.2.</w:t>
             </w:r>
             <w:r w:rsidR="00A85781" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
@@ -16766,100 +16517,97 @@
               <w:t>42.</w:t>
             </w:r>
             <w:r w:rsidR="002E5BEC" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>p.</w:t>
             </w:r>
             <w:r w:rsidR="003C090A" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, 46.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4715F4F7" w14:textId="77777777" w:rsidR="00BC707A" w:rsidRPr="00B741C7" w:rsidRDefault="00BC707A" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C3689" w:rsidRPr="00B741C7" w14:paraId="697989F7" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="372CF7A5" w14:textId="77777777" w:rsidR="000C3689" w:rsidRPr="00B741C7" w:rsidRDefault="000C3689" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B210116" w14:textId="77777777" w:rsidR="00D53D7A" w:rsidRDefault="008C3BA8" w:rsidP="00B741C7">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -16940,121 +16688,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="59B0BBCD" w14:textId="77777777" w:rsidR="000C3689" w:rsidRPr="00B741C7" w:rsidRDefault="000C3689" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C218A13" w14:textId="77777777" w:rsidR="000C3689" w:rsidRPr="00B741C7" w:rsidRDefault="000C3689" w:rsidP="00BC707A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DBAFC9A" w14:textId="77777777" w:rsidR="000C3689" w:rsidRPr="00B741C7" w:rsidRDefault="000C3689" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00427E45" w:rsidRPr="00B741C7" w14:paraId="79DEAE70" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76AEC9C1" w14:textId="77777777" w:rsidR="00427E45" w:rsidRPr="00B741C7" w:rsidRDefault="00427E45" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A7EE913" w14:textId="77777777" w:rsidR="00427E45" w:rsidRPr="00B741C7" w:rsidRDefault="00427E45" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -17137,121 +16881,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="61C05066" w14:textId="77777777" w:rsidR="00427E45" w:rsidRPr="00B741C7" w:rsidRDefault="00427E45" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29D9325F" w14:textId="77777777" w:rsidR="00427E45" w:rsidRPr="00B741C7" w:rsidRDefault="00427E45" w:rsidP="00BC707A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C6E2DC6" w14:textId="77777777" w:rsidR="00427E45" w:rsidRPr="00B741C7" w:rsidRDefault="00427E45" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D47009" w:rsidRPr="00B741C7" w14:paraId="1B6083FB" w14:textId="77777777" w:rsidTr="00CB0E4D">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3FFFA971" w14:textId="77777777" w:rsidR="00D47009" w:rsidRPr="00B741C7" w:rsidRDefault="00D47009" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E141DC8" w14:textId="77777777" w:rsidR="00D47009" w:rsidRPr="00B741C7" w:rsidRDefault="00D47009" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai iepirkuma dokumentācijā ir paredzēta Eiropas vienotā iepirkuma procedūras dokumenta kā sākotnējā pierādījuma atbilstībai paziņojumā par līgumu vai iepirkuma procedūras dokumentos noteiktajām pretendentu un kandidātu atlases prasībām pieņemšana? </w:t>
             </w:r>
           </w:p>
@@ -17282,126 +17022,122 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1D86FA66" w14:textId="77777777" w:rsidR="00D47009" w:rsidRPr="00B741C7" w:rsidRDefault="00D47009" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E40E59B" w14:textId="77777777" w:rsidR="00D47009" w:rsidRPr="00B741C7" w:rsidRDefault="00D47009" w:rsidP="00D71E21">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>49.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7AB5613E" w14:textId="77777777" w:rsidR="00D47009" w:rsidRPr="00B741C7" w:rsidRDefault="00D47009" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D47009" w:rsidRPr="00B741C7" w14:paraId="0D171F0A" w14:textId="77777777" w:rsidTr="00CB0E4D">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B230C1A" w14:textId="77777777" w:rsidR="00D47009" w:rsidRPr="00B741C7" w:rsidRDefault="00D47009" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A942087" w14:textId="77777777" w:rsidR="00D47009" w:rsidRPr="00B741C7" w:rsidRDefault="00D47009" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
@@ -17442,122 +17178,118 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2BFAD28A" w14:textId="77777777" w:rsidR="00D47009" w:rsidRPr="00B741C7" w:rsidRDefault="00D47009" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="506BBA38" w14:textId="77777777" w:rsidR="00D47009" w:rsidRPr="00B741C7" w:rsidRDefault="00D47009" w:rsidP="00D71E21">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4FD3D820" w14:textId="77777777" w:rsidR="00D47009" w:rsidRPr="00B741C7" w:rsidRDefault="00D47009" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D47009" w:rsidRPr="00B741C7" w14:paraId="4B10E2EB" w14:textId="77777777" w:rsidTr="00CB0E4D">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01B6808F" w14:textId="77777777" w:rsidR="00D47009" w:rsidRPr="00B741C7" w:rsidRDefault="00D47009" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="516E8E18" w14:textId="77777777" w:rsidR="00D47009" w:rsidRPr="00B741C7" w:rsidRDefault="00D47009" w:rsidP="00C22307">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="652" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Vai nav izvirzīta prasība, ka speciālista kvalifikāciju apliecinošajam sertifikātam jābūt konkrēti minētas institūcijas izdotam, ja nepieciešamo sertifikātu attiecīgajā jomā izdod vairākas kompetentās institūcijas?</w:t>
             </w:r>
           </w:p>
@@ -17567,127 +17299,123 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="194E05A4" w14:textId="77777777" w:rsidR="00D47009" w:rsidRPr="00B741C7" w:rsidRDefault="00D47009" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="613B23AB" w14:textId="77777777" w:rsidR="00D47009" w:rsidRPr="00B741C7" w:rsidRDefault="00D47009" w:rsidP="00D71E21">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34D42EB7" w14:textId="77777777" w:rsidR="00D47009" w:rsidRPr="00B741C7" w:rsidRDefault="00D47009" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC707A" w:rsidRPr="00B741C7" w14:paraId="264FB417" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25703134" w14:textId="77777777" w:rsidR="00BC707A" w:rsidRPr="00B741C7" w:rsidRDefault="00BC707A" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C1C5687" w14:textId="77777777" w:rsidR="00BC707A" w:rsidRPr="00B741C7" w:rsidRDefault="00AB0A9E" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="8" w:name="_Hlk8655461"/>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai ir atbilstoši noteikts piedāvājuma </w:t>
             </w:r>
             <w:r w:rsidR="000E7279" w:rsidRPr="00B741C7">
               <w:rPr>
@@ -17713,51 +17441,50 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4630738D" w14:textId="77777777" w:rsidR="00BC707A" w:rsidRPr="00B741C7" w:rsidRDefault="00BC707A" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BCDC163" w14:textId="7BEBE888" w:rsidR="00055656" w:rsidRPr="00B741C7" w:rsidRDefault="00B90DC4" w:rsidP="00BC707A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">19.p., </w:t>
             </w:r>
             <w:r w:rsidR="000E7279" w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>51</w:t>
             </w:r>
@@ -17806,100 +17533,97 @@
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">noteikumi Nr.353 “Prasības zaļajam publiskajam </w:t>
             </w:r>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>iepirkumam un to piemērošanas kārtība”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C1E026B" w14:textId="77777777" w:rsidR="00BC707A" w:rsidRPr="00B741C7" w:rsidRDefault="00BC707A" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w14:paraId="552BA91D" w14:textId="77777777" w:rsidTr="00F93E04">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5ABC9B83" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10A6E388" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF6580">
               <w:rPr>
                 <w:iCs/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -17929,118 +17653,114 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6D73A44E" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0873449E" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00BC707A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="491C13AD" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w14:paraId="3D1CBE72" w14:textId="77777777" w:rsidTr="00BB63B3">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0703B281" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00A64F3B">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33E3A0BB" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00127B4C">
             <w:pPr>
               <w:pStyle w:val="Sarakstarindkopa1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
@@ -18164,118 +17884,114 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="479B0FA6" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="0052174E">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22B43503" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00BC707A">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76628888" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00262868">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w14:paraId="03362748" w14:textId="77777777" w:rsidTr="00BB63B3">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12C2EAC4" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AB52264" w14:textId="0921DB71" w:rsidR="00B72AAA" w:rsidRPr="00B20838" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja piedāvājumu salīdzināšanai un izvērtēšanai ir noteikta tikai cena, vai sagatavotā tehniskā specifikācija ir detalizēta un citiem kritērijiem nav būtiskas nozīmes piedāvājuma izvēlē</w:t>
@@ -18333,118 +18049,114 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="71F53137" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="666DF17B" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22D5E81B" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w14:paraId="5E0CBDB2" w14:textId="77777777" w:rsidTr="004E7708">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F8DB5F8" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A8AC982" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai noteiktie piedāvājuma izvērtēšanas kritēriji ir konkurenci neierobežojoši, </w:t>
@@ -18726,118 +18438,114 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7EBA55F1" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D7FFE61" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="424EA495" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w14:paraId="7E5A1E21" w14:textId="77777777" w:rsidTr="004E7708">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29D64024" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B675CD4" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai ir norādīti piedāvājuma izvērtēšanas kritēriji, kritēriju vērtības un, ja attiecināms, vērtību diapazoni, kā arī piedāvājuma izvēles algoritms saskaņā ar šiem kritērijiem, kā arī vai ir aprakstīts, kā tiks piemērots katrs no norādītajiem izvērtēšanas kritērijiem?</w:t>
@@ -18871,118 +18579,114 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0BF97E23" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D68C1EE" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36E4B0A9" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w14:paraId="55E2B838" w14:textId="77777777" w:rsidTr="00944EF6">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6242D6EA" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="393BC3D2" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai piedāvājuma izvērtēšanas kritēriji ir noteikti saskaņā ar PIL 19.pantu (ja attiecināms)?</w:t>
             </w:r>
           </w:p>
@@ -19013,118 +18717,114 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1B403CE5" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A6CD8D7" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CC753B3" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w14:paraId="222A421C" w14:textId="77777777" w:rsidTr="00944EF6">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47026CE1" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4317C26A" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A42CE6">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai </w:t>
@@ -19238,121 +18938,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2CBB985F" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33D13148" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B5C620B" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w14:paraId="5423EB6A" w14:textId="77777777" w:rsidTr="003D0213">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A370303" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B7B77EF" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai p</w:t>
@@ -19668,51 +19364,50 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3BF8062B" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35117E55" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>51.p</w:t>
             </w:r>
             <w:r w:rsidRPr="003974F8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
@@ -19731,100 +19426,97 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="003974F8">
               <w:rPr>
                 <w:color w:val="414142"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B284D21" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w14:paraId="702514A2" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="010B283D" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="241360C3" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai nav citi konstatējumi saistībā ar piedāvājuma izvērtēšanas kritērija neatbilstību?</w:t>
@@ -19836,126 +19528,122 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1673DFF3" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76633AB6" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57D060F9" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w14:paraId="6C490ACD" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="31102CE3" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5496C3AD" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai iepirkuma procedūras dokumentācijai ir pievienots iepirkuma līguma projekts? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36DD9B11" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
@@ -20233,51 +19921,50 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0934B89C" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="469AF3DD" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>16.p. 2.d., 60., 61., 62.p.,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="418A5228" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -20309,100 +19996,97 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> panta piektā daļa</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="727E9F72" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7EB7CD39" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w14:paraId="46BF8E81" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4930477E" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41697391" w14:textId="184B1B01" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai noteiktais līguma izpildes/spēkā esamības termiņš  nepārsniedz piecus gadus?</w:t>
             </w:r>
             <w:r w:rsidRPr="00B741C7">
@@ -20427,121 +20111,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="05835EF7" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1BDEE2AE" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="50AAE27C" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w14:paraId="44C321FF" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3DCAD470" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2944A3E8" w14:textId="01C95DEE" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja pasūtītājs ir piemērojis PIL 16.panta otro daļu, vai  iepirkuma līguma termiņš nepārsniedz trīs gadus? </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -20550,121 +20230,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4950BF3E" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39C57DB3" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6873FD23" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w14:paraId="277D3D44" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CFC1E43" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F21B606" w14:textId="1CB1D75A" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai līguma projektā ir detalizēti atrunāti iespējamie līguma grozījumi? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B50DB2D" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
@@ -20782,121 +20458,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4C83D7F4" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="790091FD" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25ED9BC3" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w14:paraId="2473070B" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AA420BD" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5588ADA1" w14:textId="5C627678" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja ir paredzēti speciāli iepirkuma līguma izpildes noteikumi saistībā ar ekonomiskiem un sociāliem apstākļiem, inovācijām vai vides aizsardzības prasībām, vai šie noteikumi ir norādīti tehniskajās specifikācijās vai iepirkuma procedūras dokumentos un ir saistīti ar attiecīgā iepirkuma līguma priekšmetu?</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -20905,254 +20577,246 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7779D173" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1765326C" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="204C26A3" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w14:paraId="57D0480A" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7BCE9AC7" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4014C6D2" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja tiek piemērots slēgts konkurss/ konkursa procedūra ar sarunām/ konkursa dialogs, vai ir atbilstoši noteikta kandidātu vērtēšanas sistēmas metodika (ja tāda paredzēta)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="781C29F2" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B8229F0" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MK not. 29., 66., 106.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B8FD44B" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w14:paraId="4C71E8F7" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C689F24" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04AE1D6B" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai ir norādīti objektīvi un nediskriminējoši kritēriji vai noteikumi, kas tiks piemēroti kandidātu skaita samazināšanai, kas tiks uzaicināti iesniegt piedāvājumus, kā arī minimālais un, ja nepieciešams, maksimālais kandidātu skaits?</w:t>
@@ -21186,254 +20850,246 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="162B1B01" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0EB7AB64" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3736CD62" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w14:paraId="1E16E0C5" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="490326B1" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18F041C6" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja tiek piemērota vispārīgā vienošanās, vai ir atbilstoši aprakstīta procedūra?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="54180ADE" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3965BA7E" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.p.33.p., 56.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0EB0576E" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w14:paraId="562BCB6A" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6EB995D1" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60B5723A" w14:textId="416717F1" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vai </w:t>
@@ -21494,272 +21150,264 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2BEC0C4A" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19A037F8" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="328FEAB4" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w14:paraId="6AF67A23" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="407BDFA4" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B3F7D4D" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ja tiek piemērots metu konkurss, vai ir atbilstoši izveidota žūrijas komisija; vai ir atbilstoši sagatavots nolikums, noregulēta metu iesniegšanas kārtība?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7DB6F44C" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6EC6F53A" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.p.18.p.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61BAA861" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MK not. 198.- 228.p.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="50DA8A3F" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w14:paraId="20FFF96E" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CB87619" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="514FA32B" w14:textId="5D48C017" w:rsidR="00B72AAA" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai metu konkurs</w:t>
@@ -21995,250 +21643,242 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="159B9F67" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E3EE97E" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E904DA8" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w14:paraId="1556A6C8" w14:textId="77777777" w:rsidTr="005F0876">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="51A87466" w14:textId="24DF0AC9" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">18. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46865FD9" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="106"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vai ir atbilstoši paredzēti noteikumi attiecībā uz finanšu piedāvājuma sagatavošanu?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2C17DCCD" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A7E7D90" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="51A3D607" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w14:paraId="0735DFCB" w14:textId="77777777" w:rsidTr="00A366D8">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38491123" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66233451" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman"/>
                 <w:vanish/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6F9B0800" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
@@ -22313,121 +21953,117 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="68AE78CF" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="085D9AA2" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A01EEE1" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w14:paraId="6A31CA60" w14:textId="77777777" w:rsidTr="0052174E">
         <w:trPr>
           <w:trHeight w:val="231"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38D72F1C" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32372023" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-2182"/>
               </w:tabs>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:left="654" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B741C7">
               <w:rPr>
                 <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -22476,127 +22112,125 @@
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1D5E5197" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="466CE1B3" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00B741C7" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:line="100" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A1B73AE" w14:textId="77777777" w:rsidR="00B72AAA" w:rsidRPr="00757A89" w:rsidRDefault="00B72AAA" w:rsidP="00B72AAA">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="119" w:line="100" w:lineRule="atLeast"/>
               <w:ind w:firstLine="454"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="132DC1DC" w14:textId="77777777" w:rsidR="00335258" w:rsidRPr="00B741C7" w:rsidRDefault="00335258" w:rsidP="00FF725F"/>
     <w:sectPr w:rsidR="00335258" w:rsidRPr="00B741C7" w:rsidSect="00B23B02">
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="993" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5EDC9476" w14:textId="77777777" w:rsidR="002F26AE" w:rsidRDefault="002F26AE" w:rsidP="00C96A70">
+    <w:p w14:paraId="2B0ADEF5" w14:textId="77777777" w:rsidR="00CE665A" w:rsidRDefault="00CE665A" w:rsidP="00C96A70">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3F593C9D" w14:textId="77777777" w:rsidR="002F26AE" w:rsidRDefault="002F26AE" w:rsidP="00C96A70">
+    <w:p w14:paraId="480BB006" w14:textId="77777777" w:rsidR="00CE665A" w:rsidRDefault="00CE665A" w:rsidP="00C96A70">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4023DD7F" w14:textId="77777777" w:rsidR="002F26AE" w:rsidRDefault="002F26AE">
+    <w:p w14:paraId="7C6CF8B1" w14:textId="77777777" w:rsidR="00CE665A" w:rsidRDefault="00CE665A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol">
@@ -22608,81 +22242,81 @@
   <w:font w:name="Andale Sans UI">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPSMT">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000005" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000002" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="22791329" w14:textId="77777777" w:rsidR="00EA5BBC" w:rsidRPr="0024128D" w:rsidRDefault="00EA5BBC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0024128D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
@@ -22704,71 +22338,71 @@
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
       </w:rPr>
       <w:t>27</w:t>
     </w:r>
     <w:r w:rsidRPr="0024128D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="19E0DB8C" w14:textId="77777777" w:rsidR="00EA5BBC" w:rsidRDefault="00EA5BBC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="28E481D5" w14:textId="77777777" w:rsidR="002F26AE" w:rsidRDefault="002F26AE" w:rsidP="00C96A70">
+    <w:p w14:paraId="583B5B66" w14:textId="77777777" w:rsidR="00CE665A" w:rsidRDefault="00CE665A" w:rsidP="00C96A70">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2C9097C7" w14:textId="77777777" w:rsidR="002F26AE" w:rsidRDefault="002F26AE" w:rsidP="00C96A70">
+    <w:p w14:paraId="20B57EEC" w14:textId="77777777" w:rsidR="00CE665A" w:rsidRDefault="00CE665A" w:rsidP="00C96A70">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="31DA5A87" w14:textId="77777777" w:rsidR="002F26AE" w:rsidRDefault="002F26AE">
+    <w:p w14:paraId="51DE0781" w14:textId="77777777" w:rsidR="00CE665A" w:rsidRDefault="00CE665A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="5D72C77F" w14:textId="2E5D870A" w:rsidR="00EA5BBC" w:rsidRDefault="00EA5BBC">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005D0BE8">
         <w:t>Ministru kabineta 201</w:t>
       </w:r>
       <w:r>
         <w:t>7</w:t>
       </w:r>
@@ -26727,51 +26361,50 @@
   <w:num w:numId="29" w16cid:durableId="515077141">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="510871727">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="480734076">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1194803441">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="544106028">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="997614629">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="6"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F11289"/>
     <w:rsid w:val="00000065"/>
     <w:rsid w:val="00000536"/>
     <w:rsid w:val="0000171A"/>
@@ -27822,50 +27455,51 @@
     <w:rsid w:val="00571B28"/>
     <w:rsid w:val="00571F61"/>
     <w:rsid w:val="00572175"/>
     <w:rsid w:val="0057562E"/>
     <w:rsid w:val="00575B43"/>
     <w:rsid w:val="00576100"/>
     <w:rsid w:val="005762DF"/>
     <w:rsid w:val="00577140"/>
     <w:rsid w:val="005775C5"/>
     <w:rsid w:val="00577D99"/>
     <w:rsid w:val="00580359"/>
     <w:rsid w:val="00583C36"/>
     <w:rsid w:val="00584493"/>
     <w:rsid w:val="005868B3"/>
     <w:rsid w:val="00592702"/>
     <w:rsid w:val="005927D0"/>
     <w:rsid w:val="00593FB6"/>
     <w:rsid w:val="00594605"/>
     <w:rsid w:val="00595B1A"/>
     <w:rsid w:val="00595E64"/>
     <w:rsid w:val="0059633E"/>
     <w:rsid w:val="005963D6"/>
     <w:rsid w:val="00596585"/>
     <w:rsid w:val="00597891"/>
     <w:rsid w:val="00597EB0"/>
+    <w:rsid w:val="005A0E36"/>
     <w:rsid w:val="005A11BD"/>
     <w:rsid w:val="005A15A7"/>
     <w:rsid w:val="005A2356"/>
     <w:rsid w:val="005A244E"/>
     <w:rsid w:val="005A2462"/>
     <w:rsid w:val="005A294B"/>
     <w:rsid w:val="005A2D77"/>
     <w:rsid w:val="005A40F7"/>
     <w:rsid w:val="005A4A4D"/>
     <w:rsid w:val="005A5898"/>
     <w:rsid w:val="005A68B3"/>
     <w:rsid w:val="005A6FD0"/>
     <w:rsid w:val="005A7141"/>
     <w:rsid w:val="005B0261"/>
     <w:rsid w:val="005B1202"/>
     <w:rsid w:val="005B1E55"/>
     <w:rsid w:val="005B345F"/>
     <w:rsid w:val="005B4887"/>
     <w:rsid w:val="005B4DE5"/>
     <w:rsid w:val="005B57C4"/>
     <w:rsid w:val="005B6404"/>
     <w:rsid w:val="005B667E"/>
     <w:rsid w:val="005B6B7C"/>
     <w:rsid w:val="005B6FDC"/>
     <w:rsid w:val="005B6FE8"/>
@@ -27995,50 +27629,51 @@
     <w:rsid w:val="00652302"/>
     <w:rsid w:val="006535DA"/>
     <w:rsid w:val="00654818"/>
     <w:rsid w:val="00654856"/>
     <w:rsid w:val="00654D50"/>
     <w:rsid w:val="006550FE"/>
     <w:rsid w:val="0065523F"/>
     <w:rsid w:val="00656E59"/>
     <w:rsid w:val="00656FFC"/>
     <w:rsid w:val="00657B62"/>
     <w:rsid w:val="00660399"/>
     <w:rsid w:val="006606BB"/>
     <w:rsid w:val="00660CBC"/>
     <w:rsid w:val="006619EF"/>
     <w:rsid w:val="0066260B"/>
     <w:rsid w:val="00663970"/>
     <w:rsid w:val="00663D9A"/>
     <w:rsid w:val="00666249"/>
     <w:rsid w:val="00667723"/>
     <w:rsid w:val="006701CC"/>
     <w:rsid w:val="00671EB4"/>
     <w:rsid w:val="0067353D"/>
     <w:rsid w:val="00673FC5"/>
     <w:rsid w:val="006745E0"/>
     <w:rsid w:val="00674FED"/>
+    <w:rsid w:val="00675377"/>
     <w:rsid w:val="0067553A"/>
     <w:rsid w:val="00675911"/>
     <w:rsid w:val="00675C5E"/>
     <w:rsid w:val="00676666"/>
     <w:rsid w:val="006767B4"/>
     <w:rsid w:val="00677C15"/>
     <w:rsid w:val="00680278"/>
     <w:rsid w:val="00680ED2"/>
     <w:rsid w:val="0068164E"/>
     <w:rsid w:val="00683223"/>
     <w:rsid w:val="0068326D"/>
     <w:rsid w:val="00686300"/>
     <w:rsid w:val="00686B6F"/>
     <w:rsid w:val="006879DB"/>
     <w:rsid w:val="00687B48"/>
     <w:rsid w:val="00687C65"/>
     <w:rsid w:val="00687E9F"/>
     <w:rsid w:val="006906DC"/>
     <w:rsid w:val="0069081E"/>
     <w:rsid w:val="00690AB5"/>
     <w:rsid w:val="0069289D"/>
     <w:rsid w:val="00693500"/>
     <w:rsid w:val="00693F3D"/>
     <w:rsid w:val="00694703"/>
     <w:rsid w:val="006953BA"/>
@@ -28595,50 +28230,51 @@
     <w:rsid w:val="009C443D"/>
     <w:rsid w:val="009C4846"/>
     <w:rsid w:val="009C48A2"/>
     <w:rsid w:val="009C49D6"/>
     <w:rsid w:val="009C5817"/>
     <w:rsid w:val="009C5FF3"/>
     <w:rsid w:val="009C71F3"/>
     <w:rsid w:val="009C7755"/>
     <w:rsid w:val="009D00E7"/>
     <w:rsid w:val="009D0DF0"/>
     <w:rsid w:val="009D1462"/>
     <w:rsid w:val="009D1ACF"/>
     <w:rsid w:val="009D1EC7"/>
     <w:rsid w:val="009D30EC"/>
     <w:rsid w:val="009D499E"/>
     <w:rsid w:val="009D510B"/>
     <w:rsid w:val="009D5BD9"/>
     <w:rsid w:val="009D6476"/>
     <w:rsid w:val="009D6AC2"/>
     <w:rsid w:val="009E0838"/>
     <w:rsid w:val="009E11F0"/>
     <w:rsid w:val="009E1CBA"/>
     <w:rsid w:val="009E23A6"/>
     <w:rsid w:val="009E280E"/>
     <w:rsid w:val="009E2C3C"/>
+    <w:rsid w:val="009E30DF"/>
     <w:rsid w:val="009E3346"/>
     <w:rsid w:val="009E345E"/>
     <w:rsid w:val="009E5A54"/>
     <w:rsid w:val="009E621D"/>
     <w:rsid w:val="009E6E79"/>
     <w:rsid w:val="009E705C"/>
     <w:rsid w:val="009E706F"/>
     <w:rsid w:val="009E78B3"/>
     <w:rsid w:val="009F06F0"/>
     <w:rsid w:val="009F149E"/>
     <w:rsid w:val="009F1D69"/>
     <w:rsid w:val="009F2806"/>
     <w:rsid w:val="009F2BA6"/>
     <w:rsid w:val="009F3042"/>
     <w:rsid w:val="009F3D36"/>
     <w:rsid w:val="009F5227"/>
     <w:rsid w:val="009F7277"/>
     <w:rsid w:val="00A00A58"/>
     <w:rsid w:val="00A02024"/>
     <w:rsid w:val="00A029AF"/>
     <w:rsid w:val="00A05919"/>
     <w:rsid w:val="00A07A65"/>
     <w:rsid w:val="00A07F7F"/>
     <w:rsid w:val="00A10924"/>
     <w:rsid w:val="00A11D92"/>
@@ -29158,50 +28794,51 @@
     <w:rsid w:val="00CD2369"/>
     <w:rsid w:val="00CD27DB"/>
     <w:rsid w:val="00CD28D8"/>
     <w:rsid w:val="00CD5FB1"/>
     <w:rsid w:val="00CD6983"/>
     <w:rsid w:val="00CD748A"/>
     <w:rsid w:val="00CD7F95"/>
     <w:rsid w:val="00CE01B8"/>
     <w:rsid w:val="00CE233C"/>
     <w:rsid w:val="00CE25D0"/>
     <w:rsid w:val="00CE279C"/>
     <w:rsid w:val="00CE2BA8"/>
     <w:rsid w:val="00CE2FC3"/>
     <w:rsid w:val="00CE2FC8"/>
     <w:rsid w:val="00CE34C9"/>
     <w:rsid w:val="00CE372C"/>
     <w:rsid w:val="00CE3FD2"/>
     <w:rsid w:val="00CE3FF8"/>
     <w:rsid w:val="00CE444E"/>
     <w:rsid w:val="00CE4873"/>
     <w:rsid w:val="00CE4B12"/>
     <w:rsid w:val="00CE5376"/>
     <w:rsid w:val="00CE5569"/>
     <w:rsid w:val="00CE63B3"/>
     <w:rsid w:val="00CE65C0"/>
+    <w:rsid w:val="00CE665A"/>
     <w:rsid w:val="00CE6CDE"/>
     <w:rsid w:val="00CE6E2D"/>
     <w:rsid w:val="00CE706A"/>
     <w:rsid w:val="00CE7382"/>
     <w:rsid w:val="00CE7701"/>
     <w:rsid w:val="00CF04B3"/>
     <w:rsid w:val="00CF2A55"/>
     <w:rsid w:val="00CF2DE7"/>
     <w:rsid w:val="00CF383B"/>
     <w:rsid w:val="00CF5212"/>
     <w:rsid w:val="00CF69C4"/>
     <w:rsid w:val="00CF6B33"/>
     <w:rsid w:val="00CF75CA"/>
     <w:rsid w:val="00CF799C"/>
     <w:rsid w:val="00D001CF"/>
     <w:rsid w:val="00D00D41"/>
     <w:rsid w:val="00D00E2F"/>
     <w:rsid w:val="00D010EA"/>
     <w:rsid w:val="00D01342"/>
     <w:rsid w:val="00D01370"/>
     <w:rsid w:val="00D01503"/>
     <w:rsid w:val="00D02327"/>
     <w:rsid w:val="00D02397"/>
     <w:rsid w:val="00D028C5"/>
     <w:rsid w:val="00D02BF8"/>
@@ -29375,50 +29012,51 @@
     <w:rsid w:val="00DD3B38"/>
     <w:rsid w:val="00DD4165"/>
     <w:rsid w:val="00DD49BF"/>
     <w:rsid w:val="00DD52B3"/>
     <w:rsid w:val="00DD5773"/>
     <w:rsid w:val="00DD57C7"/>
     <w:rsid w:val="00DD5F77"/>
     <w:rsid w:val="00DD6DAD"/>
     <w:rsid w:val="00DD74E6"/>
     <w:rsid w:val="00DD7971"/>
     <w:rsid w:val="00DD7CC8"/>
     <w:rsid w:val="00DE2648"/>
     <w:rsid w:val="00DE292F"/>
     <w:rsid w:val="00DE3640"/>
     <w:rsid w:val="00DE56EE"/>
     <w:rsid w:val="00DE6CCB"/>
     <w:rsid w:val="00DF0B84"/>
     <w:rsid w:val="00DF1225"/>
     <w:rsid w:val="00DF2D09"/>
     <w:rsid w:val="00DF3A0D"/>
     <w:rsid w:val="00DF3C88"/>
     <w:rsid w:val="00DF6580"/>
     <w:rsid w:val="00DF6FA1"/>
     <w:rsid w:val="00DF7164"/>
     <w:rsid w:val="00DF7BB0"/>
+    <w:rsid w:val="00E00194"/>
     <w:rsid w:val="00E012FA"/>
     <w:rsid w:val="00E01DC5"/>
     <w:rsid w:val="00E028A7"/>
     <w:rsid w:val="00E02B8E"/>
     <w:rsid w:val="00E02EFD"/>
     <w:rsid w:val="00E03EC0"/>
     <w:rsid w:val="00E0432F"/>
     <w:rsid w:val="00E04713"/>
     <w:rsid w:val="00E04809"/>
     <w:rsid w:val="00E04C28"/>
     <w:rsid w:val="00E04C38"/>
     <w:rsid w:val="00E052DF"/>
     <w:rsid w:val="00E06BF3"/>
     <w:rsid w:val="00E074CA"/>
     <w:rsid w:val="00E10345"/>
     <w:rsid w:val="00E10914"/>
     <w:rsid w:val="00E112B1"/>
     <w:rsid w:val="00E114CB"/>
     <w:rsid w:val="00E118CE"/>
     <w:rsid w:val="00E11AAA"/>
     <w:rsid w:val="00E12EBD"/>
     <w:rsid w:val="00E15815"/>
     <w:rsid w:val="00E20A28"/>
     <w:rsid w:val="00E21685"/>
     <w:rsid w:val="00E22185"/>
@@ -32044,55 +31682,55 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E507A772-3C55-42FB-A258-EAC0442B653E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>18</Pages>
-  <Words>5636</Words>
-  <Characters>43149</Characters>
+  <Words>31073</Words>
+  <Characters>17712</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>359</Lines>
+  <Lines>147</Lines>
   <Paragraphs>97</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>2</vt:lpstr>
       <vt:lpstr>2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IUB</Company>