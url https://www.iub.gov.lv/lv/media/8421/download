--- v0 (2025-10-21)
+++ v1 (2026-01-13)
@@ -106,134 +106,134 @@
       <w:r w:rsidR="0089786E">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
       <w:r w:rsidRPr="0040713F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.-202</w:t>
       </w:r>
       <w:r w:rsidR="0089786E">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="0040713F">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.gada plānošanas periodā</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71416825" w14:textId="24154A35" w:rsidR="00F70A95" w:rsidRDefault="00F70A95" w:rsidP="00F70A95">
+    <w:p w14:paraId="71416825" w14:textId="63801ABA" w:rsidR="00F70A95" w:rsidRDefault="00F70A95" w:rsidP="00F70A95">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E079F1">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00151778">
-[...3 lines deleted...]
-        <w:t>10</w:t>
+      <w:r w:rsidR="00556F31">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>06</w:t>
       </w:r>
       <w:r w:rsidR="00D834EB">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00675ABE">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="00151778">
-[...3 lines deleted...]
-        <w:t>7</w:t>
+      <w:r w:rsidR="00556F31">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="000F27C9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00675ABE">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00151778">
+      <w:r w:rsidR="00556F31">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="0041741F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6055">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F67858">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Nr</w:t>
+      </w:r>
+      <w:r w:rsidR="0041741F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00556F31">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
-      </w:r>
-[...28 lines deleted...]
-        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00E079F1">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7545349F" w14:textId="77777777" w:rsidR="00F70A95" w:rsidRDefault="00F70A95">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B00A83A" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -399,125 +399,121 @@
     </w:p>
     <w:p w14:paraId="2B0BEDE5" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7379"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="799"/>
       </w:tblGrid>
       <w:tr w:rsidR="009D5DE6" w14:paraId="0A474793" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03B2295C" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64E9669E" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Jā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="799" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69129E14" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D5DE6" w14:paraId="14C7812E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B9191DD" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6" w:rsidP="00103C12">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Vai plāns ir </w:t>
             </w:r>
             <w:r w:rsidR="00F41B85">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">aizpildīts </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -536,72 +532,70 @@
               </w:rPr>
               <w:t xml:space="preserve"> atbilstoši </w:t>
             </w:r>
             <w:r w:rsidR="0002523D">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Vadības informācijas sistēmā paredzētajam</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A95C5B8" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="799" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6ECEF630" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="44B3915C" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6"/>
     <w:p w14:paraId="37DC537C" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
@@ -619,197 +613,191 @@
     </w:p>
     <w:p w14:paraId="0FE1D1C8" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7379"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="799"/>
       </w:tblGrid>
       <w:tr w:rsidR="009D5DE6" w14:paraId="64D89581" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="65399DA0" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E60F743" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Jā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="799" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18FAB403" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D5DE6" w14:paraId="0F389A1A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63EC5B77" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6" w:rsidP="00FB0975">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2. Vai līguma priekšmets atbilst finansējuma saņēmēja apstiprinātajā projektā minētajam (</w:t>
             </w:r>
             <w:r w:rsidR="00FB0975">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>plānotajām darbībām</w:t>
             </w:r>
             <w:r w:rsidRPr="00D766C5">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>, rezultātiem, projekta budžeta kopsavilkumam, tāmei</w:t>
             </w:r>
             <w:r w:rsidRPr="002446E7">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D7DC9C1" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="799" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DB1F609" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="097CA154" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6"/>
     <w:p w14:paraId="0D45CABE" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
@@ -835,191 +823,185 @@
     </w:p>
     <w:p w14:paraId="2C4238B3" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7379"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="799"/>
       </w:tblGrid>
       <w:tr w:rsidR="009D5DE6" w14:paraId="4F21A865" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03860685" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47B4C77A" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Jā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="799" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D555EC5" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D5DE6" w14:paraId="76609267" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59461C35" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6" w:rsidP="007C4B93">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3. Vai tiek piemērots atbilstošais iepirkumu regulējošais normatīvais akts – PIL, SPSIL, MK noteikumi Nr.</w:t>
             </w:r>
             <w:r w:rsidR="007C4B93">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>104</w:t>
             </w:r>
             <w:r w:rsidR="007C1D0A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>vai Iepirkumu vadlīnijas sabiedrisko pakalpojumu sniedzējiem?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71B4FE35" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="799" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4789391B" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="71DD7233" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6"/>
     <w:p w14:paraId="5773073C" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
@@ -1045,173 +1027,167 @@
     </w:p>
     <w:p w14:paraId="7B86B303" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7379"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="799"/>
       </w:tblGrid>
       <w:tr w:rsidR="009D5DE6" w14:paraId="3B5D4099" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="798E8169" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B078BB5" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Jā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="799" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B87949E" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D5DE6" w14:paraId="31ACD041" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03840733" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4. Vai atbilstoši norādītajai paredzamajai līgumcenai izvēlēta pareiza iepirkuma procedūra?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B14EC4A" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="799" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6CB9DEFF" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4DBE0B94" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6"/>
     <w:p w14:paraId="0ECF0EED" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
@@ -1237,192 +1213,186 @@
     </w:p>
     <w:p w14:paraId="01393B24" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7379"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="810"/>
       </w:tblGrid>
       <w:tr w:rsidR="009D5DE6" w14:paraId="21FAC3B3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B9E7234" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="588FE91E" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Jā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23EEFA08" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D5DE6" w14:paraId="14534D6D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C3265BF" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">5. </w:t>
             </w:r>
             <w:r w:rsidR="0093202D" w:rsidRPr="0093202D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Vai pieejamā informācija liecina, ka ir ņemtas vērā visas iestādes kopējās iepirkumu vajadzības (nav konstatējams mākslīgs sadalījums pa projektiem, finansēšanas avotiem u.tml.)</w:t>
             </w:r>
             <w:r w:rsidR="0093202D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r w:rsidR="00A11BE3">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24762150" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62E8B421" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5ACE169A" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6"/>
     <w:p w14:paraId="2F460124" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
@@ -1448,176 +1418,170 @@
     </w:p>
     <w:p w14:paraId="51602850" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7379"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="787"/>
       </w:tblGrid>
       <w:tr w:rsidR="009D5DE6" w14:paraId="7465EED9" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70F770F5" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FB5566C" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Jā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="787" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4AC14AF8" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D5DE6" w14:paraId="4772B69F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0588E41C" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="00D62634">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6. Vai nav</w:t>
             </w:r>
             <w:r w:rsidR="009D5DE6">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> konstatējami citi normatīvo aktu pārkāpumi?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FA3C196" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="787" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78469944" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="16D4C16A" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6"/>
     <w:p w14:paraId="7B0CB634" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
@@ -1627,99 +1591,96 @@
     </w:p>
     <w:p w14:paraId="31B6D9A9" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7379"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="799"/>
       </w:tblGrid>
       <w:tr w:rsidR="009D5DE6" w14:paraId="6B50457B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4EC8EA1B" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CC9F31D" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Jā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="799" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A806931" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="018660DF" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
       <w:pPr>
         <w:sectPr w:rsidR="009D5DE6">
           <w:headerReference w:type="even" r:id="rId7"/>
           <w:headerReference w:type="default" r:id="rId8"/>
           <w:footerReference w:type="even" r:id="rId9"/>
           <w:footerReference w:type="default" r:id="rId10"/>
           <w:headerReference w:type="first" r:id="rId11"/>
           <w:footerReference w:type="first" r:id="rId12"/>
@@ -1735,112 +1696,109 @@
         <w:sectPr w:rsidR="009D5DE6">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1418" w:right="1134" w:bottom="776" w:left="1701" w:header="709" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7379"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="799"/>
       </w:tblGrid>
       <w:tr w:rsidR="009D5DE6" w14:paraId="2C8FA06A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="585A2E3E" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6" w:rsidP="00D62634">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7. Vai par iespējamo pārkāpumu ir informēts finansējuma saņēmējs</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteCharacters"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>, lūdzot izvērtēt norādīto informāciju un informēt par to sadarbības iestādi, kā arī nepieciešamības gadījumā aktualizēt iepirkuma plānu?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16ACD47C" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="799" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F604DA5" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1D09C486" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6"/>
     <w:p w14:paraId="1AC4FD22" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
@@ -1858,197 +1816,190 @@
     </w:p>
     <w:p w14:paraId="4C1370DC" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7379"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="810"/>
       </w:tblGrid>
       <w:tr w:rsidR="009D5DE6" w14:paraId="76C5EA3B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20DD7B05" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6BC53326" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Jā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07482BD3" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nē</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D5DE6" w14:paraId="76F70191" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="21B7DC8F" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8. Vai ir saņemta papildu informācija no finansējuma saņēmēja?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25952EFF" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6738A654" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0351DF7A" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D5DE6" w14:paraId="33B16434" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="698"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D0404FF" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9. Vai pēc papildu informācij</w:t>
             </w:r>
             <w:r w:rsidR="00D62634">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>as izvērtēšanas iepirkuma plāns</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -2060,72 +2011,70 @@
                 <w:rStyle w:val="FootnoteCharacters"/>
                 <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteCharacters"/>
                 <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E409C01" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2FADA576" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="375DEB8B" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6"/>
     <w:p w14:paraId="2922065E" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
@@ -2153,161 +2102,161 @@
         </w:rPr>
         <w:t>______________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56FF0B91" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6"/>
     <w:p w14:paraId="116B8B6D" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6"/>
     <w:p w14:paraId="65D08E97" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6">
       <w:pPr>
         <w:pStyle w:val="Framecontents"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009D5DE6" w:rsidSect="00991AF2">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="567" w:left="1701" w:header="709" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="35AC0F8A" w14:textId="77777777" w:rsidR="00F026D1" w:rsidRDefault="00F026D1">
+    <w:p w14:paraId="6690AD92" w14:textId="77777777" w:rsidR="00A115AE" w:rsidRDefault="00A115AE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4C2D78C9" w14:textId="77777777" w:rsidR="00F026D1" w:rsidRDefault="00F026D1">
+    <w:p w14:paraId="0E8CCD4B" w14:textId="77777777" w:rsidR="00A115AE" w:rsidRDefault="00A115AE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans Unicode">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="60CF4999" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4C92F725" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6"/>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1C8955AC" w14:textId="77777777" w:rsidR="009D5DE6" w:rsidRDefault="009D5DE6"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1A206748" w14:textId="77777777" w:rsidR="00F026D1" w:rsidRDefault="00F026D1">
+    <w:p w14:paraId="68944752" w14:textId="77777777" w:rsidR="00A115AE" w:rsidRDefault="00A115AE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3ADC3C50" w14:textId="77777777" w:rsidR="00F026D1" w:rsidRDefault="00F026D1">
+    <w:p w14:paraId="3D3DFD6D" w14:textId="77777777" w:rsidR="00A115AE" w:rsidRDefault="00A115AE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="1840A0A3" w14:textId="77777777" w:rsidR="00A11BE3" w:rsidRPr="00A11BE3" w:rsidRDefault="00A11BE3">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="004C06A7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
@@ -2655,137 +2604,142 @@
     <w:rsid w:val="002E112E"/>
     <w:rsid w:val="002E470E"/>
     <w:rsid w:val="00311FAD"/>
     <w:rsid w:val="00347ED5"/>
     <w:rsid w:val="003671FD"/>
     <w:rsid w:val="00396EC0"/>
     <w:rsid w:val="003A47D4"/>
     <w:rsid w:val="003C11E7"/>
     <w:rsid w:val="003C51FA"/>
     <w:rsid w:val="003C6330"/>
     <w:rsid w:val="003F224B"/>
     <w:rsid w:val="0040713F"/>
     <w:rsid w:val="0041741F"/>
     <w:rsid w:val="004267EE"/>
     <w:rsid w:val="00430116"/>
     <w:rsid w:val="00435770"/>
     <w:rsid w:val="00470A46"/>
     <w:rsid w:val="00495416"/>
     <w:rsid w:val="004C06A7"/>
     <w:rsid w:val="004D23F3"/>
     <w:rsid w:val="004D6A7B"/>
     <w:rsid w:val="00501831"/>
     <w:rsid w:val="00504452"/>
     <w:rsid w:val="00512642"/>
     <w:rsid w:val="0051487C"/>
+    <w:rsid w:val="0053130A"/>
     <w:rsid w:val="0053142D"/>
     <w:rsid w:val="00543F8B"/>
+    <w:rsid w:val="00556F31"/>
     <w:rsid w:val="005875BA"/>
     <w:rsid w:val="005B4C1B"/>
     <w:rsid w:val="005E666E"/>
     <w:rsid w:val="005E6C22"/>
     <w:rsid w:val="006014A8"/>
     <w:rsid w:val="006173B9"/>
     <w:rsid w:val="00650D3E"/>
     <w:rsid w:val="006753FA"/>
     <w:rsid w:val="00675ABE"/>
     <w:rsid w:val="006A28E8"/>
     <w:rsid w:val="006B07C9"/>
     <w:rsid w:val="006D3C28"/>
     <w:rsid w:val="006E724A"/>
     <w:rsid w:val="00725BA5"/>
     <w:rsid w:val="007276A3"/>
     <w:rsid w:val="00747D10"/>
     <w:rsid w:val="007875BF"/>
     <w:rsid w:val="00791D41"/>
     <w:rsid w:val="007A5880"/>
     <w:rsid w:val="007A787F"/>
     <w:rsid w:val="007C1D0A"/>
     <w:rsid w:val="007C4B93"/>
     <w:rsid w:val="007F6FE1"/>
     <w:rsid w:val="0080380E"/>
     <w:rsid w:val="008057C2"/>
     <w:rsid w:val="00810BD2"/>
     <w:rsid w:val="00822D00"/>
     <w:rsid w:val="00825F25"/>
     <w:rsid w:val="00827DD3"/>
     <w:rsid w:val="00833692"/>
     <w:rsid w:val="0085343E"/>
     <w:rsid w:val="00892947"/>
     <w:rsid w:val="0089786E"/>
     <w:rsid w:val="008A2DF8"/>
     <w:rsid w:val="008C352C"/>
     <w:rsid w:val="008C4181"/>
     <w:rsid w:val="008D27FA"/>
     <w:rsid w:val="008E5BF2"/>
     <w:rsid w:val="0093202D"/>
     <w:rsid w:val="00963394"/>
     <w:rsid w:val="00965F50"/>
     <w:rsid w:val="00991AF2"/>
     <w:rsid w:val="009926E3"/>
     <w:rsid w:val="009B0308"/>
     <w:rsid w:val="009B42FF"/>
     <w:rsid w:val="009D5DE6"/>
     <w:rsid w:val="009E73C7"/>
     <w:rsid w:val="009F40E4"/>
     <w:rsid w:val="00A04FEA"/>
+    <w:rsid w:val="00A115AE"/>
     <w:rsid w:val="00A11BE3"/>
     <w:rsid w:val="00A50F62"/>
     <w:rsid w:val="00A80FE2"/>
     <w:rsid w:val="00A86CDD"/>
     <w:rsid w:val="00A9464B"/>
     <w:rsid w:val="00AA5C8D"/>
     <w:rsid w:val="00AA699A"/>
     <w:rsid w:val="00AA6B84"/>
     <w:rsid w:val="00AE0296"/>
     <w:rsid w:val="00AE34A9"/>
     <w:rsid w:val="00B01787"/>
     <w:rsid w:val="00B150F3"/>
     <w:rsid w:val="00B1605D"/>
     <w:rsid w:val="00BB0DF9"/>
     <w:rsid w:val="00BD3904"/>
     <w:rsid w:val="00BE6055"/>
     <w:rsid w:val="00C05F32"/>
     <w:rsid w:val="00C111ED"/>
     <w:rsid w:val="00C21EE4"/>
     <w:rsid w:val="00C21EE8"/>
     <w:rsid w:val="00C3793A"/>
     <w:rsid w:val="00C63945"/>
     <w:rsid w:val="00C86440"/>
     <w:rsid w:val="00CA51C4"/>
+    <w:rsid w:val="00CC0031"/>
     <w:rsid w:val="00CC2A8F"/>
     <w:rsid w:val="00CD0C41"/>
     <w:rsid w:val="00CF52D9"/>
     <w:rsid w:val="00D3040F"/>
     <w:rsid w:val="00D62634"/>
     <w:rsid w:val="00D766C5"/>
     <w:rsid w:val="00D76820"/>
     <w:rsid w:val="00D834EB"/>
     <w:rsid w:val="00DA41F4"/>
     <w:rsid w:val="00DE72CB"/>
     <w:rsid w:val="00DF2EEC"/>
     <w:rsid w:val="00DF648A"/>
+    <w:rsid w:val="00E00194"/>
     <w:rsid w:val="00E079F1"/>
     <w:rsid w:val="00E268E0"/>
     <w:rsid w:val="00E34A5C"/>
     <w:rsid w:val="00E46B9C"/>
     <w:rsid w:val="00E60114"/>
     <w:rsid w:val="00E80701"/>
     <w:rsid w:val="00EC0DAB"/>
     <w:rsid w:val="00EC2189"/>
     <w:rsid w:val="00F026D1"/>
     <w:rsid w:val="00F13422"/>
     <w:rsid w:val="00F22577"/>
     <w:rsid w:val="00F25CA0"/>
     <w:rsid w:val="00F3005B"/>
     <w:rsid w:val="00F41B85"/>
     <w:rsid w:val="00F448D0"/>
     <w:rsid w:val="00F475B7"/>
     <w:rsid w:val="00F54877"/>
     <w:rsid w:val="00F67858"/>
     <w:rsid w:val="00F67FAB"/>
     <w:rsid w:val="00F70A95"/>
     <w:rsid w:val="00F71FEE"/>
     <w:rsid w:val="00FB0975"/>
     <w:rsid w:val="00FC6B84"/>
   </w:rsids>
   <m:mathPr>