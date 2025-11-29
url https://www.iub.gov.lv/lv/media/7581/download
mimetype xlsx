--- v0 (2025-10-09)
+++ v1 (2025-11-29)
@@ -1,70 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="592" documentId="13_ncr:1_{99D2EC19-F0BD-4BA6-9505-8E7CB504F40E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5671255E-7D5C-49F8-8139-611C0AAAF1B8}"/>
+  <xr:revisionPtr revIDLastSave="600" documentId="13_ncr:1_{99D2EC19-F0BD-4BA6-9505-8E7CB504F40E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B358A565-A1FE-421A-90AF-83C314F5C1B7}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-12" yWindow="0" windowWidth="17808" windowHeight="12336" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="EST spriedumi" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'EST spriedumi'!$A$1:$F$427</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'EST spriedumi'!$A$1:$F$429</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2565" uniqueCount="2369">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2577" uniqueCount="2381">
   <si>
     <t>Sprieduma pieņemšanas datums</t>
   </si>
   <si>
     <t>Lietas Nr.</t>
   </si>
   <si>
     <t>Dalībnieki</t>
   </si>
   <si>
     <t>Atslēgas vārdi no EST tīmekļvietnes</t>
   </si>
   <si>
     <t>Rezolutīvā daļa no EST tīmekļvietnes</t>
   </si>
   <si>
     <t>Saites</t>
   </si>
   <si>
     <t>C‑771/19</t>
   </si>
   <si>
     <t>Lūgums sniegt prejudiciālu nolēmumu – Iepirkums ūdensapgādes, enerģētikas, transporta un telekomunikāciju nozarēs – Direktīva 92/13/EEK – Pārbaudes procedūras – Pirmslīguma posms – Piedāvājumu vērtēšana – Tehniskā piedāvājuma noraidīšana un konkurenta piedāvājuma pielaišana – Šī akta piemērošanas apturēšana – Noraidītā pretendenta leģitīmā interese apstrīdēt izraudzītā pretendenta piedāvājuma likumību</t>
   </si>
   <si>
@@ -8425,53 +8424,50 @@
     <t>Eiropas Parlamenta un Padomes Direktīvas 2014/23/ES (2014. gada 26. februāris) par koncesijas līgumu slēgšanas tiesību piešķiršanu 43. panta 1. punkta c) apakšpunkts
 jāinterpretē tādējādi, ka
 tad, ja ir izpildīti šajā tiesību normā paredzētie nosacījumi, koncesiju bez jaunas piešķiršanas procedūras var grozīt arī tad, ja tā sākotnēji in house subjektam piešķirta, neizsludinot iepirkumu, un minētās koncesijas priekšmeta izmaiņas ir veiktas dienā, kad koncesionāram vairs nav in house subjekta statusa; 
 tajā dalībvalstīm nav noteikts pienākums nodrošināt, lai valsts tiesas pakārtoti un pēc attiecīga pieprasījuma pārbaudītu koncesijas sākotnējās piešķiršanas likumību saistībā ar prasību atcelt šīs koncesijas izmaiņas, ja šādu prasību pēc tā termiņa beigām, kas atbilstoši Padomes Direktīvas 89/665/EEK (1989. gada 21. decembris) par to normatīvo un administratīvo aktu koordinēšanu, kuri attiecas uz izskatīšanas procedūru piemērošanu, piešķirot piegādes un uzņēmuma līgumus valsts vajadzībām, kurā grozījumi izdarīti ar Direktīvu 2014/23, 2.f pantam paredzēts valsts tiesībās šīs sākotnējās koncesijas piešķiršanas apstrīdēšanai, cēlis ekonomikas dalībnieks, kurš ieinteresēts saņemt tikai to šīs koncesijas daļu, kas ir šo izmaiņu priekšmets;
 koncesijas izmaiņas minētā 43. panta izpratnē “ir vajadzīgas”, ja, lai nodrošinātu sākotnējās koncesijas pienācīgas izpildes noturīgumu, tā neparedzamu apstākļu dēļ ir jāpielāgo.</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0452</t>
   </si>
   <si>
     <t>10.07.2025.</t>
   </si>
   <si>
     <t>C-715/23</t>
   </si>
   <si>
     <t>Farmacija d.o.o. pret Občina Benedikt</t>
   </si>
   <si>
     <t>Lūgums sniegt prejudiciālu nolēmumu – Koncesijas līgumu slēgšanas tiesību piešķiršanas procedūras – Direktīva 2014/23/ES – 4. panta 2. punkts – Ar ekonomiku nesaistīti vispārējās nozīmes pakalpojumi – 19. pants – Sociālie un citi īpaši pakalpojumi – Šo noteikumu piemērošanas joma – Aptiekas pārvaldīšanas darbība.</t>
   </si>
   <si>
     <t>1)Eiropas Parlamenta un Eiropas Padomes Direktīvas 2014/23/ES (2014. gada 26. februāris) par koncesijas līgumu slēgšanas tiesību piešķiršanu 4. panta 2. punkts jāinterpretē tādējādi, ka aptiekas darbība, kuras būtiska daļa ir cilvēkiem paredzētu zāļu izsniegšana par atlīdzību – neatkarīgi no tā, vai tās ir recepšu zāles vai bezrecepšu zāles, - un konsultēšana par šo zāļu pareizu un drošu lietošanu, neietilpst šajā tiesību normā minētajā jēdzienā “ar ekonomiku nesaistīti vispārējās nozīmes pakalpojumi.” 2)Direktīvas 2014/23 19. pants jāinterpretē tādējādi, ka aptiekas darbība, kuras būtiska daļa ir cilvēkiem paredzētu zāļu izsniegšana par atlīdzību – neatkarīgi no tā, vai tās ir recepšu vai bezrecepšu zāles, - un konsultēšana par pareizu un drošu šo zāļu lietošanu, ietilpst 19. pantā minētajā jēdzienā “sociālie un citi īpaši pakalpojumi”.</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-</t>
-[...1 lines deleted...]
-  <si>
     <t>23.07.2025.</t>
   </si>
   <si>
     <t>T-113/24</t>
   </si>
   <si>
     <t>Lattanzio KIBS SpA, CY, CV, CW pret Eiropas Komisiju</t>
   </si>
   <si>
     <t>Publiski līgumi – Eiropas Savienības finanšu interešu aizsardzība – Atcelšanas prasība – Tiešā skāruma neesība – Daļēja nepieņemamība – Kritēriji izslēgšanai no dalības publisko līgumu piešķiršanas procedūrās – Jēdziens “galīgs spriedums, ar kuru konstatēta personas vai subjekta vaina” – Regulas (ES, Eurotam) 2018/1046 136. panta 1. punkta</t>
   </si>
   <si>
     <t>Regulas 2018/1046 136. panta 1. punkta d) apakšpunkta ii) punkta šaura interpretācija var apdraudēt šīs tiesību normas lietderīgo iedarbību, jo tās sekas būtu tādas, ka personām un subjektiem, kam ar galīgu spriedumu uzlikti sodi par koruptīviem nodarījumiem, tomēr ļautu piedalīties to publisko līgumu piešķiršanas procedūrās, kuras tiek finansētas no Savienības budžeta, tādējādi radot risku Savienības finanšu interesēm, kā arī Savienības finanšu resursu pareizai pārvaldībai. Tāpēc jāuzskata, ka tāds galīgs spriedums, kurā, oficiāli neatzīstot apsūdzēto personu un subjektu vainu, tomēr būtībā konstatēts, ka tām var piedēvēt koruptīvus nodarījumus, un par šiem nodarījumiem tām ir uzlikts sods, ietilpst Regulas 2018/1046 136. panta 1. punkta d) apakšpunkta ii) punkta piemērošanas jomā.</t>
   </si>
   <si>
     <t>T-1081/23</t>
   </si>
   <si>
     <t>BT GS Belgium pret Eiropas Komisiju</t>
   </si>
   <si>
     <t>Publiski pakalpojumu līgumi – Iepirkuma procedūra – Eiropas telemātikas pakalpojumi iestāžu datu savstarpējai apmaiņai – jaunās paaudzes paplašinājums (TESTA-ng II Ext) – Direktīva 2014/24/ES – Regula (ES, Euratom) 2018/1046 – Lēmums grozīt spēkā esošu līgumu, nepublicējot jaunu paziņojumu par konkursu – Neparedzami apstākļi – Atcelšanas prasība – Locus standi – Individuāls skārums - Pieņemamība</t>
   </si>
   <si>
     <t>Saskaņā ar Direktīvas 2014/24 72. pantu ir pieļaujami tādi pamatnolīguma grozījumi, kuri nav būtiski, jo šo nosacījumu izpilde nodrošina Direktīvas 2014/24 18. panta 1. punktā noteikto pārskatāmības un vienlīdzīgas attieksmes principu ievērošanu. Atsaucoties uz Direktīvas 2014/24 72. panta 1. punkta e) apakšpunktu, saskaņā ar kuru “līgumus un pamatnolīgumus bez jaunas iepirkuma procedūras saskaņā ar šo direktīvu var grozīt [..], ja izmaiņas – neatkarīgi no to vērtības – nav būtiskas”, tādu pašu argumentāciju pēc analoģijas var piemērot situācijām, kas paredzētas Direktīvas 2014/24 72.panta 1. punkta b) un c) apakšpunktā un Regulas 2018/1046 172.panta 3. punkta a) un b) apakšpunktā. 
@@ -8544,59 +8540,99 @@
   </si>
   <si>
     <t>C‑422/23, C‑455/23, C‑459/23, C‑486/23 un C‑493/23</t>
   </si>
   <si>
     <t>T.B. u.c. pret C.B. u.c.</t>
   </si>
   <si>
     <t>Lūgums sniegt prejudiciālu nolēmumu – Tiesiskums – Efektīva tiesību aizsardzība tiesā jomās, uz kurām attiecas Savienības tiesības – LES 19. panta 1. punkta otrā daļa – Tiesnešu neatceļamības un neatkarības principi – Augstākās tiesas tiesneša norīkošana uz noteiktu laiku uz citu šīs tiesas palātu bez viņa piekrišanas – Savienības tiesību pārākums – Publiski līgumi – Direktīva 2004/17/EK – Iepirkuma procedūras – Piemērošana nolīgumam par īpašumtiesību nodošanu attiecībā uz zaļās elektroenerģijas izcelsmes sertifikātiem – Direktīva 92/13/EEK – 2.d panta 1. punkts – Publiskā iepirkuma pārbaudes procedūras – Līguma iedarbības neesība – Līgumslēdzējs, kurš lūdz atzīt par spēkā neesošu līgumu, kas noslēgts, pārkāpjot publiskā iepirkuma noteikumus – Tiesību ļaunprātīga izmantošana – Neesība</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0422</t>
   </si>
   <si>
     <t xml:space="preserve">
 1) LES 19. panta 1. punkta otrā daļa, lasot to kopsakarā ar Eiropas Savienības Pamattiesību hartas 47. pantu,
 jāinterpretē tādējādi, ka tai nav pretrunā valsts tiesas priekšsēdētāja veiktie pasākumi, ar kuriem tiesnešus, kas darbojas vienā šīs tiesas palātā, uz laiku norīko, lai viņi izskatītu lietas citā minētās tiesas palātā, vienlaikus turpinot darboties savā izcelsmes palātā, neraugoties uz to, ka šie tiesneši nav piekrituši šim norīkojumam, ka viņiem nav nekādu tiesību aizsardzības līdzekļu norīkojuma apstrīdēšanai tiesā, ka minētais norīkojums palielina attiecīgo tiesnešu darba slodzi un prasa viņu iesaistīšanos jomās, kas nav saistītas ar viņu specializāciju, un ka šis priekšsēdētājs ir iecelts šajā tiesā apstākļos, kas nav saderīgi ar prasībām, kuras izriet no LES 19. panta 1. punkta otrās daļas, – ja šādi pasākumi ir balstīti uz leģitīmiem iemesliem, kas it īpaši saistīti ar tiesu labu pārvaldību, tie veikti, pamatojoties uz valsts tiesību normām, kas reglamentē attiecīgo tiesu, tiem ir pagaidu raksturs un tie ir stingri ierobežoti laikā, ar tiem netiek apšaubīta attiecīgo tiesnešu piederība pie viņu izcelsmes palātas un tie neizraisa nedz šo tiesnešu pazemināšanu pakāpē, nedz viņu atstādināšanu no lietām, par kurām viņi ir atbildīgi. 
 2) Eiropas Parlamenta un Padomes Direktīvas 2004/17/EK (2004. gada 31. marts), ar ko koordinē iepirkuma procedūras, kuras piemēro subjekti, kas darbojas ūdensapgādes, enerģētikas, transporta un pasta pakalpojumu nozarēs, redakcijā ar grozījumiem, kas izdarīti ar Komisijas 2009. gada 30. novembra Regulu (EK) Nr. 1177/2009, 3. panta 3. punkta b) apakšpunkts, lasot to kopsakarā ar grozītās Direktīvas 2004/17 20. panta 1. punktu, jāinterpretē tādējādi, ka valsts uzņēmuma, kas nodarbojas ar elektroenerģijas tirdzniecību, veikta zaļo sertifikātu – Eiropas Parlamenta un Padomes Direktīvas 2009/28/EK (2009. gada 23. aprīlis) par atjaunojamo energoresursu izmantošanas veicināšanu un ar ko groza un sekojoši atceļ Direktīvas 2001/77/EK un 2003/30/EK, 2. panta otrās daļas k) un l) punkta izpratnē – iegāde ir atzīstama par darbību, kas tiek veikta elektroenerģijas piegādei fiksētajiem tīkliem, kuri paredzēti pakalpojumu sniegšanai iedzīvotājiem saistībā ar elektroenerģijas ražošanu, pārvadi vai sadali. 
 3) Direktīvas 2004/17 1. panta 4. punkts, redakcijā ar grozījumiem, kas izdarīti ar Regulu Nr. 1177/2009, lasot to kopsakarā ar grozītās Direktīvas 2004/17 14. pantu un 17. panta 2. punktu, jāinterpretē tādējādi, ka
 – lai līgums, kurā pusēm noteikts pienākums noslēgt izpildes līgumus atbilstoši noteiktiem cenas un daudzuma nosacījumiem, ietilptu jēdzienā “pamatnolīgums” grozītās Direktīvas 2004/17 1. panta 4. punkta izpratnē, šajā līgumā jābūt norādītam laikposmam, kurā tas ir piemērojams, un jābūt noteiktam maksimālajam piegāžu apjomam, kas var būt turpmāko līgumu priekšmets, precizējot to maksimālo daudzumu un/vai vērtību, ievērojot, ka ar to vien, ka ir norādīta cenas formula, kas piemērojama noslēdzamo līgumu vērtības aprēķinam, un ir minēts skaitliski nekonkretizēts pienākums noslēgt izpildes līgumus, šajā ziņā nav pietiekami;
 – ja līgumu, kas jānoslēdz konkrētā laikposmā saskaņā ar pamatnolīgumu vai atbilstoši iepirkuma līgumiem, kuri ir regulāri vai kurus paredzēts atjaunot, paredzamā vērtība, kas aprēķināta, pamatojoties attiecīgi uz grozītās Direktīvas 2004/17 17. panta 3. un 5. punktu, pārsniedz grozītās Direktīvas 2004/17 16. panta a) punktā noteikto robežvērtību, līgumslēdzējam ir vai nu jāpiešķir katrs no secīgajiem līgumiem, ievērojot grozītajā Direktīvā 2004/17 paredzētās procedūras, vai arī saskaņā ar šo direktīvu jāpiešķir pamatnolīgums grozītās Direktīvas 2004/17 1. panta 4. punktā paredzēto nosacījumu izpratnē un ievērojot šos nosacījumus.
 4) Padomes Direktīvas 92/13/EEK (1992. gada 25. februāris), ar ko koordinē normatīvos un administratīvos aktus par to, kā piemēro Kopienas noteikumus par līgumu piešķiršanas procedūrām, ko piemēro subjekti, kuri darbojas ūdensapgādes, enerģētikas, transporta un telekomunikāciju nozarē, redakcijā ar grozījumiem, kas izdarīti ar Eiropas Parlamenta un Padomes 2007. gada 11. decembra Direktīvu 2007/66/EK, 2.d panta 1. punkta a) apakšpunkts
 jāinterpretē tādējādi, ka uz līguma noslēgšanu, kas veikta, neievērojot publiskā iepirkuma noteikumus, attiecas šajā tiesību normā paredzētā sankcija. 
 5) Tiesību ļaunprātīgas izmantošanas aizlieguma princips jāinterpretē tādējādi, ka tam nav pretrunā tas, ka līgumslēdzējs var lūgt atzīt par spēkā neesošu līgumu, ko tas noslēdzis ar piegādātāju, pamatojoties uz to, ka šis līgums esot noslēgts, pārkāpjot publiskā iepirkuma noteikumus, lai gan patiesais šī lūguma motīvs ir minētā līguma izpildes rentabilitātes samazināšanās.</t>
   </si>
+  <si>
+    <t>01.10.2025.</t>
+  </si>
+  <si>
+    <t>T-1191/23</t>
+  </si>
+  <si>
+    <t>Fincantieri NextTech SpA pret Eiropas Komisiju</t>
+  </si>
+  <si>
+    <t>Dotāciju piešķiršana aizsardzības jomā - Eiropas Aizsardzības fonds (European Defence Fund, EDF) - Pētniecības darbības finansēšana - Uzaicinājums sniegt priekšlikumus EDF-2022-RA - Pieteikuma iesniedzēja priekšlikuma noraidīšana - Acīmredzama kļūda vērtējumā.</t>
+  </si>
+  <si>
+    <t>Sūdzība iesniegta par to, ka Eiropas Komisija ir nepareizi / kļūdaini novērtējusi piedāvājumu piešķirot tam pārāk zemu punktu skaitu. Lūgums tiesai - atcelt apstrīdēto lēmumu un piespriest Komisijai atlīdzināt tiesāšanās izdevumus. Tiesa pieteikumu noraidīja norādot, ka "Prasītājam būtu jānorāda uz pārliecinošākiem pierādījumiem un argumentiem, jo tiesas uzdevums nav aizstāt apstrīdētā lēmuma autora veikto sarežģīto faktu novērtējumu ar savu." Tiesa konstatēja, ka Prasītāja nav pietiekami pamatojusi savus argumentus, bet centusies aizstāt Komisijas vērtējumu ar savu neņemot vērā Komisijai piešķirto plašo novērtējuma brīvību. Tiesa lēma: 1) pieteikumu noraidīt; 2) Financieri NextTech SpA atlīdzināt tiesāšanās izdevumus.</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX:62023TJ1191</t>
+  </si>
+  <si>
+    <t>16.10.2025.</t>
+  </si>
+  <si>
+    <t>C-282/24</t>
+  </si>
+  <si>
+    <t>Polismyndighenten pret Konkurrenscerken</t>
+  </si>
+  <si>
+    <t>Lūgums sniegt prejudiciālu nolēmumu - Publiski līgumi - Direktīva 2024/24/ES 72.pants - Grozījumi pamatlīgumā tā īstenošanas gaitā - Grozījumu vērtība, kas ir zemāka par 72. panta 2. punktā paredzētajām vērtībām - Grozījumi pamatnolīguma atlīdzības modelī - Pamatnolīguma būtiskas izmaiņas - izmaiņas pamatnolīguma vispārējā raksturā.</t>
+  </si>
+  <si>
+    <t>Iesniedzējtiesa būtībā vēlas noskaidrot, vai Direktīvas 2014/24 72. panta 2. punkts jāinterpretē tādējādi, ka pamatnolīgumā, kurš piešķirts, pamatojoties uz zemākās cenas kritēriju, paredzētās atlīdzības metodes grozījums, ar kuru tiek mainīts fiksēto tarifu un mainīgo tarifu relatīvais nozīmīgums, vienlaikus pielāgojot cenu līmeņus tādējādi, lai šī pamatnolīguma kopējā vērtība tiktu grozīta tikai nelielā mērā, jāuzskata par tādu, kas maina minētā pamatnolīguma vispārējo raksturu šīs tiesību normas izpratnē.
+Uz uzdoto jautājumu ir jāatbild, ka Direktīvas 2014/24 72. panta 2. punkts jāinterpretē tādējādi, ka pamatnolīgumā, kurš piešķirts, pamatojoties uz zemākās cenas kritēriju, paredzētās atlīdzības metodes grozījums, ar kuru tiek mainīts fiksēto tarifu un mainīgo tarifu relatīvais nozīmīgums, vienlaikus pielāgojot cenu līmeņus tādējādi, lai šī pamatnolīguma kopējā vērtība tiktu grozīta tikai nelielā mērā, nav jāuzskata par tādu, kas maina minētā pamatnolīguma vispārējo raksturu šīs tiesību normas izpratnē, ja vien šajā pamatnolīgumā paredzētās atlīdzības metodes grozījums neizraisa fundamentālas tā līdzsvara izmaiņas.</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/LV/SUM/?uri=CELEX%3A62024CJ0282_RES&amp;qid=1763971820750</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62023CA0715&amp;qid=1763971863463</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd\.mm\.yyyy\."/>
   </numFmts>
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -8621,50 +8657,57 @@
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF333333"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="186"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDCE6F1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFA4C2F4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
@@ -8713,51 +8756,51 @@
       <bottom style="medium">
         <color rgb="FFCCCCCC"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FFCCCCCC"/>
       </left>
       <right style="dotted">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
         <color rgb="FFCCCCCC"/>
       </top>
       <bottom style="medium">
         <color rgb="FFCCCCCC"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="43">
+  <cellXfs count="46">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -8841,74 +8884,79 @@
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hipersaite" xfId="1" builtinId="8"/>
     <cellStyle name="Parasts" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
-[...3 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4285F4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="EA4335"/>
       </a:accent2>
       <a:accent3>
@@ -9064,998 +9112,810 @@
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=160565&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=16590" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-92/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0299&amp;qid=1606893412183" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=201262&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=286814" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-17/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-81/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:62020CJ0642" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-298/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-412/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-26/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1578032767833&amp;uri=CELEX:62018CJ0465" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-701/15" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=154821&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=69362" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-76/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0486" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62020CJ0497&amp;qid=1641192814999" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-401/09%20P&amp;td=ALL" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-260/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0547_RES" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-421/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1561700069836&amp;uri=CELEX:62018CJ0264" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-117/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-373/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-19/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-18/93&amp;td=ALL" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0545" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=184344&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1000437" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=138387&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278144" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-331/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-536/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX:62023CJ0424" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-340/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=243101&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=25313090" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=163248&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=45630" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-337/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=45/87&amp;td=ALL" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1540993556544&amp;uri=CELEX:62017CJ0413" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=175666&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=867466" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-554/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-324/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=286568&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=8599413" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-462/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0422" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1596432619578&amp;uri=CELEX:62018TJ0661" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-40/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-340/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-27/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=199808&amp;pageIndex=0&amp;doclang=en&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=184605" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130de5aa6491a489c4ff7aa86b5524083bf2e.e34KaxiLc3eQc40LaxqMbN4Ob3qQe0?text=&amp;docid=153501&amp;pageIndex=0&amp;doclang=EN&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=68879" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0213" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-407/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-532/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-249/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-43/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1575030422283&amp;uri=CELEX:62018CJ0402" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=190585&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=826409" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=145526&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=279552" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0631" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0561&amp;qid=1638363432846" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-568/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-382/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=277052&amp;pageIndex=0&amp;doclang=EN&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=3557083" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0175" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-226/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-4/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-439/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1559543224748&amp;uri=CELEX:62018CJ0259" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=183123&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=349576" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-297/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-331/92&amp;td=ALL" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=132363&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=272021" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-160/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-573/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0471" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-15/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=242035&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=25315817" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1540471318288&amp;uri=CELEX:62017CJ0124" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-225/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=53/85&amp;td=ALL" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=170749&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=375619" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=159248&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=227711" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-236/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-411/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62020CJ0436" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-357/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1593517866312&amp;uri=CELEX:62019CJ0429" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=199775&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=153977" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-385/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-225/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-340/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-232/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0403&amp;qid=1675666709781" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-195/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1572590328924&amp;uri=CELEX:62018CJ0285" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-410/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-5/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-298/15" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=169181&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=375825" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=144490&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=279143" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-570/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-71/92&amp;td=ALL" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=290691&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=5388151" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0927&amp;qid=1633065969473" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-480/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0186" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-234/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-470/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-97/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1559543224748&amp;uri=CELEX:62018CJ0253" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=181688&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=865715" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=161612&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=245913" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-183/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=76/81&amp;td=ALL" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-91/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0728" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=240226&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=8778765" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-454/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-400/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-145/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=E2D36D6DC9CC74BC1BB626F026B6D413?text=&amp;docid=205936&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=27235" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=157851&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=471006" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-103/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-465/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/HTML/?uri=CELEX:62020TJ0761&amp;qid=1664979087552&amp;from=EN" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-119/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-314/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1593517866312&amp;uri=CELEX:62019CJ0472" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=C-178%252F16%2B&amp;docid=198054&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=852237" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-367/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-355/15" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-306/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-54/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0383&amp;qid=1672924097180" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-456/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-195/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-214/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1569907736691&amp;uri=CELEX:62018CJ0333" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30dd7e2c9b1c9aab47478540922081d6cc80.e34KaxiLc3qMb40Rch0SaxuRchv0?text=&amp;docid=167921&amp;pageIndex=0&amp;doclang=FR&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=374546" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-237/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=C%25E2%2580%2591408%252F16&amp;docid=197488&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=852237" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130d5a10adf82381b475882e7f9e597753328.e34KaxiLc3eQc40LaxqMbN4Pa3qLe0?text=&amp;docid=181467&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=877707" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=142822&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278654" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-348/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-387/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-306/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-243/89&amp;td=ALL" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0416&amp;qid=1664980207823" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62022CJ0441&amp;qid=1704722457792" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0683" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62020CJ0110&amp;qid=1643378555683" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-538/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-507/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-264/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1590729531328&amp;uri=CELEX:62019CJ0263" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1556781118330&amp;uri=CELEX:62017CJ0699" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=160937&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=16029" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-230/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-411/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-365/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=204751&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=308704" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-171/15" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-158/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-629/11%20P&amp;td=ALL" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-95/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-451/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-107/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-43/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:62021CJ0195" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0769&amp;qid=1672924097180" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0452" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-17/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-393/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-220/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=%2B2014%252F24%252FES&amp;docid=237284&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=3628813" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1569907736691&amp;uri=CELEX:62017TJ0741" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-21/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-20/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1556524880889&amp;uri=CELEX:62017CJ0465" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=165631&amp;pageIndex=0&amp;doclang=EN&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=103659" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d695a8b21668a74bc7bb8eb32909295644.e34KaxiLc3qMb40Rch0SaxuObhn0?text=&amp;docid=157520&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=470668" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=142824&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278793" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-601/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-582/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-172/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-353/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-360/89&amp;td=ALL" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX:62021CJ0068" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=280770&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=141036" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=OJ:C_202406624" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=195241&amp;pageIndex=0&amp;doclang=en&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1943966" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=179464&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1371192" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-504/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-237/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62020CJ0347&amp;qid=1643378555683" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1590988293444&amp;uri=CELEX:62018CJ0796" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-458/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-448/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-211/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1569907736691&amp;uri=CELEX:62018CJ0063" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130d53237bf7b90b24865bfd8f6e27a9cb110.e34KaxiLc3eQc40LaxqMbN4ObhuLe0?text=&amp;docid=160939&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=15848" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-279/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-37/11&amp;td=ALL" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-274/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-169/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-275/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-87/94&amp;td=ALL" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/HTML/?uri=CELEX:62020CJ0461&amp;from=EN" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=203965&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=492811" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d58bed5f4b9728438c9e688a9c6f73bb97.e34KaxiLc3qMb40Rch0SaxyKaNb0?text=&amp;docid=184893&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=455605" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-70/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-455/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62022CJ0053&amp;qid=1677853421713" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=%2B2014%252F24%252FES&amp;docid=236425&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=3338039" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-337/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-244/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-414/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-424/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0175" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1583130126503&amp;uri=CELEX:62018CJ0298" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130d5f510e5ea37044227a02588cd6f4452b1.e34KaxiLc3eQc40LaxqMbN4ObNqLe0?text=&amp;docid=165056&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=103419" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=155063&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=69488" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=139404&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278497" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-57/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-324/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-360/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-24/91&amp;td=ALL" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1551423221320&amp;uri=CELEX:62017CJ0388" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=194433&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=506699" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=179463&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=865597" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-63/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=iepirkums*&amp;docid=267139&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=385757" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=280783&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=141036" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019TJ0849&amp;qid=1643377426916" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-489/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-241/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-29/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-252/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-513/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=288145&amp;pageIndex=0&amp;doclang=lv&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=507994" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/docum%20ent.jsf?text=&amp;docid=302722&amp;pageIndex=0&amp;doclang=lv&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=646635" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=160564&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=16251" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=144963&amp;pageIndex=0&amp;doclang=FR&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278949" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-615/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-59/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-328/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-79/94&amp;td=ALL" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0049&amp;qid=1606893412183" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1564661133611&amp;uri=CELEX:62017CJ0620" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=202044&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=287950" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d58bed5f4b9728438c9e688a9c6f73bb97.e34KaxiLc3qMb40Rch0SaxyKaNb0?text=&amp;docid=184893&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=455605" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-589/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:62020CJ0532" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62022CJ0101&amp;qid=1685970111580" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-74/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-299/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-444/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-148/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-84/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-273/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=OJ:C_202407296" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-173/14%20P&amp;td=ALL" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=154820&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=69701" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-94/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0721&amp;qid=1633065969473" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1580881926845&amp;uri=CELEX:62018CJ0395" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1545401538896&amp;uri=CELEX:62017CJ0216" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-76/16" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=178824&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1370159" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=139104&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278324" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-86/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-111/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-21/88&amp;td=ALL" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=268628&amp;pageIndex=0&amp;doclang=lv&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=201879" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=283022&amp;pageIndex=0&amp;doclang=lv&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=5477436" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62020TJ0546&amp;qid=1641192814999" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-251/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-125/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-492/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-129/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-283/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0737" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/docum%20ent.jsf?text=&amp;docid=302721&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=646635" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-285/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1564661133611&amp;uri=CELEX:62017CJ0697" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d58bed5f4b9728438c9e688a9c6f73bb97.e34KaxiLc3qMb40Rch0SaxyKaNb0?text=&amp;docid=184893&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=455605" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=145619&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=279902" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-359/93&amp;td=ALL" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021TJ0376&amp;qid=1688641112791" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-271/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-199/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-47/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=293799&amp;pageIndex=0&amp;doclang=lv&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=10399168" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130dea1de6a73c82a4e71878ccb51f5b1f3a2.e34KaxiLc3eQc40LaxqMbN4ObxiTe0?text=&amp;docid=163709&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=151164" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-327/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=243869&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=4073379" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1543822886789&amp;uri=CELEX:62017CJ0328" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=138855&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=277634" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-16/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=103/88&amp;td=ALL" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=281794&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=48341" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d506b16c7f71e04a42a860a22d8cafd770.e34KaxiLc3qMb40Rch0SaxyKax50?text=&amp;docid=178581&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1369436" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-368/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-213/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0652" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-231/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=230864&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=4925643" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130da099789dc523243fe9742b60a6dcf5389.e34KaxiLc3eQc40LaxqMbN4Pb3iPe0?text=&amp;docid=201263&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=286144" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=160262&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=16430" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-309/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=260994&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=15107017;" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-461/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-450/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-126/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1578032767833&amp;uri=CELEX:62018CJ0385" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=153811&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=69204" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-280/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-323/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-296/15" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-118/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-215/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0486" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0028" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0933&amp;qid=1638361511355" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-503/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-183/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-399/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-272/91&amp;td=ALL" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1561700069836&amp;uri=CELEX:62018CJ0041" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130d5fa447989d22c4389b2e5fd04bf69930e.e34KaxiLc3eQc40LaxqMbN4Pa3ySe0?text=&amp;docid=183379&amp;pageIndex=0&amp;doclang=EN&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=347144" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=133102&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=272630" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62022CJ0510&amp;qid=1696506412098" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-149/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-196/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-410/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0578" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=243105&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=25313090" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=162829&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=45508" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-17/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-380/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1540993556544&amp;uri=CELEX:62017CJ0260" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=173519&amp;pageIndex=0&amp;doclang=en&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=867533" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=159290&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=227936" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=31/87&amp;td=ALL" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-599/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-406/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-247/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1593517866312&amp;uri=CELEX:62019CJ0003" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=200403&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-637/11&amp;td=ALL" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-108/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0274" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-8/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-70/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?docid=267372&amp;mode=req&amp;pageIndex=10&amp;dir=&amp;occ=first&amp;part=1&amp;text=&amp;doclang=EN&amp;cid=167496" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-6/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1572590328924&amp;uri=CELEX:62018CJ0515" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=190329&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1002821" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=170301&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=375378" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-315/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-44/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0598&amp;qid=1635747419832" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=145244&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=279751" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-226/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0601&amp;qid=1696506412098" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=290609&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=5388151" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-331/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1559543224748&amp;uri=CELEX:62018CJ0309" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-57/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-223/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-389/92&amp;td=ALL" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=183107&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=867893" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-30/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-218/11&amp;td=ALL" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-423/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-300/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=274/83&amp;td=ALL" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0684" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-157/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=241465&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=9152398" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1540471318288&amp;uri=CELEX:62017CJ0606" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-394/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-13/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=170751&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=374909" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d5e38e58f852144528bd218dc01f382715.e34KaxiLc3qMb40Rch0SaxuObNf0?text=&amp;docid=158433&amp;pageIndex=0&amp;doclang=ES&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=617192" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-574/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?mode=DOC&amp;pageIndex=0&amp;docid=263724&amp;part=1&amp;doclang=EN&amp;text=&amp;dir=&amp;occ=first&amp;cid=1188051" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1593517866312&amp;uri=CELEX:62019CJ0219" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-337/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-212/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-258/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130deabd54ae971454d4f8b6682aa270df3d0.e34KaxiLc3eQc40LaxqMbN4Pb34Ne0?text=&amp;docid=199201&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=153602" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-297/11&amp;td=ALL" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-252/10%20P&amp;td=ALL" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-304/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-406/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0682&amp;qid=1675666709781" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-295/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-18/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1572590328924&amp;uri=CELEX:62018CJ0267" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-391/15" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=169187&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=375169" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=144491&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=279408" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=181685&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=867211" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-314/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-366/89&amp;td=ALL" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62022CJ0480&amp;qid=1701844392884" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0513" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-250/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-525/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-40/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-205/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1556781118330&amp;uri=CELEX:62015TJ0182" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-667/11&amp;td=ALL" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-176/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-591/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-577/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:62020CJ0116" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0266" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-147/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-160/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F25%252FES&amp;docid=239242&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=4735817" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=F0E439EAAB28E0E26CE9A35A75390392?text=&amp;docid=205929&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=228791" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=157805&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=471240" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=160565&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=16590" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-92/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0299&amp;qid=1606893412183" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=201262&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=286814" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-17/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-81/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:62020CJ0642" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-298/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-412/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-26/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1578032767833&amp;uri=CELEX:62018CJ0465" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-701/15" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=154821&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=69362" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-76/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0486" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62020CJ0497&amp;qid=1641192814999" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-401/09%20P&amp;td=ALL" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-260/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0547_RES" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-421/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1561700069836&amp;uri=CELEX:62018CJ0264" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-117/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-373/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-19/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-18/93&amp;td=ALL" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0545" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=184344&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1000437" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=138387&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278144" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-331/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-536/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX:62023CJ0424" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-340/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=243101&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=25313090" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=163248&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=45630" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-337/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=45/87&amp;td=ALL" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1540993556544&amp;uri=CELEX:62017CJ0413" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=175666&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=867466" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-554/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-324/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=286568&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=8599413" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-462/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX:62023TJ1191" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1596432619578&amp;uri=CELEX:62018TJ0661" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-40/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-340/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-27/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=199808&amp;pageIndex=0&amp;doclang=en&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=184605" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130de5aa6491a489c4ff7aa86b5524083bf2e.e34KaxiLc3eQc40LaxqMbN4Ob3qQe0?text=&amp;docid=153501&amp;pageIndex=0&amp;doclang=EN&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=68879" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0213" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-407/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-532/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-249/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-43/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1575030422283&amp;uri=CELEX:62018CJ0402" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=190585&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=826409" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=145526&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=279552" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0631" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0561&amp;qid=1638363432846" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-568/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-382/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=277052&amp;pageIndex=0&amp;doclang=EN&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=3557083" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0175" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-226/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-4/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-439/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1559543224748&amp;uri=CELEX:62018CJ0259" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=183123&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=349576" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-297/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-331/92&amp;td=ALL" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=132363&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=272021" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-160/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-573/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0471" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-15/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=242035&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=25315817" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1540471318288&amp;uri=CELEX:62017CJ0124" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-225/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=53/85&amp;td=ALL" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=170749&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=375619" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=159248&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=227711" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-236/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-411/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62020CJ0436" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62023CA0715&amp;qid=1763971863463" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-357/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1593517866312&amp;uri=CELEX:62019CJ0429" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=199775&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=153977" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-385/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-225/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-340/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-232/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0403&amp;qid=1675666709781" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-195/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1572590328924&amp;uri=CELEX:62018CJ0285" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-410/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-5/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-298/15" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=169181&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=375825" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=144490&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=279143" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-570/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-71/92&amp;td=ALL" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=290691&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=5388151" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0927&amp;qid=1633065969473" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-480/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0186" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-234/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-470/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-97/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1559543224748&amp;uri=CELEX:62018CJ0253" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=181688&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=865715" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=161612&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=245913" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-183/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=76/81&amp;td=ALL" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-91/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0728" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=240226&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=8778765" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-454/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-400/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-145/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=E2D36D6DC9CC74BC1BB626F026B6D413?text=&amp;docid=205936&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=27235" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=157851&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=471006" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-103/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-465/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/HTML/?uri=CELEX:62020TJ0761&amp;qid=1664979087552&amp;from=EN" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-119/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-314/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1593517866312&amp;uri=CELEX:62019CJ0472" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=C-178%252F16%2B&amp;docid=198054&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=852237" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-367/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-355/15" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-306/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-54/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0383&amp;qid=1672924097180" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-456/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-195/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-214/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1569907736691&amp;uri=CELEX:62018CJ0333" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30dd7e2c9b1c9aab47478540922081d6cc80.e34KaxiLc3qMb40Rch0SaxuRchv0?text=&amp;docid=167921&amp;pageIndex=0&amp;doclang=FR&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=374546" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-237/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=C%25E2%2580%2591408%252F16&amp;docid=197488&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=852237" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130d5a10adf82381b475882e7f9e597753328.e34KaxiLc3eQc40LaxqMbN4Pa3qLe0?text=&amp;docid=181467&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=877707" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=142822&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278654" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-348/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-387/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-306/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-243/89&amp;td=ALL" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0416&amp;qid=1664980207823" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62022CJ0441&amp;qid=1704722457792" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0683" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62020CJ0110&amp;qid=1643378555683" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-538/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-507/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-264/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1590729531328&amp;uri=CELEX:62019CJ0263" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1556781118330&amp;uri=CELEX:62017CJ0699" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=160937&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=16029" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-230/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-411/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-365/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=204751&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=308704" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-171/15" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-158/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-629/11%20P&amp;td=ALL" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-95/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-451/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-107/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-43/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:62021CJ0195" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0769&amp;qid=1672924097180" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0452" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-17/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-393/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-220/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=%2B2014%252F24%252FES&amp;docid=237284&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=3628813" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1569907736691&amp;uri=CELEX:62017TJ0741" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-21/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-20/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1556524880889&amp;uri=CELEX:62017CJ0465" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=165631&amp;pageIndex=0&amp;doclang=EN&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=103659" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d695a8b21668a74bc7bb8eb32909295644.e34KaxiLc3qMb40Rch0SaxuObhn0?text=&amp;docid=157520&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=470668" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=142824&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278793" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-601/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-582/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-172/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-353/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-360/89&amp;td=ALL" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX:62021CJ0068" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=280770&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=141036" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=OJ:C_202406624" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=195241&amp;pageIndex=0&amp;doclang=en&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1943966" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=179464&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1371192" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-504/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-237/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/docum%20ent.jsf?text=&amp;docid=302722&amp;pageIndex=0&amp;doclang=lv&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=646635" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62020CJ0347&amp;qid=1643378555683" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1590988293444&amp;uri=CELEX:62018CJ0796" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-458/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-448/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-211/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1569907736691&amp;uri=CELEX:62018CJ0063" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130d53237bf7b90b24865bfd8f6e27a9cb110.e34KaxiLc3eQc40LaxqMbN4ObhuLe0?text=&amp;docid=160939&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=15848" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-279/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-37/11&amp;td=ALL" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-274/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-169/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-275/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-87/94&amp;td=ALL" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/HTML/?uri=CELEX:62020CJ0461&amp;from=EN" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=203965&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=492811" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d58bed5f4b9728438c9e688a9c6f73bb97.e34KaxiLc3qMb40Rch0SaxyKaNb0?text=&amp;docid=184893&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=455605" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-70/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-455/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62022CJ0053&amp;qid=1677853421713" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=%2B2014%252F24%252FES&amp;docid=236425&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=3338039" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-337/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-244/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-414/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-424/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0175" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1583130126503&amp;uri=CELEX:62018CJ0298" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130d5f510e5ea37044227a02588cd6f4452b1.e34KaxiLc3eQc40LaxqMbN4ObNqLe0?text=&amp;docid=165056&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=103419" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=155063&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=69488" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=139404&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278497" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-57/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-324/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-360/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-24/91&amp;td=ALL" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1551423221320&amp;uri=CELEX:62017CJ0388" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=194433&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=506699" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=179463&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=865597" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-63/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=iepirkums*&amp;docid=267139&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=385757" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=280783&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=141036" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019TJ0849&amp;qid=1643377426916" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-489/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-241/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-29/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-252/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-513/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=288145&amp;pageIndex=0&amp;doclang=lv&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=507994" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/docum%20ent.jsf?text=&amp;docid=302721&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=646635" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=160564&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=16251" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=144963&amp;pageIndex=0&amp;doclang=FR&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278949" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-615/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-59/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-328/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-79/94&amp;td=ALL" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0049&amp;qid=1606893412183" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1564661133611&amp;uri=CELEX:62017CJ0620" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=202044&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=287950" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d58bed5f4b9728438c9e688a9c6f73bb97.e34KaxiLc3qMb40Rch0SaxyKaNb0?text=&amp;docid=184893&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=455605" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-589/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:62020CJ0532" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62022CJ0101&amp;qid=1685970111580" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-74/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-299/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-444/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-148/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-84/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-273/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=OJ:C_202407296" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-173/14%20P&amp;td=ALL" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=154820&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=69701" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-94/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0721&amp;qid=1633065969473" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1580881926845&amp;uri=CELEX:62018CJ0395" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1545401538896&amp;uri=CELEX:62017CJ0216" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-76/16" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=178824&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1370159" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=139104&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278324" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-86/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-111/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-21/88&amp;td=ALL" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=268628&amp;pageIndex=0&amp;doclang=lv&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=201879" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=283022&amp;pageIndex=0&amp;doclang=lv&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=5477436" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62020TJ0546&amp;qid=1641192814999" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-251/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-125/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-492/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-129/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-283/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0737" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0652" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-285/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1564661133611&amp;uri=CELEX:62017CJ0697" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d58bed5f4b9728438c9e688a9c6f73bb97.e34KaxiLc3qMb40Rch0SaxyKaNb0?text=&amp;docid=184893&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=455605" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=145619&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=279902" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-359/93&amp;td=ALL" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021TJ0376&amp;qid=1688641112791" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-271/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-199/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-47/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=293799&amp;pageIndex=0&amp;doclang=lv&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=10399168" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130dea1de6a73c82a4e71878ccb51f5b1f3a2.e34KaxiLc3eQc40LaxqMbN4ObxiTe0?text=&amp;docid=163709&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=151164" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-327/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=243869&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=4073379" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1543822886789&amp;uri=CELEX:62017CJ0328" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=138855&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=277634" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-16/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=103/88&amp;td=ALL" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=281794&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=48341" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d506b16c7f71e04a42a860a22d8cafd770.e34KaxiLc3qMb40Rch0SaxyKax50?text=&amp;docid=178581&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1369436" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-368/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-213/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0422" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-231/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=230864&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=4925643" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130da099789dc523243fe9742b60a6dcf5389.e34KaxiLc3eQc40LaxqMbN4Pb3iPe0?text=&amp;docid=201263&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=286144" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=160262&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=16430" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-309/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=260994&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=15107017;" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-461/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-450/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-126/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1578032767833&amp;uri=CELEX:62018CJ0385" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=153811&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=69204" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-280/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-323/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-296/15" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-118/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-215/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0486" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0028" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0933&amp;qid=1638361511355" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-503/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-183/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-399/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-272/91&amp;td=ALL" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1561700069836&amp;uri=CELEX:62018CJ0041" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130d5fa447989d22c4389b2e5fd04bf69930e.e34KaxiLc3eQc40LaxqMbN4Pa3ySe0?text=&amp;docid=183379&amp;pageIndex=0&amp;doclang=EN&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=347144" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=133102&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=272630" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62022CJ0510&amp;qid=1696506412098" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-149/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-196/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-410/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0578" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=243105&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=25313090" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=162829&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=45508" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-17/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-380/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1540993556544&amp;uri=CELEX:62017CJ0260" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=173519&amp;pageIndex=0&amp;doclang=en&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=867533" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=159290&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=227936" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=31/87&amp;td=ALL" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-599/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-406/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/SUM/?uri=CELEX%3A62024CJ0282_RES&amp;qid=1763971820750" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-247/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1593517866312&amp;uri=CELEX:62019CJ0003" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=200403&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-637/11&amp;td=ALL" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-108/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0274" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-8/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-70/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?docid=267372&amp;mode=req&amp;pageIndex=10&amp;dir=&amp;occ=first&amp;part=1&amp;text=&amp;doclang=EN&amp;cid=167496" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-6/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1572590328924&amp;uri=CELEX:62018CJ0515" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=190329&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1002821" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=170301&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=375378" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-315/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-44/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0598&amp;qid=1635747419832" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=145244&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=279751" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-226/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0601&amp;qid=1696506412098" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=290609&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=5388151" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-331/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1559543224748&amp;uri=CELEX:62018CJ0309" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-57/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-223/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-389/92&amp;td=ALL" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=183107&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=867893" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-30/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-218/11&amp;td=ALL" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-423/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-300/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=274/83&amp;td=ALL" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0684" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-157/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=241465&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=9152398" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1540471318288&amp;uri=CELEX:62017CJ0606" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-394/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-13/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=170751&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=374909" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d5e38e58f852144528bd218dc01f382715.e34KaxiLc3qMb40Rch0SaxuObNf0?text=&amp;docid=158433&amp;pageIndex=0&amp;doclang=ES&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=617192" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-574/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?mode=DOC&amp;pageIndex=0&amp;docid=263724&amp;part=1&amp;doclang=EN&amp;text=&amp;dir=&amp;occ=first&amp;cid=1188051" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1593517866312&amp;uri=CELEX:62019CJ0219" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-337/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-212/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-258/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130deabd54ae971454d4f8b6682aa270df3d0.e34KaxiLc3eQc40LaxqMbN4Pb34Ne0?text=&amp;docid=199201&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=153602" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-297/11&amp;td=ALL" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-252/10%20P&amp;td=ALL" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-304/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-406/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0682&amp;qid=1675666709781" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-295/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-18/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1572590328924&amp;uri=CELEX:62018CJ0267" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-391/15" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=169187&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=375169" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=144491&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=279408" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=181685&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=867211" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-314/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-366/89&amp;td=ALL" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62022CJ0480&amp;qid=1701844392884" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0513" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-250/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-525/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-40/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-205/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1556781118330&amp;uri=CELEX:62015TJ0182" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-667/11&amp;td=ALL" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-176/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-591/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-577/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:62020CJ0116" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0266" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-147/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-160/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F25%252FES&amp;docid=239242&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=4735817" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=F0E439EAAB28E0E26CE9A35A75390392?text=&amp;docid=205929&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=228791" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=157805&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=471240" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FFF7CB4D"/>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:DR1088"/>
+  <dimension ref="A1:DR1090"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D2" sqref="D2"/>
+      <pane ySplit="1" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="E4" sqref="E4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.44140625" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.88671875" style="36" customWidth="1"/>
     <col min="2" max="2" width="13" style="37" customWidth="1"/>
     <col min="3" max="3" width="31.5546875" style="19" customWidth="1"/>
     <col min="4" max="4" width="50.109375" style="37" customWidth="1"/>
     <col min="5" max="5" width="153.33203125" style="37" customWidth="1"/>
     <col min="6" max="6" width="15" style="42" customWidth="1"/>
     <col min="7" max="16384" width="14.44140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:122" s="3" customFormat="1" ht="40.200000000000003" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:28" s="3" customFormat="1" ht="40.200000000000003" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="23" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="24" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="24" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="24" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
       <c r="AA1" s="2"/>
       <c r="AB1" s="2"/>
     </row>
-    <row r="2" spans="1:122" s="3" customFormat="1" ht="407.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E2" s="38" t="s">
+    <row r="2" spans="1:28" s="3" customFormat="1" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="43" t="s">
         <v>2368</v>
       </c>
+      <c r="B2" s="43" t="s">
+        <v>2369</v>
+      </c>
+      <c r="C2" s="43" t="s">
+        <v>2370</v>
+      </c>
+      <c r="D2" s="43" t="s">
+        <v>2371</v>
+      </c>
+      <c r="E2" s="44" t="s">
+        <v>2372</v>
+      </c>
       <c r="F2" s="20" t="s">
-        <v>2367</v>
+        <v>2373</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
       <c r="Z2" s="2"/>
       <c r="AA2" s="2"/>
       <c r="AB2" s="2"/>
     </row>
-    <row r="3" spans="1:122" s="3" customFormat="1" ht="101.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2339</v>
+    <row r="3" spans="1:28" s="3" customFormat="1" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="45" t="s">
+        <v>2374</v>
+      </c>
+      <c r="B3" s="45" t="s">
+        <v>2375</v>
+      </c>
+      <c r="C3" s="45" t="s">
+        <v>2376</v>
+      </c>
+      <c r="D3" s="45" t="s">
+        <v>2377</v>
+      </c>
+      <c r="E3" s="45" t="s">
+        <v>2378</v>
+      </c>
+      <c r="F3" s="21" t="s">
+        <v>2379</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
       <c r="P3" s="2"/>
       <c r="Q3" s="2"/>
       <c r="R3" s="2"/>
       <c r="S3" s="2"/>
       <c r="T3" s="2"/>
       <c r="U3" s="2"/>
       <c r="V3" s="2"/>
       <c r="W3" s="2"/>
       <c r="X3" s="2"/>
       <c r="Y3" s="2"/>
       <c r="Z3" s="2"/>
       <c r="AA3" s="2"/>
       <c r="AB3" s="2"/>
     </row>
-    <row r="4" spans="1:122" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2355</v>
+    <row r="4" spans="1:28" s="3" customFormat="1" ht="407.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="38" t="s">
+        <v>2362</v>
+      </c>
+      <c r="B4" s="38" t="s">
+        <v>2363</v>
+      </c>
+      <c r="C4" s="38" t="s">
+        <v>2364</v>
+      </c>
+      <c r="D4" s="38" t="s">
+        <v>2365</v>
+      </c>
+      <c r="E4" s="38" t="s">
+        <v>2367</v>
+      </c>
+      <c r="F4" s="20" t="s">
+        <v>2366</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
       <c r="N4" s="2"/>
       <c r="O4" s="2"/>
       <c r="P4" s="2"/>
       <c r="Q4" s="2"/>
       <c r="R4" s="2"/>
       <c r="S4" s="2"/>
       <c r="T4" s="2"/>
       <c r="U4" s="2"/>
       <c r="V4" s="2"/>
       <c r="W4" s="2"/>
       <c r="X4" s="2"/>
       <c r="Y4" s="2"/>
       <c r="Z4" s="2"/>
       <c r="AA4" s="2"/>
       <c r="AB4" s="2"/>
     </row>
-    <row r="5" spans="1:122" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:28" s="3" customFormat="1" ht="101.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="40" t="s">
-        <v>2340</v>
+        <v>2334</v>
       </c>
       <c r="B5" s="40" t="s">
-        <v>2345</v>
+        <v>2335</v>
       </c>
       <c r="C5" s="40" t="s">
-        <v>2346</v>
+        <v>2336</v>
       </c>
       <c r="D5" s="40" t="s">
-        <v>2347</v>
+        <v>2337</v>
       </c>
       <c r="E5" s="40" t="s">
-        <v>2348</v>
+        <v>2338</v>
       </c>
       <c r="F5" s="39" t="s">
-        <v>2356</v>
+        <v>2380</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
       <c r="J5" s="2"/>
       <c r="K5" s="2"/>
       <c r="L5" s="2"/>
       <c r="M5" s="2"/>
       <c r="N5" s="2"/>
       <c r="O5" s="2"/>
       <c r="P5" s="2"/>
       <c r="Q5" s="2"/>
       <c r="R5" s="2"/>
       <c r="S5" s="2"/>
       <c r="T5" s="2"/>
       <c r="U5" s="2"/>
       <c r="V5" s="2"/>
       <c r="W5" s="2"/>
       <c r="X5" s="2"/>
       <c r="Y5" s="2"/>
       <c r="Z5" s="2"/>
       <c r="AA5" s="2"/>
       <c r="AB5" s="2"/>
     </row>
-    <row r="6" spans="1:122" s="3" customFormat="1" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:28" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="8" t="s">
-        <v>2349</v>
+        <v>2339</v>
       </c>
       <c r="B6" s="8" t="s">
-        <v>2350</v>
+        <v>2340</v>
       </c>
       <c r="C6" s="8" t="s">
-        <v>2351</v>
+        <v>2341</v>
       </c>
       <c r="D6" s="8" t="s">
-        <v>2352</v>
+        <v>2342</v>
       </c>
       <c r="E6" s="8" t="s">
+        <v>2343</v>
+      </c>
+      <c r="F6" s="9" t="s">
         <v>2354</v>
-      </c>
-[...1 lines deleted...]
-        <v>2353</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
       <c r="J6" s="2"/>
       <c r="K6" s="2"/>
       <c r="L6" s="2"/>
       <c r="M6" s="2"/>
       <c r="N6" s="2"/>
       <c r="O6" s="2"/>
       <c r="P6" s="2"/>
       <c r="Q6" s="2"/>
       <c r="R6" s="2"/>
       <c r="S6" s="2"/>
       <c r="T6" s="2"/>
       <c r="U6" s="2"/>
       <c r="V6" s="2"/>
       <c r="W6" s="2"/>
       <c r="X6" s="2"/>
       <c r="Y6" s="2"/>
       <c r="Z6" s="2"/>
       <c r="AA6" s="2"/>
       <c r="AB6" s="2"/>
     </row>
-    <row r="7" spans="1:122" s="3" customFormat="1" ht="165.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:28" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="40" t="s">
-        <v>2328</v>
+        <v>2339</v>
       </c>
       <c r="B7" s="40" t="s">
-        <v>2329</v>
+        <v>2344</v>
       </c>
       <c r="C7" s="40" t="s">
-        <v>2330</v>
+        <v>2345</v>
       </c>
       <c r="D7" s="40" t="s">
-        <v>2331</v>
+        <v>2346</v>
       </c>
       <c r="E7" s="40" t="s">
-        <v>2332</v>
+        <v>2347</v>
       </c>
       <c r="F7" s="39" t="s">
-        <v>2333</v>
+        <v>2355</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="2"/>
       <c r="M7" s="2"/>
       <c r="N7" s="2"/>
       <c r="O7" s="2"/>
       <c r="P7" s="2"/>
       <c r="Q7" s="2"/>
       <c r="R7" s="2"/>
       <c r="S7" s="2"/>
       <c r="T7" s="2"/>
       <c r="U7" s="2"/>
       <c r="V7" s="2"/>
       <c r="W7" s="2"/>
       <c r="X7" s="2"/>
       <c r="Y7" s="2"/>
       <c r="Z7" s="2"/>
       <c r="AA7" s="2"/>
       <c r="AB7" s="2"/>
     </row>
-    <row r="8" spans="1:122" s="3" customFormat="1" ht="271.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:28" s="3" customFormat="1" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="8" t="s">
-        <v>2316</v>
+        <v>2348</v>
       </c>
       <c r="B8" s="8" t="s">
-        <v>2317</v>
+        <v>2349</v>
       </c>
       <c r="C8" s="8" t="s">
-        <v>2318</v>
+        <v>2350</v>
       </c>
       <c r="D8" s="8" t="s">
-        <v>2319</v>
+        <v>2351</v>
       </c>
       <c r="E8" s="8" t="s">
-        <v>2320</v>
+        <v>2353</v>
       </c>
       <c r="F8" s="9" t="s">
-        <v>2321</v>
+        <v>2352</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
       <c r="J8" s="2"/>
       <c r="K8" s="2"/>
       <c r="L8" s="2"/>
       <c r="M8" s="2"/>
       <c r="N8" s="2"/>
       <c r="O8" s="2"/>
       <c r="P8" s="2"/>
       <c r="Q8" s="2"/>
       <c r="R8" s="2"/>
       <c r="S8" s="2"/>
       <c r="T8" s="2"/>
       <c r="U8" s="2"/>
       <c r="V8" s="2"/>
       <c r="W8" s="2"/>
       <c r="X8" s="2"/>
       <c r="Y8" s="2"/>
       <c r="Z8" s="2"/>
       <c r="AA8" s="2"/>
       <c r="AB8" s="2"/>
     </row>
-    <row r="9" spans="1:122" s="3" customFormat="1" ht="166.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:28" s="3" customFormat="1" ht="165.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="40" t="s">
-        <v>2322</v>
+        <v>2328</v>
       </c>
       <c r="B9" s="40" t="s">
-        <v>2323</v>
+        <v>2329</v>
       </c>
       <c r="C9" s="40" t="s">
-        <v>2324</v>
+        <v>2330</v>
       </c>
       <c r="D9" s="40" t="s">
-        <v>2325</v>
+        <v>2331</v>
       </c>
       <c r="E9" s="40" t="s">
-        <v>2326</v>
+        <v>2332</v>
       </c>
       <c r="F9" s="39" t="s">
-        <v>2327</v>
+        <v>2333</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
       <c r="J9" s="2"/>
       <c r="K9" s="2"/>
       <c r="L9" s="2"/>
       <c r="M9" s="2"/>
       <c r="N9" s="2"/>
       <c r="O9" s="2"/>
       <c r="P9" s="2"/>
       <c r="Q9" s="2"/>
       <c r="R9" s="2"/>
       <c r="S9" s="2"/>
       <c r="T9" s="2"/>
       <c r="U9" s="2"/>
       <c r="V9" s="2"/>
       <c r="W9" s="2"/>
       <c r="X9" s="2"/>
       <c r="Y9" s="2"/>
       <c r="Z9" s="2"/>
       <c r="AA9" s="2"/>
       <c r="AB9" s="2"/>
     </row>
-    <row r="10" spans="1:122" s="3" customFormat="1" ht="275.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:28" s="3" customFormat="1" ht="271.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="8" t="s">
-        <v>2304</v>
+        <v>2316</v>
       </c>
       <c r="B10" s="8" t="s">
-        <v>2305</v>
+        <v>2317</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>2306</v>
+        <v>2318</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>2307</v>
+        <v>2319</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>2308</v>
+        <v>2320</v>
       </c>
       <c r="F10" s="9" t="s">
-        <v>2309</v>
+        <v>2321</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
       <c r="L10" s="2"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
       <c r="O10" s="2"/>
       <c r="P10" s="2"/>
       <c r="Q10" s="2"/>
       <c r="R10" s="2"/>
       <c r="S10" s="2"/>
       <c r="T10" s="2"/>
       <c r="U10" s="2"/>
       <c r="V10" s="2"/>
       <c r="W10" s="2"/>
       <c r="X10" s="2"/>
       <c r="Y10" s="2"/>
       <c r="Z10" s="2"/>
       <c r="AA10" s="2"/>
       <c r="AB10" s="2"/>
     </row>
-    <row r="11" spans="1:122" s="3" customFormat="1" ht="269.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:28" s="3" customFormat="1" ht="166.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="40" t="s">
-        <v>2310</v>
+        <v>2322</v>
       </c>
       <c r="B11" s="40" t="s">
-        <v>2311</v>
+        <v>2323</v>
       </c>
       <c r="C11" s="40" t="s">
-        <v>2312</v>
+        <v>2324</v>
       </c>
       <c r="D11" s="40" t="s">
-        <v>2313</v>
+        <v>2325</v>
       </c>
       <c r="E11" s="40" t="s">
-        <v>2314</v>
+        <v>2326</v>
       </c>
       <c r="F11" s="39" t="s">
-        <v>2315</v>
+        <v>2327</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
       <c r="J11" s="2"/>
       <c r="K11" s="2"/>
       <c r="L11" s="2"/>
       <c r="M11" s="2"/>
       <c r="N11" s="2"/>
       <c r="O11" s="2"/>
       <c r="P11" s="2"/>
       <c r="Q11" s="2"/>
       <c r="R11" s="2"/>
       <c r="S11" s="2"/>
       <c r="T11" s="2"/>
       <c r="U11" s="2"/>
       <c r="V11" s="2"/>
       <c r="W11" s="2"/>
       <c r="X11" s="2"/>
       <c r="Y11" s="2"/>
       <c r="Z11" s="2"/>
       <c r="AA11" s="2"/>
       <c r="AB11" s="2"/>
     </row>
-    <row r="12" spans="1:122" s="3" customFormat="1" ht="201" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:28" s="3" customFormat="1" ht="275.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="8" t="s">
-        <v>2292</v>
+        <v>2304</v>
       </c>
       <c r="B12" s="8" t="s">
-        <v>2293</v>
+        <v>2305</v>
       </c>
       <c r="C12" s="8" t="s">
-        <v>2294</v>
+        <v>2306</v>
       </c>
       <c r="D12" s="8" t="s">
-        <v>2295</v>
+        <v>2307</v>
       </c>
       <c r="E12" s="8" t="s">
-        <v>2303</v>
+        <v>2308</v>
       </c>
       <c r="F12" s="9" t="s">
-        <v>2296</v>
+        <v>2309</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
       <c r="J12" s="2"/>
       <c r="K12" s="2"/>
       <c r="L12" s="2"/>
       <c r="M12" s="2"/>
       <c r="N12" s="2"/>
       <c r="O12" s="2"/>
       <c r="P12" s="2"/>
       <c r="Q12" s="2"/>
       <c r="R12" s="2"/>
       <c r="S12" s="2"/>
       <c r="T12" s="2"/>
       <c r="U12" s="2"/>
       <c r="V12" s="2"/>
       <c r="W12" s="2"/>
       <c r="X12" s="2"/>
       <c r="Y12" s="2"/>
       <c r="Z12" s="2"/>
       <c r="AA12" s="2"/>
       <c r="AB12" s="2"/>
     </row>
-    <row r="13" spans="1:122" s="3" customFormat="1" ht="139.19999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2301</v>
+    <row r="13" spans="1:28" s="3" customFormat="1" ht="269.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="40" t="s">
+        <v>2310</v>
+      </c>
+      <c r="B13" s="40" t="s">
+        <v>2311</v>
+      </c>
+      <c r="C13" s="40" t="s">
+        <v>2312</v>
+      </c>
+      <c r="D13" s="40" t="s">
+        <v>2313</v>
+      </c>
+      <c r="E13" s="40" t="s">
+        <v>2314</v>
+      </c>
+      <c r="F13" s="39" t="s">
+        <v>2315</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
       <c r="J13" s="2"/>
       <c r="K13" s="2"/>
       <c r="L13" s="2"/>
       <c r="M13" s="2"/>
       <c r="N13" s="2"/>
       <c r="O13" s="2"/>
       <c r="P13" s="2"/>
       <c r="Q13" s="2"/>
       <c r="R13" s="2"/>
       <c r="S13" s="2"/>
       <c r="T13" s="2"/>
       <c r="U13" s="2"/>
       <c r="V13" s="2"/>
       <c r="W13" s="2"/>
       <c r="X13" s="2"/>
       <c r="Y13" s="2"/>
       <c r="Z13" s="2"/>
       <c r="AA13" s="2"/>
       <c r="AB13" s="2"/>
     </row>
-    <row r="14" spans="1:122" s="3" customFormat="1" ht="125.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:28" s="3" customFormat="1" ht="201" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="8" t="s">
-        <v>2186</v>
+        <v>2292</v>
       </c>
       <c r="B14" s="8" t="s">
-        <v>2187</v>
+        <v>2293</v>
       </c>
       <c r="C14" s="8" t="s">
-        <v>2188</v>
+        <v>2294</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>2189</v>
+        <v>2295</v>
       </c>
       <c r="E14" s="8" t="s">
-        <v>2190</v>
+        <v>2303</v>
       </c>
       <c r="F14" s="9" t="s">
-        <v>2191</v>
+        <v>2296</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
       <c r="J14" s="2"/>
       <c r="K14" s="2"/>
       <c r="L14" s="2"/>
       <c r="M14" s="2"/>
       <c r="N14" s="2"/>
       <c r="O14" s="2"/>
       <c r="P14" s="2"/>
       <c r="Q14" s="2"/>
       <c r="R14" s="2"/>
       <c r="S14" s="2"/>
       <c r="T14" s="2"/>
       <c r="U14" s="2"/>
       <c r="V14" s="2"/>
       <c r="W14" s="2"/>
       <c r="X14" s="2"/>
       <c r="Y14" s="2"/>
       <c r="Z14" s="2"/>
       <c r="AA14" s="2"/>
       <c r="AB14" s="2"/>
     </row>
-    <row r="15" spans="1:122" s="3" customFormat="1" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:28" s="3" customFormat="1" ht="139.19999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="4" t="s">
-        <v>2192</v>
+        <v>2297</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>2193</v>
+        <v>2298</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>2194</v>
+        <v>2299</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>2195</v>
+        <v>2300</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>2196</v>
+        <v>2302</v>
       </c>
       <c r="F15" s="13" t="s">
-        <v>2197</v>
+        <v>2301</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
       <c r="J15" s="2"/>
       <c r="K15" s="2"/>
       <c r="L15" s="2"/>
       <c r="M15" s="2"/>
       <c r="N15" s="2"/>
       <c r="O15" s="2"/>
       <c r="P15" s="2"/>
       <c r="Q15" s="2"/>
       <c r="R15" s="2"/>
       <c r="S15" s="2"/>
       <c r="T15" s="2"/>
       <c r="U15" s="2"/>
       <c r="V15" s="2"/>
       <c r="W15" s="2"/>
       <c r="X15" s="2"/>
       <c r="Y15" s="2"/>
       <c r="Z15" s="2"/>
       <c r="AA15" s="2"/>
       <c r="AB15" s="2"/>
     </row>
-    <row r="16" spans="1:122" s="3" customFormat="1" ht="259.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>2172</v>
+    <row r="16" spans="1:28" s="3" customFormat="1" ht="125.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="8" t="s">
+        <v>2186</v>
       </c>
       <c r="B16" s="8" t="s">
-        <v>2173</v>
+        <v>2187</v>
       </c>
       <c r="C16" s="8" t="s">
-        <v>2174</v>
+        <v>2188</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>2175</v>
+        <v>2189</v>
       </c>
       <c r="E16" s="8" t="s">
-        <v>2176</v>
+        <v>2190</v>
       </c>
       <c r="F16" s="9" t="s">
-        <v>2177</v>
+        <v>2191</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
       <c r="J16" s="2"/>
       <c r="K16" s="2"/>
       <c r="L16" s="2"/>
       <c r="M16" s="2"/>
       <c r="N16" s="2"/>
       <c r="O16" s="2"/>
       <c r="P16" s="2"/>
       <c r="Q16" s="2"/>
       <c r="R16" s="2"/>
       <c r="S16" s="2"/>
       <c r="T16" s="2"/>
       <c r="U16" s="2"/>
       <c r="V16" s="2"/>
       <c r="W16" s="2"/>
       <c r="X16" s="2"/>
       <c r="Y16" s="2"/>
       <c r="Z16" s="2"/>
       <c r="AA16" s="2"/>
       <c r="AB16" s="2"/>
-      <c r="AC16" s="2"/>
-[...99 lines deleted...]
-        <v>2179</v>
+    </row>
+    <row r="17" spans="1:122" s="3" customFormat="1" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4" t="s">
+        <v>2192</v>
+      </c>
+      <c r="B17" s="4" t="s">
+        <v>2193</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>2180</v>
-[...8 lines deleted...]
-        <v>2183</v>
+        <v>2194</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>2195</v>
+      </c>
+      <c r="E17" s="4" t="s">
+        <v>2196</v>
+      </c>
+      <c r="F17" s="13" t="s">
+        <v>2197</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
       <c r="J17" s="2"/>
       <c r="K17" s="2"/>
       <c r="L17" s="2"/>
       <c r="M17" s="2"/>
       <c r="N17" s="2"/>
       <c r="O17" s="2"/>
       <c r="P17" s="2"/>
       <c r="Q17" s="2"/>
       <c r="R17" s="2"/>
       <c r="S17" s="2"/>
       <c r="T17" s="2"/>
       <c r="U17" s="2"/>
       <c r="V17" s="2"/>
       <c r="W17" s="2"/>
       <c r="X17" s="2"/>
       <c r="Y17" s="2"/>
       <c r="Z17" s="2"/>
       <c r="AA17" s="2"/>
       <c r="AB17" s="2"/>
-      <c r="AC17" s="2"/>
-[...94 lines deleted...]
-    <row r="18" spans="1:122" s="3" customFormat="1" ht="189" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    </row>
+    <row r="18" spans="1:122" s="3" customFormat="1" ht="259.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="38" t="s">
-        <v>2357</v>
-[...14 lines deleted...]
-        <v>2362</v>
+        <v>2172</v>
+      </c>
+      <c r="B18" s="8" t="s">
+        <v>2173</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>2174</v>
+      </c>
+      <c r="D18" s="8" t="s">
+        <v>2175</v>
+      </c>
+      <c r="E18" s="8" t="s">
+        <v>2176</v>
+      </c>
+      <c r="F18" s="9" t="s">
+        <v>2177</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
       <c r="J18" s="2"/>
       <c r="K18" s="2"/>
       <c r="L18" s="2"/>
       <c r="M18" s="2"/>
       <c r="N18" s="2"/>
       <c r="O18" s="2"/>
       <c r="P18" s="2"/>
       <c r="Q18" s="2"/>
       <c r="R18" s="2"/>
       <c r="S18" s="2"/>
       <c r="T18" s="2"/>
       <c r="U18" s="2"/>
       <c r="V18" s="2"/>
       <c r="W18" s="2"/>
       <c r="X18" s="2"/>
       <c r="Y18" s="2"/>
       <c r="Z18" s="2"/>
       <c r="AA18" s="2"/>
       <c r="AB18" s="2"/>
       <c r="AC18" s="2"/>
       <c r="AD18" s="2"/>
@@ -10130,68 +9990,68 @@
       <c r="CU18" s="2"/>
       <c r="CV18" s="2"/>
       <c r="CW18" s="2"/>
       <c r="CX18" s="2"/>
       <c r="CY18" s="2"/>
       <c r="CZ18" s="2"/>
       <c r="DA18" s="2"/>
       <c r="DB18" s="2"/>
       <c r="DC18" s="2"/>
       <c r="DD18" s="2"/>
       <c r="DE18" s="2"/>
       <c r="DF18" s="2"/>
       <c r="DG18" s="2"/>
       <c r="DH18" s="2"/>
       <c r="DI18" s="2"/>
       <c r="DJ18" s="2"/>
       <c r="DK18" s="2"/>
       <c r="DL18" s="2"/>
       <c r="DM18" s="2"/>
       <c r="DN18" s="2"/>
       <c r="DO18" s="2"/>
       <c r="DP18" s="2"/>
       <c r="DQ18" s="2"/>
       <c r="DR18" s="2"/>
     </row>
-    <row r="19" spans="1:122" s="3" customFormat="1" ht="138" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:122" s="3" customFormat="1" ht="201.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="22" t="s">
-        <v>2149</v>
+        <v>2178</v>
       </c>
       <c r="B19" s="22" t="s">
-        <v>2167</v>
+        <v>2179</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>2184</v>
+        <v>2180</v>
       </c>
       <c r="D19" s="22" t="s">
-        <v>2185</v>
+        <v>2181</v>
       </c>
       <c r="E19" s="22" t="s">
-        <v>2198</v>
-[...2 lines deleted...]
-        <v>2171</v>
+        <v>2182</v>
+      </c>
+      <c r="F19" s="39" t="s">
+        <v>2183</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
       <c r="J19" s="2"/>
       <c r="K19" s="2"/>
       <c r="L19" s="2"/>
       <c r="M19" s="2"/>
       <c r="N19" s="2"/>
       <c r="O19" s="2"/>
       <c r="P19" s="2"/>
       <c r="Q19" s="2"/>
       <c r="R19" s="2"/>
       <c r="S19" s="2"/>
       <c r="T19" s="2"/>
       <c r="U19" s="2"/>
       <c r="V19" s="2"/>
       <c r="W19" s="2"/>
       <c r="X19" s="2"/>
       <c r="Y19" s="2"/>
       <c r="Z19" s="2"/>
       <c r="AA19" s="2"/>
       <c r="AB19" s="2"/>
       <c r="AC19" s="2"/>
       <c r="AD19" s="2"/>
@@ -10266,68 +10126,68 @@
       <c r="CU19" s="2"/>
       <c r="CV19" s="2"/>
       <c r="CW19" s="2"/>
       <c r="CX19" s="2"/>
       <c r="CY19" s="2"/>
       <c r="CZ19" s="2"/>
       <c r="DA19" s="2"/>
       <c r="DB19" s="2"/>
       <c r="DC19" s="2"/>
       <c r="DD19" s="2"/>
       <c r="DE19" s="2"/>
       <c r="DF19" s="2"/>
       <c r="DG19" s="2"/>
       <c r="DH19" s="2"/>
       <c r="DI19" s="2"/>
       <c r="DJ19" s="2"/>
       <c r="DK19" s="2"/>
       <c r="DL19" s="2"/>
       <c r="DM19" s="2"/>
       <c r="DN19" s="2"/>
       <c r="DO19" s="2"/>
       <c r="DP19" s="2"/>
       <c r="DQ19" s="2"/>
       <c r="DR19" s="2"/>
     </row>
-    <row r="20" spans="1:122" s="3" customFormat="1" ht="165" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2148</v>
+    <row r="20" spans="1:122" s="3" customFormat="1" ht="189" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="38" t="s">
+        <v>2356</v>
+      </c>
+      <c r="B20" s="38" t="s">
+        <v>2357</v>
+      </c>
+      <c r="C20" s="38" t="s">
+        <v>2358</v>
+      </c>
+      <c r="D20" s="38" t="s">
+        <v>2359</v>
+      </c>
+      <c r="E20" s="38" t="s">
+        <v>2360</v>
+      </c>
+      <c r="F20" s="20" t="s">
+        <v>2361</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
       <c r="J20" s="2"/>
       <c r="K20" s="2"/>
       <c r="L20" s="2"/>
       <c r="M20" s="2"/>
       <c r="N20" s="2"/>
       <c r="O20" s="2"/>
       <c r="P20" s="2"/>
       <c r="Q20" s="2"/>
       <c r="R20" s="2"/>
       <c r="S20" s="2"/>
       <c r="T20" s="2"/>
       <c r="U20" s="2"/>
       <c r="V20" s="2"/>
       <c r="W20" s="2"/>
       <c r="X20" s="2"/>
       <c r="Y20" s="2"/>
       <c r="Z20" s="2"/>
       <c r="AA20" s="2"/>
       <c r="AB20" s="2"/>
       <c r="AC20" s="2"/>
       <c r="AD20" s="2"/>
@@ -10402,9209 +10262,9465 @@
       <c r="CU20" s="2"/>
       <c r="CV20" s="2"/>
       <c r="CW20" s="2"/>
       <c r="CX20" s="2"/>
       <c r="CY20" s="2"/>
       <c r="CZ20" s="2"/>
       <c r="DA20" s="2"/>
       <c r="DB20" s="2"/>
       <c r="DC20" s="2"/>
       <c r="DD20" s="2"/>
       <c r="DE20" s="2"/>
       <c r="DF20" s="2"/>
       <c r="DG20" s="2"/>
       <c r="DH20" s="2"/>
       <c r="DI20" s="2"/>
       <c r="DJ20" s="2"/>
       <c r="DK20" s="2"/>
       <c r="DL20" s="2"/>
       <c r="DM20" s="2"/>
       <c r="DN20" s="2"/>
       <c r="DO20" s="2"/>
       <c r="DP20" s="2"/>
       <c r="DQ20" s="2"/>
       <c r="DR20" s="2"/>
     </row>
-    <row r="21" spans="1:122" s="3" customFormat="1" ht="162.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:122" s="3" customFormat="1" ht="138" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="22" t="s">
         <v>2149</v>
       </c>
       <c r="B21" s="22" t="s">
-        <v>2150</v>
+        <v>2167</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>2151</v>
+        <v>2184</v>
       </c>
       <c r="D21" s="22" t="s">
-        <v>2152</v>
+        <v>2185</v>
       </c>
       <c r="E21" s="22" t="s">
-        <v>2153</v>
-[...2 lines deleted...]
-        <v>2154</v>
+        <v>2198</v>
+      </c>
+      <c r="F21" s="21" t="s">
+        <v>2171</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
       <c r="J21" s="2"/>
       <c r="K21" s="2"/>
       <c r="L21" s="2"/>
       <c r="M21" s="2"/>
       <c r="N21" s="2"/>
       <c r="O21" s="2"/>
       <c r="P21" s="2"/>
       <c r="Q21" s="2"/>
       <c r="R21" s="2"/>
       <c r="S21" s="2"/>
       <c r="T21" s="2"/>
       <c r="U21" s="2"/>
       <c r="V21" s="2"/>
       <c r="W21" s="2"/>
       <c r="X21" s="2"/>
       <c r="Y21" s="2"/>
       <c r="Z21" s="2"/>
       <c r="AA21" s="2"/>
       <c r="AB21" s="2"/>
-    </row>
-    <row r="22" spans="1:122" s="3" customFormat="1" ht="100.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="AC21" s="2"/>
+      <c r="AD21" s="2"/>
+      <c r="AE21" s="2"/>
+      <c r="AF21" s="2"/>
+      <c r="AG21" s="2"/>
+      <c r="AH21" s="2"/>
+      <c r="AI21" s="2"/>
+      <c r="AJ21" s="2"/>
+      <c r="AK21" s="2"/>
+      <c r="AL21" s="2"/>
+      <c r="AM21" s="2"/>
+      <c r="AN21" s="2"/>
+      <c r="AO21" s="2"/>
+      <c r="AP21" s="2"/>
+      <c r="AQ21" s="2"/>
+      <c r="AR21" s="2"/>
+      <c r="AS21" s="2"/>
+      <c r="AT21" s="2"/>
+      <c r="AU21" s="2"/>
+      <c r="AV21" s="2"/>
+      <c r="AW21" s="2"/>
+      <c r="AX21" s="2"/>
+      <c r="AY21" s="2"/>
+      <c r="AZ21" s="2"/>
+      <c r="BA21" s="2"/>
+      <c r="BB21" s="2"/>
+      <c r="BC21" s="2"/>
+      <c r="BD21" s="2"/>
+      <c r="BE21" s="2"/>
+      <c r="BF21" s="2"/>
+      <c r="BG21" s="2"/>
+      <c r="BH21" s="2"/>
+      <c r="BI21" s="2"/>
+      <c r="BJ21" s="2"/>
+      <c r="BK21" s="2"/>
+      <c r="BL21" s="2"/>
+      <c r="BM21" s="2"/>
+      <c r="BN21" s="2"/>
+      <c r="BO21" s="2"/>
+      <c r="BP21" s="2"/>
+      <c r="BQ21" s="2"/>
+      <c r="BR21" s="2"/>
+      <c r="BS21" s="2"/>
+      <c r="BT21" s="2"/>
+      <c r="BU21" s="2"/>
+      <c r="BV21" s="2"/>
+      <c r="BW21" s="2"/>
+      <c r="BX21" s="2"/>
+      <c r="BY21" s="2"/>
+      <c r="BZ21" s="2"/>
+      <c r="CA21" s="2"/>
+      <c r="CB21" s="2"/>
+      <c r="CC21" s="2"/>
+      <c r="CD21" s="2"/>
+      <c r="CE21" s="2"/>
+      <c r="CF21" s="2"/>
+      <c r="CG21" s="2"/>
+      <c r="CH21" s="2"/>
+      <c r="CI21" s="2"/>
+      <c r="CJ21" s="2"/>
+      <c r="CK21" s="2"/>
+      <c r="CL21" s="2"/>
+      <c r="CM21" s="2"/>
+      <c r="CN21" s="2"/>
+      <c r="CO21" s="2"/>
+      <c r="CP21" s="2"/>
+      <c r="CQ21" s="2"/>
+      <c r="CR21" s="2"/>
+      <c r="CS21" s="2"/>
+      <c r="CT21" s="2"/>
+      <c r="CU21" s="2"/>
+      <c r="CV21" s="2"/>
+      <c r="CW21" s="2"/>
+      <c r="CX21" s="2"/>
+      <c r="CY21" s="2"/>
+      <c r="CZ21" s="2"/>
+      <c r="DA21" s="2"/>
+      <c r="DB21" s="2"/>
+      <c r="DC21" s="2"/>
+      <c r="DD21" s="2"/>
+      <c r="DE21" s="2"/>
+      <c r="DF21" s="2"/>
+      <c r="DG21" s="2"/>
+      <c r="DH21" s="2"/>
+      <c r="DI21" s="2"/>
+      <c r="DJ21" s="2"/>
+      <c r="DK21" s="2"/>
+      <c r="DL21" s="2"/>
+      <c r="DM21" s="2"/>
+      <c r="DN21" s="2"/>
+      <c r="DO21" s="2"/>
+      <c r="DP21" s="2"/>
+      <c r="DQ21" s="2"/>
+      <c r="DR21" s="2"/>
+    </row>
+    <row r="22" spans="1:122" s="3" customFormat="1" ht="165" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="25" t="s">
-        <v>2155</v>
-[...2 lines deleted...]
-        <v>2156</v>
+        <v>2143</v>
+      </c>
+      <c r="B22" s="25" t="s">
+        <v>2144</v>
       </c>
       <c r="C22" s="8" t="s">
-        <v>2157</v>
+        <v>2145</v>
       </c>
       <c r="D22" s="25" t="s">
-        <v>2158</v>
+        <v>2146</v>
       </c>
       <c r="E22" s="25" t="s">
-        <v>2159</v>
+        <v>2147</v>
       </c>
       <c r="F22" s="9" t="s">
-        <v>2160</v>
+        <v>2148</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
       <c r="J22" s="2"/>
       <c r="K22" s="2"/>
       <c r="L22" s="2"/>
       <c r="M22" s="2"/>
       <c r="N22" s="2"/>
       <c r="O22" s="2"/>
       <c r="P22" s="2"/>
       <c r="Q22" s="2"/>
       <c r="R22" s="2"/>
       <c r="S22" s="2"/>
       <c r="T22" s="2"/>
       <c r="U22" s="2"/>
       <c r="V22" s="2"/>
       <c r="W22" s="2"/>
       <c r="X22" s="2"/>
       <c r="Y22" s="2"/>
       <c r="Z22" s="2"/>
       <c r="AA22" s="2"/>
       <c r="AB22" s="2"/>
-    </row>
-    <row r="23" spans="1:122" s="3" customFormat="1" ht="212.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="AC22" s="2"/>
+      <c r="AD22" s="2"/>
+      <c r="AE22" s="2"/>
+      <c r="AF22" s="2"/>
+      <c r="AG22" s="2"/>
+      <c r="AH22" s="2"/>
+      <c r="AI22" s="2"/>
+      <c r="AJ22" s="2"/>
+      <c r="AK22" s="2"/>
+      <c r="AL22" s="2"/>
+      <c r="AM22" s="2"/>
+      <c r="AN22" s="2"/>
+      <c r="AO22" s="2"/>
+      <c r="AP22" s="2"/>
+      <c r="AQ22" s="2"/>
+      <c r="AR22" s="2"/>
+      <c r="AS22" s="2"/>
+      <c r="AT22" s="2"/>
+      <c r="AU22" s="2"/>
+      <c r="AV22" s="2"/>
+      <c r="AW22" s="2"/>
+      <c r="AX22" s="2"/>
+      <c r="AY22" s="2"/>
+      <c r="AZ22" s="2"/>
+      <c r="BA22" s="2"/>
+      <c r="BB22" s="2"/>
+      <c r="BC22" s="2"/>
+      <c r="BD22" s="2"/>
+      <c r="BE22" s="2"/>
+      <c r="BF22" s="2"/>
+      <c r="BG22" s="2"/>
+      <c r="BH22" s="2"/>
+      <c r="BI22" s="2"/>
+      <c r="BJ22" s="2"/>
+      <c r="BK22" s="2"/>
+      <c r="BL22" s="2"/>
+      <c r="BM22" s="2"/>
+      <c r="BN22" s="2"/>
+      <c r="BO22" s="2"/>
+      <c r="BP22" s="2"/>
+      <c r="BQ22" s="2"/>
+      <c r="BR22" s="2"/>
+      <c r="BS22" s="2"/>
+      <c r="BT22" s="2"/>
+      <c r="BU22" s="2"/>
+      <c r="BV22" s="2"/>
+      <c r="BW22" s="2"/>
+      <c r="BX22" s="2"/>
+      <c r="BY22" s="2"/>
+      <c r="BZ22" s="2"/>
+      <c r="CA22" s="2"/>
+      <c r="CB22" s="2"/>
+      <c r="CC22" s="2"/>
+      <c r="CD22" s="2"/>
+      <c r="CE22" s="2"/>
+      <c r="CF22" s="2"/>
+      <c r="CG22" s="2"/>
+      <c r="CH22" s="2"/>
+      <c r="CI22" s="2"/>
+      <c r="CJ22" s="2"/>
+      <c r="CK22" s="2"/>
+      <c r="CL22" s="2"/>
+      <c r="CM22" s="2"/>
+      <c r="CN22" s="2"/>
+      <c r="CO22" s="2"/>
+      <c r="CP22" s="2"/>
+      <c r="CQ22" s="2"/>
+      <c r="CR22" s="2"/>
+      <c r="CS22" s="2"/>
+      <c r="CT22" s="2"/>
+      <c r="CU22" s="2"/>
+      <c r="CV22" s="2"/>
+      <c r="CW22" s="2"/>
+      <c r="CX22" s="2"/>
+      <c r="CY22" s="2"/>
+      <c r="CZ22" s="2"/>
+      <c r="DA22" s="2"/>
+      <c r="DB22" s="2"/>
+      <c r="DC22" s="2"/>
+      <c r="DD22" s="2"/>
+      <c r="DE22" s="2"/>
+      <c r="DF22" s="2"/>
+      <c r="DG22" s="2"/>
+      <c r="DH22" s="2"/>
+      <c r="DI22" s="2"/>
+      <c r="DJ22" s="2"/>
+      <c r="DK22" s="2"/>
+      <c r="DL22" s="2"/>
+      <c r="DM22" s="2"/>
+      <c r="DN22" s="2"/>
+      <c r="DO22" s="2"/>
+      <c r="DP22" s="2"/>
+      <c r="DQ22" s="2"/>
+      <c r="DR22" s="2"/>
+    </row>
+    <row r="23" spans="1:122" s="3" customFormat="1" ht="162.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="22" t="s">
-        <v>2161</v>
-[...2 lines deleted...]
-        <v>2162</v>
+        <v>2149</v>
+      </c>
+      <c r="B23" s="22" t="s">
+        <v>2150</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>2163</v>
+        <v>2151</v>
       </c>
       <c r="D23" s="22" t="s">
-        <v>2164</v>
+        <v>2152</v>
       </c>
       <c r="E23" s="22" t="s">
-        <v>2165</v>
-[...2 lines deleted...]
-        <v>2166</v>
+        <v>2153</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>2154</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
       <c r="J23" s="2"/>
       <c r="K23" s="2"/>
       <c r="L23" s="2"/>
       <c r="M23" s="2"/>
       <c r="N23" s="2"/>
       <c r="O23" s="2"/>
       <c r="P23" s="2"/>
       <c r="Q23" s="2"/>
       <c r="R23" s="2"/>
       <c r="S23" s="2"/>
       <c r="T23" s="2"/>
       <c r="U23" s="2"/>
       <c r="V23" s="2"/>
       <c r="W23" s="2"/>
       <c r="X23" s="2"/>
       <c r="Y23" s="2"/>
       <c r="Z23" s="2"/>
       <c r="AA23" s="2"/>
       <c r="AB23" s="2"/>
     </row>
-    <row r="24" spans="1:122" s="3" customFormat="1" ht="201.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2171</v>
+    <row r="24" spans="1:122" s="3" customFormat="1" ht="100.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="25" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B24" s="28" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C24" s="8" t="s">
+        <v>2157</v>
+      </c>
+      <c r="D24" s="25" t="s">
+        <v>2158</v>
+      </c>
+      <c r="E24" s="25" t="s">
+        <v>2159</v>
+      </c>
+      <c r="F24" s="9" t="s">
+        <v>2160</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
       <c r="J24" s="2"/>
       <c r="K24" s="2"/>
       <c r="L24" s="2"/>
       <c r="M24" s="2"/>
       <c r="N24" s="2"/>
       <c r="O24" s="2"/>
       <c r="P24" s="2"/>
       <c r="Q24" s="2"/>
       <c r="R24" s="2"/>
       <c r="S24" s="2"/>
       <c r="T24" s="2"/>
       <c r="U24" s="2"/>
       <c r="V24" s="2"/>
       <c r="W24" s="2"/>
       <c r="X24" s="2"/>
       <c r="Y24" s="2"/>
       <c r="Z24" s="2"/>
       <c r="AA24" s="2"/>
       <c r="AB24" s="2"/>
     </row>
-    <row r="25" spans="1:122" s="3" customFormat="1" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:122" s="3" customFormat="1" ht="212.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="22" t="s">
-        <v>2049</v>
-[...2 lines deleted...]
-        <v>2124</v>
+        <v>2161</v>
+      </c>
+      <c r="B25" s="27" t="s">
+        <v>2162</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>2050</v>
+        <v>2163</v>
       </c>
       <c r="D25" s="22" t="s">
-        <v>2051</v>
+        <v>2164</v>
       </c>
       <c r="E25" s="22" t="s">
-        <v>2052</v>
-[...2 lines deleted...]
-        <v>2053</v>
+        <v>2165</v>
+      </c>
+      <c r="F25" s="13" t="s">
+        <v>2166</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
       <c r="J25" s="2"/>
       <c r="K25" s="2"/>
       <c r="L25" s="2"/>
       <c r="M25" s="2"/>
       <c r="N25" s="2"/>
       <c r="O25" s="2"/>
       <c r="P25" s="2"/>
       <c r="Q25" s="2"/>
       <c r="R25" s="2"/>
       <c r="S25" s="2"/>
       <c r="T25" s="2"/>
       <c r="U25" s="2"/>
       <c r="V25" s="2"/>
       <c r="W25" s="2"/>
       <c r="X25" s="2"/>
       <c r="Y25" s="2"/>
       <c r="Z25" s="2"/>
       <c r="AA25" s="2"/>
       <c r="AB25" s="2"/>
     </row>
-    <row r="26" spans="1:122" s="3" customFormat="1" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:122" s="3" customFormat="1" ht="201.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="26" t="s">
-        <v>2054</v>
+        <v>2149</v>
       </c>
       <c r="B26" s="26" t="s">
-        <v>2055</v>
+        <v>2167</v>
       </c>
       <c r="C26" s="6" t="s">
-        <v>2056</v>
-[...2 lines deleted...]
-        <v>2057</v>
+        <v>2168</v>
+      </c>
+      <c r="D26" s="26" t="s">
+        <v>2169</v>
       </c>
       <c r="E26" s="26" t="s">
-        <v>2064</v>
+        <v>2170</v>
       </c>
       <c r="F26" s="7" t="s">
-        <v>2058</v>
+        <v>2171</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
       <c r="J26" s="2"/>
       <c r="K26" s="2"/>
       <c r="L26" s="2"/>
       <c r="M26" s="2"/>
       <c r="N26" s="2"/>
       <c r="O26" s="2"/>
       <c r="P26" s="2"/>
       <c r="Q26" s="2"/>
       <c r="R26" s="2"/>
       <c r="S26" s="2"/>
       <c r="T26" s="2"/>
       <c r="U26" s="2"/>
       <c r="V26" s="2"/>
       <c r="W26" s="2"/>
       <c r="X26" s="2"/>
       <c r="Y26" s="2"/>
       <c r="Z26" s="2"/>
       <c r="AA26" s="2"/>
       <c r="AB26" s="2"/>
     </row>
-    <row r="27" spans="1:122" s="3" customFormat="1" ht="88.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:122" s="3" customFormat="1" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="22" t="s">
-        <v>2059</v>
+        <v>2049</v>
       </c>
       <c r="B27" s="22" t="s">
-        <v>2060</v>
+        <v>2124</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>2065</v>
+        <v>2050</v>
       </c>
       <c r="D27" s="22" t="s">
-        <v>2061</v>
+        <v>2051</v>
       </c>
       <c r="E27" s="22" t="s">
-        <v>2063</v>
+        <v>2052</v>
       </c>
       <c r="F27" s="5" t="s">
-        <v>2062</v>
+        <v>2053</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
       <c r="J27" s="2"/>
       <c r="K27" s="2"/>
       <c r="L27" s="2"/>
       <c r="M27" s="2"/>
       <c r="N27" s="2"/>
       <c r="O27" s="2"/>
       <c r="P27" s="2"/>
       <c r="Q27" s="2"/>
       <c r="R27" s="2"/>
       <c r="S27" s="2"/>
       <c r="T27" s="2"/>
       <c r="U27" s="2"/>
       <c r="V27" s="2"/>
       <c r="W27" s="2"/>
       <c r="X27" s="2"/>
       <c r="Y27" s="2"/>
       <c r="Z27" s="2"/>
       <c r="AA27" s="2"/>
       <c r="AB27" s="2"/>
     </row>
-    <row r="28" spans="1:122" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>2045</v>
+    <row r="28" spans="1:122" s="3" customFormat="1" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="26" t="s">
+        <v>2054</v>
+      </c>
+      <c r="B28" s="26" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C28" s="6" t="s">
+        <v>2056</v>
       </c>
       <c r="D28" s="25" t="s">
-        <v>2046</v>
-[...5 lines deleted...]
-        <v>2048</v>
+        <v>2057</v>
+      </c>
+      <c r="E28" s="26" t="s">
+        <v>2064</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>2058</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
       <c r="J28" s="2"/>
       <c r="K28" s="2"/>
       <c r="L28" s="2"/>
       <c r="M28" s="2"/>
       <c r="N28" s="2"/>
       <c r="O28" s="2"/>
       <c r="P28" s="2"/>
       <c r="Q28" s="2"/>
       <c r="R28" s="2"/>
       <c r="S28" s="2"/>
       <c r="T28" s="2"/>
       <c r="U28" s="2"/>
       <c r="V28" s="2"/>
       <c r="W28" s="2"/>
       <c r="X28" s="2"/>
       <c r="Y28" s="2"/>
       <c r="Z28" s="2"/>
       <c r="AA28" s="2"/>
       <c r="AB28" s="2"/>
     </row>
-    <row r="29" spans="1:122" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:122" s="3" customFormat="1" ht="88.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="22" t="s">
-        <v>2031</v>
+        <v>2059</v>
       </c>
       <c r="B29" s="22" t="s">
-        <v>2032</v>
+        <v>2060</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>2033</v>
+        <v>2065</v>
       </c>
       <c r="D29" s="22" t="s">
-        <v>2034</v>
+        <v>2061</v>
       </c>
       <c r="E29" s="22" t="s">
-        <v>2035</v>
+        <v>2063</v>
       </c>
       <c r="F29" s="5" t="s">
-        <v>2036</v>
+        <v>2062</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
       <c r="J29" s="2"/>
       <c r="K29" s="2"/>
       <c r="L29" s="2"/>
       <c r="M29" s="2"/>
       <c r="N29" s="2"/>
       <c r="O29" s="2"/>
       <c r="P29" s="2"/>
       <c r="Q29" s="2"/>
       <c r="R29" s="2"/>
       <c r="S29" s="2"/>
       <c r="T29" s="2"/>
       <c r="U29" s="2"/>
       <c r="V29" s="2"/>
       <c r="W29" s="2"/>
       <c r="X29" s="2"/>
       <c r="Y29" s="2"/>
       <c r="Z29" s="2"/>
       <c r="AA29" s="2"/>
       <c r="AB29" s="2"/>
     </row>
-    <row r="30" spans="1:122" s="3" customFormat="1" ht="195.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:122" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="25" t="s">
-        <v>2037</v>
+        <v>2043</v>
       </c>
       <c r="B30" s="25" t="s">
-        <v>2038</v>
+        <v>2044</v>
       </c>
       <c r="C30" s="8" t="s">
-        <v>2039</v>
+        <v>2045</v>
       </c>
       <c r="D30" s="25" t="s">
-        <v>2040</v>
+        <v>2046</v>
       </c>
       <c r="E30" s="25" t="s">
-        <v>2041</v>
+        <v>2047</v>
       </c>
       <c r="F30" s="9" t="s">
-        <v>2042</v>
+        <v>2048</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
       <c r="I30" s="2"/>
       <c r="J30" s="2"/>
       <c r="K30" s="2"/>
       <c r="L30" s="2"/>
       <c r="M30" s="2"/>
       <c r="N30" s="2"/>
       <c r="O30" s="2"/>
       <c r="P30" s="2"/>
       <c r="Q30" s="2"/>
       <c r="R30" s="2"/>
       <c r="S30" s="2"/>
       <c r="T30" s="2"/>
       <c r="U30" s="2"/>
       <c r="V30" s="2"/>
       <c r="W30" s="2"/>
       <c r="X30" s="2"/>
       <c r="Y30" s="2"/>
       <c r="Z30" s="2"/>
       <c r="AA30" s="2"/>
       <c r="AB30" s="2"/>
     </row>
-    <row r="31" spans="1:122" s="3" customFormat="1" ht="176.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:122" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="22" t="s">
-        <v>2020</v>
+        <v>2031</v>
       </c>
       <c r="B31" s="22" t="s">
-        <v>2025</v>
+        <v>2032</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>2026</v>
+        <v>2033</v>
       </c>
       <c r="D31" s="22" t="s">
-        <v>2027</v>
+        <v>2034</v>
       </c>
       <c r="E31" s="22" t="s">
-        <v>2029</v>
+        <v>2035</v>
       </c>
       <c r="F31" s="5" t="s">
-        <v>2028</v>
+        <v>2036</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
       <c r="J31" s="2"/>
       <c r="K31" s="2"/>
       <c r="L31" s="2"/>
       <c r="M31" s="2"/>
       <c r="N31" s="2"/>
       <c r="O31" s="2"/>
       <c r="P31" s="2"/>
       <c r="Q31" s="2"/>
       <c r="R31" s="2"/>
       <c r="S31" s="2"/>
       <c r="T31" s="2"/>
       <c r="U31" s="2"/>
       <c r="V31" s="2"/>
       <c r="W31" s="2"/>
       <c r="X31" s="2"/>
       <c r="Y31" s="2"/>
       <c r="Z31" s="2"/>
       <c r="AA31" s="2"/>
       <c r="AB31" s="2"/>
     </row>
-    <row r="32" spans="1:122" s="3" customFormat="1" ht="182.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:122" s="3" customFormat="1" ht="195.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="25" t="s">
-        <v>2020</v>
+        <v>2037</v>
       </c>
       <c r="B32" s="25" t="s">
-        <v>2021</v>
+        <v>2038</v>
       </c>
       <c r="C32" s="8" t="s">
-        <v>2022</v>
+        <v>2039</v>
       </c>
       <c r="D32" s="25" t="s">
-        <v>2023</v>
+        <v>2040</v>
       </c>
       <c r="E32" s="25" t="s">
-        <v>2030</v>
+        <v>2041</v>
       </c>
       <c r="F32" s="9" t="s">
-        <v>2024</v>
+        <v>2042</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
       <c r="J32" s="2"/>
       <c r="K32" s="2"/>
       <c r="L32" s="2"/>
       <c r="M32" s="2"/>
       <c r="N32" s="2"/>
       <c r="O32" s="2"/>
       <c r="P32" s="2"/>
       <c r="Q32" s="2"/>
       <c r="R32" s="2"/>
       <c r="S32" s="2"/>
       <c r="T32" s="2"/>
       <c r="U32" s="2"/>
       <c r="V32" s="2"/>
       <c r="W32" s="2"/>
       <c r="X32" s="2"/>
       <c r="Y32" s="2"/>
       <c r="Z32" s="2"/>
       <c r="AA32" s="2"/>
       <c r="AB32" s="2"/>
     </row>
-    <row r="33" spans="1:28" s="3" customFormat="1" ht="166.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:28" s="3" customFormat="1" ht="176.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="22" t="s">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="B33" s="22" t="s">
-        <v>2015</v>
-[...5 lines deleted...]
-        <v>2017</v>
+        <v>2025</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>2026</v>
+      </c>
+      <c r="D33" s="22" t="s">
+        <v>2027</v>
       </c>
       <c r="E33" s="22" t="s">
-        <v>2018</v>
+        <v>2029</v>
       </c>
       <c r="F33" s="5" t="s">
-        <v>2019</v>
+        <v>2028</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
       <c r="I33" s="2"/>
       <c r="J33" s="2"/>
       <c r="K33" s="2"/>
       <c r="L33" s="2"/>
       <c r="M33" s="2"/>
       <c r="N33" s="2"/>
       <c r="O33" s="2"/>
       <c r="P33" s="2"/>
       <c r="Q33" s="2"/>
       <c r="R33" s="2"/>
       <c r="S33" s="2"/>
       <c r="T33" s="2"/>
       <c r="U33" s="2"/>
       <c r="V33" s="2"/>
       <c r="W33" s="2"/>
       <c r="X33" s="2"/>
       <c r="Y33" s="2"/>
       <c r="Z33" s="2"/>
       <c r="AA33" s="2"/>
       <c r="AB33" s="2"/>
     </row>
     <row r="34" spans="1:28" s="3" customFormat="1" ht="182.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="25" t="s">
-        <v>2008</v>
+        <v>2020</v>
       </c>
       <c r="B34" s="25" t="s">
-        <v>2009</v>
-[...8 lines deleted...]
-        <v>2012</v>
+        <v>2021</v>
+      </c>
+      <c r="C34" s="8" t="s">
+        <v>2022</v>
+      </c>
+      <c r="D34" s="25" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E34" s="25" t="s">
+        <v>2030</v>
       </c>
       <c r="F34" s="9" t="s">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
       <c r="I34" s="2"/>
       <c r="J34" s="2"/>
       <c r="K34" s="2"/>
       <c r="L34" s="2"/>
       <c r="M34" s="2"/>
       <c r="N34" s="2"/>
       <c r="O34" s="2"/>
       <c r="P34" s="2"/>
       <c r="Q34" s="2"/>
       <c r="R34" s="2"/>
       <c r="S34" s="2"/>
       <c r="T34" s="2"/>
       <c r="U34" s="2"/>
       <c r="V34" s="2"/>
       <c r="W34" s="2"/>
       <c r="X34" s="2"/>
       <c r="Y34" s="2"/>
       <c r="Z34" s="2"/>
       <c r="AA34" s="2"/>
       <c r="AB34" s="2"/>
     </row>
-    <row r="35" spans="1:28" s="3" customFormat="1" ht="200.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:28" s="3" customFormat="1" ht="166.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="22" t="s">
-        <v>2002</v>
+        <v>2014</v>
       </c>
       <c r="B35" s="22" t="s">
-        <v>2003</v>
+        <v>2015</v>
       </c>
       <c r="C35" s="10" t="s">
-        <v>2004</v>
+        <v>2016</v>
       </c>
       <c r="D35" s="27" t="s">
-        <v>2005</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>2017</v>
+      </c>
+      <c r="E35" s="22" t="s">
+        <v>2018</v>
       </c>
       <c r="F35" s="5" t="s">
-        <v>2007</v>
+        <v>2019</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
       <c r="I35" s="2"/>
       <c r="J35" s="2"/>
       <c r="K35" s="2"/>
       <c r="L35" s="2"/>
       <c r="M35" s="2"/>
       <c r="N35" s="2"/>
       <c r="O35" s="2"/>
       <c r="P35" s="2"/>
       <c r="Q35" s="2"/>
       <c r="R35" s="2"/>
       <c r="S35" s="2"/>
       <c r="T35" s="2"/>
       <c r="U35" s="2"/>
       <c r="V35" s="2"/>
       <c r="W35" s="2"/>
       <c r="X35" s="2"/>
       <c r="Y35" s="2"/>
       <c r="Z35" s="2"/>
       <c r="AA35" s="2"/>
       <c r="AB35" s="2"/>
     </row>
-    <row r="36" spans="1:28" s="3" customFormat="1" ht="160.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:28" s="3" customFormat="1" ht="182.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="25" t="s">
-        <v>1984</v>
+        <v>2008</v>
       </c>
       <c r="B36" s="25" t="s">
-        <v>1985</v>
+        <v>2009</v>
       </c>
       <c r="C36" s="11" t="s">
-        <v>1986</v>
+        <v>2010</v>
       </c>
       <c r="D36" s="28" t="s">
-        <v>1987</v>
+        <v>2011</v>
       </c>
       <c r="E36" s="28" t="s">
-        <v>1988</v>
+        <v>2012</v>
       </c>
       <c r="F36" s="9" t="s">
-        <v>1989</v>
+        <v>2013</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
       <c r="J36" s="2"/>
       <c r="K36" s="2"/>
       <c r="L36" s="2"/>
       <c r="M36" s="2"/>
       <c r="N36" s="2"/>
       <c r="O36" s="2"/>
       <c r="P36" s="2"/>
       <c r="Q36" s="2"/>
       <c r="R36" s="2"/>
       <c r="S36" s="2"/>
       <c r="T36" s="2"/>
       <c r="U36" s="2"/>
       <c r="V36" s="2"/>
       <c r="W36" s="2"/>
       <c r="X36" s="2"/>
       <c r="Y36" s="2"/>
       <c r="Z36" s="2"/>
       <c r="AA36" s="2"/>
       <c r="AB36" s="2"/>
     </row>
-    <row r="37" spans="1:28" s="3" customFormat="1" ht="119.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:28" s="3" customFormat="1" ht="200.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A37" s="22" t="s">
-        <v>1990</v>
+        <v>2002</v>
       </c>
       <c r="B37" s="22" t="s">
-        <v>1991</v>
+        <v>2003</v>
       </c>
       <c r="C37" s="10" t="s">
-        <v>1992</v>
+        <v>2004</v>
       </c>
       <c r="D37" s="27" t="s">
-        <v>1993</v>
+        <v>2005</v>
       </c>
       <c r="E37" s="27" t="s">
-        <v>1994</v>
+        <v>2006</v>
       </c>
       <c r="F37" s="5" t="s">
-        <v>1995</v>
+        <v>2007</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
       <c r="J37" s="2"/>
       <c r="K37" s="2"/>
       <c r="L37" s="2"/>
       <c r="M37" s="2"/>
       <c r="N37" s="2"/>
       <c r="O37" s="2"/>
       <c r="P37" s="2"/>
       <c r="Q37" s="2"/>
       <c r="R37" s="2"/>
       <c r="S37" s="2"/>
       <c r="T37" s="2"/>
       <c r="U37" s="2"/>
       <c r="V37" s="2"/>
       <c r="W37" s="2"/>
       <c r="X37" s="2"/>
       <c r="Y37" s="2"/>
       <c r="Z37" s="2"/>
       <c r="AA37" s="2"/>
       <c r="AB37" s="2"/>
     </row>
-    <row r="38" spans="1:28" s="3" customFormat="1" ht="188.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:28" s="3" customFormat="1" ht="160.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A38" s="25" t="s">
-        <v>1996</v>
+        <v>1984</v>
       </c>
       <c r="B38" s="25" t="s">
-        <v>1997</v>
+        <v>1985</v>
       </c>
       <c r="C38" s="11" t="s">
-        <v>1998</v>
+        <v>1986</v>
       </c>
       <c r="D38" s="28" t="s">
-        <v>1999</v>
+        <v>1987</v>
       </c>
       <c r="E38" s="28" t="s">
-        <v>2000</v>
+        <v>1988</v>
       </c>
       <c r="F38" s="9" t="s">
-        <v>2001</v>
+        <v>1989</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
       <c r="J38" s="2"/>
       <c r="K38" s="2"/>
       <c r="L38" s="2"/>
       <c r="M38" s="2"/>
       <c r="N38" s="2"/>
       <c r="O38" s="2"/>
       <c r="P38" s="2"/>
       <c r="Q38" s="2"/>
       <c r="R38" s="2"/>
       <c r="S38" s="2"/>
       <c r="T38" s="2"/>
       <c r="U38" s="2"/>
       <c r="V38" s="2"/>
       <c r="W38" s="2"/>
       <c r="X38" s="2"/>
       <c r="Y38" s="2"/>
       <c r="Z38" s="2"/>
       <c r="AA38" s="2"/>
       <c r="AB38" s="2"/>
     </row>
-    <row r="39" spans="1:28" s="3" customFormat="1" ht="125.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:28" s="3" customFormat="1" ht="119.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A39" s="22" t="s">
-        <v>1944</v>
+        <v>1990</v>
       </c>
       <c r="B39" s="22" t="s">
-        <v>1945</v>
+        <v>1991</v>
       </c>
       <c r="C39" s="10" t="s">
-        <v>1946</v>
+        <v>1992</v>
       </c>
       <c r="D39" s="27" t="s">
-        <v>1947</v>
+        <v>1993</v>
       </c>
       <c r="E39" s="27" t="s">
-        <v>1948</v>
+        <v>1994</v>
       </c>
       <c r="F39" s="5" t="s">
-        <v>1949</v>
+        <v>1995</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
       <c r="I39" s="2"/>
       <c r="J39" s="2"/>
       <c r="K39" s="2"/>
       <c r="L39" s="2"/>
       <c r="M39" s="2"/>
       <c r="N39" s="2"/>
       <c r="O39" s="2"/>
       <c r="P39" s="2"/>
       <c r="Q39" s="2"/>
       <c r="R39" s="2"/>
       <c r="S39" s="2"/>
       <c r="T39" s="2"/>
       <c r="U39" s="2"/>
       <c r="V39" s="2"/>
       <c r="W39" s="2"/>
       <c r="X39" s="2"/>
       <c r="Y39" s="2"/>
       <c r="Z39" s="2"/>
       <c r="AA39" s="2"/>
       <c r="AB39" s="2"/>
     </row>
-    <row r="40" spans="1:28" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:28" s="3" customFormat="1" ht="188.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A40" s="25" t="s">
-        <v>1950</v>
+        <v>1996</v>
       </c>
       <c r="B40" s="25" t="s">
-        <v>1951</v>
+        <v>1997</v>
       </c>
       <c r="C40" s="11" t="s">
-        <v>1952</v>
+        <v>1998</v>
       </c>
       <c r="D40" s="28" t="s">
-        <v>1982</v>
+        <v>1999</v>
       </c>
       <c r="E40" s="28" t="s">
-        <v>1954</v>
+        <v>2000</v>
       </c>
       <c r="F40" s="9" t="s">
-        <v>1953</v>
+        <v>2001</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
       <c r="I40" s="2"/>
       <c r="J40" s="2"/>
       <c r="K40" s="2"/>
       <c r="L40" s="2"/>
       <c r="M40" s="2"/>
       <c r="N40" s="2"/>
       <c r="O40" s="2"/>
       <c r="P40" s="2"/>
       <c r="Q40" s="2"/>
       <c r="R40" s="2"/>
       <c r="S40" s="2"/>
       <c r="T40" s="2"/>
       <c r="U40" s="2"/>
       <c r="V40" s="2"/>
       <c r="W40" s="2"/>
       <c r="X40" s="2"/>
       <c r="Y40" s="2"/>
       <c r="Z40" s="2"/>
       <c r="AA40" s="2"/>
       <c r="AB40" s="2"/>
     </row>
-    <row r="41" spans="1:28" s="3" customFormat="1" ht="121.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:28" s="3" customFormat="1" ht="125.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A41" s="22" t="s">
-        <v>1939</v>
-[...2 lines deleted...]
-        <v>1940</v>
+        <v>1944</v>
+      </c>
+      <c r="B41" s="22" t="s">
+        <v>1945</v>
       </c>
       <c r="C41" s="10" t="s">
-        <v>1941</v>
+        <v>1946</v>
       </c>
       <c r="D41" s="27" t="s">
-        <v>1942</v>
+        <v>1947</v>
       </c>
       <c r="E41" s="27" t="s">
-        <v>1983</v>
+        <v>1948</v>
       </c>
       <c r="F41" s="5" t="s">
-        <v>1943</v>
+        <v>1949</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
       <c r="J41" s="2"/>
       <c r="K41" s="2"/>
       <c r="L41" s="2"/>
       <c r="M41" s="2"/>
       <c r="N41" s="2"/>
       <c r="O41" s="2"/>
       <c r="P41" s="2"/>
       <c r="Q41" s="2"/>
       <c r="R41" s="2"/>
       <c r="S41" s="2"/>
       <c r="T41" s="2"/>
       <c r="U41" s="2"/>
       <c r="V41" s="2"/>
       <c r="W41" s="2"/>
       <c r="X41" s="2"/>
       <c r="Y41" s="2"/>
       <c r="Z41" s="2"/>
       <c r="AA41" s="2"/>
       <c r="AB41" s="2"/>
     </row>
-    <row r="42" spans="1:28" s="3" customFormat="1" ht="142.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:28" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A42" s="25" t="s">
-        <v>1933</v>
-[...2 lines deleted...]
-        <v>1934</v>
+        <v>1950</v>
+      </c>
+      <c r="B42" s="25" t="s">
+        <v>1951</v>
       </c>
       <c r="C42" s="11" t="s">
-        <v>1935</v>
+        <v>1952</v>
       </c>
       <c r="D42" s="28" t="s">
-        <v>1936</v>
+        <v>1982</v>
       </c>
       <c r="E42" s="28" t="s">
-        <v>1938</v>
+        <v>1954</v>
       </c>
       <c r="F42" s="9" t="s">
-        <v>1937</v>
+        <v>1953</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
       <c r="J42" s="2"/>
       <c r="K42" s="2"/>
       <c r="L42" s="2"/>
       <c r="M42" s="2"/>
       <c r="N42" s="2"/>
       <c r="O42" s="2"/>
       <c r="P42" s="2"/>
       <c r="Q42" s="2"/>
       <c r="R42" s="2"/>
       <c r="S42" s="2"/>
       <c r="T42" s="2"/>
       <c r="U42" s="2"/>
       <c r="V42" s="2"/>
       <c r="W42" s="2"/>
       <c r="X42" s="2"/>
       <c r="Y42" s="2"/>
       <c r="Z42" s="2"/>
       <c r="AA42" s="2"/>
       <c r="AB42" s="2"/>
     </row>
-    <row r="43" spans="1:28" s="3" customFormat="1" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:28" s="3" customFormat="1" ht="121.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A43" s="22" t="s">
-        <v>1922</v>
-[...11 lines deleted...]
-        <v>1926</v>
+        <v>1939</v>
+      </c>
+      <c r="B43" s="27" t="s">
+        <v>1940</v>
+      </c>
+      <c r="C43" s="10" t="s">
+        <v>1941</v>
+      </c>
+      <c r="D43" s="27" t="s">
+        <v>1942</v>
+      </c>
+      <c r="E43" s="27" t="s">
+        <v>1983</v>
       </c>
       <c r="F43" s="5" t="s">
-        <v>1927</v>
+        <v>1943</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
       <c r="J43" s="2"/>
       <c r="K43" s="2"/>
       <c r="L43" s="2"/>
       <c r="M43" s="2"/>
       <c r="N43" s="2"/>
       <c r="O43" s="2"/>
       <c r="P43" s="2"/>
       <c r="Q43" s="2"/>
       <c r="R43" s="2"/>
       <c r="S43" s="2"/>
       <c r="T43" s="2"/>
       <c r="U43" s="2"/>
       <c r="V43" s="2"/>
       <c r="W43" s="2"/>
       <c r="X43" s="2"/>
       <c r="Y43" s="2"/>
       <c r="Z43" s="2"/>
       <c r="AA43" s="2"/>
       <c r="AB43" s="2"/>
     </row>
-    <row r="44" spans="1:28" s="3" customFormat="1" ht="274.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:28" s="3" customFormat="1" ht="142.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A44" s="25" t="s">
-        <v>1922</v>
-[...11 lines deleted...]
-        <v>1930</v>
+        <v>1933</v>
+      </c>
+      <c r="B44" s="28" t="s">
+        <v>1934</v>
+      </c>
+      <c r="C44" s="11" t="s">
+        <v>1935</v>
+      </c>
+      <c r="D44" s="28" t="s">
+        <v>1936</v>
+      </c>
+      <c r="E44" s="28" t="s">
+        <v>1938</v>
       </c>
       <c r="F44" s="9" t="s">
-        <v>1931</v>
+        <v>1937</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
       <c r="J44" s="2"/>
       <c r="K44" s="2"/>
       <c r="L44" s="2"/>
       <c r="M44" s="2"/>
       <c r="N44" s="2"/>
       <c r="O44" s="2"/>
       <c r="P44" s="2"/>
       <c r="Q44" s="2"/>
       <c r="R44" s="2"/>
       <c r="S44" s="2"/>
       <c r="T44" s="2"/>
       <c r="U44" s="2"/>
       <c r="V44" s="2"/>
       <c r="W44" s="2"/>
       <c r="X44" s="2"/>
       <c r="Y44" s="2"/>
       <c r="Z44" s="2"/>
       <c r="AA44" s="2"/>
       <c r="AB44" s="2"/>
     </row>
-    <row r="45" spans="1:28" s="3" customFormat="1" ht="172.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...13 lines deleted...]
-        <v>1856</v>
+    <row r="45" spans="1:28" s="3" customFormat="1" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="22" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B45" s="29" t="s">
+        <v>1923</v>
+      </c>
+      <c r="C45" s="12" t="s">
+        <v>1924</v>
+      </c>
+      <c r="D45" s="29" t="s">
+        <v>1925</v>
+      </c>
+      <c r="E45" s="29" t="s">
+        <v>1926</v>
       </c>
       <c r="F45" s="5" t="s">
-        <v>1852</v>
+        <v>1927</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
       <c r="I45" s="2"/>
       <c r="J45" s="2"/>
       <c r="K45" s="2"/>
       <c r="L45" s="2"/>
       <c r="M45" s="2"/>
       <c r="N45" s="2"/>
       <c r="O45" s="2"/>
       <c r="P45" s="2"/>
       <c r="Q45" s="2"/>
       <c r="R45" s="2"/>
       <c r="S45" s="2"/>
       <c r="T45" s="2"/>
       <c r="U45" s="2"/>
       <c r="V45" s="2"/>
       <c r="W45" s="2"/>
       <c r="X45" s="2"/>
       <c r="Y45" s="2"/>
       <c r="Z45" s="2"/>
       <c r="AA45" s="2"/>
       <c r="AB45" s="2"/>
     </row>
-    <row r="46" spans="1:28" s="3" customFormat="1" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>1844</v>
+    <row r="46" spans="1:28" s="3" customFormat="1" ht="274.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="25" t="s">
+        <v>1922</v>
       </c>
       <c r="B46" s="25" t="s">
-        <v>1845</v>
+        <v>1932</v>
       </c>
       <c r="C46" s="8" t="s">
-        <v>1846</v>
+        <v>1928</v>
       </c>
       <c r="D46" s="25" t="s">
-        <v>1847</v>
+        <v>1929</v>
       </c>
       <c r="E46" s="25" t="s">
-        <v>1855</v>
+        <v>1930</v>
       </c>
       <c r="F46" s="9" t="s">
-        <v>1848</v>
+        <v>1931</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
       <c r="I46" s="2"/>
       <c r="J46" s="2"/>
       <c r="K46" s="2"/>
       <c r="L46" s="2"/>
       <c r="M46" s="2"/>
       <c r="N46" s="2"/>
       <c r="O46" s="2"/>
       <c r="P46" s="2"/>
       <c r="Q46" s="2"/>
       <c r="R46" s="2"/>
       <c r="S46" s="2"/>
       <c r="T46" s="2"/>
       <c r="U46" s="2"/>
       <c r="V46" s="2"/>
       <c r="W46" s="2"/>
       <c r="X46" s="2"/>
       <c r="Y46" s="2"/>
       <c r="Z46" s="2"/>
       <c r="AA46" s="2"/>
       <c r="AB46" s="2"/>
     </row>
-    <row r="47" spans="1:28" s="3" customFormat="1" ht="390" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:28" s="3" customFormat="1" ht="172.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A47" s="30" t="s">
-        <v>1818</v>
+        <v>1849</v>
       </c>
       <c r="B47" s="22" t="s">
-        <v>1819</v>
+        <v>1853</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>1820</v>
+        <v>1850</v>
       </c>
       <c r="D47" s="22" t="s">
-        <v>1821</v>
+        <v>1851</v>
       </c>
       <c r="E47" s="22" t="s">
-        <v>1822</v>
+        <v>1856</v>
       </c>
       <c r="F47" s="5" t="s">
-        <v>1823</v>
+        <v>1852</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
       <c r="J47" s="2"/>
       <c r="K47" s="2"/>
       <c r="L47" s="2"/>
       <c r="M47" s="2"/>
       <c r="N47" s="2"/>
       <c r="O47" s="2"/>
       <c r="P47" s="2"/>
       <c r="Q47" s="2"/>
       <c r="R47" s="2"/>
       <c r="S47" s="2"/>
       <c r="T47" s="2"/>
       <c r="U47" s="2"/>
       <c r="V47" s="2"/>
       <c r="W47" s="2"/>
       <c r="X47" s="2"/>
       <c r="Y47" s="2"/>
       <c r="Z47" s="2"/>
       <c r="AA47" s="2"/>
       <c r="AB47" s="2"/>
     </row>
-    <row r="48" spans="1:28" s="3" customFormat="1" ht="409.6" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:28" s="3" customFormat="1" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A48" s="31" t="s">
-        <v>1824</v>
+        <v>1844</v>
       </c>
       <c r="B48" s="25" t="s">
-        <v>1825</v>
+        <v>1845</v>
       </c>
       <c r="C48" s="8" t="s">
-        <v>1826</v>
+        <v>1846</v>
       </c>
       <c r="D48" s="25" t="s">
-        <v>1827</v>
+        <v>1847</v>
       </c>
       <c r="E48" s="25" t="s">
-        <v>1828</v>
+        <v>1855</v>
       </c>
       <c r="F48" s="9" t="s">
-        <v>1829</v>
+        <v>1848</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
       <c r="I48" s="2"/>
       <c r="J48" s="2"/>
       <c r="K48" s="2"/>
       <c r="L48" s="2"/>
       <c r="M48" s="2"/>
       <c r="N48" s="2"/>
       <c r="O48" s="2"/>
       <c r="P48" s="2"/>
       <c r="Q48" s="2"/>
       <c r="R48" s="2"/>
       <c r="S48" s="2"/>
       <c r="T48" s="2"/>
       <c r="U48" s="2"/>
       <c r="V48" s="2"/>
       <c r="W48" s="2"/>
       <c r="X48" s="2"/>
       <c r="Y48" s="2"/>
       <c r="Z48" s="2"/>
       <c r="AA48" s="2"/>
       <c r="AB48" s="2"/>
     </row>
-    <row r="49" spans="1:28" s="3" customFormat="1" ht="409.6" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:28" s="3" customFormat="1" ht="390" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A49" s="30" t="s">
-        <v>1824</v>
+        <v>1818</v>
       </c>
       <c r="B49" s="22" t="s">
-        <v>1825</v>
+        <v>1819</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>1830</v>
+        <v>1820</v>
       </c>
       <c r="D49" s="22" t="s">
-        <v>1827</v>
+        <v>1821</v>
       </c>
       <c r="E49" s="22" t="s">
-        <v>1831</v>
+        <v>1822</v>
       </c>
       <c r="F49" s="5" t="s">
-        <v>1829</v>
+        <v>1823</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
       <c r="I49" s="2"/>
       <c r="J49" s="2"/>
       <c r="K49" s="2"/>
       <c r="L49" s="2"/>
       <c r="M49" s="2"/>
       <c r="N49" s="2"/>
       <c r="O49" s="2"/>
       <c r="P49" s="2"/>
       <c r="Q49" s="2"/>
       <c r="R49" s="2"/>
       <c r="S49" s="2"/>
       <c r="T49" s="2"/>
       <c r="U49" s="2"/>
       <c r="V49" s="2"/>
       <c r="W49" s="2"/>
       <c r="X49" s="2"/>
       <c r="Y49" s="2"/>
       <c r="Z49" s="2"/>
       <c r="AA49" s="2"/>
       <c r="AB49" s="2"/>
     </row>
-    <row r="50" spans="1:28" s="3" customFormat="1" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:28" s="3" customFormat="1" ht="409.6" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A50" s="31" t="s">
         <v>1824</v>
       </c>
       <c r="B50" s="25" t="s">
-        <v>1832</v>
+        <v>1825</v>
       </c>
       <c r="C50" s="8" t="s">
-        <v>1833</v>
+        <v>1826</v>
       </c>
       <c r="D50" s="25" t="s">
-        <v>1834</v>
+        <v>1827</v>
       </c>
       <c r="E50" s="25" t="s">
-        <v>1835</v>
+        <v>1828</v>
       </c>
       <c r="F50" s="9" t="s">
-        <v>1836</v>
+        <v>1829</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
       <c r="I50" s="2"/>
       <c r="J50" s="2"/>
       <c r="K50" s="2"/>
       <c r="L50" s="2"/>
       <c r="M50" s="2"/>
       <c r="N50" s="2"/>
       <c r="O50" s="2"/>
       <c r="P50" s="2"/>
       <c r="Q50" s="2"/>
       <c r="R50" s="2"/>
       <c r="S50" s="2"/>
       <c r="T50" s="2"/>
       <c r="U50" s="2"/>
       <c r="V50" s="2"/>
       <c r="W50" s="2"/>
       <c r="X50" s="2"/>
       <c r="Y50" s="2"/>
       <c r="Z50" s="2"/>
       <c r="AA50" s="2"/>
       <c r="AB50" s="2"/>
     </row>
-    <row r="51" spans="1:28" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:28" s="3" customFormat="1" ht="409.6" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A51" s="30" t="s">
-        <v>1837</v>
+        <v>1824</v>
       </c>
       <c r="B51" s="22" t="s">
-        <v>1838</v>
+        <v>1825</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>1839</v>
+        <v>1830</v>
       </c>
       <c r="D51" s="22" t="s">
-        <v>1840</v>
+        <v>1827</v>
       </c>
       <c r="E51" s="22" t="s">
-        <v>1843</v>
+        <v>1831</v>
       </c>
       <c r="F51" s="5" t="s">
-        <v>1841</v>
+        <v>1829</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
       <c r="I51" s="2"/>
       <c r="J51" s="2"/>
       <c r="K51" s="2"/>
       <c r="L51" s="2"/>
       <c r="M51" s="2"/>
       <c r="N51" s="2"/>
       <c r="O51" s="2"/>
       <c r="P51" s="2"/>
       <c r="Q51" s="2"/>
       <c r="R51" s="2"/>
       <c r="S51" s="2"/>
       <c r="T51" s="2"/>
       <c r="U51" s="2"/>
       <c r="V51" s="2"/>
       <c r="W51" s="2"/>
       <c r="X51" s="2"/>
       <c r="Y51" s="2"/>
       <c r="Z51" s="2"/>
       <c r="AA51" s="2"/>
       <c r="AB51" s="2"/>
     </row>
-    <row r="52" spans="1:28" s="3" customFormat="1" ht="208.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:28" s="3" customFormat="1" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A52" s="31" t="s">
-        <v>1806</v>
+        <v>1824</v>
       </c>
       <c r="B52" s="25" t="s">
-        <v>1807</v>
+        <v>1832</v>
       </c>
       <c r="C52" s="8" t="s">
-        <v>1808</v>
+        <v>1833</v>
       </c>
       <c r="D52" s="25" t="s">
-        <v>1809</v>
+        <v>1834</v>
       </c>
       <c r="E52" s="25" t="s">
-        <v>1810</v>
+        <v>1835</v>
       </c>
       <c r="F52" s="9" t="s">
-        <v>1811</v>
+        <v>1836</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
       <c r="I52" s="2"/>
       <c r="J52" s="2"/>
       <c r="K52" s="2"/>
       <c r="L52" s="2"/>
       <c r="M52" s="2"/>
       <c r="N52" s="2"/>
       <c r="O52" s="2"/>
       <c r="P52" s="2"/>
       <c r="Q52" s="2"/>
       <c r="R52" s="2"/>
       <c r="S52" s="2"/>
       <c r="T52" s="2"/>
       <c r="U52" s="2"/>
       <c r="V52" s="2"/>
       <c r="W52" s="2"/>
       <c r="X52" s="2"/>
       <c r="Y52" s="2"/>
       <c r="Z52" s="2"/>
       <c r="AA52" s="2"/>
       <c r="AB52" s="2"/>
     </row>
     <row r="53" spans="1:28" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A53" s="30" t="s">
-        <v>1812</v>
+        <v>1837</v>
       </c>
       <c r="B53" s="22" t="s">
-        <v>1813</v>
+        <v>1838</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>1814</v>
+        <v>1839</v>
       </c>
       <c r="D53" s="22" t="s">
-        <v>1815</v>
+        <v>1840</v>
       </c>
       <c r="E53" s="22" t="s">
-        <v>1816</v>
+        <v>1843</v>
       </c>
       <c r="F53" s="5" t="s">
-        <v>1817</v>
+        <v>1841</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
       <c r="I53" s="2"/>
       <c r="J53" s="2"/>
       <c r="K53" s="2"/>
       <c r="L53" s="2"/>
       <c r="M53" s="2"/>
       <c r="N53" s="2"/>
       <c r="O53" s="2"/>
       <c r="P53" s="2"/>
       <c r="Q53" s="2"/>
       <c r="R53" s="2"/>
       <c r="S53" s="2"/>
       <c r="T53" s="2"/>
       <c r="U53" s="2"/>
       <c r="V53" s="2"/>
       <c r="W53" s="2"/>
       <c r="X53" s="2"/>
       <c r="Y53" s="2"/>
       <c r="Z53" s="2"/>
       <c r="AA53" s="2"/>
       <c r="AB53" s="2"/>
     </row>
-    <row r="54" spans="1:28" s="3" customFormat="1" ht="220.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:28" s="3" customFormat="1" ht="208.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A54" s="31" t="s">
-        <v>1801</v>
+        <v>1806</v>
       </c>
       <c r="B54" s="25" t="s">
-        <v>2125</v>
+        <v>1807</v>
       </c>
       <c r="C54" s="8" t="s">
-        <v>1802</v>
+        <v>1808</v>
       </c>
       <c r="D54" s="25" t="s">
-        <v>1803</v>
+        <v>1809</v>
       </c>
       <c r="E54" s="25" t="s">
-        <v>1804</v>
+        <v>1810</v>
       </c>
       <c r="F54" s="9" t="s">
-        <v>1805</v>
+        <v>1811</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
       <c r="I54" s="2"/>
       <c r="J54" s="2"/>
       <c r="K54" s="2"/>
       <c r="L54" s="2"/>
       <c r="M54" s="2"/>
       <c r="N54" s="2"/>
       <c r="O54" s="2"/>
       <c r="P54" s="2"/>
       <c r="Q54" s="2"/>
       <c r="R54" s="2"/>
       <c r="S54" s="2"/>
       <c r="T54" s="2"/>
       <c r="U54" s="2"/>
       <c r="V54" s="2"/>
       <c r="W54" s="2"/>
       <c r="X54" s="2"/>
       <c r="Y54" s="2"/>
       <c r="Z54" s="2"/>
       <c r="AA54" s="2"/>
       <c r="AB54" s="2"/>
     </row>
-    <row r="55" spans="1:28" s="3" customFormat="1" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:28" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A55" s="30" t="s">
-        <v>1797</v>
+        <v>1812</v>
       </c>
       <c r="B55" s="22" t="s">
-        <v>2126</v>
+        <v>1813</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>1798</v>
+        <v>1814</v>
       </c>
       <c r="D55" s="22" t="s">
-        <v>1799</v>
+        <v>1815</v>
       </c>
       <c r="E55" s="22" t="s">
-        <v>133</v>
+        <v>1816</v>
       </c>
       <c r="F55" s="5" t="s">
-        <v>1800</v>
+        <v>1817</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
       <c r="I55" s="2"/>
       <c r="J55" s="2"/>
       <c r="K55" s="2"/>
       <c r="L55" s="2"/>
       <c r="M55" s="2"/>
       <c r="N55" s="2"/>
       <c r="O55" s="2"/>
       <c r="P55" s="2"/>
       <c r="Q55" s="2"/>
       <c r="R55" s="2"/>
       <c r="S55" s="2"/>
       <c r="T55" s="2"/>
       <c r="U55" s="2"/>
       <c r="V55" s="2"/>
       <c r="W55" s="2"/>
       <c r="X55" s="2"/>
       <c r="Y55" s="2"/>
       <c r="Z55" s="2"/>
       <c r="AA55" s="2"/>
       <c r="AB55" s="2"/>
     </row>
-    <row r="56" spans="1:28" s="3" customFormat="1" ht="179.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:28" s="3" customFormat="1" ht="220.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A56" s="31" t="s">
-        <v>1791</v>
+        <v>1801</v>
       </c>
       <c r="B56" s="25" t="s">
-        <v>1792</v>
+        <v>2125</v>
       </c>
       <c r="C56" s="8" t="s">
-        <v>1793</v>
+        <v>1802</v>
       </c>
       <c r="D56" s="25" t="s">
-        <v>1794</v>
+        <v>1803</v>
       </c>
       <c r="E56" s="25" t="s">
-        <v>1795</v>
+        <v>1804</v>
       </c>
       <c r="F56" s="9" t="s">
-        <v>1796</v>
+        <v>1805</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
       <c r="I56" s="2"/>
       <c r="J56" s="2"/>
       <c r="K56" s="2"/>
       <c r="L56" s="2"/>
       <c r="M56" s="2"/>
       <c r="N56" s="2"/>
       <c r="O56" s="2"/>
       <c r="P56" s="2"/>
       <c r="Q56" s="2"/>
       <c r="R56" s="2"/>
       <c r="S56" s="2"/>
       <c r="T56" s="2"/>
       <c r="U56" s="2"/>
       <c r="V56" s="2"/>
       <c r="W56" s="2"/>
       <c r="X56" s="2"/>
       <c r="Y56" s="2"/>
       <c r="Z56" s="2"/>
       <c r="AA56" s="2"/>
       <c r="AB56" s="2"/>
     </row>
-    <row r="57" spans="1:28" s="3" customFormat="1" ht="166.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="57" spans="1:28" s="3" customFormat="1" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A57" s="30" t="s">
-        <v>1786</v>
+        <v>1797</v>
       </c>
       <c r="B57" s="22" t="s">
-        <v>1787</v>
+        <v>2126</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>1788</v>
+        <v>1798</v>
       </c>
       <c r="D57" s="22" t="s">
-        <v>1789</v>
+        <v>1799</v>
       </c>
       <c r="E57" s="22" t="s">
-        <v>1857</v>
+        <v>133</v>
       </c>
       <c r="F57" s="5" t="s">
-        <v>1790</v>
+        <v>1800</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
       <c r="I57" s="2"/>
       <c r="J57" s="2"/>
       <c r="K57" s="2"/>
       <c r="L57" s="2"/>
       <c r="M57" s="2"/>
       <c r="N57" s="2"/>
       <c r="O57" s="2"/>
       <c r="P57" s="2"/>
       <c r="Q57" s="2"/>
       <c r="R57" s="2"/>
       <c r="S57" s="2"/>
       <c r="T57" s="2"/>
       <c r="U57" s="2"/>
       <c r="V57" s="2"/>
       <c r="W57" s="2"/>
       <c r="X57" s="2"/>
       <c r="Y57" s="2"/>
       <c r="Z57" s="2"/>
       <c r="AA57" s="2"/>
       <c r="AB57" s="2"/>
     </row>
-    <row r="58" spans="1:28" s="3" customFormat="1" ht="388.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:28" s="3" customFormat="1" ht="179.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A58" s="31" t="s">
-        <v>1780</v>
+        <v>1791</v>
       </c>
       <c r="B58" s="25" t="s">
-        <v>1781</v>
+        <v>1792</v>
       </c>
       <c r="C58" s="8" t="s">
-        <v>1782</v>
+        <v>1793</v>
       </c>
       <c r="D58" s="25" t="s">
-        <v>1783</v>
+        <v>1794</v>
       </c>
       <c r="E58" s="25" t="s">
-        <v>1784</v>
+        <v>1795</v>
       </c>
       <c r="F58" s="9" t="s">
-        <v>1785</v>
+        <v>1796</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
       <c r="I58" s="2"/>
       <c r="J58" s="2"/>
       <c r="K58" s="2"/>
       <c r="L58" s="2"/>
       <c r="M58" s="2"/>
       <c r="N58" s="2"/>
       <c r="O58" s="2"/>
       <c r="P58" s="2"/>
       <c r="Q58" s="2"/>
       <c r="R58" s="2"/>
       <c r="S58" s="2"/>
       <c r="T58" s="2"/>
       <c r="U58" s="2"/>
       <c r="V58" s="2"/>
       <c r="W58" s="2"/>
       <c r="X58" s="2"/>
       <c r="Y58" s="2"/>
       <c r="Z58" s="2"/>
       <c r="AA58" s="2"/>
       <c r="AB58" s="2"/>
     </row>
-    <row r="59" spans="1:28" s="3" customFormat="1" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:28" s="3" customFormat="1" ht="166.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A59" s="30" t="s">
-        <v>1774</v>
+        <v>1786</v>
       </c>
       <c r="B59" s="22" t="s">
-        <v>1775</v>
+        <v>1787</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>1776</v>
+        <v>1788</v>
       </c>
       <c r="D59" s="22" t="s">
-        <v>1777</v>
+        <v>1789</v>
       </c>
       <c r="E59" s="22" t="s">
-        <v>1778</v>
+        <v>1857</v>
       </c>
       <c r="F59" s="5" t="s">
-        <v>1779</v>
+        <v>1790</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
       <c r="I59" s="2"/>
       <c r="J59" s="2"/>
       <c r="K59" s="2"/>
       <c r="L59" s="2"/>
       <c r="M59" s="2"/>
       <c r="N59" s="2"/>
       <c r="O59" s="2"/>
       <c r="P59" s="2"/>
       <c r="Q59" s="2"/>
       <c r="R59" s="2"/>
       <c r="S59" s="2"/>
       <c r="T59" s="2"/>
       <c r="U59" s="2"/>
       <c r="V59" s="2"/>
       <c r="W59" s="2"/>
       <c r="X59" s="2"/>
       <c r="Y59" s="2"/>
       <c r="Z59" s="2"/>
       <c r="AA59" s="2"/>
       <c r="AB59" s="2"/>
     </row>
-    <row r="60" spans="1:28" s="3" customFormat="1" ht="236.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="60" spans="1:28" s="3" customFormat="1" ht="388.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A60" s="31" t="s">
-        <v>1858</v>
+        <v>1780</v>
       </c>
       <c r="B60" s="25" t="s">
-        <v>1770</v>
+        <v>1781</v>
       </c>
       <c r="C60" s="8" t="s">
-        <v>1771</v>
+        <v>1782</v>
       </c>
       <c r="D60" s="25" t="s">
-        <v>1772</v>
+        <v>1783</v>
       </c>
       <c r="E60" s="25" t="s">
-        <v>1842</v>
+        <v>1784</v>
       </c>
       <c r="F60" s="9" t="s">
-        <v>1773</v>
+        <v>1785</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
       <c r="I60" s="2"/>
       <c r="J60" s="2"/>
       <c r="K60" s="2"/>
       <c r="L60" s="2"/>
       <c r="M60" s="2"/>
       <c r="N60" s="2"/>
       <c r="O60" s="2"/>
       <c r="P60" s="2"/>
       <c r="Q60" s="2"/>
       <c r="R60" s="2"/>
       <c r="S60" s="2"/>
       <c r="T60" s="2"/>
       <c r="U60" s="2"/>
       <c r="V60" s="2"/>
       <c r="W60" s="2"/>
       <c r="X60" s="2"/>
       <c r="Y60" s="2"/>
       <c r="Z60" s="2"/>
       <c r="AA60" s="2"/>
       <c r="AB60" s="2"/>
     </row>
-    <row r="61" spans="1:28" s="3" customFormat="1" ht="124.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="61" spans="1:28" s="3" customFormat="1" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A61" s="30" t="s">
-        <v>1859</v>
+        <v>1774</v>
       </c>
       <c r="B61" s="22" t="s">
-        <v>1765</v>
+        <v>1775</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>1766</v>
+        <v>1776</v>
       </c>
       <c r="D61" s="22" t="s">
-        <v>1767</v>
+        <v>1777</v>
       </c>
       <c r="E61" s="22" t="s">
-        <v>1768</v>
+        <v>1778</v>
       </c>
       <c r="F61" s="5" t="s">
-        <v>1769</v>
+        <v>1779</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
       <c r="I61" s="2"/>
       <c r="J61" s="2"/>
       <c r="K61" s="2"/>
       <c r="L61" s="2"/>
       <c r="M61" s="2"/>
       <c r="N61" s="2"/>
       <c r="O61" s="2"/>
       <c r="P61" s="2"/>
       <c r="Q61" s="2"/>
       <c r="R61" s="2"/>
       <c r="S61" s="2"/>
       <c r="T61" s="2"/>
       <c r="U61" s="2"/>
       <c r="V61" s="2"/>
       <c r="W61" s="2"/>
       <c r="X61" s="2"/>
       <c r="Y61" s="2"/>
       <c r="Z61" s="2"/>
       <c r="AA61" s="2"/>
       <c r="AB61" s="2"/>
     </row>
-    <row r="62" spans="1:28" s="3" customFormat="1" ht="264.60000000000002" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="62" spans="1:28" s="3" customFormat="1" ht="236.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A62" s="31" t="s">
-        <v>1860</v>
+        <v>1858</v>
       </c>
       <c r="B62" s="25" t="s">
-        <v>1744</v>
+        <v>1770</v>
       </c>
       <c r="C62" s="8" t="s">
-        <v>1745</v>
+        <v>1771</v>
       </c>
       <c r="D62" s="25" t="s">
-        <v>1746</v>
+        <v>1772</v>
       </c>
       <c r="E62" s="25" t="s">
-        <v>1763</v>
+        <v>1842</v>
       </c>
       <c r="F62" s="9" t="s">
-        <v>1747</v>
+        <v>1773</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
       <c r="I62" s="2"/>
       <c r="J62" s="2"/>
       <c r="K62" s="2"/>
       <c r="L62" s="2"/>
       <c r="M62" s="2"/>
       <c r="N62" s="2"/>
       <c r="O62" s="2"/>
       <c r="P62" s="2"/>
       <c r="Q62" s="2"/>
       <c r="R62" s="2"/>
       <c r="S62" s="2"/>
       <c r="T62" s="2"/>
       <c r="U62" s="2"/>
       <c r="V62" s="2"/>
       <c r="W62" s="2"/>
       <c r="X62" s="2"/>
       <c r="Y62" s="2"/>
       <c r="Z62" s="2"/>
       <c r="AA62" s="2"/>
       <c r="AB62" s="2"/>
     </row>
-    <row r="63" spans="1:28" s="3" customFormat="1" ht="164.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:28" s="3" customFormat="1" ht="124.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A63" s="30" t="s">
-        <v>1861</v>
+        <v>1859</v>
       </c>
       <c r="B63" s="22" t="s">
-        <v>1748</v>
+        <v>1765</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>1749</v>
+        <v>1766</v>
       </c>
       <c r="D63" s="22" t="s">
-        <v>1750</v>
+        <v>1767</v>
       </c>
       <c r="E63" s="22" t="s">
-        <v>1764</v>
-[...2 lines deleted...]
-        <v>1751</v>
+        <v>1768</v>
+      </c>
+      <c r="F63" s="5" t="s">
+        <v>1769</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
       <c r="I63" s="2"/>
       <c r="J63" s="2"/>
       <c r="K63" s="2"/>
       <c r="L63" s="2"/>
       <c r="M63" s="2"/>
       <c r="N63" s="2"/>
       <c r="O63" s="2"/>
       <c r="P63" s="2"/>
       <c r="Q63" s="2"/>
       <c r="R63" s="2"/>
       <c r="S63" s="2"/>
       <c r="T63" s="2"/>
       <c r="U63" s="2"/>
       <c r="V63" s="2"/>
       <c r="W63" s="2"/>
       <c r="X63" s="2"/>
       <c r="Y63" s="2"/>
       <c r="Z63" s="2"/>
       <c r="AA63" s="2"/>
       <c r="AB63" s="2"/>
     </row>
-    <row r="64" spans="1:28" s="3" customFormat="1" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:28" s="3" customFormat="1" ht="264.60000000000002" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A64" s="31" t="s">
-        <v>1862</v>
+        <v>1860</v>
       </c>
       <c r="B64" s="25" t="s">
-        <v>1752</v>
+        <v>1744</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>1753</v>
+        <v>1745</v>
       </c>
       <c r="D64" s="25" t="s">
-        <v>1754</v>
+        <v>1746</v>
       </c>
       <c r="E64" s="25" t="s">
-        <v>1755</v>
+        <v>1763</v>
       </c>
       <c r="F64" s="9" t="s">
-        <v>1756</v>
+        <v>1747</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
       <c r="I64" s="2"/>
       <c r="J64" s="2"/>
       <c r="K64" s="2"/>
       <c r="L64" s="2"/>
       <c r="M64" s="2"/>
       <c r="N64" s="2"/>
       <c r="O64" s="2"/>
       <c r="P64" s="2"/>
       <c r="Q64" s="2"/>
       <c r="R64" s="2"/>
       <c r="S64" s="2"/>
       <c r="T64" s="2"/>
       <c r="U64" s="2"/>
       <c r="V64" s="2"/>
       <c r="W64" s="2"/>
       <c r="X64" s="2"/>
       <c r="Y64" s="2"/>
       <c r="Z64" s="2"/>
       <c r="AA64" s="2"/>
       <c r="AB64" s="2"/>
     </row>
-    <row r="65" spans="1:28" s="3" customFormat="1" ht="135.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:28" s="3" customFormat="1" ht="164.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A65" s="30" t="s">
-        <v>1863</v>
+        <v>1861</v>
       </c>
       <c r="B65" s="22" t="s">
-        <v>2127</v>
+        <v>1748</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>1757</v>
+        <v>1749</v>
       </c>
       <c r="D65" s="22" t="s">
-        <v>1758</v>
+        <v>1750</v>
       </c>
       <c r="E65" s="22" t="s">
-        <v>1759</v>
-[...2 lines deleted...]
-        <v>1760</v>
+        <v>1764</v>
+      </c>
+      <c r="F65" s="13" t="s">
+        <v>1751</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2"/>
       <c r="I65" s="2"/>
       <c r="J65" s="2"/>
       <c r="K65" s="2"/>
       <c r="L65" s="2"/>
       <c r="M65" s="2"/>
       <c r="N65" s="2"/>
       <c r="O65" s="2"/>
       <c r="P65" s="2"/>
       <c r="Q65" s="2"/>
       <c r="R65" s="2"/>
       <c r="S65" s="2"/>
       <c r="T65" s="2"/>
       <c r="U65" s="2"/>
       <c r="V65" s="2"/>
       <c r="W65" s="2"/>
       <c r="X65" s="2"/>
       <c r="Y65" s="2"/>
       <c r="Z65" s="2"/>
       <c r="AA65" s="2"/>
       <c r="AB65" s="2"/>
     </row>
-    <row r="66" spans="1:28" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:28" s="3" customFormat="1" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A66" s="31" t="s">
+        <v>1862</v>
+      </c>
+      <c r="B66" s="25" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C66" s="8" t="s">
+        <v>1753</v>
+      </c>
+      <c r="D66" s="25" t="s">
+        <v>1754</v>
+      </c>
+      <c r="E66" s="25" t="s">
+        <v>1755</v>
+      </c>
+      <c r="F66" s="9" t="s">
+        <v>1756</v>
+      </c>
+      <c r="G66" s="2"/>
+      <c r="H66" s="2"/>
+      <c r="I66" s="2"/>
+      <c r="J66" s="2"/>
+      <c r="K66" s="2"/>
+      <c r="L66" s="2"/>
+      <c r="M66" s="2"/>
+      <c r="N66" s="2"/>
+      <c r="O66" s="2"/>
+      <c r="P66" s="2"/>
+      <c r="Q66" s="2"/>
+      <c r="R66" s="2"/>
+      <c r="S66" s="2"/>
+      <c r="T66" s="2"/>
+      <c r="U66" s="2"/>
+      <c r="V66" s="2"/>
+      <c r="W66" s="2"/>
+      <c r="X66" s="2"/>
+      <c r="Y66" s="2"/>
+      <c r="Z66" s="2"/>
+      <c r="AA66" s="2"/>
+      <c r="AB66" s="2"/>
+    </row>
+    <row r="67" spans="1:28" s="3" customFormat="1" ht="135.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="30" t="s">
+        <v>1863</v>
+      </c>
+      <c r="B67" s="22" t="s">
+        <v>2127</v>
+      </c>
+      <c r="C67" s="4" t="s">
+        <v>1757</v>
+      </c>
+      <c r="D67" s="22" t="s">
+        <v>1758</v>
+      </c>
+      <c r="E67" s="22" t="s">
+        <v>1759</v>
+      </c>
+      <c r="F67" s="5" t="s">
+        <v>1760</v>
+      </c>
+      <c r="G67" s="2"/>
+      <c r="H67" s="2"/>
+      <c r="I67" s="2"/>
+      <c r="J67" s="2"/>
+      <c r="K67" s="2"/>
+      <c r="L67" s="2"/>
+      <c r="M67" s="2"/>
+      <c r="N67" s="2"/>
+      <c r="O67" s="2"/>
+      <c r="P67" s="2"/>
+      <c r="Q67" s="2"/>
+      <c r="R67" s="2"/>
+      <c r="S67" s="2"/>
+      <c r="T67" s="2"/>
+      <c r="U67" s="2"/>
+      <c r="V67" s="2"/>
+      <c r="W67" s="2"/>
+      <c r="X67" s="2"/>
+      <c r="Y67" s="2"/>
+      <c r="Z67" s="2"/>
+      <c r="AA67" s="2"/>
+      <c r="AB67" s="2"/>
+    </row>
+    <row r="68" spans="1:28" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="31" t="s">
         <v>1864</v>
       </c>
-      <c r="B66" s="25" t="s">
+      <c r="B68" s="25" t="s">
         <v>1737</v>
       </c>
-      <c r="C66" s="8" t="s">
+      <c r="C68" s="8" t="s">
         <v>1738</v>
       </c>
-      <c r="D66" s="25" t="s">
+      <c r="D68" s="25" t="s">
         <v>1739</v>
       </c>
-      <c r="E66" s="25" t="s">
+      <c r="E68" s="25" t="s">
         <v>1740</v>
       </c>
-      <c r="F66" s="9" t="s">
+      <c r="F68" s="9" t="s">
         <v>1741</v>
       </c>
     </row>
-    <row r="67" spans="1:28" ht="220.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A67" s="30" t="s">
+    <row r="69" spans="1:28" ht="220.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="30" t="s">
         <v>1865</v>
       </c>
-      <c r="B67" s="22" t="s">
+      <c r="B69" s="22" t="s">
         <v>1728</v>
       </c>
-      <c r="C67" s="4" t="s">
+      <c r="C69" s="4" t="s">
         <v>1729</v>
       </c>
-      <c r="D67" s="22" t="s">
+      <c r="D69" s="22" t="s">
         <v>1730</v>
       </c>
-      <c r="E67" s="22" t="s">
+      <c r="E69" s="22" t="s">
         <v>1761</v>
       </c>
-      <c r="F67" s="5" t="s">
+      <c r="F69" s="5" t="s">
         <v>1731</v>
       </c>
     </row>
-    <row r="68" spans="1:28" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A68" s="31" t="s">
+    <row r="70" spans="1:28" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="31" t="s">
         <v>1866</v>
       </c>
-      <c r="B68" s="25" t="s">
+      <c r="B70" s="25" t="s">
         <v>1732</v>
       </c>
-      <c r="C68" s="8" t="s">
+      <c r="C70" s="8" t="s">
         <v>1733</v>
       </c>
-      <c r="D68" s="25" t="s">
+      <c r="D70" s="25" t="s">
         <v>1734</v>
       </c>
-      <c r="E68" s="25" t="s">
+      <c r="E70" s="25" t="s">
         <v>1735</v>
       </c>
-      <c r="F68" s="9" t="s">
+      <c r="F70" s="9" t="s">
         <v>1736</v>
       </c>
     </row>
-    <row r="69" spans="1:28" ht="156.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A69" s="30" t="s">
+    <row r="71" spans="1:28" ht="156.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="30" t="s">
         <v>1867</v>
       </c>
-      <c r="B69" s="22" t="s">
+      <c r="B71" s="22" t="s">
         <v>1718</v>
       </c>
-      <c r="C69" s="4" t="s">
+      <c r="C71" s="4" t="s">
         <v>1719</v>
       </c>
-      <c r="D69" s="22" t="s">
+      <c r="D71" s="22" t="s">
         <v>1720</v>
       </c>
-      <c r="E69" s="22" t="s">
+      <c r="E71" s="22" t="s">
         <v>1727</v>
       </c>
-      <c r="F69" s="5" t="s">
+      <c r="F71" s="5" t="s">
         <v>1721</v>
       </c>
     </row>
-    <row r="70" spans="1:28" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A70" s="31" t="s">
+    <row r="72" spans="1:28" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="31" t="s">
         <v>1868</v>
       </c>
-      <c r="B70" s="25" t="s">
+      <c r="B72" s="25" t="s">
         <v>1722</v>
       </c>
-      <c r="C70" s="8" t="s">
+      <c r="C72" s="8" t="s">
         <v>1723</v>
       </c>
-      <c r="D70" s="25" t="s">
+      <c r="D72" s="25" t="s">
         <v>1724</v>
       </c>
-      <c r="E70" s="25" t="s">
+      <c r="E72" s="25" t="s">
         <v>1725</v>
       </c>
-      <c r="F70" s="9" t="s">
+      <c r="F72" s="9" t="s">
         <v>1726</v>
       </c>
     </row>
-    <row r="71" spans="1:28" ht="265.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A71" s="30" t="s">
+    <row r="73" spans="1:28" ht="265.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="30" t="s">
         <v>1869</v>
       </c>
-      <c r="B71" s="22" t="s">
+      <c r="B73" s="22" t="s">
         <v>1708</v>
       </c>
-      <c r="C71" s="4" t="s">
+      <c r="C73" s="4" t="s">
         <v>1709</v>
       </c>
-      <c r="D71" s="22" t="s">
+      <c r="D73" s="22" t="s">
         <v>1710</v>
       </c>
-      <c r="E71" s="22" t="s">
+      <c r="E73" s="22" t="s">
         <v>1711</v>
       </c>
-      <c r="F71" s="5" t="s">
+      <c r="F73" s="5" t="s">
         <v>1712</v>
       </c>
     </row>
-    <row r="72" spans="1:28" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A72" s="31" t="s">
+    <row r="74" spans="1:28" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="31" t="s">
         <v>1870</v>
       </c>
-      <c r="B72" s="25" t="s">
+      <c r="B74" s="25" t="s">
         <v>1713</v>
       </c>
-      <c r="C72" s="8" t="s">
+      <c r="C74" s="8" t="s">
         <v>1714</v>
       </c>
-      <c r="D72" s="25" t="s">
+      <c r="D74" s="25" t="s">
         <v>1715</v>
       </c>
-      <c r="E72" s="25" t="s">
+      <c r="E74" s="25" t="s">
         <v>1716</v>
       </c>
-      <c r="F72" s="9" t="s">
+      <c r="F74" s="9" t="s">
         <v>1717</v>
       </c>
     </row>
-    <row r="73" spans="1:28" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A73" s="30" t="s">
+    <row r="75" spans="1:28" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="30" t="s">
         <v>1854</v>
       </c>
-      <c r="B73" s="22" t="s">
+      <c r="B75" s="22" t="s">
         <v>1703</v>
       </c>
-      <c r="C73" s="4" t="s">
+      <c r="C75" s="4" t="s">
         <v>1704</v>
       </c>
-      <c r="D73" s="22" t="s">
+      <c r="D75" s="22" t="s">
         <v>1705</v>
       </c>
-      <c r="E73" s="22" t="s">
+      <c r="E75" s="22" t="s">
         <v>1706</v>
       </c>
-      <c r="F73" s="5" t="s">
+      <c r="F75" s="5" t="s">
         <v>1707</v>
       </c>
     </row>
-    <row r="74" spans="1:28" ht="408.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A74" s="31" t="s">
+    <row r="76" spans="1:28" ht="408.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="31" t="s">
         <v>1871</v>
       </c>
-      <c r="B74" s="25" t="s">
+      <c r="B76" s="25" t="s">
         <v>1695</v>
       </c>
-      <c r="C74" s="8" t="s">
+      <c r="C76" s="8" t="s">
         <v>1696</v>
       </c>
-      <c r="D74" s="25" t="s">
+      <c r="D76" s="25" t="s">
         <v>1697</v>
       </c>
-      <c r="E74" s="25" t="s">
+      <c r="E76" s="25" t="s">
         <v>1742</v>
       </c>
-      <c r="F74" s="9" t="s">
+      <c r="F76" s="9" t="s">
         <v>1698</v>
       </c>
     </row>
-    <row r="75" spans="1:28" ht="194.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A75" s="30" t="s">
+    <row r="77" spans="1:28" ht="194.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="30" t="s">
         <v>1872</v>
       </c>
-      <c r="B75" s="22" t="s">
+      <c r="B77" s="22" t="s">
         <v>1699</v>
       </c>
-      <c r="C75" s="4" t="s">
+      <c r="C77" s="4" t="s">
         <v>1700</v>
       </c>
-      <c r="D75" s="22" t="s">
+      <c r="D77" s="22" t="s">
         <v>1701</v>
       </c>
-      <c r="E75" s="22" t="s">
+      <c r="E77" s="22" t="s">
         <v>1762</v>
       </c>
-      <c r="F75" s="5" t="s">
+      <c r="F77" s="5" t="s">
         <v>1702</v>
       </c>
     </row>
-    <row r="76" spans="1:28" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A76" s="31" t="s">
+    <row r="78" spans="1:28" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="31" t="s">
         <v>1873</v>
       </c>
-      <c r="B76" s="25" t="s">
+      <c r="B78" s="25" t="s">
         <v>1272</v>
       </c>
-      <c r="C76" s="8" t="s">
+      <c r="C78" s="8" t="s">
         <v>1273</v>
       </c>
-      <c r="D76" s="25" t="s">
+      <c r="D78" s="25" t="s">
         <v>1274</v>
       </c>
-      <c r="E76" s="25" t="s">
+      <c r="E78" s="25" t="s">
         <v>1276</v>
       </c>
-      <c r="F76" s="9" t="s">
+      <c r="F78" s="9" t="s">
         <v>1275</v>
-      </c>
-[...38 lines deleted...]
-        <v>1270</v>
       </c>
     </row>
     <row r="79" spans="1:28" ht="159" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A79" s="30" t="s">
+        <v>1874</v>
+      </c>
+      <c r="B79" s="22" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C79" s="4" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D79" s="22" t="s">
+        <v>1264</v>
+      </c>
+      <c r="E79" s="22" t="s">
+        <v>1265</v>
+      </c>
+      <c r="F79" s="5" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="80" spans="1:28" ht="189.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="31" t="s">
+        <v>1874</v>
+      </c>
+      <c r="B80" s="25" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C80" s="8" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D80" s="25" t="s">
+        <v>1269</v>
+      </c>
+      <c r="E80" s="25" t="s">
+        <v>1743</v>
+      </c>
+      <c r="F80" s="9" t="s">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="30" t="s">
         <v>1875</v>
       </c>
-      <c r="B79" s="22" t="s">
+      <c r="B81" s="22" t="s">
         <v>1258</v>
       </c>
-      <c r="C79" s="4" t="s">
+      <c r="C81" s="4" t="s">
         <v>1259</v>
       </c>
-      <c r="D79" s="22" t="s">
+      <c r="D81" s="22" t="s">
         <v>1260</v>
       </c>
-      <c r="E79" s="22" t="s">
+      <c r="E81" s="22" t="s">
         <v>1261</v>
       </c>
-      <c r="F79" s="5" t="s">
+      <c r="F81" s="5" t="s">
         <v>1271</v>
       </c>
     </row>
-    <row r="80" spans="1:28" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A80" s="31" t="s">
+    <row r="82" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="31" t="s">
         <v>1876</v>
       </c>
-      <c r="B80" s="25" t="s">
+      <c r="B82" s="25" t="s">
         <v>1253</v>
       </c>
-      <c r="C80" s="8" t="s">
+      <c r="C82" s="8" t="s">
         <v>1254</v>
       </c>
-      <c r="D80" s="25" t="s">
+      <c r="D82" s="25" t="s">
         <v>1255</v>
       </c>
-      <c r="E80" s="25" t="s">
+      <c r="E82" s="25" t="s">
         <v>1256</v>
       </c>
-      <c r="F80" s="9" t="s">
+      <c r="F82" s="9" t="s">
         <v>1257</v>
       </c>
     </row>
-    <row r="81" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A81" s="30" t="s">
+    <row r="83" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="30" t="s">
         <v>1877</v>
       </c>
-      <c r="B81" s="22" t="s">
+      <c r="B83" s="22" t="s">
         <v>1249</v>
       </c>
-      <c r="C81" s="4" t="s">
+      <c r="C83" s="4" t="s">
         <v>1250</v>
       </c>
-      <c r="D81" s="22" t="s">
+      <c r="D83" s="22" t="s">
         <v>1251</v>
       </c>
-      <c r="E81" s="22" t="s">
+      <c r="E83" s="22" t="s">
         <v>1277</v>
       </c>
-      <c r="F81" s="5" t="s">
+      <c r="F83" s="5" t="s">
         <v>1252</v>
       </c>
     </row>
-    <row r="82" spans="1:6" ht="311.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A82" s="31" t="s">
+    <row r="84" spans="1:6" ht="311.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="31" t="s">
         <v>1878</v>
       </c>
-      <c r="B82" s="25" t="s">
+      <c r="B84" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="C82" s="8" t="s">
+      <c r="C84" s="8" t="s">
         <v>1278</v>
       </c>
-      <c r="D82" s="25" t="s">
+      <c r="D84" s="25" t="s">
         <v>7</v>
       </c>
-      <c r="E82" s="25" t="s">
+      <c r="E84" s="25" t="s">
         <v>8</v>
       </c>
-      <c r="F82" s="9" t="s">
+      <c r="F84" s="9" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="83" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A83" s="32" t="s">
+    <row r="85" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="32" t="s">
         <v>1879</v>
       </c>
-      <c r="B83" s="33" t="s">
+      <c r="B85" s="33" t="s">
         <v>10</v>
       </c>
-      <c r="C83" s="14" t="s">
+      <c r="C85" s="14" t="s">
         <v>11</v>
       </c>
-      <c r="D83" s="33" t="s">
+      <c r="D85" s="33" t="s">
         <v>12</v>
       </c>
-      <c r="E83" s="33" t="s">
+      <c r="E85" s="33" t="s">
         <v>13</v>
       </c>
-      <c r="F83" s="41" t="s">
+      <c r="F85" s="41" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="84" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A84" s="31" t="s">
+    <row r="86" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="31" t="s">
         <v>1880</v>
       </c>
-      <c r="B84" s="25" t="s">
+      <c r="B86" s="25" t="s">
         <v>15</v>
       </c>
-      <c r="C84" s="8" t="s">
+      <c r="C86" s="8" t="s">
         <v>1279</v>
       </c>
-      <c r="D84" s="25" t="s">
+      <c r="D86" s="25" t="s">
         <v>16</v>
       </c>
-      <c r="E84" s="25" t="s">
+      <c r="E86" s="25" t="s">
         <v>1280</v>
       </c>
-      <c r="F84" s="9" t="s">
+      <c r="F86" s="9" t="s">
         <v>17</v>
-      </c>
-[...38 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="87" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A87" s="30" t="s">
+        <v>1881</v>
+      </c>
+      <c r="B87" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="C87" s="4" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D87" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E87" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="31" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B88" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="C88" s="8" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D88" s="25" t="s">
+        <v>23</v>
+      </c>
+      <c r="E88" s="25" t="s">
+        <v>24</v>
+      </c>
+      <c r="F88" s="9" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="30" t="s">
         <v>1883</v>
       </c>
-      <c r="B87" s="22" t="s">
+      <c r="B89" s="22" t="s">
         <v>26</v>
       </c>
-      <c r="C87" s="4" t="s">
+      <c r="C89" s="4" t="s">
         <v>1283</v>
       </c>
-      <c r="D87" s="22" t="s">
+      <c r="D89" s="22" t="s">
         <v>27</v>
       </c>
-      <c r="E87" s="22" t="s">
+      <c r="E89" s="22" t="s">
         <v>28</v>
       </c>
-      <c r="F87" s="4"/>
-[...2 lines deleted...]
-      <c r="A88" s="31" t="s">
+      <c r="F89" s="4"/>
+    </row>
+    <row r="90" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="31" t="s">
         <v>1884</v>
       </c>
-      <c r="B88" s="25" t="s">
+      <c r="B90" s="25" t="s">
         <v>29</v>
       </c>
-      <c r="C88" s="8" t="s">
+      <c r="C90" s="8" t="s">
         <v>1284</v>
       </c>
-      <c r="D88" s="25" t="s">
+      <c r="D90" s="25" t="s">
         <v>30</v>
       </c>
-      <c r="E88" s="25" t="s">
+      <c r="E90" s="25" t="s">
         <v>31</v>
       </c>
-      <c r="F88" s="9" t="s">
+      <c r="F90" s="9" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="89" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A89" s="30" t="s">
+    <row r="91" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A91" s="30" t="s">
         <v>1885</v>
       </c>
-      <c r="B89" s="22" t="s">
+      <c r="B91" s="22" t="s">
         <v>33</v>
       </c>
-      <c r="C89" s="4" t="s">
+      <c r="C91" s="4" t="s">
         <v>1285</v>
       </c>
-      <c r="D89" s="22" t="s">
+      <c r="D91" s="22" t="s">
         <v>34</v>
       </c>
-      <c r="E89" s="22" t="s">
+      <c r="E91" s="22" t="s">
         <v>35</v>
       </c>
-      <c r="F89" s="5" t="s">
+      <c r="F91" s="5" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="90" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A90" s="31" t="s">
+    <row r="92" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="31" t="s">
         <v>1886</v>
       </c>
-      <c r="B90" s="25" t="s">
+      <c r="B92" s="25" t="s">
         <v>37</v>
       </c>
-      <c r="C90" s="8" t="s">
+      <c r="C92" s="8" t="s">
         <v>1286</v>
       </c>
-      <c r="D90" s="25" t="s">
+      <c r="D92" s="25" t="s">
         <v>38</v>
       </c>
-      <c r="E90" s="25" t="s">
+      <c r="E92" s="25" t="s">
         <v>1287</v>
       </c>
-      <c r="F90" s="9" t="s">
+      <c r="F92" s="9" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="91" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A91" s="30" t="s">
+    <row r="93" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="30" t="s">
         <v>1886</v>
       </c>
-      <c r="B91" s="22" t="s">
+      <c r="B93" s="22" t="s">
         <v>40</v>
       </c>
-      <c r="C91" s="4" t="s">
+      <c r="C93" s="4" t="s">
         <v>1288</v>
       </c>
-      <c r="D91" s="22" t="s">
+      <c r="D93" s="22" t="s">
         <v>41</v>
       </c>
-      <c r="E91" s="22" t="s">
+      <c r="E93" s="22" t="s">
         <v>42</v>
       </c>
-      <c r="F91" s="5" t="s">
+      <c r="F93" s="5" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="92" spans="1:6" ht="120" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A92" s="31" t="s">
+    <row r="94" spans="1:6" ht="120" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="31" t="s">
         <v>1887</v>
       </c>
-      <c r="B92" s="25" t="s">
+      <c r="B94" s="25" t="s">
         <v>44</v>
       </c>
-      <c r="C92" s="8" t="s">
+      <c r="C94" s="8" t="s">
         <v>1289</v>
       </c>
-      <c r="D92" s="25" t="s">
+      <c r="D94" s="25" t="s">
         <v>45</v>
       </c>
-      <c r="E92" s="25" t="s">
+      <c r="E94" s="25" t="s">
         <v>46</v>
       </c>
-      <c r="F92" s="9" t="s">
+      <c r="F94" s="9" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="93" spans="1:6" ht="173.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A93" s="30" t="s">
+    <row r="95" spans="1:6" ht="173.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A95" s="30" t="s">
         <v>1887</v>
       </c>
-      <c r="B93" s="22" t="s">
+      <c r="B95" s="22" t="s">
         <v>48</v>
       </c>
-      <c r="C93" s="4" t="s">
+      <c r="C95" s="4" t="s">
         <v>1290</v>
       </c>
-      <c r="D93" s="22" t="s">
+      <c r="D95" s="22" t="s">
         <v>49</v>
       </c>
-      <c r="E93" s="22" t="s">
+      <c r="E95" s="22" t="s">
         <v>1291</v>
       </c>
-      <c r="F93" s="5" t="s">
+      <c r="F95" s="5" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="94" spans="1:6" ht="192" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A94" s="31" t="s">
+    <row r="96" spans="1:6" ht="192" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="31" t="s">
         <v>1888</v>
       </c>
-      <c r="B94" s="25" t="s">
+      <c r="B96" s="25" t="s">
         <v>51</v>
       </c>
-      <c r="C94" s="8" t="s">
+      <c r="C96" s="8" t="s">
         <v>1292</v>
       </c>
-      <c r="D94" s="25" t="s">
+      <c r="D96" s="25" t="s">
         <v>52</v>
       </c>
-      <c r="E94" s="25" t="s">
+      <c r="E96" s="25" t="s">
         <v>1293</v>
       </c>
-      <c r="F94" s="9" t="s">
+      <c r="F96" s="9" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="95" spans="1:6" ht="174.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A95" s="30" t="s">
+    <row r="97" spans="1:6" ht="174.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="30" t="s">
         <v>1889</v>
       </c>
-      <c r="B95" s="22" t="s">
+      <c r="B97" s="22" t="s">
         <v>54</v>
       </c>
-      <c r="C95" s="4" t="s">
+      <c r="C97" s="4" t="s">
         <v>1294</v>
       </c>
-      <c r="D95" s="22" t="s">
+      <c r="D97" s="22" t="s">
         <v>55</v>
       </c>
-      <c r="E95" s="22" t="s">
+      <c r="E97" s="22" t="s">
         <v>1295</v>
       </c>
-      <c r="F95" s="5" t="s">
+      <c r="F97" s="5" t="s">
         <v>56</v>
-      </c>
-[...38 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="98" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A98" s="31" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B98" s="25" t="s">
+        <v>57</v>
+      </c>
+      <c r="C98" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="D98" s="25" t="s">
+        <v>59</v>
+      </c>
+      <c r="E98" s="25" t="s">
+        <v>60</v>
+      </c>
+      <c r="F98" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6" ht="151.19999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="30" t="s">
+        <v>1891</v>
+      </c>
+      <c r="B99" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="C99" s="4" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D99" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="E99" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="F99" s="5" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="31" t="s">
         <v>1892</v>
       </c>
-      <c r="B98" s="25" t="s">
+      <c r="B100" s="25" t="s">
         <v>66</v>
       </c>
-      <c r="C98" s="8" t="s">
+      <c r="C100" s="8" t="s">
         <v>1297</v>
       </c>
-      <c r="D98" s="25" t="s">
+      <c r="D100" s="25" t="s">
         <v>67</v>
       </c>
-      <c r="E98" s="25" t="s">
+      <c r="E100" s="25" t="s">
         <v>68</v>
       </c>
-      <c r="F98" s="9" t="s">
+      <c r="F100" s="9" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="99" spans="1:6" ht="185.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A99" s="30" t="s">
+    <row r="101" spans="1:6" ht="185.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A101" s="30" t="s">
         <v>1892</v>
       </c>
-      <c r="B99" s="22" t="s">
+      <c r="B101" s="22" t="s">
         <v>70</v>
       </c>
-      <c r="C99" s="4" t="s">
+      <c r="C101" s="4" t="s">
         <v>1298</v>
       </c>
-      <c r="D99" s="22" t="s">
+      <c r="D101" s="22" t="s">
         <v>71</v>
       </c>
-      <c r="E99" s="22" t="s">
+      <c r="E101" s="22" t="s">
         <v>72</v>
       </c>
-      <c r="F99" s="5" t="s">
+      <c r="F101" s="5" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="100" spans="1:6" ht="136.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A100" s="31" t="s">
+    <row r="102" spans="1:6" ht="136.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A102" s="31" t="s">
         <v>1893</v>
       </c>
-      <c r="B100" s="25" t="s">
+      <c r="B102" s="25" t="s">
         <v>74</v>
       </c>
-      <c r="C100" s="8" t="s">
+      <c r="C102" s="8" t="s">
         <v>75</v>
       </c>
-      <c r="D100" s="25" t="s">
+      <c r="D102" s="25" t="s">
         <v>76</v>
       </c>
-      <c r="E100" s="25" t="s">
+      <c r="E102" s="25" t="s">
         <v>1299</v>
       </c>
-      <c r="F100" s="9" t="s">
+      <c r="F102" s="9" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="101" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A101" s="30" t="s">
+    <row r="103" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A103" s="30" t="s">
         <v>1894</v>
       </c>
-      <c r="B101" s="22" t="s">
+      <c r="B103" s="22" t="s">
         <v>78</v>
       </c>
-      <c r="C101" s="4" t="s">
+      <c r="C103" s="4" t="s">
         <v>1300</v>
       </c>
-      <c r="D101" s="22" t="s">
+      <c r="D103" s="22" t="s">
         <v>79</v>
       </c>
-      <c r="E101" s="22" t="s">
+      <c r="E103" s="22" t="s">
         <v>80</v>
       </c>
-      <c r="F101" s="5" t="s">
+      <c r="F103" s="5" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="102" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A102" s="31" t="s">
+    <row r="104" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A104" s="31" t="s">
         <v>1895</v>
       </c>
-      <c r="B102" s="25" t="s">
+      <c r="B104" s="25" t="s">
         <v>82</v>
       </c>
-      <c r="C102" s="8" t="s">
+      <c r="C104" s="8" t="s">
         <v>1301</v>
       </c>
-      <c r="D102" s="25" t="s">
+      <c r="D104" s="25" t="s">
         <v>83</v>
       </c>
-      <c r="E102" s="25" t="s">
+      <c r="E104" s="25" t="s">
         <v>1302</v>
       </c>
-      <c r="F102" s="9" t="s">
+      <c r="F104" s="9" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="103" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A103" s="30" t="s">
+    <row r="105" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A105" s="30" t="s">
         <v>1895</v>
       </c>
-      <c r="B103" s="22" t="s">
+      <c r="B105" s="22" t="s">
         <v>85</v>
       </c>
-      <c r="C103" s="4" t="s">
+      <c r="C105" s="4" t="s">
         <v>1303</v>
       </c>
-      <c r="D103" s="22" t="s">
+      <c r="D105" s="22" t="s">
         <v>86</v>
       </c>
-      <c r="E103" s="22" t="s">
+      <c r="E105" s="22" t="s">
         <v>87</v>
       </c>
-      <c r="F103" s="5" t="s">
+      <c r="F105" s="5" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="104" spans="1:6" ht="120" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A104" s="31" t="s">
+    <row r="106" spans="1:6" ht="120" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A106" s="31" t="s">
         <v>1896</v>
       </c>
-      <c r="B104" s="25" t="s">
+      <c r="B106" s="25" t="s">
         <v>89</v>
       </c>
-      <c r="C104" s="8" t="s">
+      <c r="C106" s="8" t="s">
         <v>90</v>
       </c>
-      <c r="D104" s="25" t="s">
+      <c r="D106" s="25" t="s">
         <v>91</v>
       </c>
-      <c r="E104" s="25" t="s">
+      <c r="E106" s="25" t="s">
         <v>92</v>
       </c>
-      <c r="F104" s="9" t="s">
+      <c r="F106" s="9" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="105" spans="1:6" ht="152.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A105" s="30" t="s">
+    <row r="107" spans="1:6" ht="152.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A107" s="30" t="s">
         <v>1897</v>
       </c>
-      <c r="B105" s="22" t="s">
+      <c r="B107" s="22" t="s">
         <v>94</v>
       </c>
-      <c r="C105" s="4" t="s">
+      <c r="C107" s="4" t="s">
         <v>1304</v>
       </c>
-      <c r="D105" s="22" t="s">
+      <c r="D107" s="22" t="s">
         <v>95</v>
       </c>
-      <c r="E105" s="22" t="s">
+      <c r="E107" s="22" t="s">
         <v>96</v>
       </c>
-      <c r="F105" s="5" t="s">
+      <c r="F107" s="5" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="106" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A106" s="31" t="s">
+    <row r="108" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A108" s="31" t="s">
         <v>1898</v>
       </c>
-      <c r="B106" s="25" t="s">
+      <c r="B108" s="25" t="s">
         <v>98</v>
       </c>
-      <c r="C106" s="8" t="s">
+      <c r="C108" s="8" t="s">
         <v>1305</v>
       </c>
-      <c r="D106" s="25" t="s">
+      <c r="D108" s="25" t="s">
         <v>99</v>
       </c>
-      <c r="E106" s="25" t="s">
+      <c r="E108" s="25" t="s">
         <v>100</v>
       </c>
-      <c r="F106" s="9" t="s">
+      <c r="F108" s="9" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="107" spans="1:6" ht="123" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A107" s="30" t="s">
+    <row r="109" spans="1:6" ht="123" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A109" s="30" t="s">
         <v>1899</v>
       </c>
-      <c r="B107" s="22" t="s">
+      <c r="B109" s="22" t="s">
         <v>102</v>
       </c>
-      <c r="C107" s="4" t="s">
+      <c r="C109" s="4" t="s">
         <v>1306</v>
       </c>
-      <c r="D107" s="22" t="s">
+      <c r="D109" s="22" t="s">
         <v>103</v>
       </c>
-      <c r="E107" s="22" t="s">
+      <c r="E109" s="22" t="s">
         <v>104</v>
       </c>
-      <c r="F107" s="5" t="s">
+      <c r="F109" s="5" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="108" spans="1:6" ht="117.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A108" s="31" t="s">
+    <row r="110" spans="1:6" ht="117.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A110" s="31" t="s">
         <v>1900</v>
       </c>
-      <c r="B108" s="25" t="s">
+      <c r="B110" s="25" t="s">
         <v>106</v>
       </c>
-      <c r="C108" s="8" t="s">
+      <c r="C110" s="8" t="s">
         <v>1307</v>
       </c>
-      <c r="D108" s="25" t="s">
+      <c r="D110" s="25" t="s">
         <v>107</v>
       </c>
-      <c r="E108" s="25" t="s">
+      <c r="E110" s="25" t="s">
         <v>108</v>
       </c>
-      <c r="F108" s="9" t="s">
+      <c r="F110" s="9" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="109" spans="1:6" ht="114" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A109" s="30" t="s">
+    <row r="111" spans="1:6" ht="114" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A111" s="30" t="s">
         <v>1901</v>
       </c>
-      <c r="B109" s="22" t="s">
+      <c r="B111" s="22" t="s">
         <v>110</v>
       </c>
-      <c r="C109" s="4" t="s">
+      <c r="C111" s="4" t="s">
         <v>1308</v>
       </c>
-      <c r="D109" s="22" t="s">
+      <c r="D111" s="22" t="s">
         <v>111</v>
       </c>
-      <c r="E109" s="22" t="s">
+      <c r="E111" s="22" t="s">
         <v>112</v>
       </c>
-      <c r="F109" s="5" t="s">
+      <c r="F111" s="5" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="110" spans="1:6" ht="132" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A110" s="31" t="s">
+    <row r="112" spans="1:6" ht="132" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A112" s="31" t="s">
         <v>1902</v>
       </c>
-      <c r="B110" s="25" t="s">
+      <c r="B112" s="25" t="s">
         <v>114</v>
       </c>
-      <c r="C110" s="8" t="s">
+      <c r="C112" s="8" t="s">
         <v>1309</v>
       </c>
-      <c r="D110" s="25" t="s">
+      <c r="D112" s="25" t="s">
         <v>115</v>
       </c>
-      <c r="E110" s="25" t="s">
+      <c r="E112" s="25" t="s">
         <v>116</v>
       </c>
-      <c r="F110" s="9" t="s">
+      <c r="F112" s="9" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="111" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A111" s="30" t="s">
+    <row r="113" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A113" s="30" t="s">
         <v>1903</v>
       </c>
-      <c r="B111" s="22" t="s">
+      <c r="B113" s="22" t="s">
         <v>118</v>
       </c>
-      <c r="C111" s="4" t="s">
+      <c r="C113" s="4" t="s">
         <v>1310</v>
       </c>
-      <c r="D111" s="22" t="s">
+      <c r="D113" s="22" t="s">
         <v>119</v>
       </c>
-      <c r="E111" s="22" t="s">
+      <c r="E113" s="22" t="s">
         <v>120</v>
       </c>
-      <c r="F111" s="5" t="s">
+      <c r="F113" s="5" t="s">
         <v>121</v>
       </c>
     </row>
-    <row r="112" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A112" s="31" t="s">
+    <row r="114" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A114" s="31" t="s">
         <v>1903</v>
       </c>
-      <c r="B112" s="25" t="s">
+      <c r="B114" s="25" t="s">
         <v>122</v>
       </c>
-      <c r="C112" s="8" t="s">
+      <c r="C114" s="8" t="s">
         <v>1311</v>
       </c>
-      <c r="D112" s="25" t="s">
+      <c r="D114" s="25" t="s">
         <v>123</v>
       </c>
-      <c r="E112" s="25" t="s">
+      <c r="E114" s="25" t="s">
         <v>124</v>
       </c>
-      <c r="F112" s="9" t="s">
+      <c r="F114" s="9" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="113" spans="1:6" ht="108.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A113" s="30" t="s">
+    <row r="115" spans="1:6" ht="108.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A115" s="30" t="s">
         <v>1904</v>
       </c>
-      <c r="B113" s="22" t="s">
+      <c r="B115" s="22" t="s">
         <v>126</v>
       </c>
-      <c r="C113" s="4" t="s">
+      <c r="C115" s="4" t="s">
         <v>1312</v>
       </c>
-      <c r="D113" s="22" t="s">
+      <c r="D115" s="22" t="s">
         <v>127</v>
       </c>
-      <c r="E113" s="22" t="s">
+      <c r="E115" s="22" t="s">
         <v>128</v>
       </c>
-      <c r="F113" s="5" t="s">
+      <c r="F115" s="5" t="s">
         <v>129</v>
       </c>
     </row>
-    <row r="114" spans="1:6" ht="159.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A114" s="31" t="s">
+    <row r="116" spans="1:6" ht="159.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A116" s="31" t="s">
         <v>1905</v>
       </c>
-      <c r="B114" s="25" t="s">
+      <c r="B116" s="25" t="s">
         <v>130</v>
       </c>
-      <c r="C114" s="8" t="s">
+      <c r="C116" s="8" t="s">
         <v>131</v>
       </c>
-      <c r="D114" s="25" t="s">
+      <c r="D116" s="25" t="s">
         <v>132</v>
       </c>
-      <c r="E114" s="25" t="s">
+      <c r="E116" s="25" t="s">
         <v>133</v>
       </c>
-      <c r="F114" s="9" t="s">
+      <c r="F116" s="9" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="115" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A115" s="30" t="s">
+    <row r="117" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A117" s="30" t="s">
         <v>1906</v>
       </c>
-      <c r="B115" s="22" t="s">
+      <c r="B117" s="22" t="s">
         <v>135</v>
       </c>
-      <c r="C115" s="4" t="s">
+      <c r="C117" s="4" t="s">
         <v>1313</v>
       </c>
-      <c r="D115" s="22" t="s">
+      <c r="D117" s="22" t="s">
         <v>136</v>
       </c>
-      <c r="E115" s="22" t="s">
+      <c r="E117" s="22" t="s">
         <v>137</v>
       </c>
-      <c r="F115" s="5" t="s">
+      <c r="F117" s="5" t="s">
         <v>138</v>
       </c>
     </row>
-    <row r="116" spans="1:6" ht="157.19999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A116" s="31" t="s">
+    <row r="118" spans="1:6" ht="157.19999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A118" s="31" t="s">
         <v>1907</v>
       </c>
-      <c r="B116" s="25" t="s">
+      <c r="B118" s="25" t="s">
         <v>139</v>
       </c>
-      <c r="C116" s="8" t="s">
+      <c r="C118" s="8" t="s">
         <v>1314</v>
       </c>
-      <c r="D116" s="25" t="s">
+      <c r="D118" s="25" t="s">
         <v>140</v>
       </c>
-      <c r="E116" s="25" t="s">
+      <c r="E118" s="25" t="s">
         <v>1315</v>
       </c>
-      <c r="F116" s="9" t="s">
+      <c r="F118" s="9" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="117" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A117" s="30" t="s">
+    <row r="119" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A119" s="30" t="s">
         <v>1908</v>
       </c>
-      <c r="B117" s="22" t="s">
+      <c r="B119" s="22" t="s">
         <v>142</v>
       </c>
-      <c r="C117" s="4" t="s">
+      <c r="C119" s="4" t="s">
         <v>1316</v>
       </c>
-      <c r="D117" s="22" t="s">
+      <c r="D119" s="22" t="s">
         <v>143</v>
       </c>
-      <c r="E117" s="22" t="s">
+      <c r="E119" s="22" t="s">
         <v>1317</v>
       </c>
-      <c r="F117" s="5" t="s">
+      <c r="F119" s="5" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="118" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A118" s="31" t="s">
+    <row r="120" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A120" s="31" t="s">
         <v>1909</v>
       </c>
-      <c r="B118" s="25" t="s">
+      <c r="B120" s="25" t="s">
         <v>145</v>
       </c>
-      <c r="C118" s="8" t="s">
+      <c r="C120" s="8" t="s">
         <v>1318</v>
       </c>
-      <c r="D118" s="25" t="s">
+      <c r="D120" s="25" t="s">
         <v>146</v>
       </c>
-      <c r="E118" s="25" t="s">
+      <c r="E120" s="25" t="s">
         <v>1319</v>
       </c>
-      <c r="F118" s="9" t="s">
+      <c r="F120" s="9" t="s">
         <v>147</v>
       </c>
     </row>
-    <row r="119" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A119" s="30" t="s">
+    <row r="121" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A121" s="30" t="s">
         <v>1910</v>
       </c>
-      <c r="B119" s="22" t="s">
+      <c r="B121" s="22" t="s">
         <v>148</v>
       </c>
-      <c r="C119" s="4" t="s">
+      <c r="C121" s="4" t="s">
         <v>149</v>
       </c>
-      <c r="D119" s="22" t="s">
+      <c r="D121" s="22" t="s">
         <v>150</v>
       </c>
-      <c r="E119" s="22" t="s">
+      <c r="E121" s="22" t="s">
         <v>1320</v>
       </c>
-      <c r="F119" s="5" t="s">
+      <c r="F121" s="5" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="120" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A120" s="31" t="s">
+    <row r="122" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A122" s="31" t="s">
         <v>1911</v>
       </c>
-      <c r="B120" s="25" t="s">
+      <c r="B122" s="25" t="s">
         <v>152</v>
       </c>
-      <c r="C120" s="8" t="s">
+      <c r="C122" s="8" t="s">
         <v>153</v>
       </c>
-      <c r="D120" s="25" t="s">
+      <c r="D122" s="25" t="s">
         <v>154</v>
       </c>
-      <c r="E120" s="25" t="s">
+      <c r="E122" s="25" t="s">
         <v>155</v>
       </c>
-      <c r="F120" s="9" t="s">
+      <c r="F122" s="9" t="s">
         <v>156</v>
       </c>
     </row>
-    <row r="121" spans="1:6" ht="185.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A121" s="30" t="s">
+    <row r="123" spans="1:6" ht="185.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A123" s="30" t="s">
         <v>1911</v>
       </c>
-      <c r="B121" s="22" t="s">
+      <c r="B123" s="22" t="s">
         <v>157</v>
       </c>
-      <c r="C121" s="4" t="s">
+      <c r="C123" s="4" t="s">
         <v>1321</v>
       </c>
-      <c r="D121" s="22" t="s">
+      <c r="D123" s="22" t="s">
         <v>158</v>
       </c>
-      <c r="E121" s="22" t="s">
+      <c r="E123" s="22" t="s">
         <v>1322</v>
       </c>
-      <c r="F121" s="5" t="s">
+      <c r="F123" s="5" t="s">
         <v>159</v>
       </c>
     </row>
-    <row r="122" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A122" s="31" t="s">
+    <row r="124" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A124" s="31" t="s">
         <v>1912</v>
       </c>
-      <c r="B122" s="25" t="s">
+      <c r="B124" s="25" t="s">
         <v>160</v>
       </c>
-      <c r="C122" s="8" t="s">
+      <c r="C124" s="8" t="s">
         <v>161</v>
       </c>
-      <c r="D122" s="25" t="s">
+      <c r="D124" s="25" t="s">
         <v>162</v>
       </c>
-      <c r="E122" s="25" t="s">
+      <c r="E124" s="25" t="s">
         <v>163</v>
       </c>
-      <c r="F122" s="9" t="s">
+      <c r="F124" s="9" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="123" spans="1:6" ht="150" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A123" s="30" t="s">
+    <row r="125" spans="1:6" ht="150" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A125" s="30" t="s">
         <v>1913</v>
       </c>
-      <c r="B123" s="22" t="s">
+      <c r="B125" s="22" t="s">
         <v>165</v>
       </c>
-      <c r="C123" s="4" t="s">
+      <c r="C125" s="4" t="s">
         <v>166</v>
       </c>
-      <c r="D123" s="22" t="s">
+      <c r="D125" s="22" t="s">
         <v>167</v>
       </c>
-      <c r="E123" s="22" t="s">
+      <c r="E125" s="22" t="s">
         <v>168</v>
       </c>
-      <c r="F123" s="5" t="s">
+      <c r="F125" s="5" t="s">
         <v>169</v>
       </c>
     </row>
-    <row r="124" spans="1:6" ht="367.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A124" s="31" t="s">
+    <row r="126" spans="1:6" ht="367.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A126" s="31" t="s">
         <v>1914</v>
       </c>
-      <c r="B124" s="25" t="s">
+      <c r="B126" s="25" t="s">
         <v>170</v>
       </c>
-      <c r="C124" s="8" t="s">
+      <c r="C126" s="8" t="s">
         <v>171</v>
       </c>
-      <c r="D124" s="25" t="s">
+      <c r="D126" s="25" t="s">
         <v>1323</v>
       </c>
-      <c r="E124" s="25" t="s">
+      <c r="E126" s="25" t="s">
         <v>1324</v>
       </c>
-      <c r="F124" s="9" t="s">
+      <c r="F126" s="9" t="s">
         <v>172</v>
       </c>
     </row>
-    <row r="125" spans="1:6" ht="366.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A125" s="30" t="s">
+    <row r="127" spans="1:6" ht="366.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A127" s="30" t="s">
         <v>1914</v>
       </c>
-      <c r="B125" s="22" t="s">
+      <c r="B127" s="22" t="s">
         <v>173</v>
       </c>
-      <c r="C125" s="4" t="s">
+      <c r="C127" s="4" t="s">
         <v>174</v>
       </c>
-      <c r="D125" s="22" t="s">
+      <c r="D127" s="22" t="s">
         <v>1325</v>
       </c>
-      <c r="E125" s="22" t="s">
+      <c r="E127" s="22" t="s">
         <v>1326</v>
       </c>
-      <c r="F125" s="5" t="s">
+      <c r="F127" s="5" t="s">
         <v>175</v>
       </c>
     </row>
-    <row r="126" spans="1:6" ht="387" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A126" s="31" t="s">
+    <row r="128" spans="1:6" ht="387" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A128" s="31" t="s">
         <v>1915</v>
       </c>
-      <c r="B126" s="25" t="s">
+      <c r="B128" s="25" t="s">
         <v>176</v>
       </c>
-      <c r="C126" s="8" t="s">
+      <c r="C128" s="8" t="s">
         <v>1327</v>
       </c>
-      <c r="D126" s="25" t="s">
+      <c r="D128" s="25" t="s">
         <v>1328</v>
       </c>
-      <c r="E126" s="25" t="s">
+      <c r="E128" s="25" t="s">
         <v>177</v>
       </c>
-      <c r="F126" s="9" t="s">
+      <c r="F128" s="9" t="s">
         <v>178</v>
       </c>
     </row>
-    <row r="127" spans="1:6" ht="138.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A127" s="30" t="s">
+    <row r="129" spans="1:6" ht="138.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A129" s="30" t="s">
         <v>1915</v>
       </c>
-      <c r="B127" s="22" t="s">
+      <c r="B129" s="22" t="s">
         <v>179</v>
       </c>
-      <c r="C127" s="4" t="s">
+      <c r="C129" s="4" t="s">
         <v>180</v>
       </c>
-      <c r="D127" s="22" t="s">
+      <c r="D129" s="22" t="s">
         <v>1329</v>
       </c>
-      <c r="E127" s="22" t="s">
+      <c r="E129" s="22" t="s">
         <v>181</v>
       </c>
-      <c r="F127" s="5" t="s">
+      <c r="F129" s="5" t="s">
         <v>182</v>
       </c>
     </row>
-    <row r="128" spans="1:6" ht="409.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A128" s="31" t="s">
+    <row r="130" spans="1:6" ht="409.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A130" s="31" t="s">
         <v>1916</v>
       </c>
-      <c r="B128" s="25" t="s">
+      <c r="B130" s="25" t="s">
         <v>183</v>
       </c>
-      <c r="C128" s="8" t="s">
+      <c r="C130" s="8" t="s">
         <v>184</v>
       </c>
-      <c r="D128" s="25" t="s">
+      <c r="D130" s="25" t="s">
         <v>1330</v>
       </c>
-      <c r="E128" s="25" t="s">
+      <c r="E130" s="25" t="s">
         <v>1331</v>
       </c>
-      <c r="F128" s="9" t="s">
+      <c r="F130" s="9" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="129" spans="1:6" ht="365.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A129" s="30" t="s">
+    <row r="131" spans="1:6" ht="365.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A131" s="30" t="s">
         <v>1917</v>
       </c>
-      <c r="B129" s="22" t="s">
+      <c r="B131" s="22" t="s">
         <v>186</v>
       </c>
-      <c r="C129" s="4" t="s">
+      <c r="C131" s="4" t="s">
         <v>187</v>
       </c>
-      <c r="D129" s="22" t="s">
+      <c r="D131" s="22" t="s">
         <v>1332</v>
       </c>
-      <c r="E129" s="22" t="s">
+      <c r="E131" s="22" t="s">
         <v>1333</v>
       </c>
-      <c r="F129" s="5" t="s">
+      <c r="F131" s="5" t="s">
         <v>188</v>
       </c>
     </row>
-    <row r="130" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A130" s="31" t="s">
+    <row r="132" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A132" s="31" t="s">
         <v>1917</v>
       </c>
-      <c r="B130" s="25" t="s">
+      <c r="B132" s="25" t="s">
         <v>189</v>
       </c>
-      <c r="C130" s="8" t="s">
+      <c r="C132" s="8" t="s">
         <v>190</v>
       </c>
-      <c r="D130" s="25" t="s">
+      <c r="D132" s="25" t="s">
         <v>1334</v>
       </c>
-      <c r="E130" s="25" t="s">
+      <c r="E132" s="25" t="s">
         <v>1335</v>
       </c>
-      <c r="F130" s="9" t="s">
+      <c r="F132" s="9" t="s">
         <v>191</v>
       </c>
     </row>
-    <row r="131" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A131" s="30" t="s">
+    <row r="133" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A133" s="30" t="s">
         <v>1918</v>
       </c>
-      <c r="B131" s="22" t="s">
+      <c r="B133" s="22" t="s">
         <v>192</v>
       </c>
-      <c r="C131" s="4" t="s">
+      <c r="C133" s="4" t="s">
         <v>193</v>
       </c>
-      <c r="D131" s="22" t="s">
+      <c r="D133" s="22" t="s">
         <v>194</v>
       </c>
-      <c r="E131" s="22" t="s">
+      <c r="E133" s="22" t="s">
         <v>195</v>
       </c>
-      <c r="F131" s="5" t="s">
+      <c r="F133" s="5" t="s">
         <v>196</v>
       </c>
     </row>
-    <row r="132" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A132" s="31" t="s">
+    <row r="134" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A134" s="31" t="s">
         <v>1919</v>
       </c>
-      <c r="B132" s="25" t="s">
+      <c r="B134" s="25" t="s">
         <v>197</v>
       </c>
-      <c r="C132" s="8" t="s">
+      <c r="C134" s="8" t="s">
         <v>198</v>
       </c>
-      <c r="D132" s="25" t="s">
+      <c r="D134" s="25" t="s">
         <v>199</v>
       </c>
-      <c r="E132" s="25" t="s">
+      <c r="E134" s="25" t="s">
         <v>1336</v>
       </c>
-      <c r="F132" s="9" t="s">
+      <c r="F134" s="9" t="s">
         <v>200</v>
       </c>
     </row>
-    <row r="133" spans="1:6" ht="291" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A133" s="30" t="s">
+    <row r="135" spans="1:6" ht="291" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A135" s="30" t="s">
         <v>1920</v>
       </c>
-      <c r="B133" s="22" t="s">
+      <c r="B135" s="22" t="s">
         <v>201</v>
       </c>
-      <c r="C133" s="4" t="s">
+      <c r="C135" s="4" t="s">
         <v>202</v>
       </c>
-      <c r="D133" s="22" t="s">
+      <c r="D135" s="22" t="s">
         <v>2066</v>
       </c>
-      <c r="E133" s="22" t="s">
+      <c r="E135" s="22" t="s">
         <v>1337</v>
       </c>
-      <c r="F133" s="5" t="s">
+      <c r="F135" s="5" t="s">
         <v>203</v>
       </c>
     </row>
-    <row r="134" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A134" s="31" t="s">
+    <row r="136" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A136" s="31" t="s">
         <v>1921</v>
       </c>
-      <c r="B134" s="25" t="s">
+      <c r="B136" s="25" t="s">
         <v>204</v>
       </c>
-      <c r="C134" s="8" t="s">
+      <c r="C136" s="8" t="s">
         <v>205</v>
       </c>
-      <c r="D134" s="25" t="s">
+      <c r="D136" s="25" t="s">
         <v>206</v>
       </c>
-      <c r="E134" s="25" t="s">
+      <c r="E136" s="25" t="s">
         <v>207</v>
       </c>
-      <c r="F134" s="9" t="s">
+      <c r="F136" s="9" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="135" spans="1:6" ht="237" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A135" s="30" t="s">
+    <row r="137" spans="1:6" ht="237" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A137" s="30" t="s">
         <v>1955</v>
       </c>
-      <c r="B135" s="22" t="s">
+      <c r="B137" s="22" t="s">
         <v>209</v>
       </c>
-      <c r="C135" s="4" t="s">
+      <c r="C137" s="4" t="s">
         <v>210</v>
       </c>
-      <c r="D135" s="22" t="s">
+      <c r="D137" s="22" t="s">
         <v>211</v>
       </c>
-      <c r="E135" s="22" t="s">
+      <c r="E137" s="22" t="s">
         <v>1338</v>
       </c>
-      <c r="F135" s="5" t="s">
+      <c r="F137" s="5" t="s">
         <v>212</v>
       </c>
     </row>
-    <row r="136" spans="1:6" ht="290.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A136" s="31" t="s">
+    <row r="138" spans="1:6" ht="290.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A138" s="31" t="s">
         <v>1956</v>
       </c>
-      <c r="B136" s="25" t="s">
+      <c r="B138" s="25" t="s">
         <v>213</v>
       </c>
-      <c r="C136" s="8" t="s">
+      <c r="C138" s="8" t="s">
         <v>214</v>
       </c>
-      <c r="D136" s="25" t="s">
+      <c r="D138" s="25" t="s">
         <v>1339</v>
       </c>
-      <c r="E136" s="25" t="s">
+      <c r="E138" s="25" t="s">
         <v>1340</v>
       </c>
-      <c r="F136" s="9" t="s">
+      <c r="F138" s="9" t="s">
         <v>215</v>
       </c>
     </row>
-    <row r="137" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A137" s="30" t="s">
+    <row r="139" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A139" s="30" t="s">
         <v>1957</v>
       </c>
-      <c r="B137" s="22" t="s">
+      <c r="B139" s="22" t="s">
         <v>216</v>
       </c>
-      <c r="C137" s="4" t="s">
+      <c r="C139" s="4" t="s">
         <v>217</v>
       </c>
-      <c r="D137" s="22" t="s">
+      <c r="D139" s="22" t="s">
         <v>218</v>
       </c>
-      <c r="E137" s="22" t="s">
+      <c r="E139" s="22" t="s">
         <v>219</v>
       </c>
-      <c r="F137" s="5" t="s">
+      <c r="F139" s="5" t="s">
         <v>220</v>
       </c>
     </row>
-    <row r="138" spans="1:6" ht="137.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A138" s="31" t="s">
+    <row r="140" spans="1:6" ht="137.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A140" s="31" t="s">
         <v>1958</v>
       </c>
-      <c r="B138" s="25" t="s">
+      <c r="B140" s="25" t="s">
         <v>221</v>
       </c>
-      <c r="C138" s="8" t="s">
+      <c r="C140" s="8" t="s">
         <v>222</v>
       </c>
-      <c r="D138" s="25" t="s">
+      <c r="D140" s="25" t="s">
         <v>223</v>
       </c>
-      <c r="E138" s="25" t="s">
+      <c r="E140" s="25" t="s">
         <v>224</v>
       </c>
-      <c r="F138" s="9" t="s">
+      <c r="F140" s="9" t="s">
         <v>225</v>
       </c>
     </row>
-    <row r="139" spans="1:6" ht="100.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A139" s="30" t="s">
+    <row r="141" spans="1:6" ht="100.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A141" s="30" t="s">
         <v>1959</v>
       </c>
-      <c r="B139" s="22" t="s">
+      <c r="B141" s="22" t="s">
         <v>226</v>
       </c>
-      <c r="C139" s="4" t="s">
+      <c r="C141" s="4" t="s">
         <v>1341</v>
       </c>
-      <c r="D139" s="22" t="s">
+      <c r="D141" s="22" t="s">
         <v>227</v>
       </c>
-      <c r="E139" s="22"/>
-      <c r="F139" s="5" t="s">
+      <c r="E141" s="22"/>
+      <c r="F141" s="5" t="s">
         <v>228</v>
       </c>
     </row>
-    <row r="140" spans="1:6" ht="126" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A140" s="31" t="s">
+    <row r="142" spans="1:6" ht="126" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A142" s="31" t="s">
         <v>1959</v>
       </c>
-      <c r="B140" s="25" t="s">
+      <c r="B142" s="25" t="s">
         <v>229</v>
       </c>
-      <c r="C140" s="8" t="s">
+      <c r="C142" s="8" t="s">
         <v>1342</v>
       </c>
-      <c r="D140" s="25" t="s">
+      <c r="D142" s="25" t="s">
         <v>230</v>
       </c>
-      <c r="E140" s="25" t="s">
+      <c r="E142" s="25" t="s">
         <v>231</v>
       </c>
-      <c r="F140" s="9" t="s">
+      <c r="F142" s="9" t="s">
         <v>232</v>
       </c>
     </row>
-    <row r="141" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A141" s="30" t="s">
+    <row r="143" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A143" s="30" t="s">
         <v>1960</v>
       </c>
-      <c r="B141" s="22" t="s">
+      <c r="B143" s="22" t="s">
         <v>233</v>
       </c>
-      <c r="C141" s="4" t="s">
+      <c r="C143" s="4" t="s">
         <v>1343</v>
       </c>
-      <c r="D141" s="22" t="s">
+      <c r="D143" s="22" t="s">
         <v>1344</v>
       </c>
-      <c r="E141" s="22" t="s">
+      <c r="E143" s="22" t="s">
         <v>234</v>
       </c>
-      <c r="F141" s="5" t="s">
+      <c r="F143" s="5" t="s">
         <v>235</v>
       </c>
     </row>
-    <row r="142" spans="1:6" ht="192" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A142" s="31" t="s">
+    <row r="144" spans="1:6" ht="192" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A144" s="31" t="s">
         <v>1961</v>
       </c>
-      <c r="B142" s="25" t="s">
+      <c r="B144" s="25" t="s">
         <v>236</v>
       </c>
-      <c r="C142" s="8" t="s">
+      <c r="C144" s="8" t="s">
         <v>237</v>
       </c>
-      <c r="D142" s="25" t="s">
+      <c r="D144" s="25" t="s">
         <v>238</v>
       </c>
-      <c r="E142" s="25" t="s">
+      <c r="E144" s="25" t="s">
         <v>1345</v>
       </c>
-      <c r="F142" s="9" t="s">
+      <c r="F144" s="9" t="s">
         <v>239</v>
       </c>
     </row>
-    <row r="143" spans="1:6" ht="280.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A143" s="30" t="s">
+    <row r="145" spans="1:6" ht="280.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A145" s="30" t="s">
         <v>1962</v>
       </c>
-      <c r="B143" s="22" t="s">
+      <c r="B145" s="22" t="s">
         <v>240</v>
       </c>
-      <c r="C143" s="4" t="s">
+      <c r="C145" s="4" t="s">
         <v>241</v>
       </c>
-      <c r="D143" s="22" t="s">
+      <c r="D145" s="22" t="s">
         <v>242</v>
       </c>
-      <c r="E143" s="22" t="s">
+      <c r="E145" s="22" t="s">
         <v>1346</v>
       </c>
-      <c r="F143" s="5" t="s">
+      <c r="F145" s="5" t="s">
         <v>243</v>
       </c>
     </row>
-    <row r="144" spans="1:6" ht="207.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A144" s="31" t="s">
+    <row r="146" spans="1:6" ht="207.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A146" s="31" t="s">
         <v>1963</v>
       </c>
-      <c r="B144" s="25" t="s">
+      <c r="B146" s="25" t="s">
         <v>244</v>
       </c>
-      <c r="C144" s="8" t="s">
+      <c r="C146" s="8" t="s">
         <v>1347</v>
       </c>
-      <c r="D144" s="25" t="s">
+      <c r="D146" s="25" t="s">
         <v>245</v>
       </c>
-      <c r="E144" s="25" t="s">
+      <c r="E146" s="25" t="s">
         <v>1348</v>
       </c>
-      <c r="F144" s="9" t="s">
+      <c r="F146" s="9" t="s">
         <v>246</v>
       </c>
     </row>
-    <row r="145" spans="1:6" ht="97.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A145" s="30" t="s">
+    <row r="147" spans="1:6" ht="97.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A147" s="30" t="s">
         <v>1963</v>
       </c>
-      <c r="B145" s="22" t="s">
+      <c r="B147" s="22" t="s">
         <v>247</v>
       </c>
-      <c r="C145" s="4" t="s">
+      <c r="C147" s="4" t="s">
         <v>1349</v>
       </c>
-      <c r="D145" s="22" t="s">
+      <c r="D147" s="22" t="s">
         <v>248</v>
       </c>
-      <c r="E145" s="22" t="s">
+      <c r="E147" s="22" t="s">
         <v>1350</v>
       </c>
-      <c r="F145" s="5" t="s">
+      <c r="F147" s="5" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="146" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A146" s="31" t="s">
+    <row r="148" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A148" s="31" t="s">
         <v>1964</v>
       </c>
-      <c r="B146" s="25" t="s">
+      <c r="B148" s="25" t="s">
         <v>250</v>
       </c>
-      <c r="C146" s="8" t="s">
+      <c r="C148" s="8" t="s">
         <v>251</v>
       </c>
-      <c r="D146" s="25" t="s">
+      <c r="D148" s="25" t="s">
         <v>252</v>
       </c>
-      <c r="E146" s="25" t="s">
+      <c r="E148" s="25" t="s">
         <v>253</v>
       </c>
-      <c r="F146" s="9" t="s">
+      <c r="F148" s="9" t="s">
         <v>254</v>
       </c>
     </row>
-    <row r="147" spans="1:6" ht="132.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A147" s="30" t="s">
+    <row r="149" spans="1:6" ht="132.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A149" s="30" t="s">
         <v>1965</v>
       </c>
-      <c r="B147" s="22" t="s">
+      <c r="B149" s="22" t="s">
         <v>255</v>
       </c>
-      <c r="C147" s="4" t="s">
+      <c r="C149" s="4" t="s">
         <v>256</v>
       </c>
-      <c r="D147" s="22" t="s">
+      <c r="D149" s="22" t="s">
         <v>257</v>
       </c>
-      <c r="E147" s="22" t="s">
+      <c r="E149" s="22" t="s">
         <v>1351</v>
       </c>
-      <c r="F147" s="5" t="s">
+      <c r="F149" s="5" t="s">
         <v>258</v>
-      </c>
-[...38 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="150" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A150" s="31" t="s">
-        <v>1968</v>
+        <v>1966</v>
       </c>
       <c r="B150" s="25" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="C150" s="8" t="s">
-        <v>266</v>
+        <v>1352</v>
       </c>
       <c r="D150" s="25" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="E150" s="25" t="s">
-        <v>1355</v>
+        <v>1353</v>
       </c>
       <c r="F150" s="9" t="s">
         <v>261</v>
       </c>
     </row>
-    <row r="151" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="151" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A151" s="30" t="s">
-        <v>1969</v>
+        <v>1967</v>
       </c>
       <c r="B151" s="22" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="C151" s="4" t="s">
-        <v>269</v>
+        <v>1354</v>
       </c>
       <c r="D151" s="22" t="s">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="E151" s="22" t="s">
-        <v>271</v>
+        <v>264</v>
       </c>
       <c r="F151" s="5" t="s">
-        <v>272</v>
+        <v>261</v>
       </c>
     </row>
     <row r="152" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A152" s="31" t="s">
+        <v>1968</v>
+      </c>
+      <c r="B152" s="25" t="s">
+        <v>265</v>
+      </c>
+      <c r="C152" s="8" t="s">
+        <v>266</v>
+      </c>
+      <c r="D152" s="25" t="s">
+        <v>267</v>
+      </c>
+      <c r="E152" s="25" t="s">
+        <v>1355</v>
+      </c>
+      <c r="F152" s="9" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A153" s="30" t="s">
+        <v>1969</v>
+      </c>
+      <c r="B153" s="22" t="s">
+        <v>268</v>
+      </c>
+      <c r="C153" s="4" t="s">
+        <v>269</v>
+      </c>
+      <c r="D153" s="22" t="s">
+        <v>270</v>
+      </c>
+      <c r="E153" s="22" t="s">
+        <v>271</v>
+      </c>
+      <c r="F153" s="5" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A154" s="31" t="s">
         <v>1970</v>
       </c>
-      <c r="B152" s="25" t="s">
+      <c r="B154" s="25" t="s">
         <v>273</v>
       </c>
-      <c r="C152" s="8" t="s">
+      <c r="C154" s="8" t="s">
         <v>274</v>
       </c>
-      <c r="D152" s="25" t="s">
+      <c r="D154" s="25" t="s">
         <v>275</v>
       </c>
-      <c r="E152" s="25" t="s">
+      <c r="E154" s="25" t="s">
         <v>20</v>
       </c>
-      <c r="F152" s="9" t="s">
+      <c r="F154" s="9" t="s">
         <v>276</v>
       </c>
     </row>
-    <row r="153" spans="1:6" ht="133.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A153" s="30" t="s">
+    <row r="155" spans="1:6" ht="133.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A155" s="30" t="s">
         <v>1971</v>
       </c>
-      <c r="B153" s="22" t="s">
+      <c r="B155" s="22" t="s">
         <v>277</v>
       </c>
-      <c r="C153" s="4" t="s">
+      <c r="C155" s="4" t="s">
         <v>278</v>
       </c>
-      <c r="D153" s="22" t="s">
+      <c r="D155" s="22" t="s">
         <v>279</v>
       </c>
-      <c r="E153" s="22" t="s">
+      <c r="E155" s="22" t="s">
         <v>1356</v>
       </c>
-      <c r="F153" s="5" t="s">
+      <c r="F155" s="5" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="154" spans="1:6" ht="130.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A154" s="31" t="s">
+    <row r="156" spans="1:6" ht="130.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A156" s="31" t="s">
         <v>1972</v>
       </c>
-      <c r="B154" s="25" t="s">
+      <c r="B156" s="25" t="s">
         <v>281</v>
       </c>
-      <c r="C154" s="8" t="s">
+      <c r="C156" s="8" t="s">
         <v>1357</v>
       </c>
-      <c r="D154" s="25" t="s">
+      <c r="D156" s="25" t="s">
         <v>282</v>
       </c>
-      <c r="E154" s="25" t="s">
+      <c r="E156" s="25" t="s">
         <v>283</v>
       </c>
-      <c r="F154" s="9" t="s">
+      <c r="F156" s="9" t="s">
         <v>284</v>
       </c>
     </row>
-    <row r="155" spans="1:6" ht="150.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A155" s="30" t="s">
+    <row r="157" spans="1:6" ht="150.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A157" s="30" t="s">
         <v>1973</v>
       </c>
-      <c r="B155" s="22" t="s">
+      <c r="B157" s="22" t="s">
         <v>285</v>
       </c>
-      <c r="C155" s="4" t="s">
+      <c r="C157" s="4" t="s">
         <v>1358</v>
       </c>
-      <c r="D155" s="22" t="s">
+      <c r="D157" s="22" t="s">
         <v>286</v>
       </c>
-      <c r="E155" s="22" t="s">
+      <c r="E157" s="22" t="s">
         <v>1359</v>
       </c>
-      <c r="F155" s="5" t="s">
+      <c r="F157" s="5" t="s">
         <v>287</v>
       </c>
     </row>
-    <row r="156" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A156" s="31" t="s">
+    <row r="158" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A158" s="31" t="s">
         <v>1973</v>
       </c>
-      <c r="B156" s="25" t="s">
+      <c r="B158" s="25" t="s">
         <v>288</v>
       </c>
-      <c r="C156" s="8" t="s">
+      <c r="C158" s="8" t="s">
         <v>1360</v>
       </c>
-      <c r="D156" s="25" t="s">
+      <c r="D158" s="25" t="s">
         <v>289</v>
       </c>
-      <c r="E156" s="25" t="s">
+      <c r="E158" s="25" t="s">
         <v>290</v>
       </c>
-      <c r="F156" s="9" t="s">
+      <c r="F158" s="9" t="s">
         <v>291</v>
       </c>
     </row>
-    <row r="157" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A157" s="30" t="s">
+    <row r="159" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A159" s="30" t="s">
         <v>1974</v>
       </c>
-      <c r="B157" s="22" t="s">
+      <c r="B159" s="22" t="s">
         <v>292</v>
       </c>
-      <c r="C157" s="4" t="s">
+      <c r="C159" s="4" t="s">
         <v>1361</v>
       </c>
-      <c r="D157" s="22" t="s">
+      <c r="D159" s="22" t="s">
         <v>293</v>
       </c>
-      <c r="E157" s="22" t="s">
+      <c r="E159" s="22" t="s">
         <v>1362</v>
       </c>
-      <c r="F157" s="5" t="s">
+      <c r="F159" s="5" t="s">
         <v>294</v>
       </c>
     </row>
-    <row r="158" spans="1:6" ht="199.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A158" s="31" t="s">
+    <row r="160" spans="1:6" ht="199.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A160" s="31" t="s">
         <v>1975</v>
       </c>
-      <c r="B158" s="25" t="s">
+      <c r="B160" s="25" t="s">
         <v>295</v>
       </c>
-      <c r="C158" s="8" t="s">
+      <c r="C160" s="8" t="s">
         <v>296</v>
       </c>
-      <c r="D158" s="25" t="s">
+      <c r="D160" s="25" t="s">
         <v>297</v>
       </c>
-      <c r="E158" s="25" t="s">
+      <c r="E160" s="25" t="s">
         <v>1363</v>
       </c>
-      <c r="F158" s="9" t="s">
+      <c r="F160" s="9" t="s">
         <v>298</v>
       </c>
     </row>
-    <row r="159" spans="1:6" ht="129" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A159" s="30" t="s">
+    <row r="161" spans="1:6" ht="129" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A161" s="30" t="s">
         <v>1975</v>
       </c>
-      <c r="B159" s="22" t="s">
+      <c r="B161" s="22" t="s">
         <v>299</v>
       </c>
-      <c r="C159" s="4" t="s">
+      <c r="C161" s="4" t="s">
         <v>1364</v>
       </c>
-      <c r="D159" s="22" t="s">
+      <c r="D161" s="22" t="s">
         <v>300</v>
       </c>
-      <c r="E159" s="22" t="s">
+      <c r="E161" s="22" t="s">
         <v>1365</v>
       </c>
-      <c r="F159" s="5" t="s">
+      <c r="F161" s="5" t="s">
         <v>301</v>
       </c>
     </row>
-    <row r="160" spans="1:6" ht="205.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A160" s="34" t="s">
+    <row r="162" spans="1:6" ht="205.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A162" s="34" t="s">
         <v>1976</v>
       </c>
-      <c r="B160" s="25" t="s">
+      <c r="B162" s="25" t="s">
         <v>302</v>
       </c>
-      <c r="C160" s="8" t="s">
+      <c r="C162" s="8" t="s">
         <v>303</v>
       </c>
-      <c r="D160" s="25" t="s">
+      <c r="D162" s="25" t="s">
         <v>304</v>
       </c>
-      <c r="E160" s="25" t="s">
+      <c r="E162" s="25" t="s">
         <v>1366</v>
       </c>
-      <c r="F160" s="15" t="s">
+      <c r="F162" s="15" t="s">
         <v>305</v>
       </c>
     </row>
-    <row r="161" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A161" s="35" t="s">
+    <row r="163" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A163" s="35" t="s">
         <v>1977</v>
       </c>
-      <c r="B161" s="22" t="s">
+      <c r="B163" s="22" t="s">
         <v>306</v>
       </c>
-      <c r="C161" s="4" t="s">
+      <c r="C163" s="4" t="s">
         <v>307</v>
       </c>
-      <c r="D161" s="22" t="s">
+      <c r="D163" s="22" t="s">
         <v>308</v>
       </c>
-      <c r="E161" s="22" t="s">
+      <c r="E163" s="22" t="s">
         <v>309</v>
       </c>
-      <c r="F161" s="16" t="s">
+      <c r="F163" s="16" t="s">
         <v>310</v>
       </c>
     </row>
-    <row r="162" spans="1:6" ht="291" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A162" s="31" t="s">
+    <row r="164" spans="1:6" ht="291" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A164" s="31" t="s">
         <v>1978</v>
       </c>
-      <c r="B162" s="25" t="s">
+      <c r="B164" s="25" t="s">
         <v>311</v>
       </c>
-      <c r="C162" s="8" t="s">
+      <c r="C164" s="8" t="s">
         <v>1367</v>
       </c>
-      <c r="D162" s="25" t="s">
+      <c r="D164" s="25" t="s">
         <v>312</v>
       </c>
-      <c r="E162" s="25" t="s">
+      <c r="E164" s="25" t="s">
         <v>1368</v>
       </c>
-      <c r="F162" s="9" t="s">
+      <c r="F164" s="9" t="s">
         <v>313</v>
       </c>
     </row>
-    <row r="163" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A163" s="30" t="s">
+    <row r="165" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A165" s="30" t="s">
         <v>1979</v>
       </c>
-      <c r="B163" s="22" t="s">
+      <c r="B165" s="22" t="s">
         <v>314</v>
       </c>
-      <c r="C163" s="4" t="s">
+      <c r="C165" s="4" t="s">
         <v>1369</v>
       </c>
-      <c r="D163" s="22" t="s">
+      <c r="D165" s="22" t="s">
         <v>315</v>
       </c>
-      <c r="E163" s="22" t="s">
+      <c r="E165" s="22" t="s">
         <v>316</v>
       </c>
-      <c r="F163" s="5" t="s">
+      <c r="F165" s="5" t="s">
         <v>317</v>
       </c>
     </row>
-    <row r="164" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A164" s="31" t="s">
+    <row r="166" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A166" s="31" t="s">
         <v>1980</v>
       </c>
-      <c r="B164" s="25" t="s">
+      <c r="B166" s="25" t="s">
         <v>318</v>
       </c>
-      <c r="C164" s="8" t="s">
+      <c r="C166" s="8" t="s">
         <v>319</v>
       </c>
-      <c r="D164" s="25" t="s">
+      <c r="D166" s="25" t="s">
         <v>320</v>
       </c>
-      <c r="E164" s="25" t="s">
+      <c r="E166" s="25" t="s">
         <v>1370</v>
       </c>
-      <c r="F164" s="9" t="s">
+      <c r="F166" s="9" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="165" spans="1:6" ht="123.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A165" s="30" t="s">
+    <row r="167" spans="1:6" ht="123.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A167" s="30" t="s">
         <v>1980</v>
       </c>
-      <c r="B165" s="22" t="s">
+      <c r="B167" s="22" t="s">
         <v>322</v>
       </c>
-      <c r="C165" s="4" t="s">
+      <c r="C167" s="4" t="s">
         <v>323</v>
       </c>
-      <c r="D165" s="22" t="s">
+      <c r="D167" s="22" t="s">
         <v>324</v>
       </c>
-      <c r="E165" s="22" t="s">
+      <c r="E167" s="22" t="s">
         <v>1371</v>
       </c>
-      <c r="F165" s="5" t="s">
+      <c r="F167" s="5" t="s">
         <v>325</v>
       </c>
     </row>
-    <row r="166" spans="1:6" ht="126" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A166" s="31" t="s">
+    <row r="168" spans="1:6" ht="126" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A168" s="31" t="s">
         <v>1981</v>
       </c>
-      <c r="B166" s="25" t="s">
+      <c r="B168" s="25" t="s">
         <v>326</v>
       </c>
-      <c r="C166" s="8" t="s">
+      <c r="C168" s="8" t="s">
         <v>327</v>
       </c>
-      <c r="D166" s="25" t="s">
+      <c r="D168" s="25" t="s">
         <v>328</v>
       </c>
-      <c r="E166" s="25" t="s">
+      <c r="E168" s="25" t="s">
         <v>329</v>
       </c>
-      <c r="F166" s="9" t="s">
+      <c r="F168" s="9" t="s">
         <v>330</v>
       </c>
     </row>
-    <row r="167" spans="1:6" ht="141" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A167" s="30" t="s">
+    <row r="169" spans="1:6" ht="141" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A169" s="30" t="s">
         <v>2067</v>
       </c>
-      <c r="B167" s="22" t="s">
+      <c r="B169" s="22" t="s">
         <v>331</v>
       </c>
-      <c r="C167" s="4" t="s">
+      <c r="C169" s="4" t="s">
         <v>332</v>
       </c>
-      <c r="D167" s="22" t="s">
+      <c r="D169" s="22" t="s">
         <v>333</v>
       </c>
-      <c r="E167" s="22" t="s">
+      <c r="E169" s="22" t="s">
         <v>1372</v>
       </c>
-      <c r="F167" s="5" t="s">
+      <c r="F169" s="5" t="s">
         <v>334</v>
       </c>
     </row>
-    <row r="168" spans="1:6" ht="125.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A168" s="30" t="s">
+    <row r="170" spans="1:6" ht="125.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A170" s="30" t="s">
         <v>2067</v>
       </c>
-      <c r="B168" s="25" t="s">
+      <c r="B170" s="25" t="s">
         <v>335</v>
       </c>
-      <c r="C168" s="8" t="s">
+      <c r="C170" s="8" t="s">
         <v>336</v>
       </c>
-      <c r="D168" s="25" t="s">
+      <c r="D170" s="25" t="s">
         <v>337</v>
       </c>
-      <c r="E168" s="25" t="s">
+      <c r="E170" s="25" t="s">
         <v>1373</v>
       </c>
-      <c r="F168" s="9" t="s">
+      <c r="F170" s="9" t="s">
         <v>338</v>
-      </c>
-[...38 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="171" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A171" s="30" t="s">
-        <v>2070</v>
+        <v>2068</v>
       </c>
       <c r="B171" s="22" t="s">
-        <v>348</v>
+        <v>339</v>
       </c>
       <c r="C171" s="4" t="s">
-        <v>349</v>
+        <v>340</v>
       </c>
       <c r="D171" s="22" t="s">
-        <v>350</v>
+        <v>341</v>
       </c>
       <c r="E171" s="22" t="s">
-        <v>1374</v>
+        <v>341</v>
       </c>
       <c r="F171" s="5" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="172" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A172" s="31" t="s">
-        <v>2071</v>
+        <v>2069</v>
       </c>
       <c r="B172" s="25" t="s">
-        <v>352</v>
+        <v>343</v>
       </c>
       <c r="C172" s="8" t="s">
-        <v>353</v>
+        <v>344</v>
       </c>
       <c r="D172" s="25" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="E172" s="25" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="F172" s="9" t="s">
-        <v>354</v>
+        <v>347</v>
       </c>
     </row>
     <row r="173" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A173" s="30" t="s">
+        <v>2070</v>
+      </c>
+      <c r="B173" s="22" t="s">
+        <v>348</v>
+      </c>
+      <c r="C173" s="4" t="s">
+        <v>349</v>
+      </c>
+      <c r="D173" s="22" t="s">
+        <v>350</v>
+      </c>
+      <c r="E173" s="22" t="s">
+        <v>1374</v>
+      </c>
+      <c r="F173" s="5" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="174" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A174" s="31" t="s">
         <v>2071</v>
       </c>
-      <c r="B173" s="22" t="s">
+      <c r="B174" s="25" t="s">
+        <v>352</v>
+      </c>
+      <c r="C174" s="8" t="s">
+        <v>353</v>
+      </c>
+      <c r="D174" s="25" t="s">
+        <v>341</v>
+      </c>
+      <c r="E174" s="25" t="s">
+        <v>341</v>
+      </c>
+      <c r="F174" s="9" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="175" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A175" s="30" t="s">
+        <v>2071</v>
+      </c>
+      <c r="B175" s="22" t="s">
         <v>355</v>
       </c>
-      <c r="C173" s="4" t="s">
+      <c r="C175" s="4" t="s">
         <v>356</v>
       </c>
-      <c r="D173" s="22" t="s">
+      <c r="D175" s="22" t="s">
         <v>357</v>
       </c>
-      <c r="E173" s="22" t="s">
+      <c r="E175" s="22" t="s">
         <v>358</v>
       </c>
-      <c r="F173" s="5" t="s">
+      <c r="F175" s="5" t="s">
         <v>359</v>
       </c>
     </row>
-    <row r="174" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A174" s="31" t="s">
+    <row r="176" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A176" s="31" t="s">
         <v>2072</v>
       </c>
-      <c r="B174" s="25" t="s">
+      <c r="B176" s="25" t="s">
         <v>360</v>
       </c>
-      <c r="C174" s="8" t="s">
+      <c r="C176" s="8" t="s">
         <v>361</v>
       </c>
-      <c r="D174" s="25" t="s">
+      <c r="D176" s="25" t="s">
         <v>362</v>
       </c>
-      <c r="E174" s="25" t="s">
+      <c r="E176" s="25" t="s">
         <v>363</v>
       </c>
-      <c r="F174" s="9" t="s">
+      <c r="F176" s="9" t="s">
         <v>364</v>
       </c>
     </row>
-    <row r="175" spans="1:6" ht="221.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A175" s="30" t="s">
+    <row r="177" spans="1:6" ht="221.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A177" s="30" t="s">
         <v>2073</v>
       </c>
-      <c r="B175" s="22" t="s">
+      <c r="B177" s="22" t="s">
         <v>365</v>
       </c>
-      <c r="C175" s="4" t="s">
+      <c r="C177" s="4" t="s">
         <v>366</v>
       </c>
-      <c r="D175" s="22" t="s">
+      <c r="D177" s="22" t="s">
         <v>367</v>
       </c>
-      <c r="E175" s="22" t="s">
+      <c r="E177" s="22" t="s">
         <v>1375</v>
       </c>
-      <c r="F175" s="5" t="s">
+      <c r="F177" s="5" t="s">
         <v>368</v>
       </c>
     </row>
-    <row r="176" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A176" s="31" t="s">
+    <row r="178" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A178" s="31" t="s">
         <v>2074</v>
       </c>
-      <c r="B176" s="25" t="s">
+      <c r="B178" s="25" t="s">
         <v>369</v>
       </c>
-      <c r="C176" s="8" t="s">
+      <c r="C178" s="8" t="s">
         <v>370</v>
       </c>
-      <c r="D176" s="25" t="s">
+      <c r="D178" s="25" t="s">
         <v>341</v>
       </c>
-      <c r="E176" s="25" t="s">
+      <c r="E178" s="25" t="s">
         <v>341</v>
       </c>
-      <c r="F176" s="9" t="s">
+      <c r="F178" s="9" t="s">
         <v>371</v>
-      </c>
-[...38 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="179" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A179" s="30" t="s">
-        <v>2077</v>
+        <v>2075</v>
       </c>
       <c r="B179" s="22" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="C179" s="4" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="D179" s="22" t="s">
         <v>341</v>
       </c>
       <c r="E179" s="22" t="s">
         <v>341</v>
       </c>
       <c r="F179" s="5" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6" ht="133.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A180" s="31" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B180" s="25" t="s">
+        <v>375</v>
+      </c>
+      <c r="C180" s="8" t="s">
+        <v>376</v>
+      </c>
+      <c r="D180" s="25" t="s">
+        <v>377</v>
+      </c>
+      <c r="E180" s="25" t="s">
+        <v>378</v>
+      </c>
+      <c r="F180" s="9" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="181" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A181" s="30" t="s">
+        <v>2077</v>
+      </c>
+      <c r="B181" s="22" t="s">
+        <v>380</v>
+      </c>
+      <c r="C181" s="4" t="s">
+        <v>381</v>
+      </c>
+      <c r="D181" s="22" t="s">
+        <v>341</v>
+      </c>
+      <c r="E181" s="22" t="s">
+        <v>341</v>
+      </c>
+      <c r="F181" s="5" t="s">
         <v>382</v>
       </c>
     </row>
-    <row r="180" spans="1:6" ht="169.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A180" s="31" t="s">
+    <row r="182" spans="1:6" ht="169.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A182" s="31" t="s">
         <v>2078</v>
       </c>
-      <c r="B180" s="25" t="s">
+      <c r="B182" s="25" t="s">
         <v>383</v>
       </c>
-      <c r="C180" s="8" t="s">
+      <c r="C182" s="8" t="s">
         <v>384</v>
       </c>
-      <c r="D180" s="25" t="s">
+      <c r="D182" s="25" t="s">
         <v>385</v>
       </c>
-      <c r="E180" s="25" t="s">
+      <c r="E182" s="25" t="s">
         <v>1376</v>
       </c>
-      <c r="F180" s="9" t="s">
+      <c r="F182" s="9" t="s">
         <v>386</v>
       </c>
     </row>
-    <row r="181" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A181" s="30" t="s">
+    <row r="183" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A183" s="30" t="s">
         <v>2078</v>
       </c>
-      <c r="B181" s="22" t="s">
+      <c r="B183" s="22" t="s">
         <v>387</v>
       </c>
-      <c r="C181" s="4" t="s">
+      <c r="C183" s="4" t="s">
         <v>388</v>
       </c>
-      <c r="D181" s="22" t="s">
+      <c r="D183" s="22" t="s">
         <v>389</v>
       </c>
-      <c r="E181" s="22" t="s">
+      <c r="E183" s="22" t="s">
         <v>390</v>
       </c>
-      <c r="F181" s="5" t="s">
+      <c r="F183" s="5" t="s">
         <v>391</v>
       </c>
     </row>
-    <row r="182" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A182" s="31" t="s">
+    <row r="184" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A184" s="31" t="s">
         <v>2079</v>
       </c>
-      <c r="B182" s="25" t="s">
+      <c r="B184" s="25" t="s">
         <v>392</v>
       </c>
-      <c r="C182" s="8" t="s">
+      <c r="C184" s="8" t="s">
         <v>393</v>
       </c>
-      <c r="D182" s="25" t="s">
+      <c r="D184" s="25" t="s">
         <v>394</v>
       </c>
-      <c r="E182" s="25" t="s">
+      <c r="E184" s="25" t="s">
         <v>1377</v>
       </c>
-      <c r="F182" s="9" t="s">
+      <c r="F184" s="9" t="s">
         <v>395</v>
       </c>
     </row>
-    <row r="183" spans="1:6" ht="173.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A183" s="30" t="s">
+    <row r="185" spans="1:6" ht="173.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A185" s="30" t="s">
         <v>2079</v>
       </c>
-      <c r="B183" s="22" t="s">
+      <c r="B185" s="22" t="s">
         <v>396</v>
       </c>
-      <c r="C183" s="4" t="s">
+      <c r="C185" s="4" t="s">
         <v>397</v>
       </c>
-      <c r="D183" s="22" t="s">
+      <c r="D185" s="22" t="s">
         <v>398</v>
       </c>
-      <c r="E183" s="22" t="s">
+      <c r="E185" s="22" t="s">
         <v>399</v>
       </c>
-      <c r="F183" s="5" t="s">
+      <c r="F185" s="5" t="s">
         <v>400</v>
       </c>
     </row>
-    <row r="184" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A184" s="31" t="s">
+    <row r="186" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A186" s="31" t="s">
         <v>2080</v>
       </c>
-      <c r="B184" s="25" t="s">
+      <c r="B186" s="25" t="s">
         <v>401</v>
       </c>
-      <c r="C184" s="8" t="s">
+      <c r="C186" s="8" t="s">
         <v>402</v>
       </c>
-      <c r="D184" s="25" t="s">
+      <c r="D186" s="25" t="s">
         <v>403</v>
       </c>
-      <c r="E184" s="25" t="s">
+      <c r="E186" s="25" t="s">
         <v>20</v>
       </c>
-      <c r="F184" s="9" t="s">
+      <c r="F186" s="9" t="s">
         <v>404</v>
       </c>
     </row>
-    <row r="185" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A185" s="30" t="s">
+    <row r="187" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A187" s="30" t="s">
         <v>2081</v>
       </c>
-      <c r="B185" s="22" t="s">
+      <c r="B187" s="22" t="s">
         <v>405</v>
       </c>
-      <c r="C185" s="4" t="s">
+      <c r="C187" s="4" t="s">
         <v>406</v>
       </c>
-      <c r="D185" s="22" t="s">
+      <c r="D187" s="22" t="s">
         <v>407</v>
       </c>
-      <c r="E185" s="22" t="s">
+      <c r="E187" s="22" t="s">
         <v>407</v>
       </c>
-      <c r="F185" s="5" t="s">
+      <c r="F187" s="5" t="s">
         <v>408</v>
       </c>
     </row>
-    <row r="186" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A186" s="31" t="s">
+    <row r="188" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A188" s="31" t="s">
         <v>2082</v>
       </c>
-      <c r="B186" s="25" t="s">
+      <c r="B188" s="25" t="s">
         <v>409</v>
       </c>
-      <c r="C186" s="8" t="s">
+      <c r="C188" s="8" t="s">
         <v>410</v>
       </c>
-      <c r="D186" s="25" t="s">
+      <c r="D188" s="25" t="s">
         <v>411</v>
       </c>
-      <c r="E186" s="25" t="s">
+      <c r="E188" s="25" t="s">
         <v>412</v>
       </c>
-      <c r="F186" s="9" t="s">
+      <c r="F188" s="9" t="s">
         <v>413</v>
       </c>
     </row>
-    <row r="187" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A187" s="30" t="s">
+    <row r="189" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A189" s="30" t="s">
         <v>2083</v>
       </c>
-      <c r="B187" s="22" t="s">
+      <c r="B189" s="22" t="s">
         <v>414</v>
       </c>
-      <c r="C187" s="4" t="s">
+      <c r="C189" s="4" t="s">
         <v>415</v>
       </c>
-      <c r="D187" s="22" t="s">
+      <c r="D189" s="22" t="s">
         <v>416</v>
       </c>
-      <c r="E187" s="22" t="s">
+      <c r="E189" s="22" t="s">
         <v>20</v>
       </c>
-      <c r="F187" s="5" t="s">
+      <c r="F189" s="5" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="188" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A188" s="31" t="s">
+    <row r="190" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A190" s="31" t="s">
         <v>2084</v>
       </c>
-      <c r="B188" s="25" t="s">
+      <c r="B190" s="25" t="s">
         <v>418</v>
       </c>
-      <c r="C188" s="8" t="s">
+      <c r="C190" s="8" t="s">
         <v>419</v>
       </c>
-      <c r="D188" s="25" t="s">
+      <c r="D190" s="25" t="s">
         <v>407</v>
       </c>
-      <c r="E188" s="25" t="s">
+      <c r="E190" s="25" t="s">
         <v>407</v>
       </c>
-      <c r="F188" s="9" t="s">
+      <c r="F190" s="9" t="s">
         <v>420</v>
       </c>
     </row>
-    <row r="189" spans="1:6" ht="127.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A189" s="30" t="s">
+    <row r="191" spans="1:6" ht="127.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A191" s="30" t="s">
         <v>2085</v>
       </c>
-      <c r="B189" s="22" t="s">
+      <c r="B191" s="22" t="s">
         <v>421</v>
       </c>
-      <c r="C189" s="4" t="s">
+      <c r="C191" s="4" t="s">
         <v>422</v>
       </c>
-      <c r="D189" s="22" t="s">
+      <c r="D191" s="22" t="s">
         <v>423</v>
       </c>
-      <c r="E189" s="22" t="s">
+      <c r="E191" s="22" t="s">
         <v>424</v>
       </c>
-      <c r="F189" s="5" t="s">
+      <c r="F191" s="5" t="s">
         <v>425</v>
-      </c>
-[...38 lines deleted...]
-        <v>434</v>
       </c>
     </row>
     <row r="192" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A192" s="31" t="s">
-        <v>2088</v>
+        <v>2086</v>
       </c>
       <c r="B192" s="25" t="s">
-        <v>435</v>
+        <v>426</v>
       </c>
       <c r="C192" s="8" t="s">
-        <v>436</v>
+        <v>427</v>
       </c>
       <c r="D192" s="25" t="s">
-        <v>437</v>
+        <v>428</v>
       </c>
       <c r="E192" s="25" t="s">
-        <v>1379</v>
+        <v>429</v>
       </c>
       <c r="F192" s="9" t="s">
-        <v>438</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:6" ht="154.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="193" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A193" s="30" t="s">
-        <v>2089</v>
+        <v>2087</v>
       </c>
       <c r="B193" s="22" t="s">
-        <v>439</v>
+        <v>431</v>
       </c>
       <c r="C193" s="4" t="s">
-        <v>440</v>
+        <v>432</v>
       </c>
       <c r="D193" s="22" t="s">
-        <v>441</v>
+        <v>433</v>
       </c>
       <c r="E193" s="22" t="s">
-        <v>442</v>
+        <v>1378</v>
       </c>
       <c r="F193" s="5" t="s">
-        <v>443</v>
+        <v>434</v>
       </c>
     </row>
     <row r="194" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A194" s="31" t="s">
+        <v>2088</v>
+      </c>
+      <c r="B194" s="25" t="s">
+        <v>435</v>
+      </c>
+      <c r="C194" s="8" t="s">
+        <v>436</v>
+      </c>
+      <c r="D194" s="25" t="s">
+        <v>437</v>
+      </c>
+      <c r="E194" s="25" t="s">
+        <v>1379</v>
+      </c>
+      <c r="F194" s="9" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="195" spans="1:6" ht="154.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A195" s="30" t="s">
         <v>2089</v>
       </c>
-      <c r="B194" s="25" t="s">
+      <c r="B195" s="22" t="s">
+        <v>439</v>
+      </c>
+      <c r="C195" s="4" t="s">
+        <v>440</v>
+      </c>
+      <c r="D195" s="22" t="s">
+        <v>441</v>
+      </c>
+      <c r="E195" s="22" t="s">
+        <v>442</v>
+      </c>
+      <c r="F195" s="5" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A196" s="31" t="s">
+        <v>2089</v>
+      </c>
+      <c r="B196" s="25" t="s">
         <v>444</v>
       </c>
-      <c r="C194" s="8" t="s">
+      <c r="C196" s="8" t="s">
         <v>445</v>
       </c>
-      <c r="D194" s="25" t="s">
+      <c r="D196" s="25" t="s">
         <v>446</v>
       </c>
-      <c r="E194" s="25" t="s">
+      <c r="E196" s="25" t="s">
         <v>1380</v>
       </c>
-      <c r="F194" s="9" t="s">
+      <c r="F196" s="9" t="s">
         <v>447</v>
       </c>
     </row>
-    <row r="195" spans="1:6" ht="172.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A195" s="30" t="s">
+    <row r="197" spans="1:6" ht="172.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A197" s="30" t="s">
         <v>2090</v>
       </c>
-      <c r="B195" s="22" t="s">
+      <c r="B197" s="22" t="s">
         <v>448</v>
       </c>
-      <c r="C195" s="4" t="s">
+      <c r="C197" s="4" t="s">
         <v>449</v>
       </c>
-      <c r="D195" s="22" t="s">
+      <c r="D197" s="22" t="s">
         <v>450</v>
       </c>
-      <c r="E195" s="22" t="s">
+      <c r="E197" s="22" t="s">
         <v>451</v>
       </c>
-      <c r="F195" s="5" t="s">
+      <c r="F197" s="5" t="s">
         <v>452</v>
       </c>
     </row>
-    <row r="196" spans="1:6" ht="175.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A196" s="31" t="s">
+    <row r="198" spans="1:6" ht="175.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A198" s="31" t="s">
         <v>2091</v>
       </c>
-      <c r="B196" s="25" t="s">
+      <c r="B198" s="25" t="s">
         <v>453</v>
       </c>
-      <c r="C196" s="8" t="s">
+      <c r="C198" s="8" t="s">
         <v>454</v>
       </c>
-      <c r="D196" s="25" t="s">
+      <c r="D198" s="25" t="s">
         <v>455</v>
       </c>
-      <c r="E196" s="25" t="s">
+      <c r="E198" s="25" t="s">
         <v>456</v>
       </c>
-      <c r="F196" s="9" t="s">
+      <c r="F198" s="9" t="s">
         <v>457</v>
       </c>
     </row>
-    <row r="197" spans="1:6" ht="171.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A197" s="30" t="s">
+    <row r="199" spans="1:6" ht="171.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A199" s="30" t="s">
         <v>2092</v>
       </c>
-      <c r="B197" s="22" t="s">
+      <c r="B199" s="22" t="s">
         <v>458</v>
       </c>
-      <c r="C197" s="4" t="s">
+      <c r="C199" s="4" t="s">
         <v>459</v>
       </c>
-      <c r="D197" s="22" t="s">
+      <c r="D199" s="22" t="s">
         <v>460</v>
-      </c>
-[...38 lines deleted...]
-        <v>469</v>
       </c>
       <c r="E199" s="22" t="s">
         <v>461</v>
       </c>
       <c r="F199" s="5" t="s">
-        <v>470</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="200" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A200" s="31" t="s">
-        <v>2095</v>
+        <v>2093</v>
       </c>
       <c r="B200" s="25" t="s">
-        <v>471</v>
+        <v>463</v>
       </c>
       <c r="C200" s="8" t="s">
-        <v>472</v>
+        <v>464</v>
       </c>
       <c r="D200" s="25" t="s">
-        <v>473</v>
+        <v>465</v>
       </c>
       <c r="E200" s="25" t="s">
-        <v>474</v>
+        <v>461</v>
       </c>
       <c r="F200" s="9" t="s">
-        <v>475</v>
+        <v>466</v>
       </c>
     </row>
     <row r="201" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A201" s="30" t="s">
+        <v>2094</v>
+      </c>
+      <c r="B201" s="22" t="s">
+        <v>467</v>
+      </c>
+      <c r="C201" s="4" t="s">
+        <v>468</v>
+      </c>
+      <c r="D201" s="22" t="s">
+        <v>469</v>
+      </c>
+      <c r="E201" s="22" t="s">
+        <v>461</v>
+      </c>
+      <c r="F201" s="5" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="202" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A202" s="31" t="s">
+        <v>2095</v>
+      </c>
+      <c r="B202" s="25" t="s">
+        <v>471</v>
+      </c>
+      <c r="C202" s="8" t="s">
+        <v>472</v>
+      </c>
+      <c r="D202" s="25" t="s">
+        <v>473</v>
+      </c>
+      <c r="E202" s="25" t="s">
+        <v>474</v>
+      </c>
+      <c r="F202" s="9" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="203" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A203" s="30" t="s">
         <v>2096</v>
       </c>
-      <c r="B201" s="22" t="s">
+      <c r="B203" s="22" t="s">
         <v>476</v>
       </c>
-      <c r="C201" s="4" t="s">
+      <c r="C203" s="4" t="s">
         <v>353</v>
       </c>
-      <c r="D201" s="22" t="s">
+      <c r="D203" s="22" t="s">
         <v>407</v>
       </c>
-      <c r="E201" s="22" t="s">
+      <c r="E203" s="22" t="s">
         <v>407</v>
       </c>
-      <c r="F201" s="5" t="s">
+      <c r="F203" s="5" t="s">
         <v>477</v>
       </c>
     </row>
-    <row r="202" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A202" s="31" t="s">
+    <row r="204" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A204" s="31" t="s">
         <v>2097</v>
       </c>
-      <c r="B202" s="25" t="s">
+      <c r="B204" s="25" t="s">
         <v>478</v>
       </c>
-      <c r="C202" s="8" t="s">
+      <c r="C204" s="8" t="s">
         <v>479</v>
       </c>
-      <c r="D202" s="25" t="s">
+      <c r="D204" s="25" t="s">
         <v>407</v>
       </c>
-      <c r="E202" s="25" t="s">
+      <c r="E204" s="25" t="s">
         <v>407</v>
       </c>
-      <c r="F202" s="9" t="s">
+      <c r="F204" s="9" t="s">
         <v>480</v>
       </c>
     </row>
-    <row r="203" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A203" s="30" t="s">
+    <row r="205" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A205" s="30" t="s">
         <v>2098</v>
       </c>
-      <c r="B203" s="22" t="s">
+      <c r="B205" s="22" t="s">
         <v>481</v>
       </c>
-      <c r="C203" s="4" t="s">
+      <c r="C205" s="4" t="s">
         <v>482</v>
       </c>
-      <c r="D203" s="22" t="s">
+      <c r="D205" s="22" t="s">
         <v>483</v>
       </c>
-      <c r="E203" s="22" t="s">
+      <c r="E205" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F203" s="5" t="s">
+      <c r="F205" s="5" t="s">
         <v>484</v>
       </c>
     </row>
-    <row r="204" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A204" s="31" t="s">
+    <row r="206" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A206" s="31" t="s">
         <v>2099</v>
       </c>
-      <c r="B204" s="25" t="s">
+      <c r="B206" s="25" t="s">
         <v>485</v>
       </c>
-      <c r="C204" s="8" t="s">
+      <c r="C206" s="8" t="s">
         <v>486</v>
       </c>
-      <c r="D204" s="25" t="s">
+      <c r="D206" s="25" t="s">
         <v>487</v>
       </c>
-      <c r="E204" s="25" t="s">
+      <c r="E206" s="25" t="s">
         <v>488</v>
       </c>
-      <c r="F204" s="9" t="s">
+      <c r="F206" s="9" t="s">
         <v>489</v>
       </c>
     </row>
-    <row r="205" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-[...39 lines deleted...]
-    <row r="207" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="207" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A207" s="30" t="s">
         <v>2100</v>
       </c>
       <c r="B207" s="22" t="s">
+        <v>490</v>
+      </c>
+      <c r="C207" s="4" t="s">
+        <v>491</v>
+      </c>
+      <c r="D207" s="22" t="s">
+        <v>407</v>
+      </c>
+      <c r="E207" s="22" t="s">
+        <v>407</v>
+      </c>
+      <c r="F207" s="5" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="208" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A208" s="31" t="s">
+        <v>2100</v>
+      </c>
+      <c r="B208" s="25" t="s">
+        <v>493</v>
+      </c>
+      <c r="C208" s="8" t="s">
+        <v>491</v>
+      </c>
+      <c r="D208" s="25" t="s">
+        <v>407</v>
+      </c>
+      <c r="E208" s="25" t="s">
+        <v>407</v>
+      </c>
+      <c r="F208" s="9" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="209" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A209" s="30" t="s">
+        <v>2100</v>
+      </c>
+      <c r="B209" s="22" t="s">
         <v>495</v>
       </c>
-      <c r="C207" s="4" t="s">
+      <c r="C209" s="4" t="s">
         <v>496</v>
       </c>
-      <c r="D207" s="22" t="s">
+      <c r="D209" s="22" t="s">
         <v>497</v>
       </c>
-      <c r="E207" s="22" t="s">
+      <c r="E209" s="22" t="s">
         <v>1381</v>
       </c>
-      <c r="F207" s="5" t="s">
+      <c r="F209" s="5" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="208" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A208" s="31" t="s">
+    <row r="210" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A210" s="31" t="s">
         <v>2101</v>
       </c>
-      <c r="B208" s="25" t="s">
+      <c r="B210" s="25" t="s">
         <v>499</v>
       </c>
-      <c r="C208" s="8" t="s">
+      <c r="C210" s="8" t="s">
         <v>500</v>
       </c>
-      <c r="D208" s="25" t="s">
+      <c r="D210" s="25" t="s">
         <v>501</v>
       </c>
-      <c r="E208" s="25" t="s">
+      <c r="E210" s="25" t="s">
         <v>502</v>
       </c>
-      <c r="F208" s="9" t="s">
+      <c r="F210" s="9" t="s">
         <v>503</v>
       </c>
     </row>
-    <row r="209" spans="1:6" ht="179.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A209" s="30" t="s">
+    <row r="211" spans="1:6" ht="179.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A211" s="30" t="s">
         <v>2102</v>
       </c>
-      <c r="B209" s="22" t="s">
+      <c r="B211" s="22" t="s">
         <v>504</v>
       </c>
-      <c r="C209" s="4" t="s">
+      <c r="C211" s="4" t="s">
         <v>505</v>
       </c>
-      <c r="D209" s="22" t="s">
+      <c r="D211" s="22" t="s">
         <v>506</v>
       </c>
-      <c r="E209" s="22" t="s">
+      <c r="E211" s="22" t="s">
         <v>1382</v>
       </c>
-      <c r="F209" s="5" t="s">
+      <c r="F211" s="5" t="s">
         <v>507</v>
       </c>
     </row>
-    <row r="210" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A210" s="31" t="s">
+    <row r="212" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A212" s="31" t="s">
         <v>2103</v>
       </c>
-      <c r="B210" s="25" t="s">
+      <c r="B212" s="25" t="s">
         <v>508</v>
       </c>
-      <c r="C210" s="8" t="s">
+      <c r="C212" s="8" t="s">
         <v>509</v>
       </c>
-      <c r="D210" s="25" t="s">
+      <c r="D212" s="25" t="s">
         <v>510</v>
       </c>
-      <c r="E210" s="25" t="s">
+      <c r="E212" s="25" t="s">
         <v>1383</v>
       </c>
-      <c r="F210" s="9" t="s">
+      <c r="F212" s="9" t="s">
         <v>511</v>
       </c>
     </row>
-    <row r="211" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A211" s="30" t="s">
+    <row r="213" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A213" s="30" t="s">
         <v>2104</v>
       </c>
-      <c r="B211" s="22" t="s">
+      <c r="B213" s="22" t="s">
         <v>512</v>
       </c>
-      <c r="C211" s="4" t="s">
+      <c r="C213" s="4" t="s">
         <v>513</v>
       </c>
-      <c r="D211" s="22" t="s">
+      <c r="D213" s="22" t="s">
         <v>514</v>
       </c>
-      <c r="E211" s="22" t="s">
+      <c r="E213" s="22" t="s">
         <v>515</v>
       </c>
-      <c r="F211" s="5" t="s">
+      <c r="F213" s="5" t="s">
         <v>516</v>
       </c>
     </row>
-    <row r="212" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A212" s="31" t="s">
+    <row r="214" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A214" s="31" t="s">
         <v>2104</v>
       </c>
-      <c r="B212" s="25" t="s">
+      <c r="B214" s="25" t="s">
         <v>517</v>
       </c>
-      <c r="C212" s="8" t="s">
+      <c r="C214" s="8" t="s">
         <v>518</v>
       </c>
-      <c r="D212" s="25" t="s">
+      <c r="D214" s="25" t="s">
         <v>519</v>
       </c>
-      <c r="E212" s="25" t="s">
+      <c r="E214" s="25" t="s">
         <v>520</v>
       </c>
-      <c r="F212" s="9" t="s">
+      <c r="F214" s="9" t="s">
         <v>521</v>
-      </c>
-[...38 lines deleted...]
-        <v>530</v>
       </c>
     </row>
     <row r="215" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A215" s="30" t="s">
+        <v>2105</v>
+      </c>
+      <c r="B215" s="22" t="s">
+        <v>522</v>
+      </c>
+      <c r="C215" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="D215" s="22" t="s">
+        <v>524</v>
+      </c>
+      <c r="E215" s="22" t="s">
+        <v>461</v>
+      </c>
+      <c r="F215" s="5" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="216" spans="1:6" ht="204" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A216" s="31" t="s">
+        <v>2106</v>
+      </c>
+      <c r="B216" s="25" t="s">
+        <v>526</v>
+      </c>
+      <c r="C216" s="8" t="s">
+        <v>527</v>
+      </c>
+      <c r="D216" s="25" t="s">
+        <v>528</v>
+      </c>
+      <c r="E216" s="25" t="s">
+        <v>529</v>
+      </c>
+      <c r="F216" s="9" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="217" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A217" s="30" t="s">
         <v>2107</v>
       </c>
-      <c r="B215" s="22" t="s">
+      <c r="B217" s="22" t="s">
         <v>531</v>
       </c>
-      <c r="C215" s="4" t="s">
+      <c r="C217" s="4" t="s">
         <v>532</v>
       </c>
-      <c r="D215" s="22" t="s">
+      <c r="D217" s="22" t="s">
         <v>533</v>
       </c>
-      <c r="E215" s="22" t="s">
+      <c r="E217" s="22" t="s">
         <v>534</v>
       </c>
-      <c r="F215" s="5" t="s">
+      <c r="F217" s="5" t="s">
         <v>535</v>
-      </c>
-[...38 lines deleted...]
-        <v>544</v>
       </c>
     </row>
     <row r="218" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A218" s="31" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B218" s="25" t="s">
+        <v>536</v>
+      </c>
+      <c r="C218" s="8" t="s">
+        <v>537</v>
+      </c>
+      <c r="D218" s="25" t="s">
+        <v>538</v>
+      </c>
+      <c r="E218" s="25" t="s">
+        <v>539</v>
+      </c>
+      <c r="F218" s="9" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="219" spans="1:6" ht="133.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A219" s="30" t="s">
+        <v>2109</v>
+      </c>
+      <c r="B219" s="22" t="s">
+        <v>541</v>
+      </c>
+      <c r="C219" s="4" t="s">
+        <v>542</v>
+      </c>
+      <c r="D219" s="22" t="s">
+        <v>543</v>
+      </c>
+      <c r="E219" s="22" t="s">
+        <v>461</v>
+      </c>
+      <c r="F219" s="5" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="220" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A220" s="31" t="s">
         <v>2110</v>
       </c>
-      <c r="B218" s="25" t="s">
+      <c r="B220" s="25" t="s">
         <v>545</v>
       </c>
-      <c r="C218" s="8" t="s">
+      <c r="C220" s="8" t="s">
         <v>546</v>
       </c>
-      <c r="D218" s="25" t="s">
+      <c r="D220" s="25" t="s">
         <v>547</v>
       </c>
-      <c r="E218" s="25" t="s">
+      <c r="E220" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F218" s="9" t="s">
+      <c r="F220" s="9" t="s">
         <v>548</v>
       </c>
     </row>
-    <row r="219" spans="1:6" ht="186" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A219" s="30" t="s">
+    <row r="221" spans="1:6" ht="186" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A221" s="30" t="s">
         <v>2111</v>
       </c>
-      <c r="B219" s="22" t="s">
+      <c r="B221" s="22" t="s">
         <v>549</v>
       </c>
-      <c r="C219" s="4" t="s">
+      <c r="C221" s="4" t="s">
         <v>1384</v>
       </c>
-      <c r="D219" s="22" t="s">
+      <c r="D221" s="22" t="s">
         <v>550</v>
       </c>
-      <c r="E219" s="22" t="s">
+      <c r="E221" s="22" t="s">
         <v>1385</v>
       </c>
-      <c r="F219" s="5" t="s">
+      <c r="F221" s="5" t="s">
         <v>551</v>
       </c>
     </row>
-    <row r="220" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A220" s="31" t="s">
+    <row r="222" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A222" s="31" t="s">
         <v>2104</v>
       </c>
-      <c r="B220" s="25" t="s">
+      <c r="B222" s="25" t="s">
         <v>552</v>
       </c>
-      <c r="C220" s="8" t="s">
+      <c r="C222" s="8" t="s">
         <v>1386</v>
       </c>
-      <c r="D220" s="25" t="s">
+      <c r="D222" s="25" t="s">
         <v>407</v>
       </c>
-      <c r="E220" s="25" t="s">
+      <c r="E222" s="25" t="s">
         <v>407</v>
       </c>
-      <c r="F220" s="9" t="s">
+      <c r="F222" s="9" t="s">
         <v>553</v>
       </c>
     </row>
-    <row r="221" spans="1:6" ht="108.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A221" s="30" t="s">
+    <row r="223" spans="1:6" ht="108.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A223" s="30" t="s">
         <v>2112</v>
       </c>
-      <c r="B221" s="22" t="s">
+      <c r="B223" s="22" t="s">
         <v>554</v>
       </c>
-      <c r="C221" s="4" t="s">
+      <c r="C223" s="4" t="s">
         <v>1387</v>
       </c>
-      <c r="D221" s="22" t="s">
+      <c r="D223" s="22" t="s">
         <v>555</v>
       </c>
-      <c r="E221" s="22" t="s">
+      <c r="E223" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F221" s="5" t="s">
+      <c r="F223" s="5" t="s">
         <v>556</v>
       </c>
     </row>
-    <row r="222" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A222" s="31" t="s">
+    <row r="224" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A224" s="31" t="s">
         <v>2113</v>
       </c>
-      <c r="B222" s="25" t="s">
+      <c r="B224" s="25" t="s">
         <v>557</v>
       </c>
-      <c r="C222" s="8" t="s">
+      <c r="C224" s="8" t="s">
         <v>1387</v>
       </c>
-      <c r="D222" s="25" t="s">
+      <c r="D224" s="25" t="s">
         <v>558</v>
       </c>
-      <c r="E222" s="25" t="s">
+      <c r="E224" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F222" s="9" t="s">
+      <c r="F224" s="9" t="s">
         <v>559</v>
       </c>
     </row>
-    <row r="223" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A223" s="30" t="s">
+    <row r="225" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A225" s="30" t="s">
         <v>2114</v>
       </c>
-      <c r="B223" s="22" t="s">
+      <c r="B225" s="22" t="s">
         <v>560</v>
       </c>
-      <c r="C223" s="4" t="s">
+      <c r="C225" s="4" t="s">
         <v>1388</v>
       </c>
-      <c r="D223" s="22" t="s">
+      <c r="D225" s="22" t="s">
         <v>561</v>
       </c>
-      <c r="E223" s="22" t="s">
+      <c r="E225" s="22" t="s">
         <v>407</v>
       </c>
-      <c r="F223" s="5" t="s">
+      <c r="F225" s="5" t="s">
         <v>562</v>
       </c>
     </row>
-    <row r="224" spans="1:6" ht="141" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A224" s="31" t="s">
+    <row r="226" spans="1:6" ht="141" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A226" s="31" t="s">
         <v>2115</v>
       </c>
-      <c r="B224" s="25" t="s">
+      <c r="B226" s="25" t="s">
         <v>563</v>
       </c>
-      <c r="C224" s="8" t="s">
+      <c r="C226" s="8" t="s">
         <v>1389</v>
       </c>
-      <c r="D224" s="25" t="s">
+      <c r="D226" s="25" t="s">
         <v>564</v>
       </c>
-      <c r="E224" s="25" t="s">
+      <c r="E226" s="25" t="s">
         <v>565</v>
       </c>
-      <c r="F224" s="9" t="s">
+      <c r="F226" s="9" t="s">
         <v>566</v>
       </c>
     </row>
-    <row r="225" spans="1:6" ht="149.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A225" s="30" t="s">
+    <row r="227" spans="1:6" ht="149.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A227" s="30" t="s">
         <v>2116</v>
       </c>
-      <c r="B225" s="22" t="s">
+      <c r="B227" s="22" t="s">
         <v>567</v>
       </c>
-      <c r="C225" s="4" t="s">
+      <c r="C227" s="4" t="s">
         <v>1390</v>
       </c>
-      <c r="D225" s="22" t="s">
+      <c r="D227" s="22" t="s">
         <v>568</v>
-      </c>
-[...38 lines deleted...]
-        <v>574</v>
       </c>
       <c r="E227" s="22" t="s">
         <v>461</v>
       </c>
       <c r="F227" s="5" t="s">
-        <v>575</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="228" spans="1:6" ht="251.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A228" s="31" t="s">
-        <v>2119</v>
+        <v>2117</v>
       </c>
       <c r="B228" s="25" t="s">
-        <v>576</v>
+        <v>570</v>
       </c>
       <c r="C228" s="8" t="s">
-        <v>577</v>
+        <v>523</v>
       </c>
       <c r="D228" s="25" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="E228" s="25" t="s">
-        <v>1392</v>
+        <v>1391</v>
       </c>
       <c r="F228" s="9" t="s">
-        <v>579</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="229" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A229" s="30" t="s">
-        <v>2120</v>
+        <v>2118</v>
       </c>
       <c r="B229" s="22" t="s">
-        <v>580</v>
+        <v>573</v>
       </c>
       <c r="C229" s="4" t="s">
         <v>464</v>
       </c>
       <c r="D229" s="22" t="s">
-        <v>581</v>
+        <v>574</v>
       </c>
       <c r="E229" s="22" t="s">
         <v>461</v>
       </c>
       <c r="F229" s="5" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="230" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A230" s="31" t="s">
+        <v>2119</v>
+      </c>
+      <c r="B230" s="25" t="s">
+        <v>576</v>
+      </c>
+      <c r="C230" s="8" t="s">
+        <v>577</v>
+      </c>
+      <c r="D230" s="25" t="s">
+        <v>578</v>
+      </c>
+      <c r="E230" s="25" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F230" s="9" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="231" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A231" s="30" t="s">
+        <v>2120</v>
+      </c>
+      <c r="B231" s="22" t="s">
+        <v>580</v>
+      </c>
+      <c r="C231" s="4" t="s">
+        <v>464</v>
+      </c>
+      <c r="D231" s="22" t="s">
+        <v>581</v>
+      </c>
+      <c r="E231" s="22" t="s">
+        <v>461</v>
+      </c>
+      <c r="F231" s="5" t="s">
         <v>582</v>
       </c>
     </row>
-    <row r="230" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A230" s="31" t="s">
+    <row r="232" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A232" s="31" t="s">
         <v>2120</v>
       </c>
-      <c r="B230" s="25" t="s">
+      <c r="B232" s="25" t="s">
         <v>583</v>
       </c>
-      <c r="C230" s="8" t="s">
+      <c r="C232" s="8" t="s">
         <v>584</v>
       </c>
-      <c r="D230" s="25" t="s">
+      <c r="D232" s="25" t="s">
         <v>585</v>
       </c>
-      <c r="E230" s="25" t="s">
+      <c r="E232" s="25" t="s">
         <v>585</v>
       </c>
-      <c r="F230" s="9" t="s">
+      <c r="F232" s="9" t="s">
         <v>586</v>
       </c>
     </row>
-    <row r="231" spans="1:6" ht="278.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A231" s="30" t="s">
+    <row r="233" spans="1:6" ht="278.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A233" s="30" t="s">
         <v>2121</v>
       </c>
-      <c r="B231" s="22" t="s">
+      <c r="B233" s="22" t="s">
         <v>587</v>
       </c>
-      <c r="C231" s="4" t="s">
+      <c r="C233" s="4" t="s">
         <v>1393</v>
       </c>
-      <c r="D231" s="22" t="s">
+      <c r="D233" s="22" t="s">
         <v>588</v>
       </c>
-      <c r="E231" s="22" t="s">
+      <c r="E233" s="22" t="s">
         <v>1394</v>
       </c>
-      <c r="F231" s="5" t="s">
+      <c r="F233" s="5" t="s">
         <v>589</v>
       </c>
     </row>
-    <row r="232" spans="1:6" ht="175.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A232" s="31" t="s">
+    <row r="234" spans="1:6" ht="175.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A234" s="31" t="s">
         <v>2122</v>
       </c>
-      <c r="B232" s="25" t="s">
+      <c r="B234" s="25" t="s">
         <v>590</v>
       </c>
-      <c r="C232" s="8" t="s">
+      <c r="C234" s="8" t="s">
         <v>1395</v>
       </c>
-      <c r="D232" s="25" t="s">
+      <c r="D234" s="25" t="s">
         <v>591</v>
       </c>
-      <c r="E232" s="25" t="s">
+      <c r="E234" s="25" t="s">
         <v>1396</v>
       </c>
-      <c r="F232" s="9" t="s">
+      <c r="F234" s="9" t="s">
         <v>592</v>
       </c>
     </row>
-    <row r="233" spans="1:6" ht="110.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A233" s="30" t="s">
+    <row r="235" spans="1:6" ht="110.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A235" s="30" t="s">
         <v>2123</v>
       </c>
-      <c r="B233" s="22" t="s">
+      <c r="B235" s="22" t="s">
         <v>593</v>
       </c>
-      <c r="C233" s="4" t="s">
+      <c r="C235" s="4" t="s">
         <v>1397</v>
       </c>
-      <c r="D233" s="22" t="s">
+      <c r="D235" s="22" t="s">
         <v>1398</v>
       </c>
-      <c r="E233" s="22" t="s">
+      <c r="E235" s="22" t="s">
         <v>1399</v>
       </c>
-      <c r="F233" s="5" t="s">
+      <c r="F235" s="5" t="s">
         <v>594</v>
       </c>
     </row>
-    <row r="234" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A234" s="31" t="s">
+    <row r="236" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A236" s="31" t="s">
         <v>2128</v>
       </c>
-      <c r="B234" s="25" t="s">
+      <c r="B236" s="25" t="s">
         <v>595</v>
       </c>
-      <c r="C234" s="8" t="s">
+      <c r="C236" s="8" t="s">
         <v>1400</v>
       </c>
-      <c r="D234" s="25" t="s">
+      <c r="D236" s="25" t="s">
         <v>1401</v>
       </c>
-      <c r="E234" s="25" t="s">
+      <c r="E236" s="25" t="s">
         <v>1402</v>
       </c>
-      <c r="F234" s="9" t="s">
+      <c r="F236" s="9" t="s">
         <v>596</v>
       </c>
     </row>
-    <row r="235" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A235" s="30" t="s">
+    <row r="237" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A237" s="30" t="s">
         <v>2129</v>
       </c>
-      <c r="B235" s="22" t="s">
+      <c r="B237" s="22" t="s">
         <v>597</v>
       </c>
-      <c r="C235" s="4" t="s">
+      <c r="C237" s="4" t="s">
         <v>1387</v>
       </c>
-      <c r="D235" s="22" t="s">
+      <c r="D237" s="22" t="s">
         <v>598</v>
       </c>
-      <c r="E235" s="22" t="s">
+      <c r="E237" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F235" s="5" t="s">
+      <c r="F237" s="5" t="s">
         <v>599</v>
-      </c>
-[...38 lines deleted...]
-        <v>605</v>
       </c>
     </row>
     <row r="238" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A238" s="31" t="s">
-        <v>2131</v>
+        <v>2130</v>
       </c>
       <c r="B238" s="25" t="s">
-        <v>606</v>
+        <v>600</v>
       </c>
       <c r="C238" s="8" t="s">
-        <v>1405</v>
+        <v>1387</v>
       </c>
       <c r="D238" s="25" t="s">
-        <v>607</v>
+        <v>601</v>
       </c>
       <c r="E238" s="25" t="s">
         <v>461</v>
       </c>
       <c r="F238" s="9" t="s">
-        <v>608</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:6" ht="210" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="239" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A239" s="30" t="s">
-        <v>2132</v>
+        <v>2130</v>
       </c>
       <c r="B239" s="22" t="s">
-        <v>609</v>
+        <v>603</v>
       </c>
       <c r="C239" s="4" t="s">
-        <v>1406</v>
+        <v>1403</v>
       </c>
       <c r="D239" s="22" t="s">
-        <v>610</v>
+        <v>1404</v>
       </c>
       <c r="E239" s="22" t="s">
-        <v>461</v>
+        <v>604</v>
       </c>
       <c r="F239" s="5" t="s">
-        <v>611</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:6" ht="166.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="240" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A240" s="31" t="s">
-        <v>2133</v>
+        <v>2131</v>
       </c>
       <c r="B240" s="25" t="s">
-        <v>612</v>
+        <v>606</v>
       </c>
       <c r="C240" s="8" t="s">
-        <v>1387</v>
+        <v>1405</v>
       </c>
       <c r="D240" s="25" t="s">
-        <v>613</v>
+        <v>607</v>
       </c>
       <c r="E240" s="25" t="s">
         <v>461</v>
       </c>
       <c r="F240" s="9" t="s">
-        <v>614</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:6" ht="113.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="241" spans="1:6" ht="210" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A241" s="30" t="s">
-        <v>2134</v>
+        <v>2132</v>
       </c>
       <c r="B241" s="22" t="s">
-        <v>615</v>
+        <v>609</v>
       </c>
       <c r="C241" s="4" t="s">
-        <v>616</v>
+        <v>1406</v>
       </c>
       <c r="D241" s="22" t="s">
-        <v>617</v>
+        <v>610</v>
       </c>
       <c r="E241" s="22" t="s">
         <v>461</v>
       </c>
       <c r="F241" s="5" t="s">
-        <v>618</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="242" spans="1:6" ht="166.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A242" s="31" t="s">
-        <v>2135</v>
+        <v>2133</v>
       </c>
       <c r="B242" s="25" t="s">
-        <v>619</v>
+        <v>612</v>
       </c>
       <c r="C242" s="8" t="s">
-        <v>1407</v>
+        <v>1387</v>
       </c>
       <c r="D242" s="25" t="s">
-        <v>1408</v>
+        <v>613</v>
       </c>
       <c r="E242" s="25" t="s">
         <v>461</v>
       </c>
       <c r="F242" s="9" t="s">
-        <v>620</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="243" spans="1:6" ht="113.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A243" s="30" t="s">
-        <v>2136</v>
+        <v>2134</v>
       </c>
       <c r="B243" s="22" t="s">
-        <v>621</v>
+        <v>615</v>
       </c>
       <c r="C243" s="4" t="s">
-        <v>1409</v>
+        <v>616</v>
       </c>
       <c r="D243" s="22" t="s">
-        <v>622</v>
+        <v>617</v>
       </c>
       <c r="E243" s="22" t="s">
-        <v>623</v>
+        <v>461</v>
       </c>
       <c r="F243" s="5" t="s">
-        <v>624</v>
+        <v>618</v>
       </c>
     </row>
     <row r="244" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A244" s="31" t="s">
+        <v>2135</v>
+      </c>
+      <c r="B244" s="25" t="s">
+        <v>619</v>
+      </c>
+      <c r="C244" s="8" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D244" s="25" t="s">
+        <v>1408</v>
+      </c>
+      <c r="E244" s="25" t="s">
+        <v>461</v>
+      </c>
+      <c r="F244" s="9" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="245" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A245" s="30" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B245" s="22" t="s">
+        <v>621</v>
+      </c>
+      <c r="C245" s="4" t="s">
+        <v>1409</v>
+      </c>
+      <c r="D245" s="22" t="s">
+        <v>622</v>
+      </c>
+      <c r="E245" s="22" t="s">
+        <v>623</v>
+      </c>
+      <c r="F245" s="5" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="246" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A246" s="31" t="s">
         <v>2137</v>
       </c>
-      <c r="B244" s="25" t="s">
+      <c r="B246" s="25" t="s">
         <v>625</v>
       </c>
-      <c r="C244" s="8" t="s">
+      <c r="C246" s="8" t="s">
         <v>1410</v>
       </c>
-      <c r="D244" s="25" t="s">
+      <c r="D246" s="25" t="s">
         <v>626</v>
       </c>
-      <c r="E244" s="25" t="s">
+      <c r="E246" s="25" t="s">
         <v>627</v>
       </c>
-      <c r="F244" s="9" t="s">
+      <c r="F246" s="9" t="s">
         <v>628</v>
       </c>
     </row>
-    <row r="245" spans="1:6" ht="97.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A245" s="30" t="s">
+    <row r="247" spans="1:6" ht="97.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A247" s="30" t="s">
         <v>2138</v>
       </c>
-      <c r="B245" s="22" t="s">
+      <c r="B247" s="22" t="s">
         <v>629</v>
       </c>
-      <c r="C245" s="4" t="s">
+      <c r="C247" s="4" t="s">
         <v>1387</v>
       </c>
-      <c r="D245" s="22" t="s">
+      <c r="D247" s="22" t="s">
         <v>630</v>
-      </c>
-[...38 lines deleted...]
-        <v>1413</v>
       </c>
       <c r="E247" s="22" t="s">
         <v>461</v>
       </c>
       <c r="F247" s="5" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="248" spans="1:6" ht="124.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A248" s="31" t="s">
+        <v>2139</v>
+      </c>
+      <c r="B248" s="25" t="s">
+        <v>632</v>
+      </c>
+      <c r="C248" s="8" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D248" s="25" t="s">
+        <v>1412</v>
+      </c>
+      <c r="E248" s="25" t="s">
+        <v>461</v>
+      </c>
+      <c r="F248" s="9" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="249" spans="1:6" ht="105" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A249" s="30" t="s">
+        <v>2139</v>
+      </c>
+      <c r="B249" s="22" t="s">
+        <v>634</v>
+      </c>
+      <c r="C249" s="4" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D249" s="22" t="s">
+        <v>1413</v>
+      </c>
+      <c r="E249" s="22" t="s">
+        <v>461</v>
+      </c>
+      <c r="F249" s="5" t="s">
         <v>635</v>
       </c>
     </row>
-    <row r="248" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A248" s="31" t="s">
+    <row r="250" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A250" s="31" t="s">
         <v>2140</v>
       </c>
-      <c r="B248" s="25" t="s">
+      <c r="B250" s="25" t="s">
         <v>636</v>
       </c>
-      <c r="C248" s="8" t="s">
+      <c r="C250" s="8" t="s">
         <v>1414</v>
       </c>
-      <c r="D248" s="25" t="s">
+      <c r="D250" s="25" t="s">
         <v>637</v>
       </c>
-      <c r="E248" s="25" t="s">
+      <c r="E250" s="25" t="s">
         <v>638</v>
       </c>
-      <c r="F248" s="9" t="s">
+      <c r="F250" s="9" t="s">
         <v>639</v>
       </c>
     </row>
-    <row r="249" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A249" s="30" t="s">
+    <row r="251" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A251" s="30" t="s">
         <v>2141</v>
       </c>
-      <c r="B249" s="22" t="s">
+      <c r="B251" s="22" t="s">
         <v>640</v>
       </c>
-      <c r="C249" s="4" t="s">
+      <c r="C251" s="4" t="s">
         <v>1415</v>
       </c>
-      <c r="D249" s="22" t="s">
+      <c r="D251" s="22" t="s">
         <v>641</v>
       </c>
-      <c r="E249" s="22" t="s">
+      <c r="E251" s="22" t="s">
         <v>1416</v>
       </c>
-      <c r="F249" s="5" t="s">
+      <c r="F251" s="5" t="s">
         <v>642</v>
       </c>
     </row>
-    <row r="250" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A250" s="31" t="s">
+    <row r="252" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A252" s="31" t="s">
         <v>2142</v>
       </c>
-      <c r="B250" s="25" t="s">
+      <c r="B252" s="25" t="s">
         <v>643</v>
       </c>
-      <c r="C250" s="8" t="s">
+      <c r="C252" s="8" t="s">
         <v>1417</v>
       </c>
-      <c r="D250" s="25" t="s">
+      <c r="D252" s="25" t="s">
         <v>1418</v>
       </c>
-      <c r="E250" s="25" t="s">
+      <c r="E252" s="25" t="s">
         <v>1419</v>
       </c>
-      <c r="F250" s="9" t="s">
+      <c r="F252" s="9" t="s">
         <v>644</v>
       </c>
     </row>
-    <row r="251" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A251" s="30" t="s">
+    <row r="253" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A253" s="30" t="s">
         <v>2199</v>
       </c>
-      <c r="B251" s="22" t="s">
+      <c r="B253" s="22" t="s">
         <v>645</v>
       </c>
-      <c r="C251" s="4" t="s">
+      <c r="C253" s="4" t="s">
         <v>1420</v>
       </c>
-      <c r="D251" s="22" t="s">
+      <c r="D253" s="22" t="s">
         <v>646</v>
       </c>
-      <c r="E251" s="22" t="s">
+      <c r="E253" s="22" t="s">
         <v>647</v>
       </c>
-      <c r="F251" s="5" t="s">
+      <c r="F253" s="5" t="s">
         <v>648</v>
       </c>
     </row>
-    <row r="252" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A252" s="31" t="s">
+    <row r="254" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A254" s="31" t="s">
         <v>2200</v>
       </c>
-      <c r="B252" s="25" t="s">
+      <c r="B254" s="25" t="s">
         <v>649</v>
       </c>
-      <c r="C252" s="8" t="s">
+      <c r="C254" s="8" t="s">
         <v>1421</v>
       </c>
-      <c r="D252" s="25" t="s">
+      <c r="D254" s="25" t="s">
         <v>650</v>
       </c>
-      <c r="E252" s="25" t="s">
+      <c r="E254" s="25" t="s">
         <v>651</v>
       </c>
-      <c r="F252" s="9" t="s">
+      <c r="F254" s="9" t="s">
         <v>652</v>
-      </c>
-[...38 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="255" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A255" s="30" t="s">
         <v>2201</v>
       </c>
       <c r="B255" s="22" t="s">
-        <v>658</v>
+        <v>653</v>
       </c>
       <c r="C255" s="4" t="s">
-        <v>1424</v>
+        <v>1387</v>
       </c>
       <c r="D255" s="22" t="s">
-        <v>1425</v>
+        <v>654</v>
       </c>
       <c r="E255" s="22" t="s">
         <v>461</v>
       </c>
       <c r="F255" s="5" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="256" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A256" s="31" t="s">
-        <v>2202</v>
+        <v>2201</v>
       </c>
       <c r="B256" s="25" t="s">
-        <v>660</v>
+        <v>656</v>
       </c>
       <c r="C256" s="8" t="s">
-        <v>1426</v>
+        <v>1422</v>
       </c>
       <c r="D256" s="25" t="s">
-        <v>1427</v>
+        <v>1423</v>
       </c>
       <c r="E256" s="25" t="s">
-        <v>1428</v>
+        <v>461</v>
       </c>
       <c r="F256" s="9" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
     </row>
     <row r="257" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A257" s="30" t="s">
-        <v>2202</v>
+        <v>2201</v>
       </c>
       <c r="B257" s="22" t="s">
-        <v>662</v>
+        <v>658</v>
       </c>
       <c r="C257" s="4" t="s">
-        <v>1429</v>
+        <v>1424</v>
       </c>
       <c r="D257" s="22" t="s">
-        <v>663</v>
+        <v>1425</v>
       </c>
       <c r="E257" s="22" t="s">
-        <v>664</v>
+        <v>461</v>
       </c>
       <c r="F257" s="5" t="s">
-        <v>665</v>
+        <v>659</v>
       </c>
     </row>
     <row r="258" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A258" s="31" t="s">
-        <v>2203</v>
+        <v>2202</v>
       </c>
       <c r="B258" s="25" t="s">
-        <v>666</v>
+        <v>660</v>
       </c>
       <c r="C258" s="8" t="s">
-        <v>1430</v>
+        <v>1426</v>
       </c>
       <c r="D258" s="25" t="s">
-        <v>1431</v>
+        <v>1427</v>
       </c>
       <c r="E258" s="25" t="s">
-        <v>461</v>
+        <v>1428</v>
       </c>
       <c r="F258" s="9" t="s">
-        <v>667</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="259" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A259" s="30" t="s">
-        <v>2204</v>
+        <v>2202</v>
       </c>
       <c r="B259" s="22" t="s">
-        <v>668</v>
+        <v>662</v>
       </c>
       <c r="C259" s="4" t="s">
-        <v>1432</v>
+        <v>1429</v>
       </c>
       <c r="D259" s="22" t="s">
-        <v>669</v>
+        <v>663</v>
       </c>
       <c r="E259" s="22" t="s">
-        <v>1433</v>
+        <v>664</v>
       </c>
       <c r="F259" s="5" t="s">
-        <v>670</v>
+        <v>665</v>
       </c>
     </row>
     <row r="260" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A260" s="31" t="s">
+        <v>2203</v>
+      </c>
+      <c r="B260" s="25" t="s">
+        <v>666</v>
+      </c>
+      <c r="C260" s="8" t="s">
+        <v>1430</v>
+      </c>
+      <c r="D260" s="25" t="s">
+        <v>1431</v>
+      </c>
+      <c r="E260" s="25" t="s">
+        <v>461</v>
+      </c>
+      <c r="F260" s="9" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="261" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A261" s="30" t="s">
+        <v>2204</v>
+      </c>
+      <c r="B261" s="22" t="s">
+        <v>668</v>
+      </c>
+      <c r="C261" s="4" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D261" s="22" t="s">
+        <v>669</v>
+      </c>
+      <c r="E261" s="22" t="s">
+        <v>1433</v>
+      </c>
+      <c r="F261" s="5" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="262" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A262" s="31" t="s">
         <v>2205</v>
       </c>
-      <c r="B260" s="25" t="s">
+      <c r="B262" s="25" t="s">
         <v>671</v>
       </c>
-      <c r="C260" s="8" t="s">
+      <c r="C262" s="8" t="s">
         <v>1429</v>
       </c>
-      <c r="D260" s="25" t="s">
+      <c r="D262" s="25" t="s">
         <v>1434</v>
       </c>
-      <c r="E260" s="25" t="s">
+      <c r="E262" s="25" t="s">
         <v>672</v>
       </c>
-      <c r="F260" s="9" t="s">
+      <c r="F262" s="9" t="s">
         <v>673</v>
       </c>
     </row>
-    <row r="261" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A261" s="30" t="s">
+    <row r="263" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A263" s="30" t="s">
         <v>2206</v>
       </c>
-      <c r="B261" s="22" t="s">
+      <c r="B263" s="22" t="s">
         <v>674</v>
       </c>
-      <c r="C261" s="4" t="s">
+      <c r="C263" s="4" t="s">
         <v>1407</v>
       </c>
-      <c r="D261" s="22" t="s">
+      <c r="D263" s="22" t="s">
         <v>1435</v>
       </c>
-      <c r="E261" s="22" t="s">
+      <c r="E263" s="22" t="s">
         <v>1436</v>
       </c>
-      <c r="F261" s="5" t="s">
+      <c r="F263" s="5" t="s">
         <v>675</v>
       </c>
     </row>
-    <row r="262" spans="1:6" ht="277.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A262" s="31" t="s">
+    <row r="264" spans="1:6" ht="277.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A264" s="31" t="s">
         <v>2207</v>
       </c>
-      <c r="B262" s="25" t="s">
+      <c r="B264" s="25" t="s">
         <v>676</v>
       </c>
-      <c r="C262" s="8" t="s">
+      <c r="C264" s="8" t="s">
         <v>1437</v>
       </c>
-      <c r="D262" s="25" t="s">
+      <c r="D264" s="25" t="s">
         <v>1438</v>
       </c>
-      <c r="E262" s="25" t="s">
+      <c r="E264" s="25" t="s">
         <v>1439</v>
       </c>
-      <c r="F262" s="9" t="s">
+      <c r="F264" s="9" t="s">
         <v>677</v>
       </c>
     </row>
-    <row r="263" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A263" s="30" t="s">
+    <row r="265" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A265" s="30" t="s">
         <v>2208</v>
       </c>
-      <c r="B263" s="22" t="s">
+      <c r="B265" s="22" t="s">
         <v>678</v>
       </c>
-      <c r="C263" s="4" t="s">
+      <c r="C265" s="4" t="s">
         <v>1440</v>
       </c>
-      <c r="D263" s="22" t="s">
+      <c r="D265" s="22" t="s">
         <v>1441</v>
-      </c>
-[...38 lines deleted...]
-        <v>1445</v>
       </c>
       <c r="E265" s="22" t="s">
         <v>461</v>
       </c>
       <c r="F265" s="5" t="s">
-        <v>684</v>
+        <v>679</v>
       </c>
     </row>
     <row r="266" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A266" s="31" t="s">
+        <v>2209</v>
+      </c>
+      <c r="B266" s="25" t="s">
+        <v>680</v>
+      </c>
+      <c r="C266" s="8" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D266" s="25" t="s">
+        <v>681</v>
+      </c>
+      <c r="E266" s="25" t="s">
+        <v>1443</v>
+      </c>
+      <c r="F266" s="9" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="267" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A267" s="30" t="s">
+        <v>2210</v>
+      </c>
+      <c r="B267" s="22" t="s">
+        <v>683</v>
+      </c>
+      <c r="C267" s="4" t="s">
+        <v>1444</v>
+      </c>
+      <c r="D267" s="22" t="s">
+        <v>1445</v>
+      </c>
+      <c r="E267" s="22" t="s">
+        <v>461</v>
+      </c>
+      <c r="F267" s="5" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="268" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A268" s="31" t="s">
         <v>2211</v>
       </c>
-      <c r="B266" s="25" t="s">
+      <c r="B268" s="25" t="s">
         <v>685</v>
       </c>
-      <c r="C266" s="8" t="s">
+      <c r="C268" s="8" t="s">
         <v>1446</v>
       </c>
-      <c r="D266" s="25" t="s">
+      <c r="D268" s="25" t="s">
         <v>1447</v>
       </c>
-      <c r="E266" s="25" t="s">
+      <c r="E268" s="25" t="s">
         <v>1448</v>
       </c>
-      <c r="F266" s="9" t="s">
+      <c r="F268" s="9" t="s">
         <v>686</v>
       </c>
     </row>
-    <row r="267" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A267" s="30" t="s">
+    <row r="269" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A269" s="30" t="s">
         <v>2211</v>
       </c>
-      <c r="B267" s="22" t="s">
+      <c r="B269" s="22" t="s">
         <v>687</v>
-      </c>
-[...38 lines deleted...]
-        <v>691</v>
       </c>
       <c r="C269" s="4" t="s">
         <v>1417</v>
       </c>
       <c r="D269" s="22" t="s">
+        <v>1449</v>
+      </c>
+      <c r="E269" s="22" t="s">
+        <v>604</v>
+      </c>
+      <c r="F269" s="5" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="270" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A270" s="31" t="s">
+        <v>2212</v>
+      </c>
+      <c r="B270" s="25" t="s">
+        <v>689</v>
+      </c>
+      <c r="C270" s="8" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D270" s="25" t="s">
+        <v>1450</v>
+      </c>
+      <c r="E270" s="25" t="s">
+        <v>604</v>
+      </c>
+      <c r="F270" s="9" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="271" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A271" s="30" t="s">
+        <v>2213</v>
+      </c>
+      <c r="B271" s="22" t="s">
+        <v>691</v>
+      </c>
+      <c r="C271" s="4" t="s">
+        <v>1417</v>
+      </c>
+      <c r="D271" s="22" t="s">
         <v>1451</v>
       </c>
-      <c r="E269" s="22" t="s">
+      <c r="E271" s="22" t="s">
         <v>1452</v>
       </c>
-      <c r="F269" s="5" t="s">
+      <c r="F271" s="5" t="s">
         <v>692</v>
       </c>
     </row>
-    <row r="270" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A270" s="31" t="s">
+    <row r="272" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A272" s="31" t="s">
         <v>2214</v>
       </c>
-      <c r="B270" s="25" t="s">
+      <c r="B272" s="25" t="s">
         <v>693</v>
       </c>
-      <c r="C270" s="8" t="s">
+      <c r="C272" s="8" t="s">
         <v>1453</v>
       </c>
-      <c r="D270" s="25" t="s">
+      <c r="D272" s="25" t="s">
         <v>694</v>
       </c>
-      <c r="E270" s="25" t="s">
+      <c r="E272" s="25" t="s">
         <v>1454</v>
       </c>
-      <c r="F270" s="9" t="s">
+      <c r="F272" s="9" t="s">
         <v>695</v>
-      </c>
-[...38 lines deleted...]
-        <v>700</v>
       </c>
     </row>
     <row r="273" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A273" s="30" t="s">
+        <v>2215</v>
+      </c>
+      <c r="B273" s="22" t="s">
+        <v>696</v>
+      </c>
+      <c r="C273" s="4" t="s">
+        <v>1455</v>
+      </c>
+      <c r="D273" s="22" t="s">
+        <v>697</v>
+      </c>
+      <c r="E273" s="22" t="s">
+        <v>1456</v>
+      </c>
+      <c r="F273" s="5" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="274" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A274" s="31" t="s">
+        <v>2216</v>
+      </c>
+      <c r="B274" s="25" t="s">
+        <v>699</v>
+      </c>
+      <c r="C274" s="8" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D274" s="25" t="s">
+        <v>1458</v>
+      </c>
+      <c r="E274" s="25" t="s">
+        <v>604</v>
+      </c>
+      <c r="F274" s="9" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="275" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A275" s="30" t="s">
         <v>2217</v>
       </c>
-      <c r="B273" s="22" t="s">
+      <c r="B275" s="22" t="s">
         <v>701</v>
       </c>
-      <c r="C273" s="4" t="s">
+      <c r="C275" s="4" t="s">
         <v>1459</v>
       </c>
-      <c r="D273" s="22" t="s">
+      <c r="D275" s="22" t="s">
         <v>702</v>
       </c>
-      <c r="E273" s="22" t="s">
+      <c r="E275" s="22" t="s">
         <v>703</v>
       </c>
-      <c r="F273" s="5" t="s">
+      <c r="F275" s="5" t="s">
         <v>704</v>
       </c>
     </row>
-    <row r="274" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A274" s="31" t="s">
+    <row r="276" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A276" s="31" t="s">
         <v>2218</v>
       </c>
-      <c r="B274" s="25" t="s">
+      <c r="B276" s="25" t="s">
         <v>705</v>
       </c>
-      <c r="C274" s="8" t="s">
+      <c r="C276" s="8" t="s">
         <v>1460</v>
       </c>
-      <c r="D274" s="25" t="s">
+      <c r="D276" s="25" t="s">
         <v>706</v>
       </c>
-      <c r="E274" s="25" t="s">
+      <c r="E276" s="25" t="s">
         <v>1461</v>
       </c>
-      <c r="F274" s="9" t="s">
+      <c r="F276" s="9" t="s">
         <v>707</v>
       </c>
     </row>
-    <row r="275" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A275" s="30" t="s">
+    <row r="277" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A277" s="30" t="s">
         <v>2219</v>
       </c>
-      <c r="B275" s="22" t="s">
+      <c r="B277" s="22" t="s">
         <v>708</v>
       </c>
-      <c r="C275" s="4" t="s">
+      <c r="C277" s="4" t="s">
         <v>1462</v>
       </c>
-      <c r="D275" s="22" t="s">
+      <c r="D277" s="22" t="s">
         <v>1463</v>
       </c>
-      <c r="E275" s="22" t="s">
+      <c r="E277" s="22" t="s">
         <v>1464</v>
       </c>
-      <c r="F275" s="5" t="s">
+      <c r="F277" s="5" t="s">
         <v>709</v>
       </c>
     </row>
-    <row r="276" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A276" s="31" t="s">
+    <row r="278" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A278" s="31" t="s">
         <v>2220</v>
       </c>
-      <c r="B276" s="25" t="s">
+      <c r="B278" s="25" t="s">
         <v>710</v>
       </c>
-      <c r="C276" s="8" t="s">
+      <c r="C278" s="8" t="s">
         <v>1457</v>
       </c>
-      <c r="D276" s="25" t="s">
+      <c r="D278" s="25" t="s">
         <v>1465</v>
       </c>
-      <c r="E276" s="25" t="s">
+      <c r="E278" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F276" s="9" t="s">
+      <c r="F278" s="9" t="s">
         <v>711</v>
       </c>
     </row>
-    <row r="277" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A277" s="30" t="s">
+    <row r="279" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A279" s="30" t="s">
         <v>2221</v>
       </c>
-      <c r="B277" s="22" t="s">
+      <c r="B279" s="22" t="s">
         <v>712</v>
       </c>
-      <c r="C277" s="4" t="s">
+      <c r="C279" s="4" t="s">
         <v>1455</v>
       </c>
-      <c r="D277" s="22" t="s">
+      <c r="D279" s="22" t="s">
         <v>1466</v>
       </c>
-      <c r="E277" s="22" t="s">
+      <c r="E279" s="22" t="s">
         <v>1467</v>
       </c>
-      <c r="F277" s="5" t="s">
+      <c r="F279" s="5" t="s">
         <v>713</v>
       </c>
     </row>
-    <row r="278" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A278" s="31" t="s">
+    <row r="280" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A280" s="31" t="s">
         <v>2222</v>
       </c>
-      <c r="B278" s="25" t="s">
+      <c r="B280" s="25" t="s">
         <v>714</v>
       </c>
-      <c r="C278" s="8" t="s">
+      <c r="C280" s="8" t="s">
         <v>1468</v>
       </c>
-      <c r="D278" s="25" t="s">
+      <c r="D280" s="25" t="s">
         <v>1469</v>
       </c>
-      <c r="E278" s="25" t="s">
+      <c r="E280" s="25" t="s">
         <v>1470</v>
       </c>
-      <c r="F278" s="9" t="s">
+      <c r="F280" s="9" t="s">
         <v>715</v>
       </c>
     </row>
-    <row r="279" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A279" s="30" t="s">
+    <row r="281" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A281" s="30" t="s">
         <v>2223</v>
       </c>
-      <c r="B279" s="22" t="s">
+      <c r="B281" s="22" t="s">
         <v>716</v>
       </c>
-      <c r="C279" s="4" t="s">
+      <c r="C281" s="4" t="s">
         <v>1471</v>
       </c>
-      <c r="D279" s="22" t="s">
+      <c r="D281" s="22" t="s">
         <v>1472</v>
       </c>
-      <c r="E279" s="22" t="s">
+      <c r="E281" s="22" t="s">
         <v>1473</v>
       </c>
-      <c r="F279" s="5" t="s">
+      <c r="F281" s="5" t="s">
         <v>717</v>
       </c>
     </row>
-    <row r="280" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A280" s="31" t="s">
+    <row r="282" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A282" s="31" t="s">
         <v>2224</v>
       </c>
-      <c r="B280" s="25" t="s">
+      <c r="B282" s="25" t="s">
         <v>718</v>
       </c>
-      <c r="C280" s="8" t="s">
+      <c r="C282" s="8" t="s">
         <v>1455</v>
       </c>
-      <c r="D280" s="25" t="s">
+      <c r="D282" s="25" t="s">
         <v>1474</v>
       </c>
-      <c r="E280" s="25" t="s">
+      <c r="E282" s="25" t="s">
         <v>604</v>
       </c>
-      <c r="F280" s="9" t="s">
+      <c r="F282" s="9" t="s">
         <v>719</v>
       </c>
     </row>
-    <row r="281" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A281" s="30" t="s">
+    <row r="283" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A283" s="30" t="s">
         <v>2225</v>
       </c>
-      <c r="B281" s="22" t="s">
+      <c r="B283" s="22" t="s">
         <v>720</v>
       </c>
-      <c r="C281" s="4" t="s">
+      <c r="C283" s="4" t="s">
         <v>1475</v>
       </c>
-      <c r="D281" s="22" t="s">
+      <c r="D283" s="22" t="s">
         <v>721</v>
       </c>
-      <c r="E281" s="22" t="s">
+      <c r="E283" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F281" s="5" t="s">
+      <c r="F283" s="5" t="s">
         <v>722</v>
       </c>
     </row>
-    <row r="282" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A282" s="31" t="s">
+    <row r="284" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A284" s="31" t="s">
         <v>2226</v>
       </c>
-      <c r="B282" s="25" t="s">
+      <c r="B284" s="25" t="s">
         <v>723</v>
       </c>
-      <c r="C282" s="8" t="s">
+      <c r="C284" s="8" t="s">
         <v>1476</v>
       </c>
-      <c r="D282" s="25" t="s">
+      <c r="D284" s="25" t="s">
         <v>724</v>
       </c>
-      <c r="E282" s="25" t="s">
+      <c r="E284" s="25" t="s">
         <v>1477</v>
       </c>
-      <c r="F282" s="9" t="s">
+      <c r="F284" s="9" t="s">
         <v>725</v>
-      </c>
-[...38 lines deleted...]
-        <v>731</v>
       </c>
     </row>
     <row r="285" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A285" s="30" t="s">
+        <v>2227</v>
+      </c>
+      <c r="B285" s="22" t="s">
+        <v>726</v>
+      </c>
+      <c r="C285" s="17" t="s">
+        <v>1478</v>
+      </c>
+      <c r="D285" s="22" t="s">
+        <v>727</v>
+      </c>
+      <c r="E285" s="22" t="s">
+        <v>1479</v>
+      </c>
+      <c r="F285" s="5" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="286" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A286" s="31" t="s">
+        <v>2228</v>
+      </c>
+      <c r="B286" s="25" t="s">
+        <v>729</v>
+      </c>
+      <c r="C286" s="8" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D286" s="25" t="s">
+        <v>730</v>
+      </c>
+      <c r="E286" s="25" t="s">
+        <v>461</v>
+      </c>
+      <c r="F286" s="9" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="287" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A287" s="30" t="s">
         <v>2229</v>
       </c>
-      <c r="B285" s="22" t="s">
+      <c r="B287" s="22" t="s">
         <v>732</v>
       </c>
-      <c r="C285" s="4" t="s">
+      <c r="C287" s="4" t="s">
         <v>1481</v>
       </c>
-      <c r="D285" s="22" t="s">
+      <c r="D287" s="22" t="s">
         <v>733</v>
       </c>
-      <c r="E285" s="22" t="s">
+      <c r="E287" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F285" s="5" t="s">
+      <c r="F287" s="5" t="s">
         <v>734</v>
       </c>
     </row>
-    <row r="286" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A286" s="31" t="s">
+    <row r="288" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A288" s="31" t="s">
         <v>2230</v>
       </c>
-      <c r="B286" s="25" t="s">
+      <c r="B288" s="25" t="s">
         <v>735</v>
       </c>
-      <c r="C286" s="8" t="s">
+      <c r="C288" s="8" t="s">
         <v>1482</v>
       </c>
-      <c r="D286" s="25" t="s">
+      <c r="D288" s="25" t="s">
         <v>736</v>
       </c>
-      <c r="E286" s="25" t="s">
+      <c r="E288" s="25" t="s">
         <v>604</v>
       </c>
-      <c r="F286" s="9" t="s">
+      <c r="F288" s="9" t="s">
         <v>737</v>
       </c>
     </row>
-    <row r="287" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A287" s="30" t="s">
+    <row r="289" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A289" s="30" t="s">
         <v>2231</v>
       </c>
-      <c r="B287" s="22" t="s">
+      <c r="B289" s="22" t="s">
         <v>738</v>
       </c>
-      <c r="C287" s="4" t="s">
+      <c r="C289" s="4" t="s">
         <v>1483</v>
       </c>
-      <c r="D287" s="22" t="s">
+      <c r="D289" s="22" t="s">
         <v>739</v>
       </c>
-      <c r="E287" s="22" t="s">
+      <c r="E289" s="22" t="s">
         <v>1484</v>
       </c>
-      <c r="F287" s="5" t="s">
+      <c r="F289" s="5" t="s">
         <v>740</v>
       </c>
     </row>
-    <row r="288" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A288" s="31" t="s">
+    <row r="290" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A290" s="31" t="s">
         <v>2232</v>
       </c>
-      <c r="B288" s="25" t="s">
+      <c r="B290" s="25" t="s">
         <v>741</v>
       </c>
-      <c r="C288" s="8" t="s">
+      <c r="C290" s="8" t="s">
         <v>1485</v>
       </c>
-      <c r="D288" s="25" t="s">
+      <c r="D290" s="25" t="s">
         <v>742</v>
       </c>
-      <c r="E288" s="25" t="s">
+      <c r="E290" s="25" t="s">
         <v>1486</v>
       </c>
-      <c r="F288" s="9" t="s">
+      <c r="F290" s="9" t="s">
         <v>743</v>
       </c>
     </row>
-    <row r="289" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A289" s="30" t="s">
+    <row r="291" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A291" s="30" t="s">
         <v>2233</v>
       </c>
-      <c r="B289" s="22" t="s">
+      <c r="B291" s="22" t="s">
         <v>744</v>
       </c>
-      <c r="C289" s="4" t="s">
+      <c r="C291" s="4" t="s">
         <v>1487</v>
       </c>
-      <c r="D289" s="22" t="s">
+      <c r="D291" s="22" t="s">
         <v>742</v>
       </c>
-      <c r="E289" s="22" t="s">
+      <c r="E291" s="22" t="s">
         <v>1488</v>
       </c>
-      <c r="F289" s="5" t="s">
+      <c r="F291" s="5" t="s">
         <v>745</v>
-      </c>
-[...38 lines deleted...]
-        <v>752</v>
       </c>
     </row>
     <row r="292" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A292" s="31" t="s">
-        <v>2236</v>
+        <v>2234</v>
       </c>
       <c r="B292" s="25" t="s">
-        <v>753</v>
+        <v>746</v>
       </c>
       <c r="C292" s="8" t="s">
         <v>1482</v>
       </c>
       <c r="D292" s="25" t="s">
+        <v>747</v>
+      </c>
+      <c r="E292" s="25" t="s">
+        <v>748</v>
+      </c>
+      <c r="F292" s="9" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="293" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A293" s="30" t="s">
+        <v>2235</v>
+      </c>
+      <c r="B293" s="22" t="s">
+        <v>750</v>
+      </c>
+      <c r="C293" s="4" t="s">
+        <v>1489</v>
+      </c>
+      <c r="D293" s="22" t="s">
+        <v>751</v>
+      </c>
+      <c r="E293" s="22" t="s">
+        <v>1490</v>
+      </c>
+      <c r="F293" s="5" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="294" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A294" s="31" t="s">
+        <v>2236</v>
+      </c>
+      <c r="B294" s="25" t="s">
+        <v>753</v>
+      </c>
+      <c r="C294" s="8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D294" s="25" t="s">
         <v>754</v>
       </c>
-      <c r="E292" s="25" t="s">
+      <c r="E294" s="25" t="s">
         <v>755</v>
       </c>
-      <c r="F292" s="9" t="s">
+      <c r="F294" s="9" t="s">
         <v>756</v>
-      </c>
-[...38 lines deleted...]
-        <v>764</v>
       </c>
     </row>
     <row r="295" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A295" s="30" t="s">
+        <v>2237</v>
+      </c>
+      <c r="B295" s="22" t="s">
+        <v>757</v>
+      </c>
+      <c r="C295" s="4" t="s">
+        <v>1491</v>
+      </c>
+      <c r="D295" s="22" t="s">
+        <v>758</v>
+      </c>
+      <c r="E295" s="22" t="s">
+        <v>759</v>
+      </c>
+      <c r="F295" s="5" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="296" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A296" s="31" t="s">
+        <v>2238</v>
+      </c>
+      <c r="B296" s="25" t="s">
+        <v>761</v>
+      </c>
+      <c r="C296" s="8" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D296" s="25" t="s">
+        <v>762</v>
+      </c>
+      <c r="E296" s="25" t="s">
+        <v>763</v>
+      </c>
+      <c r="F296" s="9" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="297" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A297" s="30" t="s">
         <v>2239</v>
       </c>
-      <c r="B295" s="22" t="s">
+      <c r="B297" s="22" t="s">
         <v>765</v>
       </c>
-      <c r="C295" s="4" t="s">
+      <c r="C297" s="4" t="s">
         <v>1493</v>
       </c>
-      <c r="D295" s="22" t="s">
+      <c r="D297" s="22" t="s">
         <v>766</v>
       </c>
-      <c r="E295" s="22" t="s">
+      <c r="E297" s="22" t="s">
         <v>767</v>
       </c>
-      <c r="F295" s="5" t="s">
+      <c r="F297" s="5" t="s">
         <v>768</v>
       </c>
     </row>
-    <row r="296" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A296" s="31" t="s">
+    <row r="298" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A298" s="31" t="s">
         <v>2240</v>
       </c>
-      <c r="B296" s="25" t="s">
+      <c r="B298" s="25" t="s">
         <v>769</v>
       </c>
-      <c r="C296" s="8" t="s">
+      <c r="C298" s="8" t="s">
         <v>1494</v>
       </c>
-      <c r="D296" s="25" t="s">
+      <c r="D298" s="25" t="s">
         <v>770</v>
       </c>
-      <c r="E296" s="25" t="s">
+      <c r="E298" s="25" t="s">
         <v>771</v>
       </c>
-      <c r="F296" s="9" t="s">
+      <c r="F298" s="9" t="s">
         <v>772</v>
       </c>
     </row>
-    <row r="297" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A297" s="30" t="s">
+    <row r="299" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A299" s="30" t="s">
         <v>2241</v>
       </c>
-      <c r="B297" s="22" t="s">
+      <c r="B299" s="22" t="s">
         <v>773</v>
       </c>
-      <c r="C297" s="4" t="s">
+      <c r="C299" s="4" t="s">
         <v>1495</v>
       </c>
-      <c r="D297" s="22" t="s">
+      <c r="D299" s="22" t="s">
         <v>774</v>
       </c>
-      <c r="E297" s="22" t="s">
+      <c r="E299" s="22" t="s">
         <v>1496</v>
       </c>
-      <c r="F297" s="5" t="s">
+      <c r="F299" s="5" t="s">
         <v>775</v>
       </c>
     </row>
-    <row r="298" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A298" s="31" t="s">
+    <row r="300" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A300" s="31" t="s">
         <v>2242</v>
       </c>
-      <c r="B298" s="25" t="s">
+      <c r="B300" s="25" t="s">
         <v>776</v>
       </c>
-      <c r="C298" s="8" t="s">
+      <c r="C300" s="8" t="s">
         <v>1497</v>
       </c>
-      <c r="D298" s="25" t="s">
+      <c r="D300" s="25" t="s">
         <v>777</v>
-      </c>
-[...38 lines deleted...]
-        <v>783</v>
       </c>
       <c r="E300" s="25" t="s">
         <v>461</v>
       </c>
       <c r="F300" s="9" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="301" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A301" s="30" t="s">
+        <v>2243</v>
+      </c>
+      <c r="B301" s="22" t="s">
+        <v>779</v>
+      </c>
+      <c r="C301" s="4" t="s">
+        <v>1498</v>
+      </c>
+      <c r="D301" s="22" t="s">
+        <v>780</v>
+      </c>
+      <c r="E301" s="22" t="s">
+        <v>461</v>
+      </c>
+      <c r="F301" s="5" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="302" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A302" s="31" t="s">
+        <v>2244</v>
+      </c>
+      <c r="B302" s="25" t="s">
+        <v>782</v>
+      </c>
+      <c r="C302" s="8" t="s">
+        <v>1455</v>
+      </c>
+      <c r="D302" s="25" t="s">
+        <v>783</v>
+      </c>
+      <c r="E302" s="25" t="s">
+        <v>461</v>
+      </c>
+      <c r="F302" s="9" t="s">
         <v>784</v>
       </c>
     </row>
-    <row r="301" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A301" s="30" t="s">
+    <row r="303" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A303" s="30" t="s">
         <v>2244</v>
       </c>
-      <c r="B301" s="22" t="s">
+      <c r="B303" s="22" t="s">
         <v>785</v>
       </c>
-      <c r="C301" s="4" t="s">
+      <c r="C303" s="4" t="s">
         <v>1499</v>
       </c>
-      <c r="D301" s="22" t="s">
+      <c r="D303" s="22" t="s">
         <v>1500</v>
       </c>
-      <c r="E301" s="22" t="s">
+      <c r="E303" s="22" t="s">
         <v>1501</v>
       </c>
-      <c r="F301" s="5" t="s">
+      <c r="F303" s="5" t="s">
         <v>786</v>
       </c>
     </row>
-    <row r="302" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A302" s="31" t="s">
+    <row r="304" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A304" s="31" t="s">
         <v>2245</v>
       </c>
-      <c r="B302" s="25" t="s">
+      <c r="B304" s="25" t="s">
         <v>787</v>
       </c>
-      <c r="C302" s="8" t="s">
+      <c r="C304" s="8" t="s">
         <v>1502</v>
       </c>
-      <c r="D302" s="25" t="s">
+      <c r="D304" s="25" t="s">
         <v>788</v>
       </c>
-      <c r="E302" s="25" t="s">
+      <c r="E304" s="25" t="s">
         <v>789</v>
       </c>
-      <c r="F302" s="9" t="s">
+      <c r="F304" s="9" t="s">
         <v>790</v>
-      </c>
-[...38 lines deleted...]
-        <v>797</v>
       </c>
     </row>
     <row r="305" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A305" s="30" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
       <c r="B305" s="22" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="C305" s="4" t="s">
         <v>1482</v>
       </c>
       <c r="D305" s="22" t="s">
-        <v>799</v>
+        <v>792</v>
       </c>
       <c r="E305" s="22" t="s">
-        <v>604</v>
+        <v>793</v>
       </c>
       <c r="F305" s="5" t="s">
-        <v>800</v>
-[...2 lines deleted...]
-    <row r="306" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="306" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A306" s="31" t="s">
-        <v>2248</v>
+        <v>2247</v>
       </c>
       <c r="B306" s="25" t="s">
-        <v>801</v>
+        <v>795</v>
       </c>
       <c r="C306" s="8" t="s">
-        <v>1505</v>
+        <v>1503</v>
       </c>
       <c r="D306" s="25" t="s">
-        <v>802</v>
+        <v>796</v>
       </c>
       <c r="E306" s="25" t="s">
-        <v>1506</v>
+        <v>1504</v>
       </c>
       <c r="F306" s="9" t="s">
-        <v>803</v>
+        <v>797</v>
       </c>
     </row>
     <row r="307" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A307" s="30" t="s">
-        <v>2249</v>
+        <v>2247</v>
       </c>
       <c r="B307" s="22" t="s">
-        <v>804</v>
+        <v>798</v>
       </c>
       <c r="C307" s="4" t="s">
-        <v>1507</v>
+        <v>1482</v>
       </c>
       <c r="D307" s="22" t="s">
-        <v>805</v>
+        <v>799</v>
       </c>
       <c r="E307" s="22" t="s">
-        <v>461</v>
+        <v>604</v>
       </c>
       <c r="F307" s="5" t="s">
-        <v>806</v>
-[...2 lines deleted...]
-    <row r="308" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="308" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A308" s="31" t="s">
-        <v>2250</v>
+        <v>2248</v>
       </c>
       <c r="B308" s="25" t="s">
-        <v>807</v>
+        <v>801</v>
       </c>
       <c r="C308" s="8" t="s">
-        <v>1508</v>
+        <v>1505</v>
       </c>
       <c r="D308" s="25" t="s">
-        <v>808</v>
+        <v>802</v>
       </c>
       <c r="E308" s="25" t="s">
-        <v>809</v>
+        <v>1506</v>
       </c>
       <c r="F308" s="9" t="s">
-        <v>810</v>
+        <v>803</v>
       </c>
     </row>
     <row r="309" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A309" s="30" t="s">
-        <v>2251</v>
+        <v>2249</v>
       </c>
       <c r="B309" s="22" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="C309" s="4" t="s">
-        <v>1509</v>
+        <v>1507</v>
       </c>
       <c r="D309" s="22" t="s">
-        <v>812</v>
+        <v>805</v>
       </c>
       <c r="E309" s="22" t="s">
         <v>461</v>
       </c>
       <c r="F309" s="5" t="s">
-        <v>813</v>
-[...2 lines deleted...]
-    <row r="310" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="310" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A310" s="31" t="s">
-        <v>2252</v>
+        <v>2250</v>
       </c>
       <c r="B310" s="25" t="s">
-        <v>814</v>
+        <v>807</v>
       </c>
       <c r="C310" s="8" t="s">
-        <v>1510</v>
+        <v>1508</v>
       </c>
       <c r="D310" s="25" t="s">
-        <v>815</v>
+        <v>808</v>
       </c>
       <c r="E310" s="25" t="s">
-        <v>1511</v>
+        <v>809</v>
       </c>
       <c r="F310" s="9" t="s">
-        <v>816</v>
+        <v>810</v>
       </c>
     </row>
     <row r="311" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A311" s="30" t="s">
+        <v>2251</v>
+      </c>
+      <c r="B311" s="22" t="s">
+        <v>811</v>
+      </c>
+      <c r="C311" s="4" t="s">
+        <v>1509</v>
+      </c>
+      <c r="D311" s="22" t="s">
+        <v>812</v>
+      </c>
+      <c r="E311" s="22" t="s">
+        <v>461</v>
+      </c>
+      <c r="F311" s="5" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="312" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A312" s="31" t="s">
+        <v>2252</v>
+      </c>
+      <c r="B312" s="25" t="s">
+        <v>814</v>
+      </c>
+      <c r="C312" s="8" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D312" s="25" t="s">
+        <v>815</v>
+      </c>
+      <c r="E312" s="25" t="s">
+        <v>1511</v>
+      </c>
+      <c r="F312" s="9" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="313" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A313" s="30" t="s">
         <v>2253</v>
       </c>
-      <c r="B311" s="22" t="s">
+      <c r="B313" s="22" t="s">
         <v>817</v>
       </c>
-      <c r="C311" s="4" t="s">
+      <c r="C313" s="4" t="s">
         <v>1512</v>
       </c>
-      <c r="D311" s="22" t="s">
+      <c r="D313" s="22" t="s">
         <v>818</v>
       </c>
-      <c r="E311" s="22" t="s">
+      <c r="E313" s="22" t="s">
         <v>819</v>
       </c>
-      <c r="F311" s="5" t="s">
+      <c r="F313" s="5" t="s">
         <v>820</v>
       </c>
     </row>
-    <row r="312" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A312" s="31" t="s">
+    <row r="314" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A314" s="31" t="s">
         <v>2254</v>
       </c>
-      <c r="B312" s="25" t="s">
+      <c r="B314" s="25" t="s">
         <v>821</v>
       </c>
-      <c r="C312" s="8" t="s">
+      <c r="C314" s="8" t="s">
         <v>1513</v>
       </c>
-      <c r="D312" s="25" t="s">
+      <c r="D314" s="25" t="s">
         <v>822</v>
       </c>
-      <c r="E312" s="25" t="s">
+      <c r="E314" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F312" s="9" t="s">
+      <c r="F314" s="9" t="s">
         <v>823</v>
       </c>
     </row>
-    <row r="313" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A313" s="30" t="s">
+    <row r="315" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A315" s="30" t="s">
         <v>2255</v>
       </c>
-      <c r="B313" s="22" t="s">
+      <c r="B315" s="22" t="s">
         <v>824</v>
       </c>
-      <c r="C313" s="4" t="s">
+      <c r="C315" s="4" t="s">
         <v>1514</v>
       </c>
-      <c r="D313" s="22" t="s">
+      <c r="D315" s="22" t="s">
         <v>825</v>
       </c>
-      <c r="E313" s="22" t="s">
+      <c r="E315" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F313" s="5" t="s">
+      <c r="F315" s="5" t="s">
         <v>826</v>
       </c>
     </row>
-    <row r="314" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A314" s="31" t="s">
+    <row r="316" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A316" s="31" t="s">
         <v>2256</v>
       </c>
-      <c r="B314" s="25" t="s">
+      <c r="B316" s="25" t="s">
         <v>827</v>
       </c>
-      <c r="C314" s="8" t="s">
+      <c r="C316" s="8" t="s">
         <v>1515</v>
       </c>
-      <c r="D314" s="25" t="s">
+      <c r="D316" s="25" t="s">
         <v>828</v>
       </c>
-      <c r="E314" s="25" t="s">
+      <c r="E316" s="25" t="s">
         <v>1516</v>
       </c>
-      <c r="F314" s="9" t="s">
+      <c r="F316" s="9" t="s">
         <v>829</v>
       </c>
     </row>
-    <row r="315" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A315" s="30" t="s">
+    <row r="317" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A317" s="30" t="s">
         <v>2257</v>
       </c>
-      <c r="B315" s="22" t="s">
+      <c r="B317" s="22" t="s">
         <v>830</v>
       </c>
-      <c r="C315" s="4" t="s">
+      <c r="C317" s="4" t="s">
         <v>1517</v>
       </c>
-      <c r="D315" s="22" t="s">
+      <c r="D317" s="22" t="s">
         <v>831</v>
       </c>
-      <c r="E315" s="22" t="s">
+      <c r="E317" s="22" t="s">
         <v>832</v>
       </c>
-      <c r="F315" s="5" t="s">
+      <c r="F317" s="5" t="s">
         <v>833</v>
       </c>
     </row>
-    <row r="316" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A316" s="31" t="s">
+    <row r="318" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A318" s="31" t="s">
         <v>2258</v>
       </c>
-      <c r="B316" s="25" t="s">
+      <c r="B318" s="25" t="s">
         <v>834</v>
       </c>
-      <c r="C316" s="8" t="s">
+      <c r="C318" s="8" t="s">
         <v>1518</v>
       </c>
-      <c r="D316" s="25" t="s">
+      <c r="D318" s="25" t="s">
         <v>1519</v>
       </c>
-      <c r="E316" s="25" t="s">
+      <c r="E318" s="25" t="s">
         <v>1520</v>
       </c>
-      <c r="F316" s="9" t="s">
+      <c r="F318" s="9" t="s">
         <v>835</v>
       </c>
     </row>
-    <row r="317" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A317" s="30" t="s">
+    <row r="319" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A319" s="30" t="s">
         <v>2259</v>
       </c>
-      <c r="B317" s="22" t="s">
+      <c r="B319" s="22" t="s">
         <v>836</v>
       </c>
-      <c r="C317" s="4" t="s">
+      <c r="C319" s="4" t="s">
         <v>1521</v>
       </c>
-      <c r="D317" s="22" t="s">
+      <c r="D319" s="22" t="s">
         <v>837</v>
       </c>
-      <c r="E317" s="22" t="s">
+      <c r="E319" s="22" t="s">
         <v>1522</v>
       </c>
-      <c r="F317" s="5" t="s">
+      <c r="F319" s="5" t="s">
         <v>838</v>
       </c>
     </row>
-    <row r="318" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A318" s="31" t="s">
+    <row r="320" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A320" s="31" t="s">
         <v>2260</v>
       </c>
-      <c r="B318" s="25" t="s">
+      <c r="B320" s="25" t="s">
         <v>839</v>
       </c>
-      <c r="C318" s="8" t="s">
+      <c r="C320" s="8" t="s">
         <v>1523</v>
       </c>
-      <c r="D318" s="25" t="s">
+      <c r="D320" s="25" t="s">
         <v>840</v>
       </c>
-      <c r="E318" s="25" t="s">
+      <c r="E320" s="25" t="s">
         <v>1524</v>
       </c>
-      <c r="F318" s="9" t="s">
+      <c r="F320" s="9" t="s">
         <v>841</v>
       </c>
     </row>
-    <row r="319" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A319" s="30" t="s">
+    <row r="321" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A321" s="30" t="s">
         <v>2260</v>
       </c>
-      <c r="B319" s="22" t="s">
+      <c r="B321" s="22" t="s">
         <v>842</v>
       </c>
-      <c r="C319" s="4" t="s">
+      <c r="C321" s="4" t="s">
         <v>1482</v>
       </c>
-      <c r="D319" s="22" t="s">
+      <c r="D321" s="22" t="s">
         <v>843</v>
       </c>
-      <c r="E319" s="22" t="s">
+      <c r="E321" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F319" s="5" t="s">
+      <c r="F321" s="5" t="s">
         <v>844</v>
       </c>
     </row>
-    <row r="320" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A320" s="31" t="s">
+    <row r="322" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A322" s="31" t="s">
         <v>2261</v>
       </c>
-      <c r="B320" s="25" t="s">
+      <c r="B322" s="25" t="s">
         <v>845</v>
       </c>
-      <c r="C320" s="8" t="s">
+      <c r="C322" s="8" t="s">
         <v>1525</v>
       </c>
-      <c r="D320" s="25" t="s">
+      <c r="D322" s="25" t="s">
         <v>846</v>
       </c>
-      <c r="E320" s="25" t="s">
+      <c r="E322" s="25" t="s">
         <v>847</v>
       </c>
-      <c r="F320" s="9" t="s">
+      <c r="F322" s="9" t="s">
         <v>848</v>
       </c>
     </row>
-    <row r="321" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A321" s="30" t="s">
+    <row r="323" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A323" s="30" t="s">
         <v>2262</v>
       </c>
-      <c r="B321" s="22" t="s">
+      <c r="B323" s="22" t="s">
         <v>849</v>
       </c>
-      <c r="C321" s="4" t="s">
+      <c r="C323" s="4" t="s">
         <v>1526</v>
       </c>
-      <c r="D321" s="22" t="s">
+      <c r="D323" s="22" t="s">
         <v>850</v>
       </c>
-      <c r="E321" s="22" t="s">
+      <c r="E323" s="22" t="s">
         <v>1527</v>
       </c>
-      <c r="F321" s="5" t="s">
+      <c r="F323" s="5" t="s">
         <v>851</v>
-      </c>
-[...38 lines deleted...]
-        <v>858</v>
       </c>
     </row>
     <row r="324" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A324" s="31" t="s">
+        <v>2263</v>
+      </c>
+      <c r="B324" s="25" t="s">
+        <v>852</v>
+      </c>
+      <c r="C324" s="8" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D324" s="25" t="s">
+        <v>853</v>
+      </c>
+      <c r="E324" s="25" t="s">
+        <v>854</v>
+      </c>
+      <c r="F324" s="9" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="325" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A325" s="30" t="s">
+        <v>2264</v>
+      </c>
+      <c r="B325" s="22" t="s">
+        <v>856</v>
+      </c>
+      <c r="C325" s="4" t="s">
+        <v>1529</v>
+      </c>
+      <c r="D325" s="22" t="s">
+        <v>857</v>
+      </c>
+      <c r="E325" s="22" t="s">
+        <v>1530</v>
+      </c>
+      <c r="F325" s="5" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="326" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A326" s="31" t="s">
         <v>2265</v>
       </c>
-      <c r="B324" s="25" t="s">
+      <c r="B326" s="25" t="s">
         <v>859</v>
       </c>
-      <c r="C324" s="8" t="s">
+      <c r="C326" s="8" t="s">
         <v>1531</v>
       </c>
-      <c r="D324" s="25" t="s">
+      <c r="D326" s="25" t="s">
         <v>860</v>
       </c>
-      <c r="E324" s="25" t="s">
+      <c r="E326" s="25" t="s">
         <v>861</v>
       </c>
-      <c r="F324" s="9" t="s">
+      <c r="F326" s="9" t="s">
         <v>862</v>
-      </c>
-[...38 lines deleted...]
-        <v>870</v>
       </c>
     </row>
     <row r="327" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A327" s="30" t="s">
-        <v>2267</v>
+        <v>863</v>
       </c>
       <c r="B327" s="22" t="s">
-        <v>871</v>
+        <v>864</v>
       </c>
       <c r="C327" s="4" t="s">
-        <v>1534</v>
+        <v>1532</v>
       </c>
       <c r="D327" s="22" t="s">
-        <v>872</v>
+        <v>865</v>
       </c>
       <c r="E327" s="22" t="s">
-        <v>873</v>
+        <v>866</v>
       </c>
       <c r="F327" s="5" t="s">
-        <v>874</v>
-[...2 lines deleted...]
-    <row r="328" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="328" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A328" s="31" t="s">
-        <v>2267</v>
+        <v>2266</v>
       </c>
       <c r="B328" s="25" t="s">
-        <v>875</v>
+        <v>868</v>
       </c>
       <c r="C328" s="8" t="s">
-        <v>1455</v>
+        <v>1533</v>
       </c>
       <c r="D328" s="25" t="s">
-        <v>876</v>
+        <v>869</v>
       </c>
       <c r="E328" s="25" t="s">
-        <v>877</v>
+        <v>461</v>
       </c>
       <c r="F328" s="9" t="s">
-        <v>878</v>
+        <v>870</v>
       </c>
     </row>
     <row r="329" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A329" s="30" t="s">
+        <v>2267</v>
+      </c>
+      <c r="B329" s="22" t="s">
+        <v>871</v>
+      </c>
+      <c r="C329" s="4" t="s">
+        <v>1534</v>
+      </c>
+      <c r="D329" s="22" t="s">
+        <v>872</v>
+      </c>
+      <c r="E329" s="22" t="s">
+        <v>873</v>
+      </c>
+      <c r="F329" s="5" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="330" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A330" s="31" t="s">
+        <v>2267</v>
+      </c>
+      <c r="B330" s="25" t="s">
+        <v>875</v>
+      </c>
+      <c r="C330" s="8" t="s">
+        <v>1455</v>
+      </c>
+      <c r="D330" s="25" t="s">
+        <v>876</v>
+      </c>
+      <c r="E330" s="25" t="s">
+        <v>877</v>
+      </c>
+      <c r="F330" s="9" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="331" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A331" s="30" t="s">
         <v>2268</v>
       </c>
-      <c r="B329" s="22" t="s">
+      <c r="B331" s="22" t="s">
         <v>879</v>
       </c>
-      <c r="C329" s="4" t="s">
+      <c r="C331" s="4" t="s">
         <v>1535</v>
       </c>
-      <c r="D329" s="22" t="s">
+      <c r="D331" s="22" t="s">
         <v>880</v>
       </c>
-      <c r="E329" s="22" t="s">
+      <c r="E331" s="22" t="s">
         <v>1536</v>
       </c>
-      <c r="F329" s="5" t="s">
+      <c r="F331" s="5" t="s">
         <v>881</v>
-      </c>
-[...38 lines deleted...]
-        <v>886</v>
       </c>
     </row>
     <row r="332" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A332" s="31" t="s">
+        <v>2269</v>
+      </c>
+      <c r="B332" s="25" t="s">
+        <v>882</v>
+      </c>
+      <c r="C332" s="8" t="s">
+        <v>1537</v>
+      </c>
+      <c r="D332" s="25" t="s">
+        <v>883</v>
+      </c>
+      <c r="E332" s="25" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F332" s="9" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="333" spans="1:6" ht="238.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A333" s="30" t="s">
         <v>2270</v>
       </c>
-      <c r="B332" s="25" t="s">
+      <c r="B333" s="22" t="s">
+        <v>885</v>
+      </c>
+      <c r="C333" s="4" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D333" s="22" t="s">
+        <v>1540</v>
+      </c>
+      <c r="E333" s="22" t="s">
+        <v>1541</v>
+      </c>
+      <c r="F333" s="5" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="334" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A334" s="31" t="s">
+        <v>2270</v>
+      </c>
+      <c r="B334" s="25" t="s">
         <v>887</v>
       </c>
-      <c r="C332" s="8" t="s">
+      <c r="C334" s="8" t="s">
         <v>1542</v>
       </c>
-      <c r="D332" s="25" t="s">
+      <c r="D334" s="25" t="s">
         <v>1543</v>
       </c>
-      <c r="E332" s="25" t="s">
+      <c r="E334" s="25" t="s">
         <v>888</v>
       </c>
-      <c r="F332" s="9" t="s">
+      <c r="F334" s="9" t="s">
         <v>889</v>
       </c>
     </row>
-    <row r="333" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A333" s="30" t="s">
+    <row r="335" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A335" s="30" t="s">
         <v>2271</v>
       </c>
-      <c r="B333" s="22" t="s">
+      <c r="B335" s="22" t="s">
         <v>890</v>
       </c>
-      <c r="C333" s="4" t="s">
+      <c r="C335" s="4" t="s">
         <v>1544</v>
       </c>
-      <c r="D333" s="22" t="s">
+      <c r="D335" s="22" t="s">
         <v>1545</v>
       </c>
-      <c r="E333" s="22" t="s">
+      <c r="E335" s="22" t="s">
         <v>1546</v>
       </c>
-      <c r="F333" s="5" t="s">
+      <c r="F335" s="5" t="s">
         <v>891</v>
       </c>
     </row>
-    <row r="334" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A334" s="31" t="s">
+    <row r="336" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A336" s="31" t="s">
         <v>2272</v>
       </c>
-      <c r="B334" s="25" t="s">
+      <c r="B336" s="25" t="s">
         <v>892</v>
       </c>
-      <c r="C334" s="18" t="s">
+      <c r="C336" s="18" t="s">
         <v>1547</v>
       </c>
-      <c r="D334" s="25" t="s">
+      <c r="D336" s="25" t="s">
         <v>1548</v>
       </c>
-      <c r="E334" s="25" t="s">
+      <c r="E336" s="25" t="s">
         <v>1549</v>
       </c>
-      <c r="F334" s="9" t="s">
+      <c r="F336" s="9" t="s">
         <v>893</v>
       </c>
     </row>
-    <row r="335" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A335" s="30" t="s">
+    <row r="337" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A337" s="30" t="s">
         <v>2273</v>
       </c>
-      <c r="B335" s="22" t="s">
+      <c r="B337" s="22" t="s">
         <v>894</v>
       </c>
-      <c r="C335" s="4" t="s">
+      <c r="C337" s="4" t="s">
         <v>1457</v>
       </c>
-      <c r="D335" s="22" t="s">
+      <c r="D337" s="22" t="s">
         <v>895</v>
       </c>
-      <c r="E335" s="22" t="s">
+      <c r="E337" s="22" t="s">
         <v>896</v>
       </c>
-      <c r="F335" s="5" t="s">
+      <c r="F337" s="5" t="s">
         <v>897</v>
-      </c>
-[...38 lines deleted...]
-        <v>905</v>
       </c>
     </row>
     <row r="338" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A338" s="31" t="s">
-        <v>2276</v>
+        <v>2274</v>
       </c>
       <c r="B338" s="25" t="s">
-        <v>906</v>
+        <v>898</v>
       </c>
       <c r="C338" s="8" t="s">
-        <v>1482</v>
+        <v>1525</v>
       </c>
       <c r="D338" s="25" t="s">
-        <v>1551</v>
+        <v>899</v>
       </c>
       <c r="E338" s="25" t="s">
-        <v>1552</v>
+        <v>900</v>
       </c>
       <c r="F338" s="9" t="s">
-        <v>907</v>
+        <v>901</v>
       </c>
     </row>
     <row r="339" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A339" s="30" t="s">
-        <v>2277</v>
+        <v>2275</v>
       </c>
       <c r="B339" s="22" t="s">
-        <v>908</v>
+        <v>902</v>
       </c>
       <c r="C339" s="4" t="s">
-        <v>1553</v>
+        <v>1550</v>
       </c>
       <c r="D339" s="22" t="s">
-        <v>1554</v>
+        <v>903</v>
       </c>
       <c r="E339" s="22" t="s">
-        <v>909</v>
+        <v>904</v>
       </c>
       <c r="F339" s="5" t="s">
-        <v>910</v>
+        <v>905</v>
       </c>
     </row>
     <row r="340" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A340" s="31" t="s">
+        <v>2276</v>
+      </c>
+      <c r="B340" s="25" t="s">
+        <v>906</v>
+      </c>
+      <c r="C340" s="8" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D340" s="25" t="s">
+        <v>1551</v>
+      </c>
+      <c r="E340" s="25" t="s">
+        <v>1552</v>
+      </c>
+      <c r="F340" s="9" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="341" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A341" s="30" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B341" s="22" t="s">
+        <v>908</v>
+      </c>
+      <c r="C341" s="4" t="s">
+        <v>1553</v>
+      </c>
+      <c r="D341" s="22" t="s">
+        <v>1554</v>
+      </c>
+      <c r="E341" s="22" t="s">
+        <v>909</v>
+      </c>
+      <c r="F341" s="5" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="342" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A342" s="31" t="s">
         <v>2278</v>
       </c>
-      <c r="B340" s="25" t="s">
+      <c r="B342" s="25" t="s">
         <v>911</v>
       </c>
-      <c r="C340" s="8" t="s">
+      <c r="C342" s="8" t="s">
         <v>1555</v>
       </c>
-      <c r="D340" s="25" t="s">
+      <c r="D342" s="25" t="s">
         <v>912</v>
       </c>
-      <c r="E340" s="25" t="s">
+      <c r="E342" s="25" t="s">
         <v>913</v>
       </c>
-      <c r="F340" s="9" t="s">
+      <c r="F342" s="9" t="s">
         <v>914</v>
       </c>
     </row>
-    <row r="341" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A341" s="30" t="s">
+    <row r="343" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A343" s="30" t="s">
         <v>2279</v>
       </c>
-      <c r="B341" s="22" t="s">
+      <c r="B343" s="22" t="s">
         <v>915</v>
       </c>
-      <c r="C341" s="4" t="s">
+      <c r="C343" s="4" t="s">
         <v>1556</v>
       </c>
-      <c r="D341" s="22" t="s">
+      <c r="D343" s="22" t="s">
         <v>916</v>
       </c>
-      <c r="E341" s="22" t="s">
+      <c r="E343" s="22" t="s">
         <v>1557</v>
       </c>
-      <c r="F341" s="5" t="s">
+      <c r="F343" s="5" t="s">
         <v>917</v>
       </c>
     </row>
-    <row r="342" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A342" s="31" t="s">
+    <row r="344" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A344" s="31" t="s">
         <v>2280</v>
       </c>
-      <c r="B342" s="25" t="s">
+      <c r="B344" s="25" t="s">
         <v>918</v>
       </c>
-      <c r="C342" s="8" t="s">
+      <c r="C344" s="8" t="s">
         <v>1558</v>
       </c>
-      <c r="D342" s="25" t="s">
+      <c r="D344" s="25" t="s">
         <v>919</v>
       </c>
-      <c r="E342" s="25" t="s">
+      <c r="E344" s="25" t="s">
         <v>1559</v>
       </c>
-      <c r="F342" s="9" t="s">
+      <c r="F344" s="9" t="s">
         <v>920</v>
-      </c>
-[...38 lines deleted...]
-        <v>926</v>
       </c>
     </row>
     <row r="345" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A345" s="30" t="s">
         <v>2281</v>
       </c>
       <c r="B345" s="22" t="s">
+        <v>921</v>
+      </c>
+      <c r="C345" s="4" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D345" s="22" t="s">
+        <v>922</v>
+      </c>
+      <c r="E345" s="22" t="s">
+        <v>461</v>
+      </c>
+      <c r="F345" s="5" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="346" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A346" s="31" t="s">
+        <v>2281</v>
+      </c>
+      <c r="B346" s="25" t="s">
+        <v>924</v>
+      </c>
+      <c r="C346" s="8" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D346" s="25" t="s">
+        <v>925</v>
+      </c>
+      <c r="E346" s="25" t="s">
+        <v>1561</v>
+      </c>
+      <c r="F346" s="9" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="347" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A347" s="30" t="s">
+        <v>2281</v>
+      </c>
+      <c r="B347" s="22" t="s">
         <v>927</v>
       </c>
-      <c r="C345" s="4" t="s">
+      <c r="C347" s="4" t="s">
         <v>1562</v>
       </c>
-      <c r="D345" s="22" t="s">
+      <c r="D347" s="22" t="s">
         <v>928</v>
       </c>
-      <c r="E345" s="22" t="s">
+      <c r="E347" s="22" t="s">
         <v>1563</v>
       </c>
-      <c r="F345" s="5" t="s">
+      <c r="F347" s="5" t="s">
         <v>929</v>
       </c>
     </row>
-    <row r="346" spans="1:6" ht="264.60000000000002" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A346" s="31" t="s">
+    <row r="348" spans="1:6" ht="264.60000000000002" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A348" s="31" t="s">
         <v>2282</v>
       </c>
-      <c r="B346" s="25" t="s">
+      <c r="B348" s="25" t="s">
         <v>930</v>
       </c>
-      <c r="C346" s="8" t="s">
+      <c r="C348" s="8" t="s">
         <v>1564</v>
       </c>
-      <c r="D346" s="25" t="s">
+      <c r="D348" s="25" t="s">
         <v>931</v>
       </c>
-      <c r="E346" s="25" t="s">
+      <c r="E348" s="25" t="s">
         <v>1565</v>
       </c>
-      <c r="F346" s="9" t="s">
+      <c r="F348" s="9" t="s">
         <v>932</v>
       </c>
     </row>
-    <row r="347" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-[...39 lines deleted...]
-    <row r="349" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="349" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A349" s="30" t="s">
         <v>2283</v>
       </c>
       <c r="B349" s="22" t="s">
+        <v>933</v>
+      </c>
+      <c r="C349" s="4" t="s">
+        <v>1566</v>
+      </c>
+      <c r="D349" s="22" t="s">
+        <v>934</v>
+      </c>
+      <c r="E349" s="22" t="s">
+        <v>1567</v>
+      </c>
+      <c r="F349" s="5" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="350" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A350" s="31" t="s">
+        <v>2283</v>
+      </c>
+      <c r="B350" s="25" t="s">
+        <v>936</v>
+      </c>
+      <c r="C350" s="8" t="s">
+        <v>1568</v>
+      </c>
+      <c r="D350" s="25" t="s">
+        <v>937</v>
+      </c>
+      <c r="E350" s="25" t="s">
+        <v>1569</v>
+      </c>
+      <c r="F350" s="9" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="351" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A351" s="30" t="s">
+        <v>2283</v>
+      </c>
+      <c r="B351" s="22" t="s">
         <v>939</v>
       </c>
-      <c r="C349" s="4" t="s">
+      <c r="C351" s="4" t="s">
         <v>1570</v>
       </c>
-      <c r="D349" s="22" t="s">
+      <c r="D351" s="22" t="s">
         <v>940</v>
       </c>
-      <c r="E349" s="22" t="s">
+      <c r="E351" s="22" t="s">
         <v>941</v>
       </c>
-      <c r="F349" s="5" t="s">
+      <c r="F351" s="5" t="s">
         <v>942</v>
       </c>
     </row>
-    <row r="350" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A350" s="31" t="s">
+    <row r="352" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A352" s="31" t="s">
         <v>2284</v>
       </c>
-      <c r="B350" s="25" t="s">
+      <c r="B352" s="25" t="s">
         <v>943</v>
       </c>
-      <c r="C350" s="8" t="s">
+      <c r="C352" s="8" t="s">
         <v>1571</v>
       </c>
-      <c r="D350" s="25" t="s">
+      <c r="D352" s="25" t="s">
         <v>944</v>
       </c>
-      <c r="E350" s="25" t="s">
+      <c r="E352" s="25" t="s">
         <v>1572</v>
       </c>
-      <c r="F350" s="9" t="s">
+      <c r="F352" s="9" t="s">
         <v>945</v>
       </c>
     </row>
-    <row r="351" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A351" s="30" t="s">
+    <row r="353" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A353" s="30" t="s">
         <v>2285</v>
       </c>
-      <c r="B351" s="22" t="s">
+      <c r="B353" s="22" t="s">
         <v>946</v>
       </c>
-      <c r="C351" s="4" t="s">
+      <c r="C353" s="4" t="s">
         <v>1544</v>
       </c>
-      <c r="D351" s="22" t="s">
+      <c r="D353" s="22" t="s">
         <v>947</v>
       </c>
-      <c r="E351" s="22" t="s">
+      <c r="E353" s="22" t="s">
         <v>1573</v>
       </c>
-      <c r="F351" s="5" t="s">
+      <c r="F353" s="5" t="s">
         <v>948</v>
       </c>
     </row>
-    <row r="352" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A352" s="31" t="s">
+    <row r="354" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A354" s="31" t="s">
         <v>2286</v>
       </c>
-      <c r="B352" s="25" t="s">
+      <c r="B354" s="25" t="s">
         <v>949</v>
       </c>
-      <c r="C352" s="8" t="s">
+      <c r="C354" s="8" t="s">
         <v>1574</v>
       </c>
-      <c r="D352" s="25" t="s">
+      <c r="D354" s="25" t="s">
         <v>950</v>
       </c>
-      <c r="E352" s="25" t="s">
+      <c r="E354" s="25" t="s">
         <v>1575</v>
       </c>
-      <c r="F352" s="9" t="s">
+      <c r="F354" s="9" t="s">
         <v>951</v>
       </c>
     </row>
-    <row r="353" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A353" s="30" t="s">
+    <row r="355" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A355" s="30" t="s">
         <v>2287</v>
       </c>
-      <c r="B353" s="22" t="s">
+      <c r="B355" s="22" t="s">
         <v>952</v>
       </c>
-      <c r="C353" s="4" t="s">
+      <c r="C355" s="4" t="s">
         <v>1576</v>
       </c>
-      <c r="D353" s="22" t="s">
+      <c r="D355" s="22" t="s">
         <v>953</v>
       </c>
-      <c r="E353" s="22" t="s">
+      <c r="E355" s="22" t="s">
         <v>954</v>
       </c>
-      <c r="F353" s="5" t="s">
+      <c r="F355" s="5" t="s">
         <v>955</v>
       </c>
     </row>
-    <row r="354" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A354" s="31" t="s">
+    <row r="356" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A356" s="31" t="s">
         <v>2288</v>
       </c>
-      <c r="B354" s="25" t="s">
+      <c r="B356" s="25" t="s">
         <v>956</v>
       </c>
-      <c r="C354" s="8" t="s">
+      <c r="C356" s="8" t="s">
         <v>1577</v>
       </c>
-      <c r="D354" s="25" t="s">
+      <c r="D356" s="25" t="s">
         <v>957</v>
       </c>
-      <c r="E354" s="25" t="s">
+      <c r="E356" s="25" t="s">
         <v>20</v>
       </c>
-      <c r="F354" s="9" t="s">
+      <c r="F356" s="9" t="s">
         <v>958</v>
       </c>
     </row>
-    <row r="355" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A355" s="30" t="s">
+    <row r="357" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A357" s="30" t="s">
         <v>2289</v>
       </c>
-      <c r="B355" s="22" t="s">
+      <c r="B357" s="22" t="s">
         <v>959</v>
       </c>
-      <c r="C355" s="4" t="s">
+      <c r="C357" s="4" t="s">
         <v>1578</v>
       </c>
-      <c r="D355" s="22" t="s">
+      <c r="D357" s="22" t="s">
         <v>960</v>
       </c>
-      <c r="E355" s="22" t="s">
+      <c r="E357" s="22" t="s">
         <v>961</v>
       </c>
-      <c r="F355" s="5" t="s">
+      <c r="F357" s="5" t="s">
         <v>962</v>
       </c>
     </row>
-    <row r="356" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A356" s="31" t="s">
+    <row r="358" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A358" s="31" t="s">
         <v>2289</v>
       </c>
-      <c r="B356" s="25" t="s">
+      <c r="B358" s="25" t="s">
         <v>963</v>
       </c>
-      <c r="C356" s="8" t="s">
+      <c r="C358" s="8" t="s">
         <v>1579</v>
       </c>
-      <c r="D356" s="25" t="s">
+      <c r="D358" s="25" t="s">
         <v>964</v>
       </c>
-      <c r="E356" s="25" t="s">
+      <c r="E358" s="25" t="s">
         <v>1580</v>
       </c>
-      <c r="F356" s="9" t="s">
+      <c r="F358" s="9" t="s">
         <v>965</v>
       </c>
     </row>
-    <row r="357" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A357" s="30" t="s">
+    <row r="359" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A359" s="30" t="s">
         <v>2290</v>
       </c>
-      <c r="B357" s="22" t="s">
+      <c r="B359" s="22" t="s">
         <v>966</v>
       </c>
-      <c r="C357" s="4" t="s">
+      <c r="C359" s="4" t="s">
         <v>1581</v>
       </c>
-      <c r="D357" s="22" t="s">
+      <c r="D359" s="22" t="s">
         <v>967</v>
       </c>
-      <c r="E357" s="22" t="s">
+      <c r="E359" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F357" s="5" t="s">
+      <c r="F359" s="5" t="s">
         <v>968</v>
       </c>
     </row>
-    <row r="358" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A358" s="31" t="s">
+    <row r="360" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A360" s="31" t="s">
         <v>2290</v>
       </c>
-      <c r="B358" s="25" t="s">
+      <c r="B360" s="25" t="s">
         <v>969</v>
       </c>
-      <c r="C358" s="8" t="s">
+      <c r="C360" s="8" t="s">
         <v>1582</v>
       </c>
-      <c r="D358" s="25" t="s">
+      <c r="D360" s="25" t="s">
         <v>970</v>
       </c>
-      <c r="E358" s="25" t="s">
+      <c r="E360" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F358" s="9" t="s">
+      <c r="F360" s="9" t="s">
         <v>971</v>
       </c>
     </row>
-    <row r="359" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A359" s="30" t="s">
+    <row r="361" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A361" s="30" t="s">
         <v>2291</v>
       </c>
-      <c r="B359" s="22" t="s">
+      <c r="B361" s="22" t="s">
         <v>972</v>
       </c>
-      <c r="C359" s="4" t="s">
+      <c r="C361" s="4" t="s">
         <v>1583</v>
       </c>
-      <c r="D359" s="22" t="s">
+      <c r="D361" s="22" t="s">
         <v>973</v>
       </c>
-      <c r="E359" s="22" t="s">
+      <c r="E361" s="22" t="s">
         <v>1584</v>
       </c>
-      <c r="F359" s="5" t="s">
+      <c r="F361" s="5" t="s">
         <v>974</v>
-      </c>
-[...38 lines deleted...]
-        <v>981</v>
       </c>
     </row>
     <row r="362" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A362" s="31" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B362" s="25" t="s">
+        <v>975</v>
+      </c>
+      <c r="C362" s="8" t="s">
+        <v>1586</v>
+      </c>
+      <c r="D362" s="25" t="s">
+        <v>976</v>
+      </c>
+      <c r="E362" s="25" t="s">
+        <v>1587</v>
+      </c>
+      <c r="F362" s="9" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="363" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A363" s="30" t="s">
+        <v>978</v>
+      </c>
+      <c r="B363" s="22" t="s">
+        <v>979</v>
+      </c>
+      <c r="C363" s="4" t="s">
+        <v>1588</v>
+      </c>
+      <c r="D363" s="22" t="s">
+        <v>980</v>
+      </c>
+      <c r="E363" s="22" t="s">
+        <v>461</v>
+      </c>
+      <c r="F363" s="5" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="364" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A364" s="31" t="s">
         <v>982</v>
       </c>
-      <c r="B362" s="25" t="s">
+      <c r="B364" s="25" t="s">
         <v>983</v>
       </c>
-      <c r="C362" s="8" t="s">
+      <c r="C364" s="8" t="s">
         <v>1589</v>
       </c>
-      <c r="D362" s="25" t="s">
+      <c r="D364" s="25" t="s">
         <v>984</v>
       </c>
-      <c r="E362" s="25" t="s">
+      <c r="E364" s="25" t="s">
         <v>1590</v>
       </c>
-      <c r="F362" s="9" t="s">
+      <c r="F364" s="9" t="s">
         <v>985</v>
       </c>
     </row>
-    <row r="363" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A363" s="30" t="s">
+    <row r="365" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A365" s="30" t="s">
         <v>986</v>
       </c>
-      <c r="B363" s="22" t="s">
+      <c r="B365" s="22" t="s">
         <v>987</v>
       </c>
-      <c r="C363" s="4" t="s">
+      <c r="C365" s="4" t="s">
         <v>1591</v>
       </c>
-      <c r="D363" s="22" t="s">
+      <c r="D365" s="22" t="s">
         <v>988</v>
       </c>
-      <c r="E363" s="22" t="s">
+      <c r="E365" s="22" t="s">
         <v>1592</v>
       </c>
-      <c r="F363" s="5" t="s">
+      <c r="F365" s="5" t="s">
         <v>989</v>
       </c>
     </row>
-    <row r="364" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A364" s="31" t="s">
+    <row r="366" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A366" s="31" t="s">
         <v>990</v>
       </c>
-      <c r="B364" s="25" t="s">
+      <c r="B366" s="25" t="s">
         <v>991</v>
       </c>
-      <c r="C364" s="8" t="s">
+      <c r="C366" s="8" t="s">
         <v>1593</v>
       </c>
-      <c r="D364" s="25" t="s">
+      <c r="D366" s="25" t="s">
         <v>992</v>
       </c>
-      <c r="E364" s="25" t="s">
+      <c r="E366" s="25" t="s">
         <v>1594</v>
       </c>
-      <c r="F364" s="9" t="s">
+      <c r="F366" s="9" t="s">
         <v>993</v>
       </c>
     </row>
-    <row r="365" spans="1:6" ht="138" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A365" s="30" t="s">
+    <row r="367" spans="1:6" ht="138" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A367" s="30" t="s">
         <v>994</v>
       </c>
-      <c r="B365" s="22" t="s">
+      <c r="B367" s="22" t="s">
         <v>995</v>
       </c>
-      <c r="C365" s="4" t="s">
+      <c r="C367" s="4" t="s">
         <v>1595</v>
       </c>
-      <c r="D365" s="22" t="s">
+      <c r="D367" s="22" t="s">
         <v>996</v>
       </c>
-      <c r="E365" s="22" t="s">
+      <c r="E367" s="22" t="s">
         <v>1596</v>
       </c>
-      <c r="F365" s="5" t="s">
+      <c r="F367" s="5" t="s">
         <v>997</v>
-      </c>
-[...38 lines deleted...]
-        <v>1004</v>
       </c>
     </row>
     <row r="368" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A368" s="31" t="s">
-        <v>1601</v>
+        <v>1597</v>
       </c>
       <c r="B368" s="25" t="s">
-        <v>1005</v>
+        <v>998</v>
       </c>
       <c r="C368" s="8" t="s">
-        <v>1602</v>
+        <v>1598</v>
       </c>
       <c r="D368" s="25" t="s">
-        <v>1006</v>
+        <v>999</v>
       </c>
       <c r="E368" s="25" t="s">
-        <v>1007</v>
+        <v>1599</v>
       </c>
       <c r="F368" s="9" t="s">
-        <v>1008</v>
-[...2 lines deleted...]
-    <row r="369" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="369" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A369" s="30" t="s">
-        <v>1009</v>
+        <v>1001</v>
       </c>
       <c r="B369" s="22" t="s">
-        <v>1010</v>
+        <v>1002</v>
       </c>
       <c r="C369" s="4" t="s">
-        <v>1603</v>
+        <v>1600</v>
       </c>
       <c r="D369" s="22" t="s">
-        <v>1011</v>
+        <v>1003</v>
       </c>
       <c r="E369" s="22" t="s">
-        <v>1604</v>
+        <v>461</v>
       </c>
       <c r="F369" s="5" t="s">
-        <v>1012</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="370" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A370" s="31" t="s">
-        <v>1013</v>
+        <v>1601</v>
       </c>
       <c r="B370" s="25" t="s">
-        <v>1014</v>
+        <v>1005</v>
       </c>
       <c r="C370" s="8" t="s">
-        <v>1605</v>
+        <v>1602</v>
       </c>
       <c r="D370" s="25" t="s">
-        <v>1015</v>
+        <v>1006</v>
       </c>
       <c r="E370" s="25" t="s">
-        <v>1606</v>
+        <v>1007</v>
       </c>
       <c r="F370" s="9" t="s">
-        <v>1016</v>
-[...2 lines deleted...]
-    <row r="371" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="371" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A371" s="30" t="s">
-        <v>1607</v>
+        <v>1009</v>
       </c>
       <c r="B371" s="22" t="s">
-        <v>1017</v>
+        <v>1010</v>
       </c>
       <c r="C371" s="4" t="s">
-        <v>1608</v>
+        <v>1603</v>
       </c>
       <c r="D371" s="22" t="s">
-        <v>1018</v>
+        <v>1011</v>
       </c>
       <c r="E371" s="22" t="s">
-        <v>1019</v>
+        <v>1604</v>
       </c>
       <c r="F371" s="5" t="s">
-        <v>1020</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="372" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A372" s="31" t="s">
-        <v>1021</v>
+        <v>1013</v>
       </c>
       <c r="B372" s="25" t="s">
-        <v>1022</v>
+        <v>1014</v>
       </c>
       <c r="C372" s="8" t="s">
-        <v>1609</v>
+        <v>1605</v>
       </c>
       <c r="D372" s="25" t="s">
-        <v>1023</v>
+        <v>1015</v>
       </c>
       <c r="E372" s="25" t="s">
-        <v>1610</v>
+        <v>1606</v>
       </c>
       <c r="F372" s="9" t="s">
-        <v>1024</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="373" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A373" s="30" t="s">
-        <v>1611</v>
+        <v>1607</v>
       </c>
       <c r="B373" s="22" t="s">
-        <v>1025</v>
+        <v>1017</v>
       </c>
       <c r="C373" s="4" t="s">
-        <v>1612</v>
+        <v>1608</v>
       </c>
       <c r="D373" s="22" t="s">
-        <v>1026</v>
+        <v>1018</v>
       </c>
       <c r="E373" s="22" t="s">
-        <v>1613</v>
+        <v>1019</v>
       </c>
       <c r="F373" s="5" t="s">
-        <v>1027</v>
-[...2 lines deleted...]
-    <row r="374" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="374" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A374" s="31" t="s">
-        <v>1614</v>
+        <v>1021</v>
       </c>
       <c r="B374" s="25" t="s">
-        <v>1028</v>
+        <v>1022</v>
       </c>
       <c r="C374" s="8" t="s">
         <v>1609</v>
       </c>
       <c r="D374" s="25" t="s">
-        <v>1029</v>
+        <v>1023</v>
       </c>
       <c r="E374" s="25" t="s">
-        <v>1615</v>
+        <v>1610</v>
       </c>
       <c r="F374" s="9" t="s">
-        <v>1030</v>
-[...2 lines deleted...]
-    <row r="375" spans="1:6" ht="187.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="375" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A375" s="30" t="s">
-        <v>1031</v>
+        <v>1611</v>
       </c>
       <c r="B375" s="22" t="s">
-        <v>1032</v>
+        <v>1025</v>
       </c>
       <c r="C375" s="4" t="s">
-        <v>1616</v>
+        <v>1612</v>
       </c>
       <c r="D375" s="22" t="s">
-        <v>1033</v>
+        <v>1026</v>
       </c>
       <c r="E375" s="22" t="s">
-        <v>1617</v>
+        <v>1613</v>
       </c>
       <c r="F375" s="5" t="s">
-        <v>1034</v>
-[...2 lines deleted...]
-    <row r="376" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="376" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A376" s="31" t="s">
-        <v>1618</v>
+        <v>1614</v>
       </c>
       <c r="B376" s="25" t="s">
-        <v>1035</v>
+        <v>1028</v>
       </c>
       <c r="C376" s="8" t="s">
         <v>1609</v>
       </c>
       <c r="D376" s="25" t="s">
+        <v>1029</v>
+      </c>
+      <c r="E376" s="25" t="s">
+        <v>1615</v>
+      </c>
+      <c r="F376" s="9" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="377" spans="1:6" ht="187.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A377" s="30" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B377" s="22" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C377" s="4" t="s">
+        <v>1616</v>
+      </c>
+      <c r="D377" s="22" t="s">
+        <v>1033</v>
+      </c>
+      <c r="E377" s="22" t="s">
+        <v>1617</v>
+      </c>
+      <c r="F377" s="5" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="378" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A378" s="31" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B378" s="25" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C378" s="8" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D378" s="25" t="s">
         <v>1036</v>
       </c>
-      <c r="E376" s="25" t="s">
+      <c r="E378" s="25" t="s">
         <v>1037</v>
       </c>
-      <c r="F376" s="9" t="s">
+      <c r="F378" s="9" t="s">
         <v>1038</v>
       </c>
     </row>
-    <row r="377" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A377" s="30" t="s">
+    <row r="379" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A379" s="30" t="s">
         <v>1039</v>
       </c>
-      <c r="B377" s="22" t="s">
+      <c r="B379" s="22" t="s">
         <v>1040</v>
       </c>
-      <c r="C377" s="4" t="s">
+      <c r="C379" s="4" t="s">
         <v>1619</v>
       </c>
-      <c r="D377" s="22" t="s">
+      <c r="D379" s="22" t="s">
         <v>1041</v>
       </c>
-      <c r="E377" s="22" t="s">
+      <c r="E379" s="22" t="s">
         <v>1620</v>
       </c>
-      <c r="F377" s="5" t="s">
+      <c r="F379" s="5" t="s">
         <v>1042</v>
       </c>
     </row>
-    <row r="378" spans="1:6" ht="185.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A378" s="31" t="s">
+    <row r="380" spans="1:6" ht="185.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A380" s="31" t="s">
         <v>1621</v>
       </c>
-      <c r="B378" s="25" t="s">
+      <c r="B380" s="25" t="s">
         <v>1043</v>
       </c>
-      <c r="C378" s="8" t="s">
+      <c r="C380" s="8" t="s">
         <v>1622</v>
       </c>
-      <c r="D378" s="25" t="s">
+      <c r="D380" s="25" t="s">
         <v>1044</v>
       </c>
-      <c r="E378" s="25" t="s">
+      <c r="E380" s="25" t="s">
         <v>1623</v>
       </c>
-      <c r="F378" s="9" t="s">
+      <c r="F380" s="9" t="s">
         <v>1045</v>
-      </c>
-[...38 lines deleted...]
-        <v>1051</v>
       </c>
     </row>
     <row r="381" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A381" s="30" t="s">
+        <v>1621</v>
+      </c>
+      <c r="B381" s="22" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C381" s="4" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D381" s="22" t="s">
+        <v>1047</v>
+      </c>
+      <c r="E381" s="22" t="s">
+        <v>1625</v>
+      </c>
+      <c r="F381" s="5" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="382" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A382" s="31" t="s">
         <v>1626</v>
       </c>
-      <c r="B381" s="22" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="B382" s="25" t="s">
-        <v>1055</v>
+        <v>1049</v>
       </c>
       <c r="C382" s="8" t="s">
-        <v>1630</v>
+        <v>1609</v>
       </c>
       <c r="D382" s="25" t="s">
-        <v>1056</v>
+        <v>1050</v>
       </c>
       <c r="E382" s="25" t="s">
-        <v>1631</v>
+        <v>1627</v>
       </c>
       <c r="F382" s="9" t="s">
-        <v>1057</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="383" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A383" s="30" t="s">
-        <v>1058</v>
+        <v>1626</v>
       </c>
       <c r="B383" s="22" t="s">
-        <v>1059</v>
+        <v>1052</v>
       </c>
       <c r="C383" s="4" t="s">
-        <v>1609</v>
+        <v>1628</v>
       </c>
       <c r="D383" s="22" t="s">
-        <v>1060</v>
+        <v>1053</v>
       </c>
       <c r="E383" s="22" t="s">
-        <v>1632</v>
+        <v>461</v>
       </c>
       <c r="F383" s="5" t="s">
-        <v>1061</v>
-[...2 lines deleted...]
-    <row r="384" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="384" spans="1:6" ht="185.4" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A384" s="31" t="s">
-        <v>1062</v>
+        <v>1629</v>
       </c>
       <c r="B384" s="25" t="s">
-        <v>1063</v>
+        <v>1055</v>
       </c>
       <c r="C384" s="8" t="s">
-        <v>1633</v>
+        <v>1630</v>
       </c>
       <c r="D384" s="25" t="s">
-        <v>1064</v>
+        <v>1056</v>
       </c>
       <c r="E384" s="25" t="s">
-        <v>461</v>
+        <v>1631</v>
       </c>
       <c r="F384" s="9" t="s">
-        <v>1065</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="385" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A385" s="30" t="s">
-        <v>1066</v>
+        <v>1058</v>
       </c>
       <c r="B385" s="22" t="s">
-        <v>1067</v>
+        <v>1059</v>
       </c>
       <c r="C385" s="4" t="s">
-        <v>1634</v>
+        <v>1609</v>
       </c>
       <c r="D385" s="22" t="s">
-        <v>1068</v>
+        <v>1060</v>
       </c>
       <c r="E385" s="22" t="s">
-        <v>461</v>
+        <v>1632</v>
       </c>
       <c r="F385" s="5" t="s">
-        <v>1069</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="386" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A386" s="31" t="s">
-        <v>1635</v>
+        <v>1062</v>
       </c>
       <c r="B386" s="25" t="s">
-        <v>1070</v>
+        <v>1063</v>
       </c>
       <c r="C386" s="8" t="s">
-        <v>1636</v>
+        <v>1633</v>
       </c>
       <c r="D386" s="25" t="s">
-        <v>1071</v>
+        <v>1064</v>
       </c>
       <c r="E386" s="25" t="s">
-        <v>1072</v>
+        <v>461</v>
       </c>
       <c r="F386" s="9" t="s">
-        <v>1073</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="387" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A387" s="30" t="s">
-        <v>1074</v>
+        <v>1066</v>
       </c>
       <c r="B387" s="22" t="s">
-        <v>1075</v>
+        <v>1067</v>
       </c>
       <c r="C387" s="4" t="s">
-        <v>1637</v>
+        <v>1634</v>
       </c>
       <c r="D387" s="22" t="s">
-        <v>1076</v>
+        <v>1068</v>
       </c>
       <c r="E387" s="22" t="s">
-        <v>1077</v>
+        <v>461</v>
       </c>
       <c r="F387" s="5" t="s">
-        <v>1078</v>
-[...2 lines deleted...]
-    <row r="388" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="388" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A388" s="31" t="s">
-        <v>1074</v>
+        <v>1635</v>
       </c>
       <c r="B388" s="25" t="s">
-        <v>1079</v>
+        <v>1070</v>
       </c>
       <c r="C388" s="8" t="s">
-        <v>1638</v>
+        <v>1636</v>
       </c>
       <c r="D388" s="25" t="s">
-        <v>1080</v>
+        <v>1071</v>
       </c>
       <c r="E388" s="25" t="s">
-        <v>1639</v>
+        <v>1072</v>
       </c>
       <c r="F388" s="9" t="s">
-        <v>1081</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="389" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A389" s="30" t="s">
-        <v>1082</v>
+        <v>1074</v>
       </c>
       <c r="B389" s="22" t="s">
-        <v>1083</v>
+        <v>1075</v>
       </c>
       <c r="C389" s="4" t="s">
-        <v>1553</v>
+        <v>1637</v>
       </c>
       <c r="D389" s="22" t="s">
-        <v>1084</v>
+        <v>1076</v>
       </c>
       <c r="E389" s="22" t="s">
-        <v>1085</v>
+        <v>1077</v>
       </c>
       <c r="F389" s="5" t="s">
-        <v>1086</v>
-[...2 lines deleted...]
-    <row r="390" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="390" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A390" s="31" t="s">
-        <v>1082</v>
+        <v>1074</v>
       </c>
       <c r="B390" s="25" t="s">
-        <v>1087</v>
+        <v>1079</v>
       </c>
       <c r="C390" s="8" t="s">
-        <v>1640</v>
+        <v>1638</v>
       </c>
       <c r="D390" s="25" t="s">
-        <v>1088</v>
+        <v>1080</v>
       </c>
       <c r="E390" s="25" t="s">
-        <v>1641</v>
+        <v>1639</v>
       </c>
       <c r="F390" s="9" t="s">
-        <v>1089</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="391" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A391" s="30" t="s">
-        <v>1090</v>
+        <v>1082</v>
       </c>
       <c r="B391" s="22" t="s">
-        <v>1091</v>
+        <v>1083</v>
       </c>
       <c r="C391" s="4" t="s">
-        <v>1642</v>
+        <v>1553</v>
       </c>
       <c r="D391" s="22" t="s">
-        <v>1092</v>
+        <v>1084</v>
       </c>
       <c r="E391" s="22" t="s">
-        <v>461</v>
+        <v>1085</v>
       </c>
       <c r="F391" s="5" t="s">
-        <v>1093</v>
-[...2 lines deleted...]
-    <row r="392" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="392" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A392" s="31" t="s">
-        <v>1094</v>
+        <v>1082</v>
       </c>
       <c r="B392" s="25" t="s">
-        <v>1095</v>
+        <v>1087</v>
       </c>
       <c r="C392" s="8" t="s">
-        <v>1643</v>
+        <v>1640</v>
       </c>
       <c r="D392" s="25" t="s">
-        <v>1096</v>
+        <v>1088</v>
       </c>
       <c r="E392" s="25" t="s">
-        <v>1644</v>
+        <v>1641</v>
       </c>
       <c r="F392" s="9" t="s">
-        <v>1097</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="393" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A393" s="30" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B393" s="22" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C393" s="4" t="s">
+        <v>1642</v>
+      </c>
+      <c r="D393" s="22" t="s">
+        <v>1092</v>
+      </c>
+      <c r="E393" s="22" t="s">
+        <v>461</v>
+      </c>
+      <c r="F393" s="5" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="394" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A394" s="31" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B394" s="25" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C394" s="8" t="s">
+        <v>1643</v>
+      </c>
+      <c r="D394" s="25" t="s">
+        <v>1096</v>
+      </c>
+      <c r="E394" s="25" t="s">
+        <v>1644</v>
+      </c>
+      <c r="F394" s="9" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="395" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A395" s="30" t="s">
         <v>1645</v>
       </c>
-      <c r="B393" s="22" t="s">
+      <c r="B395" s="22" t="s">
         <v>1098</v>
       </c>
-      <c r="C393" s="4" t="s">
+      <c r="C395" s="4" t="s">
         <v>1646</v>
       </c>
-      <c r="D393" s="22" t="s">
+      <c r="D395" s="22" t="s">
         <v>1099</v>
       </c>
-      <c r="E393" s="22" t="s">
+      <c r="E395" s="22" t="s">
         <v>1100</v>
       </c>
-      <c r="F393" s="5" t="s">
+      <c r="F395" s="5" t="s">
         <v>1101</v>
-      </c>
-[...38 lines deleted...]
-        <v>1108</v>
       </c>
     </row>
     <row r="396" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A396" s="31" t="s">
-        <v>1651</v>
+        <v>1102</v>
       </c>
       <c r="B396" s="25" t="s">
-        <v>1109</v>
+        <v>1103</v>
       </c>
       <c r="C396" s="8" t="s">
-        <v>1652</v>
+        <v>1609</v>
       </c>
       <c r="D396" s="25" t="s">
-        <v>1110</v>
+        <v>1104</v>
       </c>
       <c r="E396" s="25" t="s">
-        <v>1111</v>
+        <v>1647</v>
       </c>
       <c r="F396" s="9" t="s">
-        <v>1112</v>
-[...2 lines deleted...]
-    <row r="397" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="397" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A397" s="30" t="s">
-        <v>1113</v>
+        <v>1648</v>
       </c>
       <c r="B397" s="22" t="s">
-        <v>1114</v>
+        <v>1106</v>
       </c>
       <c r="C397" s="4" t="s">
-        <v>1653</v>
+        <v>1649</v>
       </c>
       <c r="D397" s="22" t="s">
-        <v>1115</v>
+        <v>1107</v>
       </c>
       <c r="E397" s="22" t="s">
-        <v>1116</v>
+        <v>1650</v>
       </c>
       <c r="F397" s="5" t="s">
-        <v>1117</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="398" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A398" s="31" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B398" s="25" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C398" s="8" t="s">
+        <v>1652</v>
+      </c>
+      <c r="D398" s="25" t="s">
+        <v>1110</v>
+      </c>
+      <c r="E398" s="25" t="s">
+        <v>1111</v>
+      </c>
+      <c r="F398" s="9" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="399" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A399" s="30" t="s">
         <v>1113</v>
       </c>
-      <c r="B398" s="25" t="s">
+      <c r="B399" s="22" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C399" s="4" t="s">
+        <v>1653</v>
+      </c>
+      <c r="D399" s="22" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E399" s="22" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F399" s="5" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="400" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A400" s="31" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B400" s="25" t="s">
         <v>1118</v>
       </c>
-      <c r="C398" s="8" t="s">
+      <c r="C400" s="8" t="s">
         <v>1654</v>
       </c>
-      <c r="D398" s="25" t="s">
+      <c r="D400" s="25" t="s">
         <v>1119</v>
       </c>
-      <c r="E398" s="25" t="s">
+      <c r="E400" s="25" t="s">
         <v>1120</v>
       </c>
-      <c r="F398" s="9" t="s">
+      <c r="F400" s="9" t="s">
         <v>1121</v>
       </c>
     </row>
-    <row r="399" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A399" s="30" t="s">
+    <row r="401" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A401" s="30" t="s">
         <v>1655</v>
       </c>
-      <c r="B399" s="22" t="s">
+      <c r="B401" s="22" t="s">
         <v>1122</v>
       </c>
-      <c r="C399" s="4" t="s">
+      <c r="C401" s="4" t="s">
         <v>1656</v>
       </c>
-      <c r="D399" s="22" t="s">
+      <c r="D401" s="22" t="s">
         <v>1123</v>
       </c>
-      <c r="E399" s="22" t="s">
+      <c r="E401" s="22" t="s">
         <v>1124</v>
       </c>
-      <c r="F399" s="5" t="s">
+      <c r="F401" s="5" t="s">
         <v>1125</v>
       </c>
     </row>
-    <row r="400" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A400" s="31" t="s">
+    <row r="402" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A402" s="31" t="s">
         <v>1126</v>
       </c>
-      <c r="B400" s="25" t="s">
+      <c r="B402" s="25" t="s">
         <v>1127</v>
       </c>
-      <c r="C400" s="8" t="s">
+      <c r="C402" s="8" t="s">
         <v>1657</v>
       </c>
-      <c r="D400" s="25" t="s">
+      <c r="D402" s="25" t="s">
         <v>1128</v>
       </c>
-      <c r="E400" s="25" t="s">
+      <c r="E402" s="25" t="s">
         <v>1129</v>
       </c>
-      <c r="F400" s="9" t="s">
+      <c r="F402" s="9" t="s">
         <v>1130</v>
       </c>
     </row>
-    <row r="401" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A401" s="30" t="s">
+    <row r="403" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A403" s="30" t="s">
         <v>1126</v>
       </c>
-      <c r="B401" s="22" t="s">
+      <c r="B403" s="22" t="s">
         <v>1131</v>
       </c>
-      <c r="C401" s="4" t="s">
+      <c r="C403" s="4" t="s">
         <v>1658</v>
       </c>
-      <c r="D401" s="22" t="s">
+      <c r="D403" s="22" t="s">
         <v>1132</v>
       </c>
-      <c r="E401" s="22" t="s">
+      <c r="E403" s="22" t="s">
         <v>1659</v>
       </c>
-      <c r="F401" s="5" t="s">
+      <c r="F403" s="5" t="s">
         <v>1133</v>
       </c>
     </row>
-    <row r="402" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A402" s="31" t="s">
+    <row r="404" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A404" s="31" t="s">
         <v>1134</v>
       </c>
-      <c r="B402" s="25" t="s">
+      <c r="B404" s="25" t="s">
         <v>1135</v>
       </c>
-      <c r="C402" s="8" t="s">
+      <c r="C404" s="8" t="s">
         <v>1560</v>
       </c>
-      <c r="D402" s="25" t="s">
+      <c r="D404" s="25" t="s">
         <v>1136</v>
       </c>
-      <c r="E402" s="25" t="s">
+      <c r="E404" s="25" t="s">
         <v>1660</v>
       </c>
-      <c r="F402" s="9" t="s">
+      <c r="F404" s="9" t="s">
         <v>1137</v>
       </c>
     </row>
-    <row r="403" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A403" s="30" t="s">
+    <row r="405" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A405" s="30" t="s">
         <v>1138</v>
       </c>
-      <c r="B403" s="22" t="s">
+      <c r="B405" s="22" t="s">
         <v>1139</v>
       </c>
-      <c r="C403" s="4" t="s">
+      <c r="C405" s="4" t="s">
         <v>1609</v>
       </c>
-      <c r="D403" s="22" t="s">
+      <c r="D405" s="22" t="s">
         <v>1140</v>
       </c>
-      <c r="E403" s="22" t="s">
+      <c r="E405" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F403" s="5" t="s">
+      <c r="F405" s="5" t="s">
         <v>1141</v>
       </c>
     </row>
-    <row r="404" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A404" s="31" t="s">
+    <row r="406" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A406" s="31" t="s">
         <v>1661</v>
       </c>
-      <c r="B404" s="25" t="s">
+      <c r="B406" s="25" t="s">
         <v>1142</v>
       </c>
-      <c r="C404" s="8" t="s">
+      <c r="C406" s="8" t="s">
         <v>1662</v>
       </c>
-      <c r="D404" s="25" t="s">
+      <c r="D406" s="25" t="s">
         <v>1143</v>
       </c>
-      <c r="E404" s="25" t="s">
+      <c r="E406" s="25" t="s">
         <v>1663</v>
       </c>
-      <c r="F404" s="8"/>
-[...2 lines deleted...]
-      <c r="A405" s="30" t="s">
+      <c r="F406" s="8"/>
+    </row>
+    <row r="407" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A407" s="30" t="s">
         <v>1144</v>
       </c>
-      <c r="B405" s="22" t="s">
+      <c r="B407" s="22" t="s">
         <v>1145</v>
       </c>
-      <c r="C405" s="4" t="s">
+      <c r="C407" s="4" t="s">
         <v>1664</v>
       </c>
-      <c r="D405" s="22" t="s">
+      <c r="D407" s="22" t="s">
         <v>1146</v>
       </c>
-      <c r="E405" s="22" t="s">
+      <c r="E407" s="22" t="s">
         <v>1665</v>
       </c>
-      <c r="F405" s="5" t="s">
+      <c r="F407" s="5" t="s">
         <v>1147</v>
       </c>
     </row>
-    <row r="406" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A406" s="31" t="s">
+    <row r="408" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A408" s="31" t="s">
         <v>1148</v>
       </c>
-      <c r="B406" s="25" t="s">
+      <c r="B408" s="25" t="s">
         <v>1149</v>
       </c>
-      <c r="C406" s="8" t="s">
+      <c r="C408" s="8" t="s">
         <v>1666</v>
       </c>
-      <c r="D406" s="25" t="s">
+      <c r="D408" s="25" t="s">
         <v>1150</v>
       </c>
-      <c r="E406" s="25" t="s">
+      <c r="E408" s="25" t="s">
         <v>1151</v>
       </c>
-      <c r="F406" s="9" t="s">
+      <c r="F408" s="9" t="s">
         <v>1152</v>
       </c>
     </row>
-    <row r="407" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A407" s="30" t="s">
+    <row r="409" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A409" s="30" t="s">
         <v>1153</v>
       </c>
-      <c r="B407" s="22" t="s">
+      <c r="B409" s="22" t="s">
         <v>1154</v>
       </c>
-      <c r="C407" s="4" t="s">
+      <c r="C409" s="4" t="s">
         <v>1667</v>
       </c>
-      <c r="D407" s="22" t="s">
+      <c r="D409" s="22" t="s">
         <v>1155</v>
       </c>
-      <c r="E407" s="22" t="s">
+      <c r="E409" s="22" t="s">
         <v>1156</v>
       </c>
-      <c r="F407" s="5" t="s">
+      <c r="F409" s="5" t="s">
         <v>1157</v>
       </c>
     </row>
-    <row r="408" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A408" s="31" t="s">
+    <row r="410" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A410" s="31" t="s">
         <v>1158</v>
       </c>
-      <c r="B408" s="25" t="s">
+      <c r="B410" s="25" t="s">
         <v>1159</v>
       </c>
-      <c r="C408" s="8" t="s">
+      <c r="C410" s="8" t="s">
         <v>1668</v>
       </c>
-      <c r="D408" s="25" t="s">
+      <c r="D410" s="25" t="s">
         <v>1160</v>
       </c>
-      <c r="E408" s="25" t="s">
+      <c r="E410" s="25" t="s">
         <v>1161</v>
       </c>
-      <c r="F408" s="9" t="s">
+      <c r="F410" s="9" t="s">
         <v>1162</v>
-      </c>
-[...38 lines deleted...]
-        <v>1170</v>
       </c>
     </row>
     <row r="411" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A411" s="30" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B411" s="22" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C411" s="4" t="s">
+        <v>1497</v>
+      </c>
+      <c r="D411" s="22" t="s">
+        <v>1165</v>
+      </c>
+      <c r="E411" s="22" t="s">
+        <v>1669</v>
+      </c>
+      <c r="F411" s="5" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="412" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A412" s="31" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B412" s="25" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C412" s="8" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D412" s="25" t="s">
+        <v>1169</v>
+      </c>
+      <c r="E412" s="25" t="s">
+        <v>1670</v>
+      </c>
+      <c r="F412" s="9" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="413" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A413" s="30" t="s">
         <v>1671</v>
       </c>
-      <c r="B411" s="22" t="s">
+      <c r="B413" s="22" t="s">
         <v>1171</v>
       </c>
-      <c r="C411" s="4" t="s">
+      <c r="C413" s="4" t="s">
         <v>1672</v>
       </c>
-      <c r="D411" s="22" t="s">
+      <c r="D413" s="22" t="s">
         <v>1172</v>
       </c>
-      <c r="E411" s="22" t="s">
+      <c r="E413" s="22" t="s">
         <v>1673</v>
       </c>
-      <c r="F411" s="5" t="s">
+      <c r="F413" s="5" t="s">
         <v>1173</v>
       </c>
     </row>
-    <row r="412" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A412" s="31" t="s">
+    <row r="414" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A414" s="31" t="s">
         <v>1174</v>
       </c>
-      <c r="B412" s="25" t="s">
+      <c r="B414" s="25" t="s">
         <v>1175</v>
       </c>
-      <c r="C412" s="8" t="s">
+      <c r="C414" s="8" t="s">
         <v>1674</v>
       </c>
-      <c r="D412" s="25" t="s">
+      <c r="D414" s="25" t="s">
         <v>1176</v>
       </c>
-      <c r="E412" s="25" t="s">
+      <c r="E414" s="25" t="s">
         <v>1675</v>
       </c>
-      <c r="F412" s="9" t="s">
+      <c r="F414" s="9" t="s">
         <v>1177</v>
       </c>
     </row>
-    <row r="413" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A413" s="30" t="s">
+    <row r="415" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A415" s="30" t="s">
         <v>1178</v>
       </c>
-      <c r="B413" s="22" t="s">
+      <c r="B415" s="22" t="s">
         <v>1179</v>
       </c>
-      <c r="C413" s="4" t="s">
+      <c r="C415" s="4" t="s">
         <v>1676</v>
       </c>
-      <c r="D413" s="22" t="s">
+      <c r="D415" s="22" t="s">
         <v>1180</v>
       </c>
-      <c r="E413" s="22" t="s">
+      <c r="E415" s="22" t="s">
         <v>1677</v>
       </c>
-      <c r="F413" s="5" t="s">
+      <c r="F415" s="5" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="414" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A414" s="31" t="s">
+    <row r="416" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A416" s="31" t="s">
         <v>1182</v>
       </c>
-      <c r="B414" s="25" t="s">
+      <c r="B416" s="25" t="s">
         <v>1183</v>
       </c>
-      <c r="C414" s="8" t="s">
+      <c r="C416" s="8" t="s">
         <v>1678</v>
       </c>
-      <c r="D414" s="25" t="s">
+      <c r="D416" s="25" t="s">
         <v>1184</v>
       </c>
-      <c r="E414" s="25" t="s">
+      <c r="E416" s="25" t="s">
         <v>1679</v>
       </c>
-      <c r="F414" s="9" t="s">
+      <c r="F416" s="9" t="s">
         <v>1185</v>
       </c>
     </row>
-    <row r="415" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A415" s="30" t="s">
+    <row r="417" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A417" s="30" t="s">
         <v>1186</v>
       </c>
-      <c r="B415" s="22" t="s">
+      <c r="B417" s="22" t="s">
         <v>1187</v>
       </c>
-      <c r="C415" s="4" t="s">
+      <c r="C417" s="4" t="s">
         <v>1680</v>
       </c>
-      <c r="D415" s="22" t="s">
+      <c r="D417" s="22" t="s">
         <v>1188</v>
       </c>
-      <c r="E415" s="22" t="s">
+      <c r="E417" s="22" t="s">
         <v>1189</v>
       </c>
-      <c r="F415" s="5" t="s">
+      <c r="F417" s="5" t="s">
         <v>1190</v>
       </c>
     </row>
-    <row r="416" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A416" s="31" t="s">
+    <row r="418" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A418" s="31" t="s">
         <v>1191</v>
       </c>
-      <c r="B416" s="25" t="s">
+      <c r="B418" s="25" t="s">
         <v>1192</v>
       </c>
-      <c r="C416" s="8" t="s">
+      <c r="C418" s="8" t="s">
         <v>1681</v>
       </c>
-      <c r="D416" s="25" t="s">
+      <c r="D418" s="25" t="s">
         <v>1193</v>
       </c>
-      <c r="E416" s="25" t="s">
+      <c r="E418" s="25" t="s">
         <v>1194</v>
       </c>
-      <c r="F416" s="9" t="s">
+      <c r="F418" s="9" t="s">
         <v>1195</v>
       </c>
     </row>
-    <row r="417" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A417" s="30" t="s">
+    <row r="419" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A419" s="30" t="s">
         <v>1196</v>
       </c>
-      <c r="B417" s="22" t="s">
+      <c r="B419" s="22" t="s">
         <v>1197</v>
       </c>
-      <c r="C417" s="4" t="s">
+      <c r="C419" s="4" t="s">
         <v>1544</v>
       </c>
-      <c r="D417" s="22" t="s">
+      <c r="D419" s="22" t="s">
         <v>1198</v>
       </c>
-      <c r="E417" s="22" t="s">
+      <c r="E419" s="22" t="s">
         <v>1682</v>
       </c>
-      <c r="F417" s="5" t="s">
+      <c r="F419" s="5" t="s">
         <v>1199</v>
       </c>
     </row>
-    <row r="418" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A418" s="31" t="s">
+    <row r="420" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A420" s="31" t="s">
         <v>1683</v>
       </c>
-      <c r="B418" s="25" t="s">
+      <c r="B420" s="25" t="s">
         <v>1200</v>
-      </c>
-[...38 lines deleted...]
-        <v>1208</v>
       </c>
       <c r="C420" s="8" t="s">
         <v>1497</v>
       </c>
       <c r="D420" s="25" t="s">
+        <v>1201</v>
+      </c>
+      <c r="E420" s="25" t="s">
+        <v>1684</v>
+      </c>
+      <c r="F420" s="9" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="421" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A421" s="30" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B421" s="22" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C421" s="4" t="s">
+        <v>1685</v>
+      </c>
+      <c r="D421" s="22" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E421" s="22" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F421" s="5" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="422" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A422" s="31" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B422" s="25" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C422" s="8" t="s">
+        <v>1497</v>
+      </c>
+      <c r="D422" s="25" t="s">
         <v>1209</v>
       </c>
-      <c r="E420" s="25" t="s">
+      <c r="E422" s="25" t="s">
         <v>1210</v>
       </c>
-      <c r="F420" s="9" t="s">
+      <c r="F422" s="9" t="s">
         <v>1211</v>
       </c>
     </row>
-    <row r="421" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A421" s="30" t="s">
+    <row r="423" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A423" s="30" t="s">
         <v>1212</v>
       </c>
-      <c r="B421" s="22" t="s">
+      <c r="B423" s="22" t="s">
         <v>1213</v>
       </c>
-      <c r="C421" s="4" t="s">
+      <c r="C423" s="4" t="s">
         <v>1544</v>
       </c>
-      <c r="D421" s="22" t="s">
+      <c r="D423" s="22" t="s">
         <v>1214</v>
       </c>
-      <c r="E421" s="22" t="s">
+      <c r="E423" s="22" t="s">
         <v>1215</v>
       </c>
-      <c r="F421" s="5" t="s">
+      <c r="F423" s="5" t="s">
         <v>1216</v>
-      </c>
-[...38 lines deleted...]
-        <v>1226</v>
       </c>
     </row>
     <row r="424" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A424" s="31" t="s">
-        <v>1227</v>
+        <v>1217</v>
       </c>
       <c r="B424" s="25" t="s">
-        <v>1228</v>
+        <v>1218</v>
       </c>
       <c r="C424" s="8" t="s">
-        <v>1654</v>
+        <v>1687</v>
       </c>
       <c r="D424" s="25" t="s">
-        <v>1229</v>
+        <v>1219</v>
       </c>
       <c r="E424" s="25" t="s">
-        <v>1230</v>
+        <v>1220</v>
       </c>
       <c r="F424" s="9" t="s">
-        <v>1231</v>
-[...2 lines deleted...]
-    <row r="425" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+        <v>1221</v>
+      </c>
+    </row>
+    <row r="425" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A425" s="30" t="s">
-        <v>1232</v>
+        <v>1222</v>
       </c>
       <c r="B425" s="22" t="s">
-        <v>1233</v>
+        <v>1223</v>
       </c>
       <c r="C425" s="4" t="s">
-        <v>1689</v>
+        <v>1688</v>
       </c>
       <c r="D425" s="22" t="s">
-        <v>1234</v>
+        <v>1224</v>
       </c>
       <c r="E425" s="22" t="s">
-        <v>1690</v>
+        <v>1225</v>
       </c>
       <c r="F425" s="5" t="s">
-        <v>1235</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="426" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A426" s="31" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B426" s="25" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C426" s="8" t="s">
+        <v>1654</v>
+      </c>
+      <c r="D426" s="25" t="s">
+        <v>1229</v>
+      </c>
+      <c r="E426" s="25" t="s">
+        <v>1230</v>
+      </c>
+      <c r="F426" s="9" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="427" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A427" s="30" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B427" s="22" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C427" s="4" t="s">
+        <v>1689</v>
+      </c>
+      <c r="D427" s="22" t="s">
+        <v>1234</v>
+      </c>
+      <c r="E427" s="22" t="s">
+        <v>1690</v>
+      </c>
+      <c r="F427" s="5" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="428" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A428" s="31" t="s">
         <v>1236</v>
       </c>
-      <c r="B426" s="25" t="s">
+      <c r="B428" s="25" t="s">
         <v>1237</v>
       </c>
-      <c r="C426" s="8" t="s">
+      <c r="C428" s="8" t="s">
         <v>1691</v>
       </c>
-      <c r="D426" s="25" t="s">
+      <c r="D428" s="25" t="s">
         <v>1238</v>
       </c>
-      <c r="E426" s="25" t="s">
+      <c r="E428" s="25" t="s">
         <v>1239</v>
       </c>
-      <c r="F426" s="9" t="s">
+      <c r="F428" s="9" t="s">
         <v>1240</v>
       </c>
     </row>
-    <row r="427" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A427" s="30" t="s">
+    <row r="429" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A429" s="30" t="s">
         <v>1241</v>
       </c>
-      <c r="B427" s="22" t="s">
+      <c r="B429" s="22" t="s">
         <v>1242</v>
       </c>
-      <c r="C427" s="4" t="s">
+      <c r="C429" s="4" t="s">
         <v>1497</v>
       </c>
-      <c r="D427" s="22" t="s">
+      <c r="D429" s="22" t="s">
         <v>1243</v>
       </c>
-      <c r="E427" s="22" t="s">
+      <c r="E429" s="22" t="s">
         <v>1244</v>
       </c>
-      <c r="F427" s="5" t="s">
+      <c r="F429" s="5" t="s">
         <v>1245</v>
       </c>
     </row>
-    <row r="428" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A428" s="31" t="s">
+    <row r="430" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A430" s="31" t="s">
         <v>1692</v>
       </c>
-      <c r="B428" s="25" t="s">
+      <c r="B430" s="25" t="s">
         <v>1246</v>
       </c>
-      <c r="C428" s="8" t="s">
+      <c r="C430" s="8" t="s">
         <v>1693</v>
       </c>
-      <c r="D428" s="25" t="s">
+      <c r="D430" s="25" t="s">
         <v>1247</v>
       </c>
-      <c r="E428" s="25" t="s">
+      <c r="E430" s="25" t="s">
         <v>1694</v>
       </c>
-      <c r="F428" s="9" t="s">
+      <c r="F430" s="9" t="s">
         <v>1248</v>
       </c>
-    </row>
-[...14 lines deleted...]
-      <c r="F430" s="4"/>
     </row>
     <row r="431" spans="1:6" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A431" s="30"/>
       <c r="B431" s="22"/>
       <c r="C431" s="4"/>
       <c r="D431" s="22"/>
       <c r="E431" s="22"/>
       <c r="F431" s="4"/>
     </row>
     <row r="432" spans="1:6" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A432" s="30"/>
       <c r="B432" s="22"/>
       <c r="C432" s="4"/>
       <c r="D432" s="22"/>
       <c r="E432" s="22"/>
       <c r="F432" s="4"/>
     </row>
     <row r="433" spans="1:6" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A433" s="30"/>
       <c r="B433" s="22"/>
       <c r="C433" s="4"/>
       <c r="D433" s="22"/>
       <c r="E433" s="22"/>
       <c r="F433" s="4"/>
     </row>
@@ -24826,518 +24942,527 @@
     </row>
     <row r="1086" spans="1:6" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1086" s="30"/>
       <c r="B1086" s="22"/>
       <c r="C1086" s="4"/>
       <c r="D1086" s="22"/>
       <c r="E1086" s="22"/>
       <c r="F1086" s="4"/>
     </row>
     <row r="1087" spans="1:6" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1087" s="30"/>
       <c r="B1087" s="22"/>
       <c r="C1087" s="4"/>
       <c r="D1087" s="22"/>
       <c r="E1087" s="22"/>
       <c r="F1087" s="4"/>
     </row>
     <row r="1088" spans="1:6" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1088" s="30"/>
       <c r="B1088" s="22"/>
       <c r="C1088" s="4"/>
       <c r="D1088" s="22"/>
       <c r="E1088" s="22"/>
       <c r="F1088" s="4"/>
     </row>
+    <row r="1089" spans="1:6" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1089" s="30"/>
+      <c r="B1089" s="22"/>
+      <c r="C1089" s="4"/>
+      <c r="D1089" s="22"/>
+      <c r="E1089" s="22"/>
+      <c r="F1089" s="4"/>
+    </row>
+    <row r="1090" spans="1:6" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1090" s="30"/>
+      <c r="B1090" s="22"/>
+      <c r="C1090" s="4"/>
+      <c r="D1090" s="22"/>
+      <c r="E1090" s="22"/>
+      <c r="F1090" s="4"/>
+    </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="F66" r:id="rId1" xr:uid="{5E50D945-A86D-43C0-80F7-71F447CA1CCB}"/>
-[...422 lines deleted...]
-    <hyperlink ref="F2" r:id="rId424" xr:uid="{3168E8EF-A8A9-4AED-87BC-85647AB93151}"/>
+    <hyperlink ref="F68" r:id="rId1" xr:uid="{5E50D945-A86D-43C0-80F7-71F447CA1CCB}"/>
+    <hyperlink ref="F69" r:id="rId2" xr:uid="{91E3C399-0BAD-4DBC-B9DA-2D92216B45CE}"/>
+    <hyperlink ref="F70" r:id="rId3" xr:uid="{582F8E14-E895-4E8B-A9DC-D99AC574E13A}"/>
+    <hyperlink ref="F71" r:id="rId4" xr:uid="{A544497B-A4FC-41A6-908F-61F59BA65AC1}"/>
+    <hyperlink ref="F72" r:id="rId5" xr:uid="{45037501-7617-4DFD-A1D1-6F895C0D6384}"/>
+    <hyperlink ref="F73" r:id="rId6" xr:uid="{4E6D00ED-5C25-4E94-8736-5F07FB9218AD}"/>
+    <hyperlink ref="F74" r:id="rId7" xr:uid="{F7A5801A-DC49-42FD-A76B-3E6985369F20}"/>
+    <hyperlink ref="F75" r:id="rId8" xr:uid="{81968111-29B5-44F6-A454-CBCAE7AF48F9}"/>
+    <hyperlink ref="F76" r:id="rId9" xr:uid="{7E372B04-12FD-4F14-B5BF-EEEBA7EAB779}"/>
+    <hyperlink ref="F77" r:id="rId10" xr:uid="{557FFBBC-A6CD-4EEC-BD2F-1B07D09C6D1C}"/>
+    <hyperlink ref="F78" r:id="rId11" location="ctx1" display="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=243869&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=4073379 - ctx1" xr:uid="{CD9D62E9-8DB2-4E26-9C89-15C988821048}"/>
+    <hyperlink ref="F79" r:id="rId12" location="ctx1" display="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=243101&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=25313090 - ctx1" xr:uid="{CA87EC78-5704-4DB7-A849-606999DB35BE}"/>
+    <hyperlink ref="F80" r:id="rId13" location="ctx1" display="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=243105&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=25313090 - ctx1" xr:uid="{687F49E9-7DFF-40FF-B42E-0D6570267E24}"/>
+    <hyperlink ref="F81" r:id="rId14" location="ctx1" display="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=242035&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=25315817 - ctx1" xr:uid="{8DE32419-09A8-4A0F-B641-D17070AC95E1}"/>
+    <hyperlink ref="F82" r:id="rId15" location="ctx1" display="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=241465&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=9152398 - ctx1" xr:uid="{B7D7F338-B850-4C5D-B508-D3430A5E9F12}"/>
+    <hyperlink ref="F83" r:id="rId16" location="ctx1" display="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=240226&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=8778765 - ctx1" xr:uid="{3A03D04E-C357-4E9B-BFD0-036A35B9CF72}"/>
+    <hyperlink ref="F84" r:id="rId17" location="ctx1" display="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F25%252FES&amp;docid=239242&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=4735817 - ctx1" xr:uid="{AFF99E83-6E35-4C0A-9E7E-5D2FDB2FBBE8}"/>
+    <hyperlink ref="F85" r:id="rId18" location="ctx1" display="http://curia.europa.eu/juris/document/document.jsf?text=%2B2014%252F24%252FES&amp;docid=237284&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=3628813 - ctx1" xr:uid="{8C6FDE9F-EF1E-4D26-A090-7100CF99AFE3}"/>
+    <hyperlink ref="F86" r:id="rId19" location="ctx1" display="http://curia.europa.eu/juris/document/document.jsf?text=%2B2014%252F24%252FES&amp;docid=236425&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=3338039 - ctx1" xr:uid="{E3D84840-9BB9-4789-BDD1-3B0A3D0F0B90}"/>
+    <hyperlink ref="F87" r:id="rId20" xr:uid="{495D703A-01B2-44BE-A699-B14B1323A137}"/>
+    <hyperlink ref="F88" r:id="rId21" xr:uid="{E4A7B444-B0DD-4458-93AE-B963597B72E0}"/>
+    <hyperlink ref="F90" r:id="rId22" location="ctx1" display="http://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=230864&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=4925643 - ctx1" xr:uid="{9B6E858C-79AA-4983-BB09-B2658B17433B}"/>
+    <hyperlink ref="F91" r:id="rId23" xr:uid="{2FC527E0-0A3D-4D52-A7EE-2B3394D143A9}"/>
+    <hyperlink ref="F92" r:id="rId24" xr:uid="{CE67573B-6194-47BC-8DB1-EF8A0EEA57D7}"/>
+    <hyperlink ref="F93" r:id="rId25" xr:uid="{A1CAF122-AD42-4F6A-B448-49D44C5EDBC2}"/>
+    <hyperlink ref="F94" r:id="rId26" xr:uid="{0C054475-A158-4737-BBBD-B715A0E6A9E3}"/>
+    <hyperlink ref="F95" r:id="rId27" xr:uid="{2C2893D7-1135-4822-BE19-4B5BE260ECD6}"/>
+    <hyperlink ref="F96" r:id="rId28" xr:uid="{CD2A4A03-C229-4661-A67B-EE0234142CBA}"/>
+    <hyperlink ref="F97" r:id="rId29" xr:uid="{84B4C626-9C3C-4B66-B28A-4D2E430005C4}"/>
+    <hyperlink ref="F98" r:id="rId30" xr:uid="{0FB2F4E5-D376-42FD-9954-D5890CF42AEF}"/>
+    <hyperlink ref="F99" r:id="rId31" xr:uid="{E907DF46-E6E6-4976-9AD1-1B47B0E01D71}"/>
+    <hyperlink ref="F100" r:id="rId32" xr:uid="{FB8374D7-CD80-41AD-9111-70D179FBA329}"/>
+    <hyperlink ref="F101" r:id="rId33" xr:uid="{D97281B2-2D95-47EB-8C0D-E66C9A70977A}"/>
+    <hyperlink ref="F102" r:id="rId34" xr:uid="{E88A527B-4044-4358-A375-2AF0C4A7B5D8}"/>
+    <hyperlink ref="F103" r:id="rId35" xr:uid="{287300F5-CD7A-4841-90B0-F7C453B7D854}"/>
+    <hyperlink ref="F104" r:id="rId36" xr:uid="{7363FF97-7DE0-458F-8D4B-81C5577A9F4A}"/>
+    <hyperlink ref="F105" r:id="rId37" xr:uid="{FE4C85B4-2D18-4416-B9DF-201C25023378}"/>
+    <hyperlink ref="F106" r:id="rId38" xr:uid="{79CC54A1-7E92-4BD6-A8F1-2496D8F479EF}"/>
+    <hyperlink ref="F107" r:id="rId39" xr:uid="{D7C2F2A5-B6F0-4A5A-80EB-4D57573A1623}"/>
+    <hyperlink ref="F108" r:id="rId40" xr:uid="{AFEFECDB-07A7-436A-9D25-822FDEFF6515}"/>
+    <hyperlink ref="F109" r:id="rId41" xr:uid="{562DEF1B-9794-4CFE-A2E7-EA78C0AFD46D}"/>
+    <hyperlink ref="F110" r:id="rId42" xr:uid="{7244A785-5726-4498-B931-A8A563B11018}"/>
+    <hyperlink ref="F111" r:id="rId43" xr:uid="{CF7EDAF9-548A-4BE3-8C92-0237AFE228A1}"/>
+    <hyperlink ref="F112" r:id="rId44" xr:uid="{554DBA2E-1BDD-4818-9540-28F2454EFC58}"/>
+    <hyperlink ref="F113" r:id="rId45" xr:uid="{34599B58-CBAA-4B94-BB8D-8CE8221139A2}"/>
+    <hyperlink ref="F114" r:id="rId46" xr:uid="{21BEB45E-DA3A-4BF8-9968-AFF5FED31044}"/>
+    <hyperlink ref="F115" r:id="rId47" xr:uid="{25644B40-ACDA-47B8-84CF-299EE1FB28F7}"/>
+    <hyperlink ref="F116" r:id="rId48" xr:uid="{457C97A1-D201-4BA7-A3B8-029BFA177956}"/>
+    <hyperlink ref="F117" r:id="rId49" xr:uid="{7F797C2C-4B8A-4EBB-888D-3462EAFC2F1B}"/>
+    <hyperlink ref="F118" r:id="rId50" xr:uid="{859E3E9C-1D16-4F79-AA95-F4787DDDF72D}"/>
+    <hyperlink ref="F119" r:id="rId51" xr:uid="{B47AEAA8-CB03-4944-B827-3D26297ED324}"/>
+    <hyperlink ref="F120" r:id="rId52" xr:uid="{5FBFE4BC-0DAF-4B27-B2B3-F062854353EB}"/>
+    <hyperlink ref="F121" r:id="rId53" xr:uid="{AD61BDC6-929D-4C10-A87E-2A0AB38B25A8}"/>
+    <hyperlink ref="F122" r:id="rId54" xr:uid="{2DE06636-E80F-4B12-AA97-A12601B8872F}"/>
+    <hyperlink ref="F123" r:id="rId55" xr:uid="{D98832A2-79F5-4322-8815-0864A7151DE5}"/>
+    <hyperlink ref="F124" r:id="rId56" xr:uid="{A20EEEC0-5062-49E2-9994-4F9F6C0B9E5B}"/>
+    <hyperlink ref="F125" r:id="rId57" xr:uid="{758034CD-61AD-4606-BC92-5B24511B047E}"/>
+    <hyperlink ref="F126" r:id="rId58" xr:uid="{1DFF8740-B3B8-408F-82DE-0B46D1881763}"/>
+    <hyperlink ref="F127" r:id="rId59" xr:uid="{342E5AE5-8D8D-424F-9F83-B3BA1395BC7F}"/>
+    <hyperlink ref="F128" r:id="rId60" xr:uid="{C8614008-38B7-4F59-8CDB-76775FBBC508}"/>
+    <hyperlink ref="F129" r:id="rId61" xr:uid="{6B8FD525-53F8-4A12-972A-5D4F2C826D4B}"/>
+    <hyperlink ref="F130" r:id="rId62" xr:uid="{ED68EC50-3FB0-4EEE-BB10-B9F035477C7D}"/>
+    <hyperlink ref="F131" r:id="rId63" xr:uid="{0CB56F6E-1ACF-4991-9865-DCC00DDEF50E}"/>
+    <hyperlink ref="F132" r:id="rId64" xr:uid="{BF7A3B0E-FB4C-4F88-A5C3-24D44CB4D9B9}"/>
+    <hyperlink ref="F133" r:id="rId65" xr:uid="{3810AA8E-FF8B-4D64-8EC2-0837E15A3BFB}"/>
+    <hyperlink ref="F134" r:id="rId66" xr:uid="{6E7EA1A7-9DFA-4F47-AFB7-8BED23983E8D}"/>
+    <hyperlink ref="F135" r:id="rId67" xr:uid="{21BDBDBE-0F26-462E-846A-3A4C572E1AD2}"/>
+    <hyperlink ref="F136" r:id="rId68" xr:uid="{D0E5AA93-4192-4111-A097-1BB89F867EA5}"/>
+    <hyperlink ref="F137" r:id="rId69" location="ctx1" display="http://curia.europa.eu/juris/document/document.jsf?text=C-178%252F16%2B&amp;docid=198054&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=852237 - ctx1" xr:uid="{02C33C8E-29FB-4D56-BA11-FF196807C662}"/>
+    <hyperlink ref="F138" r:id="rId70" location="ctx1" display="http://curia.europa.eu/juris/document/document.jsf?text=C%25E2%2580%2591408%252F16&amp;docid=197488&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=852237 - ctx1" xr:uid="{C7F5415C-9972-44B4-8A9B-5FB6DD988848}"/>
+    <hyperlink ref="F139" r:id="rId71" xr:uid="{19D5D8AF-4CF8-4964-A212-8FFE978AA77F}"/>
+    <hyperlink ref="F140" r:id="rId72" xr:uid="{114BEE3B-10F0-4083-AABA-777B09009057}"/>
+    <hyperlink ref="F141" r:id="rId73" xr:uid="{DAA196DA-1E0E-40F6-A9ED-AD2C37B83D44}"/>
+    <hyperlink ref="F142" r:id="rId74" xr:uid="{FD023441-D918-415F-A590-A95FEB4614D0}"/>
+    <hyperlink ref="F143" r:id="rId75" xr:uid="{F7232FED-BA45-400E-B7CC-23CACE77273D}"/>
+    <hyperlink ref="F144" r:id="rId76" xr:uid="{57B80220-8016-45B2-8A3E-EA0CCC065C74}"/>
+    <hyperlink ref="F145" r:id="rId77" xr:uid="{A3A85F07-2404-43BA-BC90-95C731DBC8DB}"/>
+    <hyperlink ref="F146" r:id="rId78" xr:uid="{B847EEA5-AB7E-4AA2-8F87-B9D0D00C15AE}"/>
+    <hyperlink ref="F147" r:id="rId79" xr:uid="{03CDBD36-6B8E-4EDA-AC7B-1C1FC41295C5}"/>
+    <hyperlink ref="F148" r:id="rId80" xr:uid="{00024EE2-C6EB-47A8-B710-A2BA9DCA0135}"/>
+    <hyperlink ref="F149" r:id="rId81" xr:uid="{C9B03D23-FD7E-4B1B-8547-FEC49E82FE81}"/>
+    <hyperlink ref="F150" r:id="rId82" xr:uid="{4531937A-2446-447F-848B-8DAE01C439D5}"/>
+    <hyperlink ref="F151" r:id="rId83" xr:uid="{AE822FDA-2954-41B7-A1B0-AC0CA3BF40F5}"/>
+    <hyperlink ref="F152" r:id="rId84" xr:uid="{A9CBA9CA-F74D-4292-B69A-37E5645C3FD9}"/>
+    <hyperlink ref="F153" r:id="rId85" xr:uid="{50D17AB1-BEC1-4486-BB4B-AC26B3DD2580}"/>
+    <hyperlink ref="F154" r:id="rId86" xr:uid="{262663A8-02B3-42CF-BC73-2B90A6CA3BB8}"/>
+    <hyperlink ref="F155" r:id="rId87" xr:uid="{94489558-49F4-4D3C-9B6B-8B98E0945929}"/>
+    <hyperlink ref="F156" r:id="rId88" xr:uid="{C581AAEB-AE20-414D-8928-85C26B9F06E2}"/>
+    <hyperlink ref="F157" r:id="rId89" xr:uid="{7A373577-4269-43C9-9BDE-2CCF63B8455E}"/>
+    <hyperlink ref="F158" r:id="rId90" xr:uid="{99D790DF-8EC2-4AFA-BCF8-4BA44B7CC822}"/>
+    <hyperlink ref="F159" r:id="rId91" xr:uid="{51AC64DE-FB87-47BA-854B-8635A0F8A098}"/>
+    <hyperlink ref="F160" r:id="rId92" xr:uid="{A9CDFBFA-3B22-4560-9A50-32CD1C73E891}"/>
+    <hyperlink ref="F161" r:id="rId93" xr:uid="{701CE4C7-8019-4D46-A053-80038B09A7D9}"/>
+    <hyperlink ref="F162" r:id="rId94" xr:uid="{C1306A20-2816-4344-BAAE-C5562934D35A}"/>
+    <hyperlink ref="F163" r:id="rId95" xr:uid="{D03A0BA1-B4E8-4D3E-9D0B-6F9590CE26B8}"/>
+    <hyperlink ref="F164" r:id="rId96" xr:uid="{587A8FE3-2742-4C81-8F0D-937E65DEE46C}"/>
+    <hyperlink ref="F165" r:id="rId97" xr:uid="{3C49C98B-5B69-4C02-B409-F9E9A04DA680}"/>
+    <hyperlink ref="F166" r:id="rId98" xr:uid="{3DDC74D1-BCE9-46F1-B18D-DF86606A4A2E}"/>
+    <hyperlink ref="F167" r:id="rId99" xr:uid="{92D74A66-10FE-4A42-8FE5-6C5657931E6D}"/>
+    <hyperlink ref="F168" r:id="rId100" xr:uid="{60BF8798-1FA6-4575-926A-27D258C3EB1F}"/>
+    <hyperlink ref="F169" r:id="rId101" xr:uid="{6D42D907-D4A9-42F7-8265-5E520A60FC0B}"/>
+    <hyperlink ref="F170" r:id="rId102" xr:uid="{88F136E4-E1D1-4E75-A942-AC706E36BFCC}"/>
+    <hyperlink ref="F171" r:id="rId103" xr:uid="{F29D2B90-2E7D-4CBE-89FD-DD8B715412FE}"/>
+    <hyperlink ref="F172" r:id="rId104" xr:uid="{4B0365A5-776E-4B8F-8AED-C5735D1B66B8}"/>
+    <hyperlink ref="F173" r:id="rId105" xr:uid="{A2EFC5DB-4442-498E-8FCE-3D596FF61B5C}"/>
+    <hyperlink ref="F174" r:id="rId106" xr:uid="{E2041263-F627-4BF2-A8B4-0EEBB8D9B989}"/>
+    <hyperlink ref="F175" r:id="rId107" xr:uid="{51D5A5AF-B7F8-4F00-B7E0-7E5889FFECC7}"/>
+    <hyperlink ref="F176" r:id="rId108" xr:uid="{B466E123-447F-4D7D-90FB-9E0B2C044CB9}"/>
+    <hyperlink ref="F177" r:id="rId109" xr:uid="{0D3B554F-CC32-4A73-AD49-682E06A5F206}"/>
+    <hyperlink ref="F178" r:id="rId110" xr:uid="{9784728D-8CE5-445F-8262-913478475F51}"/>
+    <hyperlink ref="F179" r:id="rId111" xr:uid="{0F116259-A517-4161-B2C7-638ABFA61CB5}"/>
+    <hyperlink ref="F180" r:id="rId112" xr:uid="{D901834F-6F9B-44A8-8D98-777B0E1CF498}"/>
+    <hyperlink ref="F181" r:id="rId113" xr:uid="{070ECBFF-6CFC-4D5A-837F-E078EA67D2EB}"/>
+    <hyperlink ref="F182" r:id="rId114" xr:uid="{1CF6156B-AC71-477B-8BF1-2D54CB2F5252}"/>
+    <hyperlink ref="F183" r:id="rId115" xr:uid="{C3D70762-C05B-4B4A-87E4-C2E67A371903}"/>
+    <hyperlink ref="F184" r:id="rId116" xr:uid="{E8B4FB97-902C-4834-9674-63C6E4B23EF7}"/>
+    <hyperlink ref="F185" r:id="rId117" xr:uid="{628C7BF6-5069-4169-86CE-EC743B864EFF}"/>
+    <hyperlink ref="F186" r:id="rId118" xr:uid="{689E97F9-CCA0-4F63-8DA5-55E17EED73E3}"/>
+    <hyperlink ref="F187" r:id="rId119" display="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-40/12&amp;td=ALL" xr:uid="{65B4AB56-8D21-43EF-B3D8-A5B8043A7444}"/>
+    <hyperlink ref="F188" r:id="rId120" xr:uid="{1776C018-7084-4528-AB9E-06E4CE1B232C}"/>
+    <hyperlink ref="F189" r:id="rId121" xr:uid="{1B7D6B54-2396-43E0-98A4-6A55129D5AB8}"/>
+    <hyperlink ref="F190" r:id="rId122" xr:uid="{B0B0D5B2-5DB4-4DC5-9458-FA1AE71CE6E8}"/>
+    <hyperlink ref="F191" r:id="rId123" xr:uid="{CD2ADDA7-72C2-40B8-8DDC-34CD81B435F6}"/>
+    <hyperlink ref="F192" r:id="rId124" xr:uid="{4062D268-128F-4C3D-926E-3853877DB356}"/>
+    <hyperlink ref="F193" r:id="rId125" xr:uid="{9F093D7C-9C95-4AEC-A43B-A801A698C500}"/>
+    <hyperlink ref="F194" r:id="rId126" xr:uid="{B9DDE82F-D63B-406E-B61D-6FE52692A419}"/>
+    <hyperlink ref="F195" r:id="rId127" xr:uid="{716F987A-91E5-486F-A08C-2CE647BA1241}"/>
+    <hyperlink ref="F196" r:id="rId128" xr:uid="{8C1870C6-EA7C-41F8-9AC3-9C3E61CAB947}"/>
+    <hyperlink ref="F197" r:id="rId129" xr:uid="{FF02C945-66D2-4707-B8DF-871B01667B0F}"/>
+    <hyperlink ref="F198" r:id="rId130" xr:uid="{3C83E539-F8D1-4857-8EA8-954FA9C57FCF}"/>
+    <hyperlink ref="F199" r:id="rId131" xr:uid="{4466E80A-2AFE-414F-8BC1-E59D7666646D}"/>
+    <hyperlink ref="F200" r:id="rId132" xr:uid="{9E0E19DF-FA02-4086-9C21-09ABD37FD3FB}"/>
+    <hyperlink ref="F201" r:id="rId133" xr:uid="{9849B0D9-5BEC-4620-B110-FEF759B38267}"/>
+    <hyperlink ref="F202" r:id="rId134" xr:uid="{A1185535-A6C2-4520-8757-686D9482B2FC}"/>
+    <hyperlink ref="F203" r:id="rId135" xr:uid="{7DF2FFFE-54CD-4523-9134-EA30F89A0946}"/>
+    <hyperlink ref="F204" r:id="rId136" xr:uid="{28CAA66D-C555-4F25-A493-435BD9510B08}"/>
+    <hyperlink ref="F205" r:id="rId137" xr:uid="{FB4FD699-6BED-4926-B0F1-3248D2CD77DC}"/>
+    <hyperlink ref="F206" r:id="rId138" xr:uid="{E0889A47-7195-4369-84D3-BC16BB0EBB03}"/>
+    <hyperlink ref="F207" r:id="rId139" display="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-117/12&amp;td=ALL" xr:uid="{B3DA648A-81B5-40DF-BAE9-CC8AB9E665CE}"/>
+    <hyperlink ref="F208" r:id="rId140" xr:uid="{C43D1168-D5D6-437A-9AE2-F3FC486F38F0}"/>
+    <hyperlink ref="F209" r:id="rId141" xr:uid="{06B00C47-5ED1-4D48-AC9E-8CA02067904A}"/>
+    <hyperlink ref="F210" r:id="rId142" xr:uid="{819D857A-A32D-4584-BED9-730763319614}"/>
+    <hyperlink ref="F211" r:id="rId143" xr:uid="{8C2ED0BF-F0CC-4373-83EF-65D74EC6A532}"/>
+    <hyperlink ref="F212" r:id="rId144" xr:uid="{82EEDA64-7BDE-45B6-AB15-1D331296E296}"/>
+    <hyperlink ref="F213" r:id="rId145" xr:uid="{EC727CD4-9C9E-47D1-9255-0BC9ACAD649D}"/>
+    <hyperlink ref="F214" r:id="rId146" xr:uid="{831828C0-0DCC-483F-9668-1186BE2B7C2D}"/>
+    <hyperlink ref="F215" r:id="rId147" xr:uid="{A0E24E6D-BF8E-4D25-A5EF-C2FC69040DB7}"/>
+    <hyperlink ref="F216" r:id="rId148" xr:uid="{95FA1E59-3210-46EE-8AB8-5CEBF72E34F2}"/>
+    <hyperlink ref="F217" r:id="rId149" xr:uid="{9B392692-BCAE-458B-848D-C1E5F1ED9B06}"/>
+    <hyperlink ref="F218" r:id="rId150" xr:uid="{B52C1802-9A02-43EF-9D52-079297396771}"/>
+    <hyperlink ref="F219" r:id="rId151" xr:uid="{8803C13D-0D3B-443C-9717-EE19917476ED}"/>
+    <hyperlink ref="F220" r:id="rId152" xr:uid="{F1693578-46AD-48A5-9141-4CD358CB210D}"/>
+    <hyperlink ref="F221" r:id="rId153" xr:uid="{F5720489-F50E-4EA5-B301-7714AB3C9BE4}"/>
+    <hyperlink ref="F222" r:id="rId154" xr:uid="{5B69B5B2-64E4-4C3C-AEEE-893DB7D04242}"/>
+    <hyperlink ref="F223" r:id="rId155" xr:uid="{D01ED542-4939-48EF-8ECC-F083CB3D2BEC}"/>
+    <hyperlink ref="F224" r:id="rId156" xr:uid="{56C45074-F445-45CD-9623-848B90867AF7}"/>
+    <hyperlink ref="F225" r:id="rId157" xr:uid="{71376975-B4E5-46EE-A38A-035E0738F352}"/>
+    <hyperlink ref="F226" r:id="rId158" xr:uid="{DA5B4A44-E2A5-40F1-99A1-B12021B2C966}"/>
+    <hyperlink ref="F227" r:id="rId159" xr:uid="{B19EBEE7-5430-4536-9433-2D923AE7C40F}"/>
+    <hyperlink ref="F228" r:id="rId160" xr:uid="{AA8A1650-D95D-48D4-B57C-8B92587C4C5F}"/>
+    <hyperlink ref="F229" r:id="rId161" xr:uid="{0DDD6219-D802-4CF9-9B67-723E93080B17}"/>
+    <hyperlink ref="F230" r:id="rId162" xr:uid="{C31EF535-08DE-43A0-912F-D820896C5F01}"/>
+    <hyperlink ref="F231" r:id="rId163" xr:uid="{C902C11E-D5A7-4EDD-9442-2BCF9B1C5F63}"/>
+    <hyperlink ref="F232" r:id="rId164" xr:uid="{62997B01-B503-463A-BDB7-15141816D7E9}"/>
+    <hyperlink ref="F233" r:id="rId165" xr:uid="{7AD320CB-0D26-4A65-9265-26C02A8113C4}"/>
+    <hyperlink ref="F234" r:id="rId166" xr:uid="{3ECFBE15-542A-441C-A6C2-21357FF83EB3}"/>
+    <hyperlink ref="F235" r:id="rId167" xr:uid="{CEC261D8-3FED-431D-A6BE-1E74D8CB75EF}"/>
+    <hyperlink ref="F236" r:id="rId168" xr:uid="{BCFD434E-61C7-436B-B664-847BB615CA07}"/>
+    <hyperlink ref="F237" r:id="rId169" xr:uid="{A034A62C-C2CE-4A01-9881-6283B2A697CB}"/>
+    <hyperlink ref="F238" r:id="rId170" xr:uid="{F7534B41-A11D-4B54-A535-5E0CDA984804}"/>
+    <hyperlink ref="F239" r:id="rId171" xr:uid="{090400DD-E104-4169-8BF1-6575C92C8BB4}"/>
+    <hyperlink ref="F240" r:id="rId172" xr:uid="{B63A3395-461F-4A94-B2B1-B7A21CFB2EB3}"/>
+    <hyperlink ref="F241" r:id="rId173" xr:uid="{72A501F5-17EE-4645-A655-BF39E8694BFD}"/>
+    <hyperlink ref="F242" r:id="rId174" xr:uid="{F3BEB753-6B04-4C4F-A4BA-13C590F5C17F}"/>
+    <hyperlink ref="F243" r:id="rId175" xr:uid="{36DEB196-477C-4F9D-A3E1-30E4F074D2FF}"/>
+    <hyperlink ref="F244" r:id="rId176" xr:uid="{9B60D008-2B04-4905-833B-446319D6E4C1}"/>
+    <hyperlink ref="F245" r:id="rId177" xr:uid="{C41B46A3-1119-4A7A-957C-9042A036659E}"/>
+    <hyperlink ref="F246" r:id="rId178" xr:uid="{CB089953-0179-4225-BBB5-5AD890665FAA}"/>
+    <hyperlink ref="F247" r:id="rId179" xr:uid="{2EBA467F-CCF4-4CF5-A5F8-407089CCE7E2}"/>
+    <hyperlink ref="F248" r:id="rId180" xr:uid="{B76F6015-2B69-4D84-9D0D-7C53FE7AD348}"/>
+    <hyperlink ref="F249" r:id="rId181" xr:uid="{7941157F-D2E8-405A-8D11-4E610F69FC9E}"/>
+    <hyperlink ref="F250" r:id="rId182" xr:uid="{C772BA25-534D-4F04-A78C-28476F2454E9}"/>
+    <hyperlink ref="F251" r:id="rId183" xr:uid="{419E614F-A6A4-44AE-8565-C02A0B9F506B}"/>
+    <hyperlink ref="F252" r:id="rId184" xr:uid="{44C41093-B2B6-4716-B4B1-08E047979FFC}"/>
+    <hyperlink ref="F253" r:id="rId185" xr:uid="{F0E1AFBB-9D48-44DE-A512-6D3C2C9AAB2B}"/>
+    <hyperlink ref="F254" r:id="rId186" xr:uid="{C294806D-A365-4963-A524-F4D3BFA8BA40}"/>
+    <hyperlink ref="F255" r:id="rId187" xr:uid="{A58700CA-3D50-4ABF-B39B-9E23E834BBC2}"/>
+    <hyperlink ref="F256" r:id="rId188" xr:uid="{CC59EC2E-49B0-44AD-B8FF-0D4AB6492D0E}"/>
+    <hyperlink ref="F257" r:id="rId189" xr:uid="{1DC8940F-FC53-40A3-ACA7-5F102EE5596F}"/>
+    <hyperlink ref="F258" r:id="rId190" xr:uid="{7E924F0E-312C-495E-8111-F79E1020EB80}"/>
+    <hyperlink ref="F259" r:id="rId191" xr:uid="{D702975F-F733-4B6B-8FAF-4BF88D1404AD}"/>
+    <hyperlink ref="F260" r:id="rId192" xr:uid="{3CA79925-A540-4258-AF31-BF0E81A670AA}"/>
+    <hyperlink ref="F261" r:id="rId193" xr:uid="{15025F1D-37BC-4804-9988-0487ECA8B8D8}"/>
+    <hyperlink ref="F262" r:id="rId194" xr:uid="{6E14CD38-B6F1-48D9-BC3D-3A09D1FB6D82}"/>
+    <hyperlink ref="F263" r:id="rId195" xr:uid="{262C5A06-C269-4A66-A8CE-07CAA3470462}"/>
+    <hyperlink ref="F264" r:id="rId196" xr:uid="{416CF35C-7B0A-4F26-BEE0-30FB820C821D}"/>
+    <hyperlink ref="F265" r:id="rId197" xr:uid="{26228A83-C518-475B-AAE2-7A086F3EE251}"/>
+    <hyperlink ref="F266" r:id="rId198" xr:uid="{70DA66BA-77AA-4E83-93B0-1D332758602E}"/>
+    <hyperlink ref="F267" r:id="rId199" xr:uid="{F0591E27-CA0C-4EBB-86FD-6EB21BA01683}"/>
+    <hyperlink ref="F268" r:id="rId200" xr:uid="{62324CBA-B0CE-44E1-B205-DB7404C1DA54}"/>
+    <hyperlink ref="F269" r:id="rId201" xr:uid="{EB4F80BF-6751-4B5D-9008-A0D1A0172633}"/>
+    <hyperlink ref="F270" r:id="rId202" xr:uid="{C0C48C22-A8DD-4720-8997-D1C57641DC40}"/>
+    <hyperlink ref="F271" r:id="rId203" xr:uid="{173D0769-1DB2-4253-B6C9-BDE5D868CC47}"/>
+    <hyperlink ref="F272" r:id="rId204" xr:uid="{BA4F78E2-710E-4656-8BD4-AA876F60A52D}"/>
+    <hyperlink ref="F273" r:id="rId205" xr:uid="{6829AB93-F033-4CC6-A661-6869DDCA2224}"/>
+    <hyperlink ref="F274" r:id="rId206" xr:uid="{76D423D4-6E6D-485D-9D4A-340CD54BBAB7}"/>
+    <hyperlink ref="F275" r:id="rId207" xr:uid="{0536CA4E-FDD5-4EEE-AB19-F3D1C56EE87A}"/>
+    <hyperlink ref="F276" r:id="rId208" xr:uid="{839975DA-70F0-452F-8691-85C02B4257A4}"/>
+    <hyperlink ref="F277" r:id="rId209" xr:uid="{727E74AA-BAD8-4482-8B55-D091910FFC9B}"/>
+    <hyperlink ref="F278" r:id="rId210" xr:uid="{300A1C39-EE12-4221-85BF-5E851388CBE0}"/>
+    <hyperlink ref="F279" r:id="rId211" xr:uid="{AE7E9AE8-0EA2-490B-8CF3-EEF1E56BCEB6}"/>
+    <hyperlink ref="F280" r:id="rId212" xr:uid="{9367177B-5C48-4EDF-B612-2AC69BA8C179}"/>
+    <hyperlink ref="F281" r:id="rId213" xr:uid="{90EF650B-F8EE-482B-A300-D96625D5FFCE}"/>
+    <hyperlink ref="F282" r:id="rId214" xr:uid="{289418E4-91F0-4D37-9057-220753C40CAB}"/>
+    <hyperlink ref="F283" r:id="rId215" xr:uid="{00B840A9-563D-453F-85B4-5F6D453FC4F6}"/>
+    <hyperlink ref="F284" r:id="rId216" xr:uid="{C91E9EB0-6DBD-4B78-94C3-99F62E7C0B09}"/>
+    <hyperlink ref="F285" r:id="rId217" xr:uid="{32345947-C40D-4243-8D78-3463DD8B8860}"/>
+    <hyperlink ref="F286" r:id="rId218" xr:uid="{4740FE42-B0EA-4264-B614-2CBE18B74017}"/>
+    <hyperlink ref="F287" r:id="rId219" xr:uid="{D8FFD744-EBD9-41AA-9CD5-AB093A262867}"/>
+    <hyperlink ref="F288" r:id="rId220" xr:uid="{C6A88C66-1C41-4CBF-BAF6-71456734190E}"/>
+    <hyperlink ref="F289" r:id="rId221" xr:uid="{7CDFE4F0-E55B-4DD9-83A4-7720616B5AA4}"/>
+    <hyperlink ref="F290" r:id="rId222" xr:uid="{B66A436B-FD73-482D-981A-2906AF3F5B44}"/>
+    <hyperlink ref="F291" r:id="rId223" xr:uid="{A5B94BDB-128E-49DB-9B36-CCB0068BB7D5}"/>
+    <hyperlink ref="F292" r:id="rId224" xr:uid="{90701DAF-C8FF-4681-8AA0-A781DC8CF283}"/>
+    <hyperlink ref="F293" r:id="rId225" xr:uid="{C7A4E52F-2956-4F08-A593-180C3EEFC927}"/>
+    <hyperlink ref="F294" r:id="rId226" xr:uid="{9F20116E-B9A9-4029-BA3B-392ED0FB3805}"/>
+    <hyperlink ref="F295" r:id="rId227" xr:uid="{A03E7EF2-2693-4195-AA5A-7B2CC0F8875F}"/>
+    <hyperlink ref="F296" r:id="rId228" xr:uid="{6278E486-E161-4842-84F7-335CA3E70A33}"/>
+    <hyperlink ref="F297" r:id="rId229" xr:uid="{F6604267-BA62-47BE-91CE-58A7F10E2C7F}"/>
+    <hyperlink ref="F298" r:id="rId230" xr:uid="{83321FAC-2EF6-4DDA-A29D-42A14DACE546}"/>
+    <hyperlink ref="F299" r:id="rId231" xr:uid="{D921F7F7-C35C-4F33-968B-321290025154}"/>
+    <hyperlink ref="F300" r:id="rId232" xr:uid="{6857DE4C-A1F9-442A-926A-689BCEC33FF7}"/>
+    <hyperlink ref="F301" r:id="rId233" xr:uid="{D2FA88D7-BAE2-433B-90E5-55867BD53C0E}"/>
+    <hyperlink ref="F302" r:id="rId234" xr:uid="{46AB4A01-0E6F-48B0-A5F3-EEBC754FBD9E}"/>
+    <hyperlink ref="F303" r:id="rId235" xr:uid="{BC2C7A4D-97DE-44A5-85EC-7599AD9693D8}"/>
+    <hyperlink ref="F304" r:id="rId236" xr:uid="{CEBE2472-8486-4374-8170-F62C357C088D}"/>
+    <hyperlink ref="F305" r:id="rId237" xr:uid="{B7E986C9-DDF8-4C5D-AB17-1549224DE3FD}"/>
+    <hyperlink ref="F306" r:id="rId238" xr:uid="{6C496FCC-D577-47DD-AC28-9C7EEA25D7A2}"/>
+    <hyperlink ref="F307" r:id="rId239" xr:uid="{180D93B3-CC13-47ED-872A-0910918E275D}"/>
+    <hyperlink ref="F308" r:id="rId240" xr:uid="{B0510762-644C-4E2D-818A-96E0EDA92917}"/>
+    <hyperlink ref="F309" r:id="rId241" xr:uid="{E5427907-B29F-4D2B-880E-00E861157925}"/>
+    <hyperlink ref="F310" r:id="rId242" xr:uid="{430906D3-0975-48C7-83CB-E23897719153}"/>
+    <hyperlink ref="F311" r:id="rId243" xr:uid="{BDEC5090-C526-4CEB-BF1A-01D4FA66BB2A}"/>
+    <hyperlink ref="F312" r:id="rId244" xr:uid="{314D4411-96D4-41EC-A19E-0EEA01A49215}"/>
+    <hyperlink ref="F313" r:id="rId245" xr:uid="{4D6D4330-3B48-4842-8008-2507394B4437}"/>
+    <hyperlink ref="F314" r:id="rId246" xr:uid="{AEFF2BC9-5DE1-46BA-AF73-FBE9C0AC00C6}"/>
+    <hyperlink ref="F315" r:id="rId247" xr:uid="{274A45F2-9BA8-469E-8D93-0DBF95F02D38}"/>
+    <hyperlink ref="F316" r:id="rId248" xr:uid="{AAE07FD5-627A-4F95-B22B-C0A7D17CE22B}"/>
+    <hyperlink ref="F317" r:id="rId249" xr:uid="{5A82C53B-E289-4F58-9D9E-BE233E87FF98}"/>
+    <hyperlink ref="F318" r:id="rId250" xr:uid="{2AAAB93B-A9F6-48D7-ABA4-5483A7727CC1}"/>
+    <hyperlink ref="F319" r:id="rId251" xr:uid="{9B0B3566-16EC-4C4A-97B7-94EFDF72CB54}"/>
+    <hyperlink ref="F320" r:id="rId252" xr:uid="{6AB2B785-D795-467C-9B5F-D464D320E757}"/>
+    <hyperlink ref="F321" r:id="rId253" xr:uid="{4C0C8DAB-8A06-49AE-BACC-C0376D8A1722}"/>
+    <hyperlink ref="F322" r:id="rId254" xr:uid="{D3E5EF0A-0086-4835-B149-325EE4A8F4FE}"/>
+    <hyperlink ref="F323" r:id="rId255" xr:uid="{E7563345-C9DD-41A3-AC42-9F2DFDC5BFF9}"/>
+    <hyperlink ref="F324" r:id="rId256" xr:uid="{A89347A3-39B9-4472-A84E-D4A070241E59}"/>
+    <hyperlink ref="F325" r:id="rId257" xr:uid="{2A5F35DF-EF9C-4D46-987C-867E0A21BF33}"/>
+    <hyperlink ref="F326" r:id="rId258" xr:uid="{B11F75A3-596E-4EC6-8A81-61637BD9B8DC}"/>
+    <hyperlink ref="F327" r:id="rId259" xr:uid="{71EBB374-E2A3-4FB5-8122-14A03383D941}"/>
+    <hyperlink ref="F328" r:id="rId260" xr:uid="{08548D90-E9B4-4249-A31E-2C2AF8454CCE}"/>
+    <hyperlink ref="F329" r:id="rId261" xr:uid="{81A1004F-5188-4A4F-8167-C9F7D9D32076}"/>
+    <hyperlink ref="F330" r:id="rId262" xr:uid="{6994D947-2DED-45E7-9EF9-D38AE551D520}"/>
+    <hyperlink ref="F331" r:id="rId263" xr:uid="{5298BC65-FF73-4FBB-9B5D-996B2BF4DE55}"/>
+    <hyperlink ref="F332" r:id="rId264" xr:uid="{B39B9D06-0B10-4234-8745-59E5F876DE9D}"/>
+    <hyperlink ref="F333" r:id="rId265" xr:uid="{6679AA99-81CF-4409-B49C-E18B1078A649}"/>
+    <hyperlink ref="F334" r:id="rId266" xr:uid="{2B5B2EFF-15C4-4D6B-A0AD-BCF917042A66}"/>
+    <hyperlink ref="F335" r:id="rId267" xr:uid="{D83EBF92-4E00-44EE-B0D5-2EA576A29036}"/>
+    <hyperlink ref="F336" r:id="rId268" xr:uid="{D36E2948-754E-4AE0-B153-4B17376A10ED}"/>
+    <hyperlink ref="F337" r:id="rId269" xr:uid="{A3A39E91-C87C-4CC2-8BED-37AE566B381F}"/>
+    <hyperlink ref="F338" r:id="rId270" xr:uid="{41993F82-35F4-4286-A9F6-06A4E21962A2}"/>
+    <hyperlink ref="F339" r:id="rId271" xr:uid="{AE1C8CE9-BF01-4661-B52C-FBFEB3DE6190}"/>
+    <hyperlink ref="F340" r:id="rId272" xr:uid="{A148F9A0-F767-48E2-8E81-1DA117031F5B}"/>
+    <hyperlink ref="F341" r:id="rId273" xr:uid="{ED742560-0D4D-415B-AA69-C986181E5C0A}"/>
+    <hyperlink ref="F342" r:id="rId274" xr:uid="{AC8FA1B7-C437-4AC4-8B4B-F904929323DA}"/>
+    <hyperlink ref="F343" r:id="rId275" xr:uid="{49DDAE51-908A-469D-9645-F4C16F9D0AA6}"/>
+    <hyperlink ref="F344" r:id="rId276" xr:uid="{35FB1EAB-72DC-46F3-8FF3-58D102F2C2E6}"/>
+    <hyperlink ref="F345" r:id="rId277" xr:uid="{3300D553-9BC1-4A8D-B983-4A398CFF76C7}"/>
+    <hyperlink ref="F346" r:id="rId278" xr:uid="{0E6C7D6A-15CB-4C5F-8C10-48FD671A73B0}"/>
+    <hyperlink ref="F347" r:id="rId279" xr:uid="{E7405A79-AD1A-4B4B-B2DD-B929363B0C9A}"/>
+    <hyperlink ref="F348" r:id="rId280" xr:uid="{AD6ED434-E509-4AFA-9216-C2C5829F2F90}"/>
+    <hyperlink ref="F349" r:id="rId281" xr:uid="{A165A817-1896-4C43-9F65-1EA54A6B6480}"/>
+    <hyperlink ref="F350" r:id="rId282" xr:uid="{B04D63B6-E3BE-46D1-90B6-EFEC95EB15BA}"/>
+    <hyperlink ref="F351" r:id="rId283" xr:uid="{E8B42624-F2D3-462D-B171-85695A16A3CE}"/>
+    <hyperlink ref="F352" r:id="rId284" xr:uid="{0E32C280-80F2-4248-9CD2-79DE4BF71FCF}"/>
+    <hyperlink ref="F353" r:id="rId285" xr:uid="{CD8E1417-3849-4878-A525-8BD70B685FE8}"/>
+    <hyperlink ref="F354" r:id="rId286" xr:uid="{5EE22806-2B1B-4D65-AC7B-E79AF4DF92CF}"/>
+    <hyperlink ref="F355" r:id="rId287" xr:uid="{904327F9-E4D7-4715-8C67-4BA7E52270B3}"/>
+    <hyperlink ref="F356" r:id="rId288" xr:uid="{6CD3B1C9-12DD-4604-8A56-0AACF384223A}"/>
+    <hyperlink ref="F357" r:id="rId289" xr:uid="{1E162D66-5AB9-4874-B00D-5C47BC037602}"/>
+    <hyperlink ref="F358" r:id="rId290" xr:uid="{529FD9E2-D3E3-4C87-A6F7-2382C37BF09D}"/>
+    <hyperlink ref="F359" r:id="rId291" xr:uid="{B9A6DE03-34F0-4AF2-80E9-83A427FCF23F}"/>
+    <hyperlink ref="F360" r:id="rId292" xr:uid="{4B89E156-3C9C-4890-AC8E-CB9B9CD6F458}"/>
+    <hyperlink ref="F361" r:id="rId293" xr:uid="{75220A9E-5BD7-48E9-8D42-F933DEE5CEF4}"/>
+    <hyperlink ref="F362" r:id="rId294" xr:uid="{62B40C13-72B8-46DD-9E64-91E18B9D6C21}"/>
+    <hyperlink ref="F363" r:id="rId295" xr:uid="{A448CCE2-9953-44E9-8712-1ED0AA0B349F}"/>
+    <hyperlink ref="F364" r:id="rId296" xr:uid="{472B14C4-57D8-43D0-8435-0CD513C48E85}"/>
+    <hyperlink ref="F365" r:id="rId297" xr:uid="{BC0F9D3D-3A03-4CC4-9D94-849E93DC7456}"/>
+    <hyperlink ref="F366" r:id="rId298" xr:uid="{6667F264-F321-4429-85AE-9A5E982832A9}"/>
+    <hyperlink ref="F367" r:id="rId299" xr:uid="{9800B586-F1DA-4156-A316-A7960185B7FB}"/>
+    <hyperlink ref="F368" r:id="rId300" xr:uid="{8493CDCF-2A86-4DF4-8992-DAA9C588D410}"/>
+    <hyperlink ref="F369" r:id="rId301" xr:uid="{2D92401F-4701-4DB9-B4EC-AF61763584AE}"/>
+    <hyperlink ref="F370" r:id="rId302" xr:uid="{0D6F2774-FA6B-4FB5-997A-6C386CA4E46F}"/>
+    <hyperlink ref="F371" r:id="rId303" xr:uid="{F2E7051B-44D1-4E02-896C-1DA587D448A9}"/>
+    <hyperlink ref="F372" r:id="rId304" xr:uid="{F23B553B-B7C3-4351-8E36-CE909D813BB3}"/>
+    <hyperlink ref="F373" r:id="rId305" xr:uid="{1BCE1F13-0092-41B0-AB79-10738174B4E5}"/>
+    <hyperlink ref="F374" r:id="rId306" xr:uid="{7FDC1037-0AD5-4698-B05B-90AEE14D390F}"/>
+    <hyperlink ref="F375" r:id="rId307" xr:uid="{F41B9B24-C592-4AE7-99C8-7F8D0307A403}"/>
+    <hyperlink ref="F376" r:id="rId308" xr:uid="{0214A428-C51B-4EDF-B502-8B408C306DC0}"/>
+    <hyperlink ref="F377" r:id="rId309" xr:uid="{71A53021-44BE-4168-8F36-59361D3A6C44}"/>
+    <hyperlink ref="F378" r:id="rId310" xr:uid="{A4341E73-EA66-4D9A-8AAF-5E8D7A5044DA}"/>
+    <hyperlink ref="F379" r:id="rId311" xr:uid="{A31797CE-9261-4167-B0DA-A77528EAB564}"/>
+    <hyperlink ref="F380" r:id="rId312" xr:uid="{1A365941-1874-40DA-A01B-B3F069CB5542}"/>
+    <hyperlink ref="F381" r:id="rId313" xr:uid="{966D88E1-B84B-45A2-81AE-F6DF19A01DCE}"/>
+    <hyperlink ref="F382" r:id="rId314" xr:uid="{1D9C4486-DA17-44F2-AE48-A8A0ABF6F525}"/>
+    <hyperlink ref="F383" r:id="rId315" xr:uid="{BC488863-4C7B-498C-A9B0-A0B45935F27A}"/>
+    <hyperlink ref="F384" r:id="rId316" xr:uid="{C2EE39ED-2820-461B-9A49-029CE70A25DB}"/>
+    <hyperlink ref="F385" r:id="rId317" xr:uid="{D42D0423-EDEF-47B1-B3B3-30A99565AEDA}"/>
+    <hyperlink ref="F386" r:id="rId318" xr:uid="{22E4F644-76E3-4653-B9F0-8620F482E77D}"/>
+    <hyperlink ref="F387" r:id="rId319" xr:uid="{AD9ED610-ABDA-42A9-8EC7-BB0AB1C08A04}"/>
+    <hyperlink ref="F388" r:id="rId320" xr:uid="{6F086323-D4A2-412F-B10F-E0DE5CB5B9FF}"/>
+    <hyperlink ref="F389" r:id="rId321" xr:uid="{1FEB49BC-F3BA-4799-80A8-780EC7353FAD}"/>
+    <hyperlink ref="F390" r:id="rId322" xr:uid="{AAAB30A0-0974-40CF-A3A5-F30C2AE34F88}"/>
+    <hyperlink ref="F391" r:id="rId323" xr:uid="{358DBB37-1483-4DB9-86E5-6F347BCAA3E5}"/>
+    <hyperlink ref="F392" r:id="rId324" xr:uid="{834C3B00-E4DF-4D26-9955-884F6BF29C2D}"/>
+    <hyperlink ref="F393" r:id="rId325" xr:uid="{66E6A731-024A-4EC0-9274-F46DADCD09F5}"/>
+    <hyperlink ref="F394" r:id="rId326" xr:uid="{F7649794-3028-45BA-9AF8-ED4DE18B23E9}"/>
+    <hyperlink ref="F395" r:id="rId327" xr:uid="{B27D3A5F-5FF3-46B9-8E17-52D72EC593A7}"/>
+    <hyperlink ref="F396" r:id="rId328" xr:uid="{F3EF94ED-7B41-4AE9-9261-5EB71D7648B5}"/>
+    <hyperlink ref="F397" r:id="rId329" xr:uid="{25E806D8-31FA-4663-B868-B67C70F9B6B7}"/>
+    <hyperlink ref="F398" r:id="rId330" xr:uid="{AD74E547-67BA-46B8-B74B-9B7B3398BF62}"/>
+    <hyperlink ref="F399" r:id="rId331" xr:uid="{B4172F6C-E09E-4040-931F-FA239D0EA1CD}"/>
+    <hyperlink ref="F400" r:id="rId332" xr:uid="{373F3CB1-A1DC-41A9-BAD5-557D2986C0B6}"/>
+    <hyperlink ref="F401" r:id="rId333" xr:uid="{5DB8A0D9-8FBA-4960-98C6-1120EAE23897}"/>
+    <hyperlink ref="F402" r:id="rId334" xr:uid="{0661B08C-1032-4311-BF1E-DA63ECDAA964}"/>
+    <hyperlink ref="F403" r:id="rId335" xr:uid="{F316C2A9-5E14-4E44-A6F5-2B6458114FB9}"/>
+    <hyperlink ref="F404" r:id="rId336" xr:uid="{26F22F31-032C-4EE7-89F9-6A2B7B61CD5C}"/>
+    <hyperlink ref="F405" r:id="rId337" xr:uid="{9A885AF0-CD95-401B-AD01-81AE5184F595}"/>
+    <hyperlink ref="F407" r:id="rId338" xr:uid="{6796B393-C4ED-47CA-A22F-36E3BE6293AD}"/>
+    <hyperlink ref="F408" r:id="rId339" xr:uid="{5D1EB9DB-6E6F-4DFA-9514-C929FA171EC6}"/>
+    <hyperlink ref="F409" r:id="rId340" xr:uid="{41E7D04D-A8DA-476B-915C-6DFF2B6389B9}"/>
+    <hyperlink ref="F410" r:id="rId341" xr:uid="{23C4B058-3FB5-413B-9EC9-662F9351E8F0}"/>
+    <hyperlink ref="F411" r:id="rId342" xr:uid="{A0B40229-4D30-41F6-BDF6-999EA02BAD9E}"/>
+    <hyperlink ref="F412" r:id="rId343" display="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-87/94&amp;td=ALL" xr:uid="{33D28EB5-B456-4A5C-8910-41BB9573581A}"/>
+    <hyperlink ref="F413" r:id="rId344" xr:uid="{C5831933-33B5-4C1A-BC19-F38614FCA59E}"/>
+    <hyperlink ref="F414" r:id="rId345" xr:uid="{E81DAA34-61C2-4A78-AF9E-004E68ED63AA}"/>
+    <hyperlink ref="F415" r:id="rId346" xr:uid="{9A152CD4-8D18-42C5-AEAD-8F67E56E515B}"/>
+    <hyperlink ref="F416" r:id="rId347" xr:uid="{E280E89B-0912-4E91-849A-4D5A4ED47577}"/>
+    <hyperlink ref="F417" r:id="rId348" xr:uid="{8FA35AEF-D295-4AA6-9980-F6DCBA9D7F6C}"/>
+    <hyperlink ref="F418" r:id="rId349" xr:uid="{A5B4B598-9484-44BA-B07C-41E45F08B877}"/>
+    <hyperlink ref="F419" r:id="rId350" display="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-71/92&amp;td=ALL" xr:uid="{CA4CCD69-589E-4E33-9D6E-DB4E0E455BD3}"/>
+    <hyperlink ref="F420" r:id="rId351" xr:uid="{53E7BA25-A990-446E-84A7-AFAD6806E9DB}"/>
+    <hyperlink ref="F421" r:id="rId352" xr:uid="{82D2F95D-F106-4368-A6D1-2798D2391C91}"/>
+    <hyperlink ref="F422" r:id="rId353" xr:uid="{B6C1EABE-4991-4EA2-9742-967387A6AC08}"/>
+    <hyperlink ref="F423" r:id="rId354" xr:uid="{97AA2A45-D051-43F8-9152-6F9E56E42E44}"/>
+    <hyperlink ref="F424" r:id="rId355" xr:uid="{DDB37894-F2A7-4737-81C7-6EB157A87DE7}"/>
+    <hyperlink ref="F425" r:id="rId356" xr:uid="{0472B641-EE8A-4EAD-831C-043DBC5452B9}"/>
+    <hyperlink ref="F426" r:id="rId357" xr:uid="{32667F58-9A24-4ACF-BD19-E8612F355934}"/>
+    <hyperlink ref="F427" r:id="rId358" xr:uid="{8489C0A6-4244-457E-A810-82B8DB22D6D4}"/>
+    <hyperlink ref="F428" r:id="rId359" xr:uid="{05D9D128-12B9-4E07-AC67-0F7C0DBFC6C6}"/>
+    <hyperlink ref="F429" r:id="rId360" xr:uid="{3425FFFD-6C27-4A82-B2C7-E1835F458143}"/>
+    <hyperlink ref="F430" r:id="rId361" xr:uid="{36EF8457-A044-4099-89F6-9303CF23FA4A}"/>
+    <hyperlink ref="F64" r:id="rId362" xr:uid="{205C5302-7686-4067-A884-C42B125D24F5}"/>
+    <hyperlink ref="F65" r:id="rId363" xr:uid="{06DA41DF-F52B-468A-A7A4-533569C173B7}"/>
+    <hyperlink ref="F66" r:id="rId364" xr:uid="{91205C1E-D789-44E5-900E-C2E472A37EB9}"/>
+    <hyperlink ref="F67" r:id="rId365" xr:uid="{A0783FB3-8097-4C73-9A68-7BBBCC8D3DD2}"/>
+    <hyperlink ref="F63" r:id="rId366" xr:uid="{4E764BBC-77E7-452E-AA65-5F0284B008A5}"/>
+    <hyperlink ref="F62" r:id="rId367" xr:uid="{3A4AD61A-E633-4812-B65C-5EDE3689FDD8}"/>
+    <hyperlink ref="F61" r:id="rId368" xr:uid="{86220007-0FB0-4D15-882B-A012BE4D9DE3}"/>
+    <hyperlink ref="F60" r:id="rId369" xr:uid="{05F63855-B691-4E8A-8D9B-9564A7C7B6B6}"/>
+    <hyperlink ref="F59" r:id="rId370" xr:uid="{6E42DC37-8BE4-4F59-8559-FC60E48A5BE9}"/>
+    <hyperlink ref="F58" r:id="rId371" xr:uid="{C0BF52D4-1D4F-4EBD-B3FC-BCAE8E90D1B8}"/>
+    <hyperlink ref="F57" r:id="rId372" xr:uid="{FA809267-3C7C-427C-BBC7-B1740336A63C}"/>
+    <hyperlink ref="F56" r:id="rId373" xr:uid="{9EDDABD4-53C4-42B8-A1C1-E8EFCB5B638A}"/>
+    <hyperlink ref="F54" r:id="rId374" xr:uid="{528E7EB3-9060-4679-9749-A53322F4FEDB}"/>
+    <hyperlink ref="F55" r:id="rId375" location="ctx1" display="https://curia.europa.eu/juris/document/document.jsf?text=iepirkums*&amp;docid=267139&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=385757 - ctx1" xr:uid="{05BB9F1C-1FB0-4A1E-9B30-D1C29E52A1D9}"/>
+    <hyperlink ref="F49" r:id="rId376" xr:uid="{64AEF4C6-B0C0-4FE6-897F-CFF0FD40BAA8}"/>
+    <hyperlink ref="F50" r:id="rId377" xr:uid="{562CE80A-5B2F-4FB8-8CD3-B079BB7F9F24}"/>
+    <hyperlink ref="F51" r:id="rId378" xr:uid="{2500D377-246A-4B27-9657-DFC28CA8A9D5}"/>
+    <hyperlink ref="F52" r:id="rId379" xr:uid="{9C095740-556C-4EFF-BAD2-E8112C3BDA90}"/>
+    <hyperlink ref="F53" r:id="rId380" xr:uid="{F6D98CDE-4BA9-422E-8A65-D33BACEBB8D2}"/>
+    <hyperlink ref="F45" r:id="rId381" xr:uid="{B9AA6BAC-5561-44A3-BDCD-C6D5B21761C9}"/>
+    <hyperlink ref="F46" r:id="rId382" xr:uid="{EF3CF3CC-383D-44FB-8846-1002C519EDFD}"/>
+    <hyperlink ref="F47" r:id="rId383" xr:uid="{123724D8-EFC6-4AB4-9ECD-74A731D2950A}"/>
+    <hyperlink ref="F48" r:id="rId384" xr:uid="{13D55F30-0F9B-47E4-86B3-E19AACDA9A78}"/>
+    <hyperlink ref="F44" r:id="rId385" xr:uid="{59D99B92-B752-42A8-806A-6C440CBCA98A}"/>
+    <hyperlink ref="F43" r:id="rId386" xr:uid="{98327D55-F057-4383-BA58-BD379E2D61EF}"/>
+    <hyperlink ref="F41" r:id="rId387" xr:uid="{9F35435F-38B3-419A-8BF0-A2B2C6B008AC}"/>
+    <hyperlink ref="F42" r:id="rId388" xr:uid="{4525AED7-1BD2-4441-8182-72DEE572A1B1}"/>
+    <hyperlink ref="F38" r:id="rId389" xr:uid="{D55FB4DE-97E4-4A52-859E-5A04550BB54E}"/>
+    <hyperlink ref="F39" r:id="rId390" xr:uid="{E266B618-BD60-450C-B468-E24A02CE4AD7}"/>
+    <hyperlink ref="F40" r:id="rId391" xr:uid="{F6E7F408-5DDE-4DD2-A83F-385BF6D0F07C}"/>
+    <hyperlink ref="F37" r:id="rId392" xr:uid="{EEADEE88-51FC-4E87-8808-5F0C126386F6}"/>
+    <hyperlink ref="F36" r:id="rId393" xr:uid="{8B059411-2304-48C9-9889-3C959B7C6F5B}"/>
+    <hyperlink ref="F35" r:id="rId394" xr:uid="{BEF7336B-2538-45A8-B88D-EF0B06091BC4}"/>
+    <hyperlink ref="F34" r:id="rId395" xr:uid="{91BE1C56-DA87-46D7-898E-972045EC097A}"/>
+    <hyperlink ref="F33" r:id="rId396" xr:uid="{F437A21E-81C9-445A-BED6-311B1957B50B}"/>
+    <hyperlink ref="F31" r:id="rId397" xr:uid="{1F2B3D97-A030-4E11-989D-2B9CEDC91ED2}"/>
+    <hyperlink ref="F32" r:id="rId398" xr:uid="{6218A441-8159-400B-930C-97FCFDEECFDF}"/>
+    <hyperlink ref="F30" r:id="rId399" xr:uid="{F43EBDB0-1701-489F-A28C-C648B3D99E39}"/>
+    <hyperlink ref="F27" r:id="rId400" xr:uid="{909F6962-81BF-40CF-B03C-F9DBEF09F8AD}"/>
+    <hyperlink ref="F28" r:id="rId401" xr:uid="{F08DA33F-DDCF-41D9-BAC1-433AA9BE1FCB}"/>
+    <hyperlink ref="F29" r:id="rId402" xr:uid="{6046639D-CDCF-44C5-8D33-220A40EB8E66}"/>
+    <hyperlink ref="F25" r:id="rId403" xr:uid="{A5725E67-E89F-4DFC-95EF-35422D63B485}"/>
+    <hyperlink ref="F26" r:id="rId404" xr:uid="{AA1B08D2-AFAF-4510-90A6-B29EE006D39D}"/>
+    <hyperlink ref="F22" r:id="rId405" xr:uid="{525E7774-1132-4402-A378-0D4638F5AC86}"/>
+    <hyperlink ref="F23" r:id="rId406" xr:uid="{AA28BB85-A598-4729-BC7E-87144E07C959}"/>
+    <hyperlink ref="F24" r:id="rId407" xr:uid="{807EEC14-7DA8-4581-8D82-ADDAF053BFC4}"/>
+    <hyperlink ref="F18" r:id="rId408" xr:uid="{1248EAFA-B59F-4352-9952-FA5A07339288}"/>
+    <hyperlink ref="F19" r:id="rId409" xr:uid="{A05C71B8-4CC7-4BA2-A21E-18022DDE7B4F}"/>
+    <hyperlink ref="F21" r:id="rId410" xr:uid="{F64AF475-CEC7-40D0-BAF8-42C488AE3E82}"/>
+    <hyperlink ref="F16" r:id="rId411" location="ntc1-C_202407296LV.000101-E0001" display="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=OJ:C_202407296 - ntc1-C_202407296LV.000101-E0001" xr:uid="{67F186B6-F03D-49B2-9297-272974FDEB73}"/>
+    <hyperlink ref="F17" r:id="rId412" xr:uid="{404D4ECF-0BD2-49C8-B562-6C47CBB71749}"/>
+    <hyperlink ref="F14" r:id="rId413" xr:uid="{3BE237D7-EA04-4AE4-A663-FF36B8312CB6}"/>
+    <hyperlink ref="F15" r:id="rId414" xr:uid="{68599F44-BF74-4D97-B669-6406D4B7E2E7}"/>
+    <hyperlink ref="F12" r:id="rId415" display="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0471" xr:uid="{83A1C143-4029-4207-8E0C-3EB2281126DB}"/>
+    <hyperlink ref="F13" r:id="rId416" xr:uid="{2437014A-433D-4BA7-936D-F18CB39CD24A}"/>
+    <hyperlink ref="F10" r:id="rId417" xr:uid="{26EFB4CF-35BD-4391-A2C4-8992010FD9AB}"/>
+    <hyperlink ref="F11" r:id="rId418" xr:uid="{AF60CC6B-557D-4C7B-A754-6BF482648398}"/>
+    <hyperlink ref="F9" r:id="rId419" xr:uid="{D93A1A36-A060-4ADC-889B-04E32D0A7A67}"/>
+    <hyperlink ref="F6" r:id="rId420" xr:uid="{095336AE-63D9-4524-8F23-BB60B91D9427}"/>
+    <hyperlink ref="F7" r:id="rId421" xr:uid="{88884DFB-C136-4129-BAA5-031710484E9B}"/>
+    <hyperlink ref="F20" r:id="rId422" xr:uid="{14CB205D-D3A7-4974-9AB0-215336EC8CBC}"/>
+    <hyperlink ref="F4" r:id="rId423" xr:uid="{3168E8EF-A8A9-4AED-87BC-85647AB93151}"/>
+    <hyperlink ref="F2" r:id="rId424" xr:uid="{D07928D2-F524-41FF-83C9-36E6EF9C5325}"/>
+    <hyperlink ref="F3" r:id="rId425" xr:uid="{449E00BD-5D80-4C08-9A7E-118EA2EEDC36}"/>
+    <hyperlink ref="F5" r:id="rId426" xr:uid="{8890F7FD-73BE-41AF-988D-B2823D4AE6D9}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" gridLines="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
-  <pageSetup paperSize="9" scale="48" fitToHeight="0" pageOrder="overThenDown" orientation="landscape" cellComments="atEnd" r:id="rId425"/>
+  <pageSetup paperSize="9" scale="48" fitToHeight="0" pageOrder="overThenDown" orientation="landscape" cellComments="atEnd" r:id="rId427"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="91b49ab1-9be5-4af7-9e50-846f311e3d04">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="2570daea-32e5-443d-864e-89f901ca737d" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="91b49ab1-9be5-4af7-9e50-846f311e3d04" xmlns:ns3="2570daea-32e5-443d-864e-89f901ca737d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7a5a0403280c8880308254e003821316" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100F28EBB1BA9A5D74B8887D1D0355963EB" ma:contentTypeVersion="14" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="53999a83adaac3437c7c039b762c0120">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="91b49ab1-9be5-4af7-9e50-846f311e3d04" xmlns:ns3="2570daea-32e5-443d-864e-89f901ca737d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9cb996851df00da7dbc5e3711cee39e9" ns2:_="" ns3:_="">
     <xsd:import namespace="91b49ab1-9be5-4af7-9e50-846f311e3d04"/>
     <xsd:import namespace="2570daea-32e5-443d-864e-89f901ca737d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -25520,118 +25645,113 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{367219FF-D82A-4891-9516-B57EA8847FFC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="91b49ab1-9be5-4af7-9e50-846f311e3d04"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="2570daea-32e5-443d-864e-89f901ca737d"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="91b49ab1-9be5-4af7-9e50-846f311e3d04"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D13AA557-E0FB-4260-B885-F3E722A9F727}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACFBD145-DA13-4429-8427-308E8847B768}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darblapas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>EST spriedumi</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Eiropas Savienības Tiesas spriedumi</dc:title>
   <dc:subject>ES Tiesas spriedumu apkopojums</dc:subject>
   <dc:creator/>
   <cp:keywords>IUB, EST, spriedumi</cp:keywords>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category>Eiropas Tiesas spriedumu apkopojums, EST Publisko ieprikumu jomā</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x010100F28EBB1BA9A5D74B8887D1D0355963EB</vt:lpwstr>
   </property>
 </Properties>
 </file>