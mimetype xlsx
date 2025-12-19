--- v1 (2025-11-29)
+++ v2 (2025-12-19)
@@ -1,69 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="600" documentId="13_ncr:1_{99D2EC19-F0BD-4BA6-9505-8E7CB504F40E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B358A565-A1FE-421A-90AF-83C314F5C1B7}"/>
+  <xr:revisionPtr revIDLastSave="604" documentId="13_ncr:1_{99D2EC19-F0BD-4BA6-9505-8E7CB504F40E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{37E67DBE-3BAB-44BA-8C83-2E21D9F79EC5}"/>
   <bookViews>
-    <workbookView xWindow="-12" yWindow="0" windowWidth="17808" windowHeight="12336" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="EST spriedumi" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'EST spriedumi'!$A$1:$F$429</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'EST spriedumi'!$A$1:$F$430</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2577" uniqueCount="2381">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2583" uniqueCount="2387">
   <si>
     <t>Sprieduma pieņemšanas datums</t>
   </si>
   <si>
     <t>Lietas Nr.</t>
   </si>
   <si>
     <t>Dalībnieki</t>
   </si>
   <si>
     <t>Atslēgas vārdi no EST tīmekļvietnes</t>
   </si>
   <si>
     <t>Rezolutīvā daļa no EST tīmekļvietnes</t>
   </si>
   <si>
     <t>Saites</t>
   </si>
   <si>
     <t>C‑771/19</t>
   </si>
   <si>
     <t>Lūgums sniegt prejudiciālu nolēmumu – Iepirkums ūdensapgādes, enerģētikas, transporta un telekomunikāciju nozarēs – Direktīva 92/13/EEK – Pārbaudes procedūras – Pirmslīguma posms – Piedāvājumu vērtēšana – Tehniskā piedāvājuma noraidīšana un konkurenta piedāvājuma pielaišana – Šī akta piemērošanas apturēšana – Noraidītā pretendenta leģitīmā interese apstrīdēt izraudzītā pretendenta piedāvājuma likumību</t>
   </si>
   <si>
@@ -8579,50 +8580,70 @@
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX:62023TJ1191</t>
   </si>
   <si>
     <t>16.10.2025.</t>
   </si>
   <si>
     <t>C-282/24</t>
   </si>
   <si>
     <t>Polismyndighenten pret Konkurrenscerken</t>
   </si>
   <si>
     <t>Lūgums sniegt prejudiciālu nolēmumu - Publiski līgumi - Direktīva 2024/24/ES 72.pants - Grozījumi pamatlīgumā tā īstenošanas gaitā - Grozījumu vērtība, kas ir zemāka par 72. panta 2. punktā paredzētajām vērtībām - Grozījumi pamatnolīguma atlīdzības modelī - Pamatnolīguma būtiskas izmaiņas - izmaiņas pamatnolīguma vispārējā raksturā.</t>
   </si>
   <si>
     <t>Iesniedzējtiesa būtībā vēlas noskaidrot, vai Direktīvas 2014/24 72. panta 2. punkts jāinterpretē tādējādi, ka pamatnolīgumā, kurš piešķirts, pamatojoties uz zemākās cenas kritēriju, paredzētās atlīdzības metodes grozījums, ar kuru tiek mainīts fiksēto tarifu un mainīgo tarifu relatīvais nozīmīgums, vienlaikus pielāgojot cenu līmeņus tādējādi, lai šī pamatnolīguma kopējā vērtība tiktu grozīta tikai nelielā mērā, jāuzskata par tādu, kas maina minētā pamatnolīguma vispārējo raksturu šīs tiesību normas izpratnē.
 Uz uzdoto jautājumu ir jāatbild, ka Direktīvas 2014/24 72. panta 2. punkts jāinterpretē tādējādi, ka pamatnolīgumā, kurš piešķirts, pamatojoties uz zemākās cenas kritēriju, paredzētās atlīdzības metodes grozījums, ar kuru tiek mainīts fiksēto tarifu un mainīgo tarifu relatīvais nozīmīgums, vienlaikus pielāgojot cenu līmeņus tādējādi, lai šī pamatnolīguma kopējā vērtība tiktu grozīta tikai nelielā mērā, nav jāuzskata par tādu, kas maina minētā pamatnolīguma vispārējo raksturu šīs tiesību normas izpratnē, ja vien šajā pamatnolīgumā paredzētās atlīdzības metodes grozījums neizraisa fundamentālas tā līdzsvara izmaiņas.</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/LV/SUM/?uri=CELEX%3A62024CJ0282_RES&amp;qid=1763971820750</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62023CA0715&amp;qid=1763971863463</t>
+  </si>
+  <si>
+    <t>13.10.2025.</t>
+  </si>
+  <si>
+    <t>Lieta C-686/24</t>
+  </si>
+  <si>
+    <t>Nidec Asi SpA, Ceisis SpA Sistemi Impiantistici Integrati/Ministero per gli Affari europei u.c.</t>
+  </si>
+  <si>
+    <t>Lūgums sniegt prejudiciālu nolēmumu - Tiesas Reglamenta 99. pants - Skaidri no judikatūras izsecināma atbilde - Publiski līgumi - Direktīva 2014/25/ES - 39., 70. un 75. pants - Tiesības piekļūt visam tehniskajam piedāvājumam - Ekonomikas dalībnieka sniegtās informācijas līgumslēdzējai iestādei konfidencialitātes aizsardzība - Komercnoslēpumu aizsardzība - Efektīva tiesību aizsardzība tiesā</t>
+  </si>
+  <si>
+    <t>Eiropas Parlamenta un Padomes Direktīvas 2014/25/ES (2014. gada 26. februāris) par iepirkumu, ko īsteno subjekti, kuri darbojas ūdensapgādes, enerģētikas, transporta un pasta pakalpojumu nozarēs, un ar ko atceļ Direktīvu 2004/17/EK, 39. pants, lasot to kopā ar šīs direktīvas 70. un 75. pantu,
+jāinterpretē tādējādi, ka
+tam ir pretrunā tāds valsts tiesiskais regulējums publiskā iepirkuma jomā, kurā prasīts, lai piekļuve dokumentiem, kuros ir ietverti tehniskie vai komercdarbības noslēpumi, kurus ir nosūtījis kāds pretendents, tiktu piešķirta citam pretendentam, ja šāda piekļuve ir nepieciešama, lai nodrošinātu pēdējā minētā tiesības uz efektīvu tiesību aizsardzību tiesā procedūrā, kas saistīta ar līguma slēgšanas tiesību piešķiršanu, un šis tiesiskais regulējums neļauj līgumslēdzējām iestādēm veikt šo tiesību līdzsvarošanu ar prasībām par tehnisko vai komercdarbības noslēpumu aizsardzību.</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=OJ:C_202505304</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd\.mm\.yyyy\."/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
@@ -8756,51 +8777,51 @@
       <bottom style="medium">
         <color rgb="FFCCCCCC"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FFCCCCCC"/>
       </left>
       <right style="dotted">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
         <color rgb="FFCCCCCC"/>
       </top>
       <bottom style="medium">
         <color rgb="FFCCCCCC"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="46">
+  <cellXfs count="48">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -8893,70 +8914,80 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hipersaite" xfId="1" builtinId="8"/>
     <cellStyle name="Parasts" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4285F4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="EA4335"/>
       </a:accent2>
       <a:accent3>
@@ -9112,64 +9143,64 @@
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=160565&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=16590" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-92/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0299&amp;qid=1606893412183" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=201262&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=286814" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-17/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-81/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:62020CJ0642" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-298/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-412/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-26/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1578032767833&amp;uri=CELEX:62018CJ0465" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-701/15" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=154821&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=69362" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-76/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0486" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62020CJ0497&amp;qid=1641192814999" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-401/09%20P&amp;td=ALL" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-260/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0547_RES" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-421/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1561700069836&amp;uri=CELEX:62018CJ0264" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-117/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-373/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-19/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-18/93&amp;td=ALL" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0545" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=184344&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1000437" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=138387&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278144" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-331/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-536/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX:62023CJ0424" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-340/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=243101&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=25313090" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=163248&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=45630" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-337/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=45/87&amp;td=ALL" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1540993556544&amp;uri=CELEX:62017CJ0413" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=175666&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=867466" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-554/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-324/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=286568&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=8599413" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-462/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX:62023TJ1191" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1596432619578&amp;uri=CELEX:62018TJ0661" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-40/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-340/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-27/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=199808&amp;pageIndex=0&amp;doclang=en&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=184605" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130de5aa6491a489c4ff7aa86b5524083bf2e.e34KaxiLc3eQc40LaxqMbN4Ob3qQe0?text=&amp;docid=153501&amp;pageIndex=0&amp;doclang=EN&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=68879" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0213" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-407/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-532/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-249/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-43/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1575030422283&amp;uri=CELEX:62018CJ0402" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=190585&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=826409" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=145526&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=279552" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0631" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0561&amp;qid=1638363432846" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-568/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-382/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=277052&amp;pageIndex=0&amp;doclang=EN&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=3557083" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0175" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-226/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-4/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-439/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1559543224748&amp;uri=CELEX:62018CJ0259" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=183123&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=349576" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-297/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-331/92&amp;td=ALL" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=132363&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=272021" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-160/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-573/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0471" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-15/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=242035&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=25315817" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1540471318288&amp;uri=CELEX:62017CJ0124" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-225/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=53/85&amp;td=ALL" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=170749&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=375619" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=159248&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=227711" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-236/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-411/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62020CJ0436" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62023CA0715&amp;qid=1763971863463" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-357/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1593517866312&amp;uri=CELEX:62019CJ0429" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=199775&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=153977" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-385/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-225/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-340/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-232/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0403&amp;qid=1675666709781" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-195/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1572590328924&amp;uri=CELEX:62018CJ0285" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-410/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-5/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-298/15" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=169181&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=375825" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=144490&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=279143" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-570/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-71/92&amp;td=ALL" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=290691&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=5388151" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0927&amp;qid=1633065969473" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-480/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0186" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-234/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-470/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-97/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1559543224748&amp;uri=CELEX:62018CJ0253" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=181688&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=865715" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=161612&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=245913" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-183/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=76/81&amp;td=ALL" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-91/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0728" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=240226&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=8778765" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-454/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-400/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-145/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=E2D36D6DC9CC74BC1BB626F026B6D413?text=&amp;docid=205936&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=27235" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=157851&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=471006" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-103/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-465/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/HTML/?uri=CELEX:62020TJ0761&amp;qid=1664979087552&amp;from=EN" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-119/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-314/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1593517866312&amp;uri=CELEX:62019CJ0472" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=C-178%252F16%2B&amp;docid=198054&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=852237" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-367/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-355/15" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-306/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-54/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0383&amp;qid=1672924097180" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-456/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-195/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-214/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1569907736691&amp;uri=CELEX:62018CJ0333" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30dd7e2c9b1c9aab47478540922081d6cc80.e34KaxiLc3qMb40Rch0SaxuRchv0?text=&amp;docid=167921&amp;pageIndex=0&amp;doclang=FR&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=374546" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-237/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=C%25E2%2580%2591408%252F16&amp;docid=197488&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=852237" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130d5a10adf82381b475882e7f9e597753328.e34KaxiLc3eQc40LaxqMbN4Pa3qLe0?text=&amp;docid=181467&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=877707" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=142822&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278654" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-348/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-387/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-306/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-243/89&amp;td=ALL" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0416&amp;qid=1664980207823" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62022CJ0441&amp;qid=1704722457792" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0683" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62020CJ0110&amp;qid=1643378555683" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-538/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-507/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-264/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1590729531328&amp;uri=CELEX:62019CJ0263" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1556781118330&amp;uri=CELEX:62017CJ0699" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=160937&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=16029" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-230/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-411/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-365/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=204751&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=308704" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-171/15" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-158/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-629/11%20P&amp;td=ALL" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-95/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-451/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-107/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-43/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:62021CJ0195" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0769&amp;qid=1672924097180" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0452" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-17/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-393/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-220/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=%2B2014%252F24%252FES&amp;docid=237284&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=3628813" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1569907736691&amp;uri=CELEX:62017TJ0741" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-21/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-20/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1556524880889&amp;uri=CELEX:62017CJ0465" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=165631&amp;pageIndex=0&amp;doclang=EN&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=103659" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d695a8b21668a74bc7bb8eb32909295644.e34KaxiLc3qMb40Rch0SaxuObhn0?text=&amp;docid=157520&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=470668" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=142824&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278793" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-601/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-582/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-172/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-353/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-360/89&amp;td=ALL" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX:62021CJ0068" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=280770&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=141036" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=OJ:C_202406624" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=195241&amp;pageIndex=0&amp;doclang=en&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1943966" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=179464&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1371192" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-504/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-237/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/docum%20ent.jsf?text=&amp;docid=302722&amp;pageIndex=0&amp;doclang=lv&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=646635" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62020CJ0347&amp;qid=1643378555683" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1590988293444&amp;uri=CELEX:62018CJ0796" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-458/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-448/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-211/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1569907736691&amp;uri=CELEX:62018CJ0063" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130d53237bf7b90b24865bfd8f6e27a9cb110.e34KaxiLc3eQc40LaxqMbN4ObhuLe0?text=&amp;docid=160939&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=15848" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-279/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-37/11&amp;td=ALL" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-274/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-169/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-275/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-87/94&amp;td=ALL" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/HTML/?uri=CELEX:62020CJ0461&amp;from=EN" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=203965&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=492811" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d58bed5f4b9728438c9e688a9c6f73bb97.e34KaxiLc3qMb40Rch0SaxyKaNb0?text=&amp;docid=184893&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=455605" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-70/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-455/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62022CJ0053&amp;qid=1677853421713" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=%2B2014%252F24%252FES&amp;docid=236425&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=3338039" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-337/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-244/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-414/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-424/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0175" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1583130126503&amp;uri=CELEX:62018CJ0298" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130d5f510e5ea37044227a02588cd6f4452b1.e34KaxiLc3eQc40LaxqMbN4ObNqLe0?text=&amp;docid=165056&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=103419" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=155063&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=69488" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=139404&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278497" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-57/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-324/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-360/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-24/91&amp;td=ALL" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1551423221320&amp;uri=CELEX:62017CJ0388" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=194433&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=506699" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=179463&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=865597" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-63/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=iepirkums*&amp;docid=267139&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=385757" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=280783&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=141036" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019TJ0849&amp;qid=1643377426916" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-489/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-241/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-29/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-252/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-513/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=288145&amp;pageIndex=0&amp;doclang=lv&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=507994" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/docum%20ent.jsf?text=&amp;docid=302721&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=646635" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=160564&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=16251" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=144963&amp;pageIndex=0&amp;doclang=FR&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278949" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-615/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-59/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-328/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-79/94&amp;td=ALL" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0049&amp;qid=1606893412183" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1564661133611&amp;uri=CELEX:62017CJ0620" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=202044&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=287950" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d58bed5f4b9728438c9e688a9c6f73bb97.e34KaxiLc3qMb40Rch0SaxyKaNb0?text=&amp;docid=184893&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=455605" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-589/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:62020CJ0532" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62022CJ0101&amp;qid=1685970111580" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-74/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-299/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-444/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-148/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-84/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-273/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=OJ:C_202407296" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-173/14%20P&amp;td=ALL" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=154820&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=69701" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-94/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0721&amp;qid=1633065969473" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1580881926845&amp;uri=CELEX:62018CJ0395" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1545401538896&amp;uri=CELEX:62017CJ0216" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-76/16" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=178824&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1370159" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=139104&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278324" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-86/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-111/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-21/88&amp;td=ALL" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=268628&amp;pageIndex=0&amp;doclang=lv&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=201879" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=283022&amp;pageIndex=0&amp;doclang=lv&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=5477436" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62020TJ0546&amp;qid=1641192814999" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-251/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-125/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-492/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-129/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-283/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0737" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0652" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-285/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1564661133611&amp;uri=CELEX:62017CJ0697" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d58bed5f4b9728438c9e688a9c6f73bb97.e34KaxiLc3qMb40Rch0SaxyKaNb0?text=&amp;docid=184893&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=455605" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=145619&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=279902" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-359/93&amp;td=ALL" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021TJ0376&amp;qid=1688641112791" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-271/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-199/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-47/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=293799&amp;pageIndex=0&amp;doclang=lv&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=10399168" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130dea1de6a73c82a4e71878ccb51f5b1f3a2.e34KaxiLc3eQc40LaxqMbN4ObxiTe0?text=&amp;docid=163709&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=151164" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-327/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=243869&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=4073379" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1543822886789&amp;uri=CELEX:62017CJ0328" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=138855&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=277634" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-16/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=103/88&amp;td=ALL" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=281794&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=48341" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d506b16c7f71e04a42a860a22d8cafd770.e34KaxiLc3qMb40Rch0SaxyKax50?text=&amp;docid=178581&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1369436" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-368/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-213/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0422" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-231/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=230864&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=4925643" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130da099789dc523243fe9742b60a6dcf5389.e34KaxiLc3eQc40LaxqMbN4Pb3iPe0?text=&amp;docid=201263&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=286144" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=160262&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=16430" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-309/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=260994&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=15107017;" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-461/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-450/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-126/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1578032767833&amp;uri=CELEX:62018CJ0385" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=153811&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=69204" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-280/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-323/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-296/15" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-118/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-215/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0486" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0028" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0933&amp;qid=1638361511355" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-503/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-183/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-399/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-272/91&amp;td=ALL" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1561700069836&amp;uri=CELEX:62018CJ0041" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130d5fa447989d22c4389b2e5fd04bf69930e.e34KaxiLc3eQc40LaxqMbN4Pa3ySe0?text=&amp;docid=183379&amp;pageIndex=0&amp;doclang=EN&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=347144" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=133102&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=272630" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62022CJ0510&amp;qid=1696506412098" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-149/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-196/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-410/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0578" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=243105&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=25313090" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=162829&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=45508" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-17/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-380/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1540993556544&amp;uri=CELEX:62017CJ0260" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=173519&amp;pageIndex=0&amp;doclang=en&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=867533" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=159290&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=227936" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=31/87&amp;td=ALL" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-599/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-406/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/SUM/?uri=CELEX%3A62024CJ0282_RES&amp;qid=1763971820750" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-247/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1593517866312&amp;uri=CELEX:62019CJ0003" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=200403&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-637/11&amp;td=ALL" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-108/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0274" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-8/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-70/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?docid=267372&amp;mode=req&amp;pageIndex=10&amp;dir=&amp;occ=first&amp;part=1&amp;text=&amp;doclang=EN&amp;cid=167496" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-6/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1572590328924&amp;uri=CELEX:62018CJ0515" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=190329&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1002821" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=170301&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=375378" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-315/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-44/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0598&amp;qid=1635747419832" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=145244&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=279751" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-226/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0601&amp;qid=1696506412098" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=290609&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=5388151" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-331/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1559543224748&amp;uri=CELEX:62018CJ0309" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-57/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-223/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-389/92&amp;td=ALL" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=183107&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=867893" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-30/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-218/11&amp;td=ALL" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-423/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-300/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=274/83&amp;td=ALL" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0684" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-157/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=241465&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=9152398" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1540471318288&amp;uri=CELEX:62017CJ0606" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-394/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-13/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=170751&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=374909" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d5e38e58f852144528bd218dc01f382715.e34KaxiLc3qMb40Rch0SaxuObNf0?text=&amp;docid=158433&amp;pageIndex=0&amp;doclang=ES&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=617192" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-574/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?mode=DOC&amp;pageIndex=0&amp;docid=263724&amp;part=1&amp;doclang=EN&amp;text=&amp;dir=&amp;occ=first&amp;cid=1188051" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1593517866312&amp;uri=CELEX:62019CJ0219" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-337/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-212/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-258/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130deabd54ae971454d4f8b6682aa270df3d0.e34KaxiLc3eQc40LaxqMbN4Pb34Ne0?text=&amp;docid=199201&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=153602" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-297/11&amp;td=ALL" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-252/10%20P&amp;td=ALL" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-304/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-406/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0682&amp;qid=1675666709781" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-295/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-18/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1572590328924&amp;uri=CELEX:62018CJ0267" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-391/15" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=169187&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=375169" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=144491&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=279408" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=181685&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=867211" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-314/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-366/89&amp;td=ALL" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62022CJ0480&amp;qid=1701844392884" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0513" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-250/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-525/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-40/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-205/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1556781118330&amp;uri=CELEX:62015TJ0182" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-667/11&amp;td=ALL" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-176/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-591/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-577/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:62020CJ0116" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0266" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-147/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-160/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F25%252FES&amp;docid=239242&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=4735817" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=F0E439EAAB28E0E26CE9A35A75390392?text=&amp;docid=205929&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=228791" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=157805&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=471240" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=160565&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=16590" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-92/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0299&amp;qid=1606893412183" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=201262&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=286814" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-17/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-81/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:62020CJ0642" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-298/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-412/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-26/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1578032767833&amp;uri=CELEX:62018CJ0465" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-701/15" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=154821&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=69362" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-76/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0486" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62020CJ0497&amp;qid=1641192814999" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-401/09%20P&amp;td=ALL" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-260/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0547_RES" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-421/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1561700069836&amp;uri=CELEX:62018CJ0264" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-117/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-373/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-19/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-18/93&amp;td=ALL" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0545" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=184344&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1000437" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=138387&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278144" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-331/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-536/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX:62023CJ0424" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-340/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=243101&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=25313090" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=163248&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=45630" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-337/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=45/87&amp;td=ALL" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1540993556544&amp;uri=CELEX:62017CJ0413" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=175666&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=867466" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-554/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-324/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=286568&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=8599413" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-462/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX:62023TJ1191" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1596432619578&amp;uri=CELEX:62018TJ0661" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-40/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-340/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-27/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=199808&amp;pageIndex=0&amp;doclang=en&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=184605" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130de5aa6491a489c4ff7aa86b5524083bf2e.e34KaxiLc3eQc40LaxqMbN4Ob3qQe0?text=&amp;docid=153501&amp;pageIndex=0&amp;doclang=EN&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=68879" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0213" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-407/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-532/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-249/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-43/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1575030422283&amp;uri=CELEX:62018CJ0402" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=190585&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=826409" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=145526&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=279552" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0631" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0561&amp;qid=1638363432846" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-568/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-382/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=277052&amp;pageIndex=0&amp;doclang=EN&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=3557083" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0175" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-226/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-4/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-439/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1559543224748&amp;uri=CELEX:62018CJ0259" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=183123&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=349576" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-297/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-331/92&amp;td=ALL" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=132363&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=272021" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-160/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-573/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0471" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-15/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=242035&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=25315817" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1540471318288&amp;uri=CELEX:62017CJ0124" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-225/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=53/85&amp;td=ALL" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=170749&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=375619" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=159248&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=227711" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-236/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-411/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62020CJ0436" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62023CA0715&amp;qid=1763971863463" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-357/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1593517866312&amp;uri=CELEX:62019CJ0429" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=199775&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=153977" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-385/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-225/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-340/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-232/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0403&amp;qid=1675666709781" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-195/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1572590328924&amp;uri=CELEX:62018CJ0285" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-410/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-5/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-298/15" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=169181&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=375825" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=144490&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=279143" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-570/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-71/92&amp;td=ALL" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=290691&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=5388151" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0927&amp;qid=1633065969473" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-480/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0186" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-234/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-470/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-97/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1559543224748&amp;uri=CELEX:62018CJ0253" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=181688&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=865715" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=161612&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=245913" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-183/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=76/81&amp;td=ALL" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-91/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0728" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=240226&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=8778765" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-454/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-400/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-145/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=E2D36D6DC9CC74BC1BB626F026B6D413?text=&amp;docid=205936&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=27235" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=157851&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=471006" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-103/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-465/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/HTML/?uri=CELEX:62020TJ0761&amp;qid=1664979087552&amp;from=EN" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-119/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-314/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1593517866312&amp;uri=CELEX:62019CJ0472" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=C-178%252F16%2B&amp;docid=198054&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=852237" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-367/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-355/15" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-306/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-54/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0383&amp;qid=1672924097180" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-456/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-195/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-214/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1569907736691&amp;uri=CELEX:62018CJ0333" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30dd7e2c9b1c9aab47478540922081d6cc80.e34KaxiLc3qMb40Rch0SaxuRchv0?text=&amp;docid=167921&amp;pageIndex=0&amp;doclang=FR&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=374546" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-237/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=C%25E2%2580%2591408%252F16&amp;docid=197488&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=852237" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130d5a10adf82381b475882e7f9e597753328.e34KaxiLc3eQc40LaxqMbN4Pa3qLe0?text=&amp;docid=181467&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=877707" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=142822&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278654" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-348/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-387/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-306/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-243/89&amp;td=ALL" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0416&amp;qid=1664980207823" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62022CJ0441&amp;qid=1704722457792" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0683" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62020CJ0110&amp;qid=1643378555683" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-538/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-507/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-264/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1590729531328&amp;uri=CELEX:62019CJ0263" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1556781118330&amp;uri=CELEX:62017CJ0699" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=160937&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=16029" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-230/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-411/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-365/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=204751&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=308704" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-171/15" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-158/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-629/11%20P&amp;td=ALL" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-95/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-451/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-107/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-43/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:62021CJ0195" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0769&amp;qid=1672924097180" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0452" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-17/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-393/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-220/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=%2B2014%252F24%252FES&amp;docid=237284&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=3628813" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1569907736691&amp;uri=CELEX:62017TJ0741" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-21/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-20/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1556524880889&amp;uri=CELEX:62017CJ0465" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=165631&amp;pageIndex=0&amp;doclang=EN&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=103659" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d695a8b21668a74bc7bb8eb32909295644.e34KaxiLc3qMb40Rch0SaxuObhn0?text=&amp;docid=157520&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=470668" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=142824&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278793" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-601/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-582/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-172/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-353/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-360/89&amp;td=ALL" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX:62021CJ0068" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=280770&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=141036" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=OJ:C_202406624" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=195241&amp;pageIndex=0&amp;doclang=en&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1943966" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=179464&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1371192" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-504/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-237/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/docum%20ent.jsf?text=&amp;docid=302722&amp;pageIndex=0&amp;doclang=lv&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=646635" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62020CJ0347&amp;qid=1643378555683" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1590988293444&amp;uri=CELEX:62018CJ0796" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-458/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-448/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-211/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1569907736691&amp;uri=CELEX:62018CJ0063" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130d53237bf7b90b24865bfd8f6e27a9cb110.e34KaxiLc3eQc40LaxqMbN4ObhuLe0?text=&amp;docid=160939&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=15848" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-279/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-37/11&amp;td=ALL" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-274/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-169/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-275/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-87/94&amp;td=ALL" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/HTML/?uri=CELEX:62020CJ0461&amp;from=EN" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=203965&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=492811" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d58bed5f4b9728438c9e688a9c6f73bb97.e34KaxiLc3qMb40Rch0SaxyKaNb0?text=&amp;docid=184893&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=455605" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-70/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-455/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62022CJ0053&amp;qid=1677853421713" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=%2B2014%252F24%252FES&amp;docid=236425&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=3338039" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-337/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-244/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-414/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-424/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0175" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1583130126503&amp;uri=CELEX:62018CJ0298" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130d5f510e5ea37044227a02588cd6f4452b1.e34KaxiLc3eQc40LaxqMbN4ObNqLe0?text=&amp;docid=165056&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=103419" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=155063&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=69488" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=139404&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278497" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-57/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-324/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-360/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-24/91&amp;td=ALL" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1551423221320&amp;uri=CELEX:62017CJ0388" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=194433&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=506699" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=179463&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=865597" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-63/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=iepirkums*&amp;docid=267139&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=385757" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=280783&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=141036" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019TJ0849&amp;qid=1643377426916" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-489/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-241/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-29/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-252/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-513/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=288145&amp;pageIndex=0&amp;doclang=lv&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=507994" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/docum%20ent.jsf?text=&amp;docid=302721&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=646635" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=160564&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=16251" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=144963&amp;pageIndex=0&amp;doclang=FR&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278949" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-615/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-59/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-328/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-79/94&amp;td=ALL" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0049&amp;qid=1606893412183" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1564661133611&amp;uri=CELEX:62017CJ0620" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=202044&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=287950" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d58bed5f4b9728438c9e688a9c6f73bb97.e34KaxiLc3qMb40Rch0SaxyKaNb0?text=&amp;docid=184893&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=455605" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-589/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:62020CJ0532" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62022CJ0101&amp;qid=1685970111580" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-74/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-299/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-444/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-148/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-84/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-273/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=OJ:C_202407296" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-173/14%20P&amp;td=ALL" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=154820&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=69701" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-94/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0721&amp;qid=1633065969473" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1580881926845&amp;uri=CELEX:62018CJ0395" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1545401538896&amp;uri=CELEX:62017CJ0216" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-76/16" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=178824&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1370159" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=139104&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278324" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-86/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-111/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-21/88&amp;td=ALL" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=268628&amp;pageIndex=0&amp;doclang=lv&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=201879" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=283022&amp;pageIndex=0&amp;doclang=lv&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=5477436" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62020TJ0546&amp;qid=1641192814999" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-251/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-125/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-492/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-129/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-283/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0737" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0652" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-285/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1564661133611&amp;uri=CELEX:62017CJ0697" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d58bed5f4b9728438c9e688a9c6f73bb97.e34KaxiLc3qMb40Rch0SaxyKaNb0?text=&amp;docid=184893&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=455605" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=145619&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=279902" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-359/93&amp;td=ALL" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021TJ0376&amp;qid=1688641112791" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-271/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-199/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-47/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=293799&amp;pageIndex=0&amp;doclang=lv&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=10399168" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130dea1de6a73c82a4e71878ccb51f5b1f3a2.e34KaxiLc3eQc40LaxqMbN4ObxiTe0?text=&amp;docid=163709&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=151164" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-327/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=243869&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=4073379" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1543822886789&amp;uri=CELEX:62017CJ0328" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=138855&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=277634" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-16/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=103/88&amp;td=ALL" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=281794&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=48341" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d506b16c7f71e04a42a860a22d8cafd770.e34KaxiLc3qMb40Rch0SaxyKax50?text=&amp;docid=178581&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1369436" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-368/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-213/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0422" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-231/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=230864&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=4925643" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130da099789dc523243fe9742b60a6dcf5389.e34KaxiLc3eQc40LaxqMbN4Pb3iPe0?text=&amp;docid=201263&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=286144" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=160262&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=16430" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-309/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=260994&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=15107017;" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-461/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-450/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-126/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1578032767833&amp;uri=CELEX:62018CJ0385" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=153811&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=69204" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-280/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-323/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-296/15" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-118/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-215/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0486" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0028" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0933&amp;qid=1638361511355" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-503/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-183/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-399/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-272/91&amp;td=ALL" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1561700069836&amp;uri=CELEX:62018CJ0041" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130d5fa447989d22c4389b2e5fd04bf69930e.e34KaxiLc3eQc40LaxqMbN4Pa3ySe0?text=&amp;docid=183379&amp;pageIndex=0&amp;doclang=EN&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=347144" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=133102&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=272630" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62022CJ0510&amp;qid=1696506412098" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-149/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-196/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-410/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0578" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=243105&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=25313090" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=162829&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=45508" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-17/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-380/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1540993556544&amp;uri=CELEX:62017CJ0260" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=173519&amp;pageIndex=0&amp;doclang=en&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=867533" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=159290&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=227936" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=31/87&amp;td=ALL" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-599/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-406/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/SUM/?uri=CELEX%3A62024CJ0282_RES&amp;qid=1763971820750" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-247/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1593517866312&amp;uri=CELEX:62019CJ0003" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=200403&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-637/11&amp;td=ALL" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-108/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0274" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-8/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-70/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?docid=267372&amp;mode=req&amp;pageIndex=10&amp;dir=&amp;occ=first&amp;part=1&amp;text=&amp;doclang=EN&amp;cid=167496" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-6/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1572590328924&amp;uri=CELEX:62018CJ0515" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=190329&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1002821" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=170301&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=375378" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-315/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-44/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0598&amp;qid=1635747419832" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=145244&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=279751" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-226/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0601&amp;qid=1696506412098" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=290609&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=5388151" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-331/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1559543224748&amp;uri=CELEX:62018CJ0309" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-57/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-223/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-389/92&amp;td=ALL" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=183107&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=867893" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-30/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-218/11&amp;td=ALL" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-423/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-300/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=274/83&amp;td=ALL" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0684" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-157/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=241465&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=9152398" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1540471318288&amp;uri=CELEX:62017CJ0606" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-394/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-13/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=170751&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=374909" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d5e38e58f852144528bd218dc01f382715.e34KaxiLc3qMb40Rch0SaxuObNf0?text=&amp;docid=158433&amp;pageIndex=0&amp;doclang=ES&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=617192" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-574/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?mode=DOC&amp;pageIndex=0&amp;docid=263724&amp;part=1&amp;doclang=EN&amp;text=&amp;dir=&amp;occ=first&amp;cid=1188051" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=OJ:C_202505304" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1593517866312&amp;uri=CELEX:62019CJ0219" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-337/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-212/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-258/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130deabd54ae971454d4f8b6682aa270df3d0.e34KaxiLc3eQc40LaxqMbN4Pb34Ne0?text=&amp;docid=199201&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=153602" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-297/11&amp;td=ALL" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-252/10%20P&amp;td=ALL" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-304/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-406/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0682&amp;qid=1675666709781" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-295/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-18/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1572590328924&amp;uri=CELEX:62018CJ0267" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-391/15" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=169187&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=375169" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=144491&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=279408" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=181685&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=867211" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-314/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-366/89&amp;td=ALL" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62022CJ0480&amp;qid=1701844392884" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0513" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-250/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-525/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-40/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-205/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1556781118330&amp;uri=CELEX:62015TJ0182" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-667/11&amp;td=ALL" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-176/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-591/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-577/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:62020CJ0116" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0266" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-147/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-160/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F25%252FES&amp;docid=239242&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=4735817" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=F0E439EAAB28E0E26CE9A35A75390392?text=&amp;docid=205929&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=228791" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=157805&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=471240" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FFF7CB4D"/>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:DR1090"/>
+  <dimension ref="A1:DR1091"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="1" topLeftCell="A37" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="E4" sqref="E4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.44140625" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.88671875" style="36" customWidth="1"/>
     <col min="2" max="2" width="13" style="37" customWidth="1"/>
     <col min="3" max="3" width="31.5546875" style="19" customWidth="1"/>
     <col min="4" max="4" width="50.109375" style="37" customWidth="1"/>
     <col min="5" max="5" width="153.33203125" style="37" customWidth="1"/>
     <col min="6" max="6" width="15" style="42" customWidth="1"/>
     <col min="7" max="16384" width="14.44140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28" s="3" customFormat="1" ht="40.200000000000003" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="23" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="24" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="24" t="s">
@@ -9183,875 +9214,781 @@
       </c>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
       <c r="AA1" s="2"/>
       <c r="AB1" s="2"/>
     </row>
     <row r="2" spans="1:28" s="3" customFormat="1" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="43" t="s">
+      <c r="A2" s="46" t="s">
         <v>2368</v>
       </c>
-      <c r="B2" s="43" t="s">
+      <c r="B2" s="46" t="s">
         <v>2369</v>
       </c>
-      <c r="C2" s="43" t="s">
+      <c r="C2" s="46" t="s">
         <v>2370</v>
       </c>
-      <c r="D2" s="43" t="s">
+      <c r="D2" s="46" t="s">
         <v>2371</v>
       </c>
-      <c r="E2" s="44" t="s">
+      <c r="E2" s="47" t="s">
         <v>2372</v>
       </c>
-      <c r="F2" s="20" t="s">
+      <c r="F2" s="39" t="s">
         <v>2373</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
       <c r="Z2" s="2"/>
       <c r="AA2" s="2"/>
       <c r="AB2" s="2"/>
     </row>
-    <row r="3" spans="1:28" s="3" customFormat="1" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-[...13 lines deleted...]
-        <v>2378</v>
+    <row r="3" spans="1:28" s="3" customFormat="1" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="43" t="s">
+        <v>2381</v>
+      </c>
+      <c r="B3" s="43" t="s">
+        <v>2382</v>
+      </c>
+      <c r="C3" s="43" t="s">
+        <v>2383</v>
+      </c>
+      <c r="D3" s="43" t="s">
+        <v>2384</v>
+      </c>
+      <c r="E3" s="44" t="s">
+        <v>2385</v>
       </c>
       <c r="F3" s="21" t="s">
-        <v>2379</v>
+        <v>2386</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
       <c r="P3" s="2"/>
       <c r="Q3" s="2"/>
       <c r="R3" s="2"/>
       <c r="S3" s="2"/>
       <c r="T3" s="2"/>
       <c r="U3" s="2"/>
       <c r="V3" s="2"/>
       <c r="W3" s="2"/>
       <c r="X3" s="2"/>
       <c r="Y3" s="2"/>
       <c r="Z3" s="2"/>
       <c r="AA3" s="2"/>
       <c r="AB3" s="2"/>
     </row>
-    <row r="4" spans="1:28" s="3" customFormat="1" ht="407.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2366</v>
+    <row r="4" spans="1:28" s="3" customFormat="1" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="45" t="s">
+        <v>2374</v>
+      </c>
+      <c r="B4" s="45" t="s">
+        <v>2375</v>
+      </c>
+      <c r="C4" s="45" t="s">
+        <v>2376</v>
+      </c>
+      <c r="D4" s="45" t="s">
+        <v>2377</v>
+      </c>
+      <c r="E4" s="45" t="s">
+        <v>2378</v>
+      </c>
+      <c r="F4" s="21" t="s">
+        <v>2379</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
       <c r="N4" s="2"/>
       <c r="O4" s="2"/>
       <c r="P4" s="2"/>
       <c r="Q4" s="2"/>
       <c r="R4" s="2"/>
       <c r="S4" s="2"/>
       <c r="T4" s="2"/>
       <c r="U4" s="2"/>
       <c r="V4" s="2"/>
       <c r="W4" s="2"/>
       <c r="X4" s="2"/>
       <c r="Y4" s="2"/>
       <c r="Z4" s="2"/>
       <c r="AA4" s="2"/>
       <c r="AB4" s="2"/>
     </row>
-    <row r="5" spans="1:28" s="3" customFormat="1" ht="101.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2380</v>
+    <row r="5" spans="1:28" s="3" customFormat="1" ht="409.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="38" t="s">
+        <v>2362</v>
+      </c>
+      <c r="B5" s="38" t="s">
+        <v>2363</v>
+      </c>
+      <c r="C5" s="38" t="s">
+        <v>2364</v>
+      </c>
+      <c r="D5" s="38" t="s">
+        <v>2365</v>
+      </c>
+      <c r="E5" s="38" t="s">
+        <v>2367</v>
+      </c>
+      <c r="F5" s="20" t="s">
+        <v>2366</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
       <c r="J5" s="2"/>
       <c r="K5" s="2"/>
       <c r="L5" s="2"/>
       <c r="M5" s="2"/>
       <c r="N5" s="2"/>
       <c r="O5" s="2"/>
       <c r="P5" s="2"/>
       <c r="Q5" s="2"/>
       <c r="R5" s="2"/>
       <c r="S5" s="2"/>
       <c r="T5" s="2"/>
       <c r="U5" s="2"/>
       <c r="V5" s="2"/>
       <c r="W5" s="2"/>
       <c r="X5" s="2"/>
       <c r="Y5" s="2"/>
       <c r="Z5" s="2"/>
       <c r="AA5" s="2"/>
       <c r="AB5" s="2"/>
     </row>
-    <row r="6" spans="1:28" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2354</v>
+    <row r="6" spans="1:28" s="3" customFormat="1" ht="101.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="40" t="s">
+        <v>2334</v>
+      </c>
+      <c r="B6" s="40" t="s">
+        <v>2335</v>
+      </c>
+      <c r="C6" s="40" t="s">
+        <v>2336</v>
+      </c>
+      <c r="D6" s="40" t="s">
+        <v>2337</v>
+      </c>
+      <c r="E6" s="40" t="s">
+        <v>2338</v>
+      </c>
+      <c r="F6" s="39" t="s">
+        <v>2380</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
       <c r="J6" s="2"/>
       <c r="K6" s="2"/>
       <c r="L6" s="2"/>
       <c r="M6" s="2"/>
       <c r="N6" s="2"/>
       <c r="O6" s="2"/>
       <c r="P6" s="2"/>
       <c r="Q6" s="2"/>
       <c r="R6" s="2"/>
       <c r="S6" s="2"/>
       <c r="T6" s="2"/>
       <c r="U6" s="2"/>
       <c r="V6" s="2"/>
       <c r="W6" s="2"/>
       <c r="X6" s="2"/>
       <c r="Y6" s="2"/>
       <c r="Z6" s="2"/>
       <c r="AA6" s="2"/>
       <c r="AB6" s="2"/>
     </row>
     <row r="7" spans="1:28" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="40" t="s">
+      <c r="A7" s="8" t="s">
         <v>2339</v>
       </c>
-      <c r="B7" s="40" t="s">
-[...12 lines deleted...]
-        <v>2355</v>
+      <c r="B7" s="8" t="s">
+        <v>2340</v>
+      </c>
+      <c r="C7" s="8" t="s">
+        <v>2341</v>
+      </c>
+      <c r="D7" s="8" t="s">
+        <v>2342</v>
+      </c>
+      <c r="E7" s="8" t="s">
+        <v>2343</v>
+      </c>
+      <c r="F7" s="9" t="s">
+        <v>2354</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="2"/>
       <c r="M7" s="2"/>
       <c r="N7" s="2"/>
       <c r="O7" s="2"/>
       <c r="P7" s="2"/>
       <c r="Q7" s="2"/>
       <c r="R7" s="2"/>
       <c r="S7" s="2"/>
       <c r="T7" s="2"/>
       <c r="U7" s="2"/>
       <c r="V7" s="2"/>
       <c r="W7" s="2"/>
       <c r="X7" s="2"/>
       <c r="Y7" s="2"/>
       <c r="Z7" s="2"/>
       <c r="AA7" s="2"/>
       <c r="AB7" s="2"/>
     </row>
-    <row r="8" spans="1:28" s="3" customFormat="1" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2352</v>
+    <row r="8" spans="1:28" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="40" t="s">
+        <v>2339</v>
+      </c>
+      <c r="B8" s="40" t="s">
+        <v>2344</v>
+      </c>
+      <c r="C8" s="40" t="s">
+        <v>2345</v>
+      </c>
+      <c r="D8" s="40" t="s">
+        <v>2346</v>
+      </c>
+      <c r="E8" s="40" t="s">
+        <v>2347</v>
+      </c>
+      <c r="F8" s="39" t="s">
+        <v>2355</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
       <c r="J8" s="2"/>
       <c r="K8" s="2"/>
       <c r="L8" s="2"/>
       <c r="M8" s="2"/>
       <c r="N8" s="2"/>
       <c r="O8" s="2"/>
       <c r="P8" s="2"/>
       <c r="Q8" s="2"/>
       <c r="R8" s="2"/>
       <c r="S8" s="2"/>
       <c r="T8" s="2"/>
       <c r="U8" s="2"/>
       <c r="V8" s="2"/>
       <c r="W8" s="2"/>
       <c r="X8" s="2"/>
       <c r="Y8" s="2"/>
       <c r="Z8" s="2"/>
       <c r="AA8" s="2"/>
       <c r="AB8" s="2"/>
     </row>
-    <row r="9" spans="1:28" s="3" customFormat="1" ht="165.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2333</v>
+    <row r="9" spans="1:28" s="3" customFormat="1" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="8" t="s">
+        <v>2348</v>
+      </c>
+      <c r="B9" s="8" t="s">
+        <v>2349</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>2350</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>2351</v>
+      </c>
+      <c r="E9" s="8" t="s">
+        <v>2353</v>
+      </c>
+      <c r="F9" s="9" t="s">
+        <v>2352</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
       <c r="J9" s="2"/>
       <c r="K9" s="2"/>
       <c r="L9" s="2"/>
       <c r="M9" s="2"/>
       <c r="N9" s="2"/>
       <c r="O9" s="2"/>
       <c r="P9" s="2"/>
       <c r="Q9" s="2"/>
       <c r="R9" s="2"/>
       <c r="S9" s="2"/>
       <c r="T9" s="2"/>
       <c r="U9" s="2"/>
       <c r="V9" s="2"/>
       <c r="W9" s="2"/>
       <c r="X9" s="2"/>
       <c r="Y9" s="2"/>
       <c r="Z9" s="2"/>
       <c r="AA9" s="2"/>
       <c r="AB9" s="2"/>
     </row>
-    <row r="10" spans="1:28" s="3" customFormat="1" ht="271.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2321</v>
+    <row r="10" spans="1:28" s="3" customFormat="1" ht="165.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="40" t="s">
+        <v>2328</v>
+      </c>
+      <c r="B10" s="40" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C10" s="40" t="s">
+        <v>2330</v>
+      </c>
+      <c r="D10" s="40" t="s">
+        <v>2331</v>
+      </c>
+      <c r="E10" s="40" t="s">
+        <v>2332</v>
+      </c>
+      <c r="F10" s="39" t="s">
+        <v>2333</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
       <c r="L10" s="2"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
       <c r="O10" s="2"/>
       <c r="P10" s="2"/>
       <c r="Q10" s="2"/>
       <c r="R10" s="2"/>
       <c r="S10" s="2"/>
       <c r="T10" s="2"/>
       <c r="U10" s="2"/>
       <c r="V10" s="2"/>
       <c r="W10" s="2"/>
       <c r="X10" s="2"/>
       <c r="Y10" s="2"/>
       <c r="Z10" s="2"/>
       <c r="AA10" s="2"/>
       <c r="AB10" s="2"/>
     </row>
-    <row r="11" spans="1:28" s="3" customFormat="1" ht="166.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2327</v>
+    <row r="11" spans="1:28" s="3" customFormat="1" ht="271.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="8" t="s">
+        <v>2316</v>
+      </c>
+      <c r="B11" s="8" t="s">
+        <v>2317</v>
+      </c>
+      <c r="C11" s="8" t="s">
+        <v>2318</v>
+      </c>
+      <c r="D11" s="8" t="s">
+        <v>2319</v>
+      </c>
+      <c r="E11" s="8" t="s">
+        <v>2320</v>
+      </c>
+      <c r="F11" s="9" t="s">
+        <v>2321</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
       <c r="J11" s="2"/>
       <c r="K11" s="2"/>
       <c r="L11" s="2"/>
       <c r="M11" s="2"/>
       <c r="N11" s="2"/>
       <c r="O11" s="2"/>
       <c r="P11" s="2"/>
       <c r="Q11" s="2"/>
       <c r="R11" s="2"/>
       <c r="S11" s="2"/>
       <c r="T11" s="2"/>
       <c r="U11" s="2"/>
       <c r="V11" s="2"/>
       <c r="W11" s="2"/>
       <c r="X11" s="2"/>
       <c r="Y11" s="2"/>
       <c r="Z11" s="2"/>
       <c r="AA11" s="2"/>
       <c r="AB11" s="2"/>
     </row>
-    <row r="12" spans="1:28" s="3" customFormat="1" ht="275.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2309</v>
+    <row r="12" spans="1:28" s="3" customFormat="1" ht="166.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="40" t="s">
+        <v>2322</v>
+      </c>
+      <c r="B12" s="40" t="s">
+        <v>2323</v>
+      </c>
+      <c r="C12" s="40" t="s">
+        <v>2324</v>
+      </c>
+      <c r="D12" s="40" t="s">
+        <v>2325</v>
+      </c>
+      <c r="E12" s="40" t="s">
+        <v>2326</v>
+      </c>
+      <c r="F12" s="39" t="s">
+        <v>2327</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
       <c r="J12" s="2"/>
       <c r="K12" s="2"/>
       <c r="L12" s="2"/>
       <c r="M12" s="2"/>
       <c r="N12" s="2"/>
       <c r="O12" s="2"/>
       <c r="P12" s="2"/>
       <c r="Q12" s="2"/>
       <c r="R12" s="2"/>
       <c r="S12" s="2"/>
       <c r="T12" s="2"/>
       <c r="U12" s="2"/>
       <c r="V12" s="2"/>
       <c r="W12" s="2"/>
       <c r="X12" s="2"/>
       <c r="Y12" s="2"/>
       <c r="Z12" s="2"/>
       <c r="AA12" s="2"/>
       <c r="AB12" s="2"/>
     </row>
-    <row r="13" spans="1:28" s="3" customFormat="1" ht="269.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2315</v>
+    <row r="13" spans="1:28" s="3" customFormat="1" ht="275.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="8" t="s">
+        <v>2304</v>
+      </c>
+      <c r="B13" s="8" t="s">
+        <v>2305</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>2306</v>
+      </c>
+      <c r="D13" s="8" t="s">
+        <v>2307</v>
+      </c>
+      <c r="E13" s="8" t="s">
+        <v>2308</v>
+      </c>
+      <c r="F13" s="9" t="s">
+        <v>2309</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
       <c r="J13" s="2"/>
       <c r="K13" s="2"/>
       <c r="L13" s="2"/>
       <c r="M13" s="2"/>
       <c r="N13" s="2"/>
       <c r="O13" s="2"/>
       <c r="P13" s="2"/>
       <c r="Q13" s="2"/>
       <c r="R13" s="2"/>
       <c r="S13" s="2"/>
       <c r="T13" s="2"/>
       <c r="U13" s="2"/>
       <c r="V13" s="2"/>
       <c r="W13" s="2"/>
       <c r="X13" s="2"/>
       <c r="Y13" s="2"/>
       <c r="Z13" s="2"/>
       <c r="AA13" s="2"/>
       <c r="AB13" s="2"/>
     </row>
-    <row r="14" spans="1:28" s="3" customFormat="1" ht="201" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2296</v>
+    <row r="14" spans="1:28" s="3" customFormat="1" ht="269.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="40" t="s">
+        <v>2310</v>
+      </c>
+      <c r="B14" s="40" t="s">
+        <v>2311</v>
+      </c>
+      <c r="C14" s="40" t="s">
+        <v>2312</v>
+      </c>
+      <c r="D14" s="40" t="s">
+        <v>2313</v>
+      </c>
+      <c r="E14" s="40" t="s">
+        <v>2314</v>
+      </c>
+      <c r="F14" s="39" t="s">
+        <v>2315</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
       <c r="J14" s="2"/>
       <c r="K14" s="2"/>
       <c r="L14" s="2"/>
       <c r="M14" s="2"/>
       <c r="N14" s="2"/>
       <c r="O14" s="2"/>
       <c r="P14" s="2"/>
       <c r="Q14" s="2"/>
       <c r="R14" s="2"/>
       <c r="S14" s="2"/>
       <c r="T14" s="2"/>
       <c r="U14" s="2"/>
       <c r="V14" s="2"/>
       <c r="W14" s="2"/>
       <c r="X14" s="2"/>
       <c r="Y14" s="2"/>
       <c r="Z14" s="2"/>
       <c r="AA14" s="2"/>
       <c r="AB14" s="2"/>
     </row>
-    <row r="15" spans="1:28" s="3" customFormat="1" ht="139.19999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2301</v>
+    <row r="15" spans="1:28" s="3" customFormat="1" ht="201" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="8" t="s">
+        <v>2292</v>
+      </c>
+      <c r="B15" s="8" t="s">
+        <v>2293</v>
+      </c>
+      <c r="C15" s="8" t="s">
+        <v>2294</v>
+      </c>
+      <c r="D15" s="8" t="s">
+        <v>2295</v>
+      </c>
+      <c r="E15" s="8" t="s">
+        <v>2303</v>
+      </c>
+      <c r="F15" s="9" t="s">
+        <v>2296</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
       <c r="J15" s="2"/>
       <c r="K15" s="2"/>
       <c r="L15" s="2"/>
       <c r="M15" s="2"/>
       <c r="N15" s="2"/>
       <c r="O15" s="2"/>
       <c r="P15" s="2"/>
       <c r="Q15" s="2"/>
       <c r="R15" s="2"/>
       <c r="S15" s="2"/>
       <c r="T15" s="2"/>
       <c r="U15" s="2"/>
       <c r="V15" s="2"/>
       <c r="W15" s="2"/>
       <c r="X15" s="2"/>
       <c r="Y15" s="2"/>
       <c r="Z15" s="2"/>
       <c r="AA15" s="2"/>
       <c r="AB15" s="2"/>
     </row>
-    <row r="16" spans="1:28" s="3" customFormat="1" ht="125.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2191</v>
+    <row r="16" spans="1:28" s="3" customFormat="1" ht="139.19999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="4" t="s">
+        <v>2297</v>
+      </c>
+      <c r="B16" s="4" t="s">
+        <v>2298</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>2299</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>2300</v>
+      </c>
+      <c r="E16" s="4" t="s">
+        <v>2302</v>
+      </c>
+      <c r="F16" s="13" t="s">
+        <v>2301</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
       <c r="J16" s="2"/>
       <c r="K16" s="2"/>
       <c r="L16" s="2"/>
       <c r="M16" s="2"/>
       <c r="N16" s="2"/>
       <c r="O16" s="2"/>
       <c r="P16" s="2"/>
       <c r="Q16" s="2"/>
       <c r="R16" s="2"/>
       <c r="S16" s="2"/>
       <c r="T16" s="2"/>
       <c r="U16" s="2"/>
       <c r="V16" s="2"/>
       <c r="W16" s="2"/>
       <c r="X16" s="2"/>
       <c r="Y16" s="2"/>
       <c r="Z16" s="2"/>
       <c r="AA16" s="2"/>
       <c r="AB16" s="2"/>
     </row>
-    <row r="17" spans="1:122" s="3" customFormat="1" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2197</v>
+    <row r="17" spans="1:122" s="3" customFormat="1" ht="125.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="8" t="s">
+        <v>2186</v>
+      </c>
+      <c r="B17" s="8" t="s">
+        <v>2187</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>2188</v>
+      </c>
+      <c r="D17" s="8" t="s">
+        <v>2189</v>
+      </c>
+      <c r="E17" s="8" t="s">
+        <v>2190</v>
+      </c>
+      <c r="F17" s="9" t="s">
+        <v>2191</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
       <c r="J17" s="2"/>
       <c r="K17" s="2"/>
       <c r="L17" s="2"/>
       <c r="M17" s="2"/>
       <c r="N17" s="2"/>
       <c r="O17" s="2"/>
       <c r="P17" s="2"/>
       <c r="Q17" s="2"/>
       <c r="R17" s="2"/>
       <c r="S17" s="2"/>
       <c r="T17" s="2"/>
       <c r="U17" s="2"/>
       <c r="V17" s="2"/>
       <c r="W17" s="2"/>
       <c r="X17" s="2"/>
       <c r="Y17" s="2"/>
       <c r="Z17" s="2"/>
       <c r="AA17" s="2"/>
       <c r="AB17" s="2"/>
     </row>
-    <row r="18" spans="1:122" s="3" customFormat="1" ht="259.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2177</v>
+    <row r="18" spans="1:122" s="3" customFormat="1" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="4" t="s">
+        <v>2192</v>
+      </c>
+      <c r="B18" s="4" t="s">
+        <v>2193</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>2194</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>2195</v>
+      </c>
+      <c r="E18" s="4" t="s">
+        <v>2196</v>
+      </c>
+      <c r="F18" s="13" t="s">
+        <v>2197</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
       <c r="J18" s="2"/>
       <c r="K18" s="2"/>
       <c r="L18" s="2"/>
       <c r="M18" s="2"/>
       <c r="N18" s="2"/>
       <c r="O18" s="2"/>
       <c r="P18" s="2"/>
       <c r="Q18" s="2"/>
       <c r="R18" s="2"/>
       <c r="S18" s="2"/>
       <c r="T18" s="2"/>
       <c r="U18" s="2"/>
       <c r="V18" s="2"/>
       <c r="W18" s="2"/>
       <c r="X18" s="2"/>
       <c r="Y18" s="2"/>
       <c r="Z18" s="2"/>
       <c r="AA18" s="2"/>
       <c r="AB18" s="2"/>
-      <c r="AC18" s="2"/>
-[...111 lines deleted...]
-        <v>2183</v>
+    </row>
+    <row r="19" spans="1:122" s="3" customFormat="1" ht="259.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="38" t="s">
+        <v>2172</v>
+      </c>
+      <c r="B19" s="8" t="s">
+        <v>2173</v>
+      </c>
+      <c r="C19" s="8" t="s">
+        <v>2174</v>
+      </c>
+      <c r="D19" s="8" t="s">
+        <v>2175</v>
+      </c>
+      <c r="E19" s="8" t="s">
+        <v>2176</v>
+      </c>
+      <c r="F19" s="9" t="s">
+        <v>2177</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
       <c r="J19" s="2"/>
       <c r="K19" s="2"/>
       <c r="L19" s="2"/>
       <c r="M19" s="2"/>
       <c r="N19" s="2"/>
       <c r="O19" s="2"/>
       <c r="P19" s="2"/>
       <c r="Q19" s="2"/>
       <c r="R19" s="2"/>
       <c r="S19" s="2"/>
       <c r="T19" s="2"/>
       <c r="U19" s="2"/>
       <c r="V19" s="2"/>
       <c r="W19" s="2"/>
       <c r="X19" s="2"/>
       <c r="Y19" s="2"/>
       <c r="Z19" s="2"/>
       <c r="AA19" s="2"/>
       <c r="AB19" s="2"/>
       <c r="AC19" s="2"/>
       <c r="AD19" s="2"/>
@@ -10126,68 +10063,68 @@
       <c r="CU19" s="2"/>
       <c r="CV19" s="2"/>
       <c r="CW19" s="2"/>
       <c r="CX19" s="2"/>
       <c r="CY19" s="2"/>
       <c r="CZ19" s="2"/>
       <c r="DA19" s="2"/>
       <c r="DB19" s="2"/>
       <c r="DC19" s="2"/>
       <c r="DD19" s="2"/>
       <c r="DE19" s="2"/>
       <c r="DF19" s="2"/>
       <c r="DG19" s="2"/>
       <c r="DH19" s="2"/>
       <c r="DI19" s="2"/>
       <c r="DJ19" s="2"/>
       <c r="DK19" s="2"/>
       <c r="DL19" s="2"/>
       <c r="DM19" s="2"/>
       <c r="DN19" s="2"/>
       <c r="DO19" s="2"/>
       <c r="DP19" s="2"/>
       <c r="DQ19" s="2"/>
       <c r="DR19" s="2"/>
     </row>
-    <row r="20" spans="1:122" s="3" customFormat="1" ht="189" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2361</v>
+    <row r="20" spans="1:122" s="3" customFormat="1" ht="201.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="22" t="s">
+        <v>2178</v>
+      </c>
+      <c r="B20" s="22" t="s">
+        <v>2179</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>2180</v>
+      </c>
+      <c r="D20" s="22" t="s">
+        <v>2181</v>
+      </c>
+      <c r="E20" s="22" t="s">
+        <v>2182</v>
+      </c>
+      <c r="F20" s="39" t="s">
+        <v>2183</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
       <c r="J20" s="2"/>
       <c r="K20" s="2"/>
       <c r="L20" s="2"/>
       <c r="M20" s="2"/>
       <c r="N20" s="2"/>
       <c r="O20" s="2"/>
       <c r="P20" s="2"/>
       <c r="Q20" s="2"/>
       <c r="R20" s="2"/>
       <c r="S20" s="2"/>
       <c r="T20" s="2"/>
       <c r="U20" s="2"/>
       <c r="V20" s="2"/>
       <c r="W20" s="2"/>
       <c r="X20" s="2"/>
       <c r="Y20" s="2"/>
       <c r="Z20" s="2"/>
       <c r="AA20" s="2"/>
       <c r="AB20" s="2"/>
       <c r="AC20" s="2"/>
       <c r="AD20" s="2"/>
@@ -10262,68 +10199,68 @@
       <c r="CU20" s="2"/>
       <c r="CV20" s="2"/>
       <c r="CW20" s="2"/>
       <c r="CX20" s="2"/>
       <c r="CY20" s="2"/>
       <c r="CZ20" s="2"/>
       <c r="DA20" s="2"/>
       <c r="DB20" s="2"/>
       <c r="DC20" s="2"/>
       <c r="DD20" s="2"/>
       <c r="DE20" s="2"/>
       <c r="DF20" s="2"/>
       <c r="DG20" s="2"/>
       <c r="DH20" s="2"/>
       <c r="DI20" s="2"/>
       <c r="DJ20" s="2"/>
       <c r="DK20" s="2"/>
       <c r="DL20" s="2"/>
       <c r="DM20" s="2"/>
       <c r="DN20" s="2"/>
       <c r="DO20" s="2"/>
       <c r="DP20" s="2"/>
       <c r="DQ20" s="2"/>
       <c r="DR20" s="2"/>
     </row>
-    <row r="21" spans="1:122" s="3" customFormat="1" ht="138" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2171</v>
+    <row r="21" spans="1:122" s="3" customFormat="1" ht="189" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="38" t="s">
+        <v>2356</v>
+      </c>
+      <c r="B21" s="38" t="s">
+        <v>2357</v>
+      </c>
+      <c r="C21" s="38" t="s">
+        <v>2358</v>
+      </c>
+      <c r="D21" s="38" t="s">
+        <v>2359</v>
+      </c>
+      <c r="E21" s="38" t="s">
+        <v>2360</v>
+      </c>
+      <c r="F21" s="20" t="s">
+        <v>2361</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
       <c r="J21" s="2"/>
       <c r="K21" s="2"/>
       <c r="L21" s="2"/>
       <c r="M21" s="2"/>
       <c r="N21" s="2"/>
       <c r="O21" s="2"/>
       <c r="P21" s="2"/>
       <c r="Q21" s="2"/>
       <c r="R21" s="2"/>
       <c r="S21" s="2"/>
       <c r="T21" s="2"/>
       <c r="U21" s="2"/>
       <c r="V21" s="2"/>
       <c r="W21" s="2"/>
       <c r="X21" s="2"/>
       <c r="Y21" s="2"/>
       <c r="Z21" s="2"/>
       <c r="AA21" s="2"/>
       <c r="AB21" s="2"/>
       <c r="AC21" s="2"/>
       <c r="AD21" s="2"/>
@@ -10398,68 +10335,68 @@
       <c r="CU21" s="2"/>
       <c r="CV21" s="2"/>
       <c r="CW21" s="2"/>
       <c r="CX21" s="2"/>
       <c r="CY21" s="2"/>
       <c r="CZ21" s="2"/>
       <c r="DA21" s="2"/>
       <c r="DB21" s="2"/>
       <c r="DC21" s="2"/>
       <c r="DD21" s="2"/>
       <c r="DE21" s="2"/>
       <c r="DF21" s="2"/>
       <c r="DG21" s="2"/>
       <c r="DH21" s="2"/>
       <c r="DI21" s="2"/>
       <c r="DJ21" s="2"/>
       <c r="DK21" s="2"/>
       <c r="DL21" s="2"/>
       <c r="DM21" s="2"/>
       <c r="DN21" s="2"/>
       <c r="DO21" s="2"/>
       <c r="DP21" s="2"/>
       <c r="DQ21" s="2"/>
       <c r="DR21" s="2"/>
     </row>
-    <row r="22" spans="1:122" s="3" customFormat="1" ht="165" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2148</v>
+    <row r="22" spans="1:122" s="3" customFormat="1" ht="138" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="22" t="s">
+        <v>2149</v>
+      </c>
+      <c r="B22" s="22" t="s">
+        <v>2167</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>2184</v>
+      </c>
+      <c r="D22" s="22" t="s">
+        <v>2185</v>
+      </c>
+      <c r="E22" s="22" t="s">
+        <v>2198</v>
+      </c>
+      <c r="F22" s="21" t="s">
+        <v>2171</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
       <c r="J22" s="2"/>
       <c r="K22" s="2"/>
       <c r="L22" s="2"/>
       <c r="M22" s="2"/>
       <c r="N22" s="2"/>
       <c r="O22" s="2"/>
       <c r="P22" s="2"/>
       <c r="Q22" s="2"/>
       <c r="R22" s="2"/>
       <c r="S22" s="2"/>
       <c r="T22" s="2"/>
       <c r="U22" s="2"/>
       <c r="V22" s="2"/>
       <c r="W22" s="2"/>
       <c r="X22" s="2"/>
       <c r="Y22" s="2"/>
       <c r="Z22" s="2"/>
       <c r="AA22" s="2"/>
       <c r="AB22" s="2"/>
       <c r="AC22" s="2"/>
       <c r="AD22" s="2"/>
@@ -10534,9201 +10471,9329 @@
       <c r="CU22" s="2"/>
       <c r="CV22" s="2"/>
       <c r="CW22" s="2"/>
       <c r="CX22" s="2"/>
       <c r="CY22" s="2"/>
       <c r="CZ22" s="2"/>
       <c r="DA22" s="2"/>
       <c r="DB22" s="2"/>
       <c r="DC22" s="2"/>
       <c r="DD22" s="2"/>
       <c r="DE22" s="2"/>
       <c r="DF22" s="2"/>
       <c r="DG22" s="2"/>
       <c r="DH22" s="2"/>
       <c r="DI22" s="2"/>
       <c r="DJ22" s="2"/>
       <c r="DK22" s="2"/>
       <c r="DL22" s="2"/>
       <c r="DM22" s="2"/>
       <c r="DN22" s="2"/>
       <c r="DO22" s="2"/>
       <c r="DP22" s="2"/>
       <c r="DQ22" s="2"/>
       <c r="DR22" s="2"/>
     </row>
-    <row r="23" spans="1:122" s="3" customFormat="1" ht="162.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2154</v>
+    <row r="23" spans="1:122" s="3" customFormat="1" ht="165" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="25" t="s">
+        <v>2143</v>
+      </c>
+      <c r="B23" s="25" t="s">
+        <v>2144</v>
+      </c>
+      <c r="C23" s="8" t="s">
+        <v>2145</v>
+      </c>
+      <c r="D23" s="25" t="s">
+        <v>2146</v>
+      </c>
+      <c r="E23" s="25" t="s">
+        <v>2147</v>
+      </c>
+      <c r="F23" s="9" t="s">
+        <v>2148</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
       <c r="J23" s="2"/>
       <c r="K23" s="2"/>
       <c r="L23" s="2"/>
       <c r="M23" s="2"/>
       <c r="N23" s="2"/>
       <c r="O23" s="2"/>
       <c r="P23" s="2"/>
       <c r="Q23" s="2"/>
       <c r="R23" s="2"/>
       <c r="S23" s="2"/>
       <c r="T23" s="2"/>
       <c r="U23" s="2"/>
       <c r="V23" s="2"/>
       <c r="W23" s="2"/>
       <c r="X23" s="2"/>
       <c r="Y23" s="2"/>
       <c r="Z23" s="2"/>
       <c r="AA23" s="2"/>
       <c r="AB23" s="2"/>
-    </row>
-[...17 lines deleted...]
-        <v>2160</v>
+      <c r="AC23" s="2"/>
+      <c r="AD23" s="2"/>
+      <c r="AE23" s="2"/>
+      <c r="AF23" s="2"/>
+      <c r="AG23" s="2"/>
+      <c r="AH23" s="2"/>
+      <c r="AI23" s="2"/>
+      <c r="AJ23" s="2"/>
+      <c r="AK23" s="2"/>
+      <c r="AL23" s="2"/>
+      <c r="AM23" s="2"/>
+      <c r="AN23" s="2"/>
+      <c r="AO23" s="2"/>
+      <c r="AP23" s="2"/>
+      <c r="AQ23" s="2"/>
+      <c r="AR23" s="2"/>
+      <c r="AS23" s="2"/>
+      <c r="AT23" s="2"/>
+      <c r="AU23" s="2"/>
+      <c r="AV23" s="2"/>
+      <c r="AW23" s="2"/>
+      <c r="AX23" s="2"/>
+      <c r="AY23" s="2"/>
+      <c r="AZ23" s="2"/>
+      <c r="BA23" s="2"/>
+      <c r="BB23" s="2"/>
+      <c r="BC23" s="2"/>
+      <c r="BD23" s="2"/>
+      <c r="BE23" s="2"/>
+      <c r="BF23" s="2"/>
+      <c r="BG23" s="2"/>
+      <c r="BH23" s="2"/>
+      <c r="BI23" s="2"/>
+      <c r="BJ23" s="2"/>
+      <c r="BK23" s="2"/>
+      <c r="BL23" s="2"/>
+      <c r="BM23" s="2"/>
+      <c r="BN23" s="2"/>
+      <c r="BO23" s="2"/>
+      <c r="BP23" s="2"/>
+      <c r="BQ23" s="2"/>
+      <c r="BR23" s="2"/>
+      <c r="BS23" s="2"/>
+      <c r="BT23" s="2"/>
+      <c r="BU23" s="2"/>
+      <c r="BV23" s="2"/>
+      <c r="BW23" s="2"/>
+      <c r="BX23" s="2"/>
+      <c r="BY23" s="2"/>
+      <c r="BZ23" s="2"/>
+      <c r="CA23" s="2"/>
+      <c r="CB23" s="2"/>
+      <c r="CC23" s="2"/>
+      <c r="CD23" s="2"/>
+      <c r="CE23" s="2"/>
+      <c r="CF23" s="2"/>
+      <c r="CG23" s="2"/>
+      <c r="CH23" s="2"/>
+      <c r="CI23" s="2"/>
+      <c r="CJ23" s="2"/>
+      <c r="CK23" s="2"/>
+      <c r="CL23" s="2"/>
+      <c r="CM23" s="2"/>
+      <c r="CN23" s="2"/>
+      <c r="CO23" s="2"/>
+      <c r="CP23" s="2"/>
+      <c r="CQ23" s="2"/>
+      <c r="CR23" s="2"/>
+      <c r="CS23" s="2"/>
+      <c r="CT23" s="2"/>
+      <c r="CU23" s="2"/>
+      <c r="CV23" s="2"/>
+      <c r="CW23" s="2"/>
+      <c r="CX23" s="2"/>
+      <c r="CY23" s="2"/>
+      <c r="CZ23" s="2"/>
+      <c r="DA23" s="2"/>
+      <c r="DB23" s="2"/>
+      <c r="DC23" s="2"/>
+      <c r="DD23" s="2"/>
+      <c r="DE23" s="2"/>
+      <c r="DF23" s="2"/>
+      <c r="DG23" s="2"/>
+      <c r="DH23" s="2"/>
+      <c r="DI23" s="2"/>
+      <c r="DJ23" s="2"/>
+      <c r="DK23" s="2"/>
+      <c r="DL23" s="2"/>
+      <c r="DM23" s="2"/>
+      <c r="DN23" s="2"/>
+      <c r="DO23" s="2"/>
+      <c r="DP23" s="2"/>
+      <c r="DQ23" s="2"/>
+      <c r="DR23" s="2"/>
+    </row>
+    <row r="24" spans="1:122" s="3" customFormat="1" ht="162.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="22" t="s">
+        <v>2149</v>
+      </c>
+      <c r="B24" s="22" t="s">
+        <v>2150</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>2151</v>
+      </c>
+      <c r="D24" s="22" t="s">
+        <v>2152</v>
+      </c>
+      <c r="E24" s="22" t="s">
+        <v>2153</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>2154</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
       <c r="J24" s="2"/>
       <c r="K24" s="2"/>
       <c r="L24" s="2"/>
       <c r="M24" s="2"/>
       <c r="N24" s="2"/>
       <c r="O24" s="2"/>
       <c r="P24" s="2"/>
       <c r="Q24" s="2"/>
       <c r="R24" s="2"/>
       <c r="S24" s="2"/>
       <c r="T24" s="2"/>
       <c r="U24" s="2"/>
       <c r="V24" s="2"/>
       <c r="W24" s="2"/>
       <c r="X24" s="2"/>
       <c r="Y24" s="2"/>
       <c r="Z24" s="2"/>
       <c r="AA24" s="2"/>
       <c r="AB24" s="2"/>
     </row>
-    <row r="25" spans="1:122" s="3" customFormat="1" ht="212.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2166</v>
+    <row r="25" spans="1:122" s="3" customFormat="1" ht="100.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="25" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B25" s="28" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C25" s="8" t="s">
+        <v>2157</v>
+      </c>
+      <c r="D25" s="25" t="s">
+        <v>2158</v>
+      </c>
+      <c r="E25" s="25" t="s">
+        <v>2159</v>
+      </c>
+      <c r="F25" s="9" t="s">
+        <v>2160</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
       <c r="J25" s="2"/>
       <c r="K25" s="2"/>
       <c r="L25" s="2"/>
       <c r="M25" s="2"/>
       <c r="N25" s="2"/>
       <c r="O25" s="2"/>
       <c r="P25" s="2"/>
       <c r="Q25" s="2"/>
       <c r="R25" s="2"/>
       <c r="S25" s="2"/>
       <c r="T25" s="2"/>
       <c r="U25" s="2"/>
       <c r="V25" s="2"/>
       <c r="W25" s="2"/>
       <c r="X25" s="2"/>
       <c r="Y25" s="2"/>
       <c r="Z25" s="2"/>
       <c r="AA25" s="2"/>
       <c r="AB25" s="2"/>
     </row>
-    <row r="26" spans="1:122" s="3" customFormat="1" ht="201.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2171</v>
+    <row r="26" spans="1:122" s="3" customFormat="1" ht="212.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="22" t="s">
+        <v>2161</v>
+      </c>
+      <c r="B26" s="27" t="s">
+        <v>2162</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>2163</v>
+      </c>
+      <c r="D26" s="22" t="s">
+        <v>2164</v>
+      </c>
+      <c r="E26" s="22" t="s">
+        <v>2165</v>
+      </c>
+      <c r="F26" s="13" t="s">
+        <v>2166</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
       <c r="J26" s="2"/>
       <c r="K26" s="2"/>
       <c r="L26" s="2"/>
       <c r="M26" s="2"/>
       <c r="N26" s="2"/>
       <c r="O26" s="2"/>
       <c r="P26" s="2"/>
       <c r="Q26" s="2"/>
       <c r="R26" s="2"/>
       <c r="S26" s="2"/>
       <c r="T26" s="2"/>
       <c r="U26" s="2"/>
       <c r="V26" s="2"/>
       <c r="W26" s="2"/>
       <c r="X26" s="2"/>
       <c r="Y26" s="2"/>
       <c r="Z26" s="2"/>
       <c r="AA26" s="2"/>
       <c r="AB26" s="2"/>
     </row>
-    <row r="27" spans="1:122" s="3" customFormat="1" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2053</v>
+    <row r="27" spans="1:122" s="3" customFormat="1" ht="201.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="26" t="s">
+        <v>2149</v>
+      </c>
+      <c r="B27" s="26" t="s">
+        <v>2167</v>
+      </c>
+      <c r="C27" s="6" t="s">
+        <v>2168</v>
+      </c>
+      <c r="D27" s="26" t="s">
+        <v>2169</v>
+      </c>
+      <c r="E27" s="26" t="s">
+        <v>2170</v>
+      </c>
+      <c r="F27" s="7" t="s">
+        <v>2171</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
       <c r="J27" s="2"/>
       <c r="K27" s="2"/>
       <c r="L27" s="2"/>
       <c r="M27" s="2"/>
       <c r="N27" s="2"/>
       <c r="O27" s="2"/>
       <c r="P27" s="2"/>
       <c r="Q27" s="2"/>
       <c r="R27" s="2"/>
       <c r="S27" s="2"/>
       <c r="T27" s="2"/>
       <c r="U27" s="2"/>
       <c r="V27" s="2"/>
       <c r="W27" s="2"/>
       <c r="X27" s="2"/>
       <c r="Y27" s="2"/>
       <c r="Z27" s="2"/>
       <c r="AA27" s="2"/>
       <c r="AB27" s="2"/>
     </row>
-    <row r="28" spans="1:122" s="3" customFormat="1" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2058</v>
+    <row r="28" spans="1:122" s="3" customFormat="1" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="22" t="s">
+        <v>2049</v>
+      </c>
+      <c r="B28" s="22" t="s">
+        <v>2124</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>2050</v>
+      </c>
+      <c r="D28" s="22" t="s">
+        <v>2051</v>
+      </c>
+      <c r="E28" s="22" t="s">
+        <v>2052</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>2053</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
       <c r="J28" s="2"/>
       <c r="K28" s="2"/>
       <c r="L28" s="2"/>
       <c r="M28" s="2"/>
       <c r="N28" s="2"/>
       <c r="O28" s="2"/>
       <c r="P28" s="2"/>
       <c r="Q28" s="2"/>
       <c r="R28" s="2"/>
       <c r="S28" s="2"/>
       <c r="T28" s="2"/>
       <c r="U28" s="2"/>
       <c r="V28" s="2"/>
       <c r="W28" s="2"/>
       <c r="X28" s="2"/>
       <c r="Y28" s="2"/>
       <c r="Z28" s="2"/>
       <c r="AA28" s="2"/>
       <c r="AB28" s="2"/>
     </row>
-    <row r="29" spans="1:122" s="3" customFormat="1" ht="88.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2062</v>
+    <row r="29" spans="1:122" s="3" customFormat="1" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="26" t="s">
+        <v>2054</v>
+      </c>
+      <c r="B29" s="26" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C29" s="6" t="s">
+        <v>2056</v>
+      </c>
+      <c r="D29" s="25" t="s">
+        <v>2057</v>
+      </c>
+      <c r="E29" s="26" t="s">
+        <v>2064</v>
+      </c>
+      <c r="F29" s="7" t="s">
+        <v>2058</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
       <c r="J29" s="2"/>
       <c r="K29" s="2"/>
       <c r="L29" s="2"/>
       <c r="M29" s="2"/>
       <c r="N29" s="2"/>
       <c r="O29" s="2"/>
       <c r="P29" s="2"/>
       <c r="Q29" s="2"/>
       <c r="R29" s="2"/>
       <c r="S29" s="2"/>
       <c r="T29" s="2"/>
       <c r="U29" s="2"/>
       <c r="V29" s="2"/>
       <c r="W29" s="2"/>
       <c r="X29" s="2"/>
       <c r="Y29" s="2"/>
       <c r="Z29" s="2"/>
       <c r="AA29" s="2"/>
       <c r="AB29" s="2"/>
     </row>
-    <row r="30" spans="1:122" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2048</v>
+    <row r="30" spans="1:122" s="3" customFormat="1" ht="88.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="22" t="s">
+        <v>2059</v>
+      </c>
+      <c r="B30" s="22" t="s">
+        <v>2060</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>2065</v>
+      </c>
+      <c r="D30" s="22" t="s">
+        <v>2061</v>
+      </c>
+      <c r="E30" s="22" t="s">
+        <v>2063</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>2062</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
       <c r="I30" s="2"/>
       <c r="J30" s="2"/>
       <c r="K30" s="2"/>
       <c r="L30" s="2"/>
       <c r="M30" s="2"/>
       <c r="N30" s="2"/>
       <c r="O30" s="2"/>
       <c r="P30" s="2"/>
       <c r="Q30" s="2"/>
       <c r="R30" s="2"/>
       <c r="S30" s="2"/>
       <c r="T30" s="2"/>
       <c r="U30" s="2"/>
       <c r="V30" s="2"/>
       <c r="W30" s="2"/>
       <c r="X30" s="2"/>
       <c r="Y30" s="2"/>
       <c r="Z30" s="2"/>
       <c r="AA30" s="2"/>
       <c r="AB30" s="2"/>
     </row>
     <row r="31" spans="1:122" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="22" t="s">
-[...15 lines deleted...]
-        <v>2036</v>
+      <c r="A31" s="25" t="s">
+        <v>2043</v>
+      </c>
+      <c r="B31" s="25" t="s">
+        <v>2044</v>
+      </c>
+      <c r="C31" s="8" t="s">
+        <v>2045</v>
+      </c>
+      <c r="D31" s="25" t="s">
+        <v>2046</v>
+      </c>
+      <c r="E31" s="25" t="s">
+        <v>2047</v>
+      </c>
+      <c r="F31" s="9" t="s">
+        <v>2048</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
       <c r="J31" s="2"/>
       <c r="K31" s="2"/>
       <c r="L31" s="2"/>
       <c r="M31" s="2"/>
       <c r="N31" s="2"/>
       <c r="O31" s="2"/>
       <c r="P31" s="2"/>
       <c r="Q31" s="2"/>
       <c r="R31" s="2"/>
       <c r="S31" s="2"/>
       <c r="T31" s="2"/>
       <c r="U31" s="2"/>
       <c r="V31" s="2"/>
       <c r="W31" s="2"/>
       <c r="X31" s="2"/>
       <c r="Y31" s="2"/>
       <c r="Z31" s="2"/>
       <c r="AA31" s="2"/>
       <c r="AB31" s="2"/>
     </row>
-    <row r="32" spans="1:122" s="3" customFormat="1" ht="195.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2042</v>
+    <row r="32" spans="1:122" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="22" t="s">
+        <v>2031</v>
+      </c>
+      <c r="B32" s="22" t="s">
+        <v>2032</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>2033</v>
+      </c>
+      <c r="D32" s="22" t="s">
+        <v>2034</v>
+      </c>
+      <c r="E32" s="22" t="s">
+        <v>2035</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>2036</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
       <c r="J32" s="2"/>
       <c r="K32" s="2"/>
       <c r="L32" s="2"/>
       <c r="M32" s="2"/>
       <c r="N32" s="2"/>
       <c r="O32" s="2"/>
       <c r="P32" s="2"/>
       <c r="Q32" s="2"/>
       <c r="R32" s="2"/>
       <c r="S32" s="2"/>
       <c r="T32" s="2"/>
       <c r="U32" s="2"/>
       <c r="V32" s="2"/>
       <c r="W32" s="2"/>
       <c r="X32" s="2"/>
       <c r="Y32" s="2"/>
       <c r="Z32" s="2"/>
       <c r="AA32" s="2"/>
       <c r="AB32" s="2"/>
     </row>
-    <row r="33" spans="1:28" s="3" customFormat="1" ht="176.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2028</v>
+    <row r="33" spans="1:28" s="3" customFormat="1" ht="195.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="25" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B33" s="25" t="s">
+        <v>2038</v>
+      </c>
+      <c r="C33" s="8" t="s">
+        <v>2039</v>
+      </c>
+      <c r="D33" s="25" t="s">
+        <v>2040</v>
+      </c>
+      <c r="E33" s="25" t="s">
+        <v>2041</v>
+      </c>
+      <c r="F33" s="9" t="s">
+        <v>2042</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
       <c r="I33" s="2"/>
       <c r="J33" s="2"/>
       <c r="K33" s="2"/>
       <c r="L33" s="2"/>
       <c r="M33" s="2"/>
       <c r="N33" s="2"/>
       <c r="O33" s="2"/>
       <c r="P33" s="2"/>
       <c r="Q33" s="2"/>
       <c r="R33" s="2"/>
       <c r="S33" s="2"/>
       <c r="T33" s="2"/>
       <c r="U33" s="2"/>
       <c r="V33" s="2"/>
       <c r="W33" s="2"/>
       <c r="X33" s="2"/>
       <c r="Y33" s="2"/>
       <c r="Z33" s="2"/>
       <c r="AA33" s="2"/>
       <c r="AB33" s="2"/>
     </row>
-    <row r="34" spans="1:28" s="3" customFormat="1" ht="182.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A34" s="25" t="s">
+    <row r="34" spans="1:28" s="3" customFormat="1" ht="176.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="22" t="s">
         <v>2020</v>
       </c>
-      <c r="B34" s="25" t="s">
-[...12 lines deleted...]
-        <v>2024</v>
+      <c r="B34" s="22" t="s">
+        <v>2025</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>2026</v>
+      </c>
+      <c r="D34" s="22" t="s">
+        <v>2027</v>
+      </c>
+      <c r="E34" s="22" t="s">
+        <v>2029</v>
+      </c>
+      <c r="F34" s="5" t="s">
+        <v>2028</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
       <c r="I34" s="2"/>
       <c r="J34" s="2"/>
       <c r="K34" s="2"/>
       <c r="L34" s="2"/>
       <c r="M34" s="2"/>
       <c r="N34" s="2"/>
       <c r="O34" s="2"/>
       <c r="P34" s="2"/>
       <c r="Q34" s="2"/>
       <c r="R34" s="2"/>
       <c r="S34" s="2"/>
       <c r="T34" s="2"/>
       <c r="U34" s="2"/>
       <c r="V34" s="2"/>
       <c r="W34" s="2"/>
       <c r="X34" s="2"/>
       <c r="Y34" s="2"/>
       <c r="Z34" s="2"/>
       <c r="AA34" s="2"/>
       <c r="AB34" s="2"/>
     </row>
-    <row r="35" spans="1:28" s="3" customFormat="1" ht="166.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2019</v>
+    <row r="35" spans="1:28" s="3" customFormat="1" ht="182.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="25" t="s">
+        <v>2020</v>
+      </c>
+      <c r="B35" s="25" t="s">
+        <v>2021</v>
+      </c>
+      <c r="C35" s="8" t="s">
+        <v>2022</v>
+      </c>
+      <c r="D35" s="25" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E35" s="25" t="s">
+        <v>2030</v>
+      </c>
+      <c r="F35" s="9" t="s">
+        <v>2024</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
       <c r="I35" s="2"/>
       <c r="J35" s="2"/>
       <c r="K35" s="2"/>
       <c r="L35" s="2"/>
       <c r="M35" s="2"/>
       <c r="N35" s="2"/>
       <c r="O35" s="2"/>
       <c r="P35" s="2"/>
       <c r="Q35" s="2"/>
       <c r="R35" s="2"/>
       <c r="S35" s="2"/>
       <c r="T35" s="2"/>
       <c r="U35" s="2"/>
       <c r="V35" s="2"/>
       <c r="W35" s="2"/>
       <c r="X35" s="2"/>
       <c r="Y35" s="2"/>
       <c r="Z35" s="2"/>
       <c r="AA35" s="2"/>
       <c r="AB35" s="2"/>
     </row>
-    <row r="36" spans="1:28" s="3" customFormat="1" ht="182.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2013</v>
+    <row r="36" spans="1:28" s="3" customFormat="1" ht="166.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="22" t="s">
+        <v>2014</v>
+      </c>
+      <c r="B36" s="22" t="s">
+        <v>2015</v>
+      </c>
+      <c r="C36" s="10" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D36" s="27" t="s">
+        <v>2017</v>
+      </c>
+      <c r="E36" s="22" t="s">
+        <v>2018</v>
+      </c>
+      <c r="F36" s="5" t="s">
+        <v>2019</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
       <c r="J36" s="2"/>
       <c r="K36" s="2"/>
       <c r="L36" s="2"/>
       <c r="M36" s="2"/>
       <c r="N36" s="2"/>
       <c r="O36" s="2"/>
       <c r="P36" s="2"/>
       <c r="Q36" s="2"/>
       <c r="R36" s="2"/>
       <c r="S36" s="2"/>
       <c r="T36" s="2"/>
       <c r="U36" s="2"/>
       <c r="V36" s="2"/>
       <c r="W36" s="2"/>
       <c r="X36" s="2"/>
       <c r="Y36" s="2"/>
       <c r="Z36" s="2"/>
       <c r="AA36" s="2"/>
       <c r="AB36" s="2"/>
     </row>
-    <row r="37" spans="1:28" s="3" customFormat="1" ht="200.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2007</v>
+    <row r="37" spans="1:28" s="3" customFormat="1" ht="182.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="25" t="s">
+        <v>2008</v>
+      </c>
+      <c r="B37" s="25" t="s">
+        <v>2009</v>
+      </c>
+      <c r="C37" s="11" t="s">
+        <v>2010</v>
+      </c>
+      <c r="D37" s="28" t="s">
+        <v>2011</v>
+      </c>
+      <c r="E37" s="28" t="s">
+        <v>2012</v>
+      </c>
+      <c r="F37" s="9" t="s">
+        <v>2013</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
       <c r="J37" s="2"/>
       <c r="K37" s="2"/>
       <c r="L37" s="2"/>
       <c r="M37" s="2"/>
       <c r="N37" s="2"/>
       <c r="O37" s="2"/>
       <c r="P37" s="2"/>
       <c r="Q37" s="2"/>
       <c r="R37" s="2"/>
       <c r="S37" s="2"/>
       <c r="T37" s="2"/>
       <c r="U37" s="2"/>
       <c r="V37" s="2"/>
       <c r="W37" s="2"/>
       <c r="X37" s="2"/>
       <c r="Y37" s="2"/>
       <c r="Z37" s="2"/>
       <c r="AA37" s="2"/>
       <c r="AB37" s="2"/>
     </row>
-    <row r="38" spans="1:28" s="3" customFormat="1" ht="160.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1989</v>
+    <row r="38" spans="1:28" s="3" customFormat="1" ht="200.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="22" t="s">
+        <v>2002</v>
+      </c>
+      <c r="B38" s="22" t="s">
+        <v>2003</v>
+      </c>
+      <c r="C38" s="10" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D38" s="27" t="s">
+        <v>2005</v>
+      </c>
+      <c r="E38" s="27" t="s">
+        <v>2006</v>
+      </c>
+      <c r="F38" s="5" t="s">
+        <v>2007</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
       <c r="J38" s="2"/>
       <c r="K38" s="2"/>
       <c r="L38" s="2"/>
       <c r="M38" s="2"/>
       <c r="N38" s="2"/>
       <c r="O38" s="2"/>
       <c r="P38" s="2"/>
       <c r="Q38" s="2"/>
       <c r="R38" s="2"/>
       <c r="S38" s="2"/>
       <c r="T38" s="2"/>
       <c r="U38" s="2"/>
       <c r="V38" s="2"/>
       <c r="W38" s="2"/>
       <c r="X38" s="2"/>
       <c r="Y38" s="2"/>
       <c r="Z38" s="2"/>
       <c r="AA38" s="2"/>
       <c r="AB38" s="2"/>
     </row>
-    <row r="39" spans="1:28" s="3" customFormat="1" ht="119.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1995</v>
+    <row r="39" spans="1:28" s="3" customFormat="1" ht="160.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="25" t="s">
+        <v>1984</v>
+      </c>
+      <c r="B39" s="25" t="s">
+        <v>1985</v>
+      </c>
+      <c r="C39" s="11" t="s">
+        <v>1986</v>
+      </c>
+      <c r="D39" s="28" t="s">
+        <v>1987</v>
+      </c>
+      <c r="E39" s="28" t="s">
+        <v>1988</v>
+      </c>
+      <c r="F39" s="9" t="s">
+        <v>1989</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
       <c r="I39" s="2"/>
       <c r="J39" s="2"/>
       <c r="K39" s="2"/>
       <c r="L39" s="2"/>
       <c r="M39" s="2"/>
       <c r="N39" s="2"/>
       <c r="O39" s="2"/>
       <c r="P39" s="2"/>
       <c r="Q39" s="2"/>
       <c r="R39" s="2"/>
       <c r="S39" s="2"/>
       <c r="T39" s="2"/>
       <c r="U39" s="2"/>
       <c r="V39" s="2"/>
       <c r="W39" s="2"/>
       <c r="X39" s="2"/>
       <c r="Y39" s="2"/>
       <c r="Z39" s="2"/>
       <c r="AA39" s="2"/>
       <c r="AB39" s="2"/>
     </row>
-    <row r="40" spans="1:28" s="3" customFormat="1" ht="188.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2001</v>
+    <row r="40" spans="1:28" s="3" customFormat="1" ht="119.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="22" t="s">
+        <v>1990</v>
+      </c>
+      <c r="B40" s="22" t="s">
+        <v>1991</v>
+      </c>
+      <c r="C40" s="10" t="s">
+        <v>1992</v>
+      </c>
+      <c r="D40" s="27" t="s">
+        <v>1993</v>
+      </c>
+      <c r="E40" s="27" t="s">
+        <v>1994</v>
+      </c>
+      <c r="F40" s="5" t="s">
+        <v>1995</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
       <c r="I40" s="2"/>
       <c r="J40" s="2"/>
       <c r="K40" s="2"/>
       <c r="L40" s="2"/>
       <c r="M40" s="2"/>
       <c r="N40" s="2"/>
       <c r="O40" s="2"/>
       <c r="P40" s="2"/>
       <c r="Q40" s="2"/>
       <c r="R40" s="2"/>
       <c r="S40" s="2"/>
       <c r="T40" s="2"/>
       <c r="U40" s="2"/>
       <c r="V40" s="2"/>
       <c r="W40" s="2"/>
       <c r="X40" s="2"/>
       <c r="Y40" s="2"/>
       <c r="Z40" s="2"/>
       <c r="AA40" s="2"/>
       <c r="AB40" s="2"/>
     </row>
-    <row r="41" spans="1:28" s="3" customFormat="1" ht="125.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1949</v>
+    <row r="41" spans="1:28" s="3" customFormat="1" ht="188.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="25" t="s">
+        <v>1996</v>
+      </c>
+      <c r="B41" s="25" t="s">
+        <v>1997</v>
+      </c>
+      <c r="C41" s="11" t="s">
+        <v>1998</v>
+      </c>
+      <c r="D41" s="28" t="s">
+        <v>1999</v>
+      </c>
+      <c r="E41" s="28" t="s">
+        <v>2000</v>
+      </c>
+      <c r="F41" s="9" t="s">
+        <v>2001</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
       <c r="J41" s="2"/>
       <c r="K41" s="2"/>
       <c r="L41" s="2"/>
       <c r="M41" s="2"/>
       <c r="N41" s="2"/>
       <c r="O41" s="2"/>
       <c r="P41" s="2"/>
       <c r="Q41" s="2"/>
       <c r="R41" s="2"/>
       <c r="S41" s="2"/>
       <c r="T41" s="2"/>
       <c r="U41" s="2"/>
       <c r="V41" s="2"/>
       <c r="W41" s="2"/>
       <c r="X41" s="2"/>
       <c r="Y41" s="2"/>
       <c r="Z41" s="2"/>
       <c r="AA41" s="2"/>
       <c r="AB41" s="2"/>
     </row>
-    <row r="42" spans="1:28" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1953</v>
+    <row r="42" spans="1:28" s="3" customFormat="1" ht="125.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="22" t="s">
+        <v>1944</v>
+      </c>
+      <c r="B42" s="22" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C42" s="10" t="s">
+        <v>1946</v>
+      </c>
+      <c r="D42" s="27" t="s">
+        <v>1947</v>
+      </c>
+      <c r="E42" s="27" t="s">
+        <v>1948</v>
+      </c>
+      <c r="F42" s="5" t="s">
+        <v>1949</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
       <c r="J42" s="2"/>
       <c r="K42" s="2"/>
       <c r="L42" s="2"/>
       <c r="M42" s="2"/>
       <c r="N42" s="2"/>
       <c r="O42" s="2"/>
       <c r="P42" s="2"/>
       <c r="Q42" s="2"/>
       <c r="R42" s="2"/>
       <c r="S42" s="2"/>
       <c r="T42" s="2"/>
       <c r="U42" s="2"/>
       <c r="V42" s="2"/>
       <c r="W42" s="2"/>
       <c r="X42" s="2"/>
       <c r="Y42" s="2"/>
       <c r="Z42" s="2"/>
       <c r="AA42" s="2"/>
       <c r="AB42" s="2"/>
     </row>
-    <row r="43" spans="1:28" s="3" customFormat="1" ht="121.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1943</v>
+    <row r="43" spans="1:28" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="25" t="s">
+        <v>1950</v>
+      </c>
+      <c r="B43" s="25" t="s">
+        <v>1951</v>
+      </c>
+      <c r="C43" s="11" t="s">
+        <v>1952</v>
+      </c>
+      <c r="D43" s="28" t="s">
+        <v>1982</v>
+      </c>
+      <c r="E43" s="28" t="s">
+        <v>1954</v>
+      </c>
+      <c r="F43" s="9" t="s">
+        <v>1953</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
       <c r="J43" s="2"/>
       <c r="K43" s="2"/>
       <c r="L43" s="2"/>
       <c r="M43" s="2"/>
       <c r="N43" s="2"/>
       <c r="O43" s="2"/>
       <c r="P43" s="2"/>
       <c r="Q43" s="2"/>
       <c r="R43" s="2"/>
       <c r="S43" s="2"/>
       <c r="T43" s="2"/>
       <c r="U43" s="2"/>
       <c r="V43" s="2"/>
       <c r="W43" s="2"/>
       <c r="X43" s="2"/>
       <c r="Y43" s="2"/>
       <c r="Z43" s="2"/>
       <c r="AA43" s="2"/>
       <c r="AB43" s="2"/>
     </row>
-    <row r="44" spans="1:28" s="3" customFormat="1" ht="142.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1937</v>
+    <row r="44" spans="1:28" s="3" customFormat="1" ht="121.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="22" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B44" s="27" t="s">
+        <v>1940</v>
+      </c>
+      <c r="C44" s="10" t="s">
+        <v>1941</v>
+      </c>
+      <c r="D44" s="27" t="s">
+        <v>1942</v>
+      </c>
+      <c r="E44" s="27" t="s">
+        <v>1983</v>
+      </c>
+      <c r="F44" s="5" t="s">
+        <v>1943</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
       <c r="J44" s="2"/>
       <c r="K44" s="2"/>
       <c r="L44" s="2"/>
       <c r="M44" s="2"/>
       <c r="N44" s="2"/>
       <c r="O44" s="2"/>
       <c r="P44" s="2"/>
       <c r="Q44" s="2"/>
       <c r="R44" s="2"/>
       <c r="S44" s="2"/>
       <c r="T44" s="2"/>
       <c r="U44" s="2"/>
       <c r="V44" s="2"/>
       <c r="W44" s="2"/>
       <c r="X44" s="2"/>
       <c r="Y44" s="2"/>
       <c r="Z44" s="2"/>
       <c r="AA44" s="2"/>
       <c r="AB44" s="2"/>
     </row>
-    <row r="45" spans="1:28" s="3" customFormat="1" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1927</v>
+    <row r="45" spans="1:28" s="3" customFormat="1" ht="142.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="25" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B45" s="28" t="s">
+        <v>1934</v>
+      </c>
+      <c r="C45" s="11" t="s">
+        <v>1935</v>
+      </c>
+      <c r="D45" s="28" t="s">
+        <v>1936</v>
+      </c>
+      <c r="E45" s="28" t="s">
+        <v>1938</v>
+      </c>
+      <c r="F45" s="9" t="s">
+        <v>1937</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
       <c r="I45" s="2"/>
       <c r="J45" s="2"/>
       <c r="K45" s="2"/>
       <c r="L45" s="2"/>
       <c r="M45" s="2"/>
       <c r="N45" s="2"/>
       <c r="O45" s="2"/>
       <c r="P45" s="2"/>
       <c r="Q45" s="2"/>
       <c r="R45" s="2"/>
       <c r="S45" s="2"/>
       <c r="T45" s="2"/>
       <c r="U45" s="2"/>
       <c r="V45" s="2"/>
       <c r="W45" s="2"/>
       <c r="X45" s="2"/>
       <c r="Y45" s="2"/>
       <c r="Z45" s="2"/>
       <c r="AA45" s="2"/>
       <c r="AB45" s="2"/>
     </row>
-    <row r="46" spans="1:28" s="3" customFormat="1" ht="274.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A46" s="25" t="s">
+    <row r="46" spans="1:28" s="3" customFormat="1" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="22" t="s">
         <v>1922</v>
       </c>
-      <c r="B46" s="25" t="s">
-[...12 lines deleted...]
-        <v>1931</v>
+      <c r="B46" s="29" t="s">
+        <v>1923</v>
+      </c>
+      <c r="C46" s="12" t="s">
+        <v>1924</v>
+      </c>
+      <c r="D46" s="29" t="s">
+        <v>1925</v>
+      </c>
+      <c r="E46" s="29" t="s">
+        <v>1926</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>1927</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
       <c r="I46" s="2"/>
       <c r="J46" s="2"/>
       <c r="K46" s="2"/>
       <c r="L46" s="2"/>
       <c r="M46" s="2"/>
       <c r="N46" s="2"/>
       <c r="O46" s="2"/>
       <c r="P46" s="2"/>
       <c r="Q46" s="2"/>
       <c r="R46" s="2"/>
       <c r="S46" s="2"/>
       <c r="T46" s="2"/>
       <c r="U46" s="2"/>
       <c r="V46" s="2"/>
       <c r="W46" s="2"/>
       <c r="X46" s="2"/>
       <c r="Y46" s="2"/>
       <c r="Z46" s="2"/>
       <c r="AA46" s="2"/>
       <c r="AB46" s="2"/>
     </row>
-    <row r="47" spans="1:28" s="3" customFormat="1" ht="172.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1852</v>
+    <row r="47" spans="1:28" s="3" customFormat="1" ht="274.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="25" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B47" s="25" t="s">
+        <v>1932</v>
+      </c>
+      <c r="C47" s="8" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D47" s="25" t="s">
+        <v>1929</v>
+      </c>
+      <c r="E47" s="25" t="s">
+        <v>1930</v>
+      </c>
+      <c r="F47" s="9" t="s">
+        <v>1931</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
       <c r="J47" s="2"/>
       <c r="K47" s="2"/>
       <c r="L47" s="2"/>
       <c r="M47" s="2"/>
       <c r="N47" s="2"/>
       <c r="O47" s="2"/>
       <c r="P47" s="2"/>
       <c r="Q47" s="2"/>
       <c r="R47" s="2"/>
       <c r="S47" s="2"/>
       <c r="T47" s="2"/>
       <c r="U47" s="2"/>
       <c r="V47" s="2"/>
       <c r="W47" s="2"/>
       <c r="X47" s="2"/>
       <c r="Y47" s="2"/>
       <c r="Z47" s="2"/>
       <c r="AA47" s="2"/>
       <c r="AB47" s="2"/>
     </row>
-    <row r="48" spans="1:28" s="3" customFormat="1" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1848</v>
+    <row r="48" spans="1:28" s="3" customFormat="1" ht="172.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="30" t="s">
+        <v>1849</v>
+      </c>
+      <c r="B48" s="22" t="s">
+        <v>1853</v>
+      </c>
+      <c r="C48" s="4" t="s">
+        <v>1850</v>
+      </c>
+      <c r="D48" s="22" t="s">
+        <v>1851</v>
+      </c>
+      <c r="E48" s="22" t="s">
+        <v>1856</v>
+      </c>
+      <c r="F48" s="5" t="s">
+        <v>1852</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
       <c r="I48" s="2"/>
       <c r="J48" s="2"/>
       <c r="K48" s="2"/>
       <c r="L48" s="2"/>
       <c r="M48" s="2"/>
       <c r="N48" s="2"/>
       <c r="O48" s="2"/>
       <c r="P48" s="2"/>
       <c r="Q48" s="2"/>
       <c r="R48" s="2"/>
       <c r="S48" s="2"/>
       <c r="T48" s="2"/>
       <c r="U48" s="2"/>
       <c r="V48" s="2"/>
       <c r="W48" s="2"/>
       <c r="X48" s="2"/>
       <c r="Y48" s="2"/>
       <c r="Z48" s="2"/>
       <c r="AA48" s="2"/>
       <c r="AB48" s="2"/>
     </row>
-    <row r="49" spans="1:28" s="3" customFormat="1" ht="390" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1823</v>
+    <row r="49" spans="1:28" s="3" customFormat="1" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="31" t="s">
+        <v>1844</v>
+      </c>
+      <c r="B49" s="25" t="s">
+        <v>1845</v>
+      </c>
+      <c r="C49" s="8" t="s">
+        <v>1846</v>
+      </c>
+      <c r="D49" s="25" t="s">
+        <v>1847</v>
+      </c>
+      <c r="E49" s="25" t="s">
+        <v>1855</v>
+      </c>
+      <c r="F49" s="9" t="s">
+        <v>1848</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
       <c r="I49" s="2"/>
       <c r="J49" s="2"/>
       <c r="K49" s="2"/>
       <c r="L49" s="2"/>
       <c r="M49" s="2"/>
       <c r="N49" s="2"/>
       <c r="O49" s="2"/>
       <c r="P49" s="2"/>
       <c r="Q49" s="2"/>
       <c r="R49" s="2"/>
       <c r="S49" s="2"/>
       <c r="T49" s="2"/>
       <c r="U49" s="2"/>
       <c r="V49" s="2"/>
       <c r="W49" s="2"/>
       <c r="X49" s="2"/>
       <c r="Y49" s="2"/>
       <c r="Z49" s="2"/>
       <c r="AA49" s="2"/>
       <c r="AB49" s="2"/>
     </row>
-    <row r="50" spans="1:28" s="3" customFormat="1" ht="409.6" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1829</v>
+    <row r="50" spans="1:28" s="3" customFormat="1" ht="390" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="30" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B50" s="22" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C50" s="4" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D50" s="22" t="s">
+        <v>1821</v>
+      </c>
+      <c r="E50" s="22" t="s">
+        <v>1822</v>
+      </c>
+      <c r="F50" s="5" t="s">
+        <v>1823</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
       <c r="I50" s="2"/>
       <c r="J50" s="2"/>
       <c r="K50" s="2"/>
       <c r="L50" s="2"/>
       <c r="M50" s="2"/>
       <c r="N50" s="2"/>
       <c r="O50" s="2"/>
       <c r="P50" s="2"/>
       <c r="Q50" s="2"/>
       <c r="R50" s="2"/>
       <c r="S50" s="2"/>
       <c r="T50" s="2"/>
       <c r="U50" s="2"/>
       <c r="V50" s="2"/>
       <c r="W50" s="2"/>
       <c r="X50" s="2"/>
       <c r="Y50" s="2"/>
       <c r="Z50" s="2"/>
       <c r="AA50" s="2"/>
       <c r="AB50" s="2"/>
     </row>
     <row r="51" spans="1:28" s="3" customFormat="1" ht="409.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A51" s="30" t="s">
+      <c r="A51" s="31" t="s">
         <v>1824</v>
       </c>
-      <c r="B51" s="22" t="s">
+      <c r="B51" s="25" t="s">
         <v>1825</v>
       </c>
-      <c r="C51" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D51" s="22" t="s">
+      <c r="C51" s="8" t="s">
+        <v>1826</v>
+      </c>
+      <c r="D51" s="25" t="s">
         <v>1827</v>
       </c>
-      <c r="E51" s="22" t="s">
-[...2 lines deleted...]
-      <c r="F51" s="5" t="s">
+      <c r="E51" s="25" t="s">
+        <v>1828</v>
+      </c>
+      <c r="F51" s="9" t="s">
         <v>1829</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
       <c r="I51" s="2"/>
       <c r="J51" s="2"/>
       <c r="K51" s="2"/>
       <c r="L51" s="2"/>
       <c r="M51" s="2"/>
       <c r="N51" s="2"/>
       <c r="O51" s="2"/>
       <c r="P51" s="2"/>
       <c r="Q51" s="2"/>
       <c r="R51" s="2"/>
       <c r="S51" s="2"/>
       <c r="T51" s="2"/>
       <c r="U51" s="2"/>
       <c r="V51" s="2"/>
       <c r="W51" s="2"/>
       <c r="X51" s="2"/>
       <c r="Y51" s="2"/>
       <c r="Z51" s="2"/>
       <c r="AA51" s="2"/>
       <c r="AB51" s="2"/>
     </row>
-    <row r="52" spans="1:28" s="3" customFormat="1" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A52" s="31" t="s">
+    <row r="52" spans="1:28" s="3" customFormat="1" ht="409.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="30" t="s">
         <v>1824</v>
       </c>
-      <c r="B52" s="25" t="s">
-[...12 lines deleted...]
-        <v>1836</v>
+      <c r="B52" s="22" t="s">
+        <v>1825</v>
+      </c>
+      <c r="C52" s="4" t="s">
+        <v>1830</v>
+      </c>
+      <c r="D52" s="22" t="s">
+        <v>1827</v>
+      </c>
+      <c r="E52" s="22" t="s">
+        <v>1831</v>
+      </c>
+      <c r="F52" s="5" t="s">
+        <v>1829</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
       <c r="I52" s="2"/>
       <c r="J52" s="2"/>
       <c r="K52" s="2"/>
       <c r="L52" s="2"/>
       <c r="M52" s="2"/>
       <c r="N52" s="2"/>
       <c r="O52" s="2"/>
       <c r="P52" s="2"/>
       <c r="Q52" s="2"/>
       <c r="R52" s="2"/>
       <c r="S52" s="2"/>
       <c r="T52" s="2"/>
       <c r="U52" s="2"/>
       <c r="V52" s="2"/>
       <c r="W52" s="2"/>
       <c r="X52" s="2"/>
       <c r="Y52" s="2"/>
       <c r="Z52" s="2"/>
       <c r="AA52" s="2"/>
       <c r="AB52" s="2"/>
     </row>
-    <row r="53" spans="1:28" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1841</v>
+    <row r="53" spans="1:28" s="3" customFormat="1" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="31" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B53" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C53" s="8" t="s">
+        <v>1833</v>
+      </c>
+      <c r="D53" s="25" t="s">
+        <v>1834</v>
+      </c>
+      <c r="E53" s="25" t="s">
+        <v>1835</v>
+      </c>
+      <c r="F53" s="9" t="s">
+        <v>1836</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
       <c r="I53" s="2"/>
       <c r="J53" s="2"/>
       <c r="K53" s="2"/>
       <c r="L53" s="2"/>
       <c r="M53" s="2"/>
       <c r="N53" s="2"/>
       <c r="O53" s="2"/>
       <c r="P53" s="2"/>
       <c r="Q53" s="2"/>
       <c r="R53" s="2"/>
       <c r="S53" s="2"/>
       <c r="T53" s="2"/>
       <c r="U53" s="2"/>
       <c r="V53" s="2"/>
       <c r="W53" s="2"/>
       <c r="X53" s="2"/>
       <c r="Y53" s="2"/>
       <c r="Z53" s="2"/>
       <c r="AA53" s="2"/>
       <c r="AB53" s="2"/>
     </row>
-    <row r="54" spans="1:28" s="3" customFormat="1" ht="208.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1811</v>
+    <row r="54" spans="1:28" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="30" t="s">
+        <v>1837</v>
+      </c>
+      <c r="B54" s="22" t="s">
+        <v>1838</v>
+      </c>
+      <c r="C54" s="4" t="s">
+        <v>1839</v>
+      </c>
+      <c r="D54" s="22" t="s">
+        <v>1840</v>
+      </c>
+      <c r="E54" s="22" t="s">
+        <v>1843</v>
+      </c>
+      <c r="F54" s="5" t="s">
+        <v>1841</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
       <c r="I54" s="2"/>
       <c r="J54" s="2"/>
       <c r="K54" s="2"/>
       <c r="L54" s="2"/>
       <c r="M54" s="2"/>
       <c r="N54" s="2"/>
       <c r="O54" s="2"/>
       <c r="P54" s="2"/>
       <c r="Q54" s="2"/>
       <c r="R54" s="2"/>
       <c r="S54" s="2"/>
       <c r="T54" s="2"/>
       <c r="U54" s="2"/>
       <c r="V54" s="2"/>
       <c r="W54" s="2"/>
       <c r="X54" s="2"/>
       <c r="Y54" s="2"/>
       <c r="Z54" s="2"/>
       <c r="AA54" s="2"/>
       <c r="AB54" s="2"/>
     </row>
-    <row r="55" spans="1:28" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1817</v>
+    <row r="55" spans="1:28" s="3" customFormat="1" ht="208.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="31" t="s">
+        <v>1806</v>
+      </c>
+      <c r="B55" s="25" t="s">
+        <v>1807</v>
+      </c>
+      <c r="C55" s="8" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D55" s="25" t="s">
+        <v>1809</v>
+      </c>
+      <c r="E55" s="25" t="s">
+        <v>1810</v>
+      </c>
+      <c r="F55" s="9" t="s">
+        <v>1811</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
       <c r="I55" s="2"/>
       <c r="J55" s="2"/>
       <c r="K55" s="2"/>
       <c r="L55" s="2"/>
       <c r="M55" s="2"/>
       <c r="N55" s="2"/>
       <c r="O55" s="2"/>
       <c r="P55" s="2"/>
       <c r="Q55" s="2"/>
       <c r="R55" s="2"/>
       <c r="S55" s="2"/>
       <c r="T55" s="2"/>
       <c r="U55" s="2"/>
       <c r="V55" s="2"/>
       <c r="W55" s="2"/>
       <c r="X55" s="2"/>
       <c r="Y55" s="2"/>
       <c r="Z55" s="2"/>
       <c r="AA55" s="2"/>
       <c r="AB55" s="2"/>
     </row>
-    <row r="56" spans="1:28" s="3" customFormat="1" ht="220.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1805</v>
+    <row r="56" spans="1:28" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="30" t="s">
+        <v>1812</v>
+      </c>
+      <c r="B56" s="22" t="s">
+        <v>1813</v>
+      </c>
+      <c r="C56" s="4" t="s">
+        <v>1814</v>
+      </c>
+      <c r="D56" s="22" t="s">
+        <v>1815</v>
+      </c>
+      <c r="E56" s="22" t="s">
+        <v>1816</v>
+      </c>
+      <c r="F56" s="5" t="s">
+        <v>1817</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
       <c r="I56" s="2"/>
       <c r="J56" s="2"/>
       <c r="K56" s="2"/>
       <c r="L56" s="2"/>
       <c r="M56" s="2"/>
       <c r="N56" s="2"/>
       <c r="O56" s="2"/>
       <c r="P56" s="2"/>
       <c r="Q56" s="2"/>
       <c r="R56" s="2"/>
       <c r="S56" s="2"/>
       <c r="T56" s="2"/>
       <c r="U56" s="2"/>
       <c r="V56" s="2"/>
       <c r="W56" s="2"/>
       <c r="X56" s="2"/>
       <c r="Y56" s="2"/>
       <c r="Z56" s="2"/>
       <c r="AA56" s="2"/>
       <c r="AB56" s="2"/>
     </row>
-    <row r="57" spans="1:28" s="3" customFormat="1" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1800</v>
+    <row r="57" spans="1:28" s="3" customFormat="1" ht="220.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="31" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B57" s="25" t="s">
+        <v>2125</v>
+      </c>
+      <c r="C57" s="8" t="s">
+        <v>1802</v>
+      </c>
+      <c r="D57" s="25" t="s">
+        <v>1803</v>
+      </c>
+      <c r="E57" s="25" t="s">
+        <v>1804</v>
+      </c>
+      <c r="F57" s="9" t="s">
+        <v>1805</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
       <c r="I57" s="2"/>
       <c r="J57" s="2"/>
       <c r="K57" s="2"/>
       <c r="L57" s="2"/>
       <c r="M57" s="2"/>
       <c r="N57" s="2"/>
       <c r="O57" s="2"/>
       <c r="P57" s="2"/>
       <c r="Q57" s="2"/>
       <c r="R57" s="2"/>
       <c r="S57" s="2"/>
       <c r="T57" s="2"/>
       <c r="U57" s="2"/>
       <c r="V57" s="2"/>
       <c r="W57" s="2"/>
       <c r="X57" s="2"/>
       <c r="Y57" s="2"/>
       <c r="Z57" s="2"/>
       <c r="AA57" s="2"/>
       <c r="AB57" s="2"/>
     </row>
-    <row r="58" spans="1:28" s="3" customFormat="1" ht="179.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1796</v>
+    <row r="58" spans="1:28" s="3" customFormat="1" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="30" t="s">
+        <v>1797</v>
+      </c>
+      <c r="B58" s="22" t="s">
+        <v>2126</v>
+      </c>
+      <c r="C58" s="4" t="s">
+        <v>1798</v>
+      </c>
+      <c r="D58" s="22" t="s">
+        <v>1799</v>
+      </c>
+      <c r="E58" s="22" t="s">
+        <v>133</v>
+      </c>
+      <c r="F58" s="5" t="s">
+        <v>1800</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
       <c r="I58" s="2"/>
       <c r="J58" s="2"/>
       <c r="K58" s="2"/>
       <c r="L58" s="2"/>
       <c r="M58" s="2"/>
       <c r="N58" s="2"/>
       <c r="O58" s="2"/>
       <c r="P58" s="2"/>
       <c r="Q58" s="2"/>
       <c r="R58" s="2"/>
       <c r="S58" s="2"/>
       <c r="T58" s="2"/>
       <c r="U58" s="2"/>
       <c r="V58" s="2"/>
       <c r="W58" s="2"/>
       <c r="X58" s="2"/>
       <c r="Y58" s="2"/>
       <c r="Z58" s="2"/>
       <c r="AA58" s="2"/>
       <c r="AB58" s="2"/>
     </row>
-    <row r="59" spans="1:28" s="3" customFormat="1" ht="166.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1790</v>
+    <row r="59" spans="1:28" s="3" customFormat="1" ht="179.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="31" t="s">
+        <v>1791</v>
+      </c>
+      <c r="B59" s="25" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C59" s="8" t="s">
+        <v>1793</v>
+      </c>
+      <c r="D59" s="25" t="s">
+        <v>1794</v>
+      </c>
+      <c r="E59" s="25" t="s">
+        <v>1795</v>
+      </c>
+      <c r="F59" s="9" t="s">
+        <v>1796</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
       <c r="I59" s="2"/>
       <c r="J59" s="2"/>
       <c r="K59" s="2"/>
       <c r="L59" s="2"/>
       <c r="M59" s="2"/>
       <c r="N59" s="2"/>
       <c r="O59" s="2"/>
       <c r="P59" s="2"/>
       <c r="Q59" s="2"/>
       <c r="R59" s="2"/>
       <c r="S59" s="2"/>
       <c r="T59" s="2"/>
       <c r="U59" s="2"/>
       <c r="V59" s="2"/>
       <c r="W59" s="2"/>
       <c r="X59" s="2"/>
       <c r="Y59" s="2"/>
       <c r="Z59" s="2"/>
       <c r="AA59" s="2"/>
       <c r="AB59" s="2"/>
     </row>
-    <row r="60" spans="1:28" s="3" customFormat="1" ht="388.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1785</v>
+    <row r="60" spans="1:28" s="3" customFormat="1" ht="166.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="30" t="s">
+        <v>1786</v>
+      </c>
+      <c r="B60" s="22" t="s">
+        <v>1787</v>
+      </c>
+      <c r="C60" s="4" t="s">
+        <v>1788</v>
+      </c>
+      <c r="D60" s="22" t="s">
+        <v>1789</v>
+      </c>
+      <c r="E60" s="22" t="s">
+        <v>1857</v>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>1790</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
       <c r="I60" s="2"/>
       <c r="J60" s="2"/>
       <c r="K60" s="2"/>
       <c r="L60" s="2"/>
       <c r="M60" s="2"/>
       <c r="N60" s="2"/>
       <c r="O60" s="2"/>
       <c r="P60" s="2"/>
       <c r="Q60" s="2"/>
       <c r="R60" s="2"/>
       <c r="S60" s="2"/>
       <c r="T60" s="2"/>
       <c r="U60" s="2"/>
       <c r="V60" s="2"/>
       <c r="W60" s="2"/>
       <c r="X60" s="2"/>
       <c r="Y60" s="2"/>
       <c r="Z60" s="2"/>
       <c r="AA60" s="2"/>
       <c r="AB60" s="2"/>
     </row>
-    <row r="61" spans="1:28" s="3" customFormat="1" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1779</v>
+    <row r="61" spans="1:28" s="3" customFormat="1" ht="388.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="31" t="s">
+        <v>1780</v>
+      </c>
+      <c r="B61" s="25" t="s">
+        <v>1781</v>
+      </c>
+      <c r="C61" s="8" t="s">
+        <v>1782</v>
+      </c>
+      <c r="D61" s="25" t="s">
+        <v>1783</v>
+      </c>
+      <c r="E61" s="25" t="s">
+        <v>1784</v>
+      </c>
+      <c r="F61" s="9" t="s">
+        <v>1785</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
       <c r="I61" s="2"/>
       <c r="J61" s="2"/>
       <c r="K61" s="2"/>
       <c r="L61" s="2"/>
       <c r="M61" s="2"/>
       <c r="N61" s="2"/>
       <c r="O61" s="2"/>
       <c r="P61" s="2"/>
       <c r="Q61" s="2"/>
       <c r="R61" s="2"/>
       <c r="S61" s="2"/>
       <c r="T61" s="2"/>
       <c r="U61" s="2"/>
       <c r="V61" s="2"/>
       <c r="W61" s="2"/>
       <c r="X61" s="2"/>
       <c r="Y61" s="2"/>
       <c r="Z61" s="2"/>
       <c r="AA61" s="2"/>
       <c r="AB61" s="2"/>
     </row>
-    <row r="62" spans="1:28" s="3" customFormat="1" ht="236.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1773</v>
+    <row r="62" spans="1:28" s="3" customFormat="1" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="30" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B62" s="22" t="s">
+        <v>1775</v>
+      </c>
+      <c r="C62" s="4" t="s">
+        <v>1776</v>
+      </c>
+      <c r="D62" s="22" t="s">
+        <v>1777</v>
+      </c>
+      <c r="E62" s="22" t="s">
+        <v>1778</v>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>1779</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
       <c r="I62" s="2"/>
       <c r="J62" s="2"/>
       <c r="K62" s="2"/>
       <c r="L62" s="2"/>
       <c r="M62" s="2"/>
       <c r="N62" s="2"/>
       <c r="O62" s="2"/>
       <c r="P62" s="2"/>
       <c r="Q62" s="2"/>
       <c r="R62" s="2"/>
       <c r="S62" s="2"/>
       <c r="T62" s="2"/>
       <c r="U62" s="2"/>
       <c r="V62" s="2"/>
       <c r="W62" s="2"/>
       <c r="X62" s="2"/>
       <c r="Y62" s="2"/>
       <c r="Z62" s="2"/>
       <c r="AA62" s="2"/>
       <c r="AB62" s="2"/>
     </row>
-    <row r="63" spans="1:28" s="3" customFormat="1" ht="124.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1769</v>
+    <row r="63" spans="1:28" s="3" customFormat="1" ht="236.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="31" t="s">
+        <v>1858</v>
+      </c>
+      <c r="B63" s="25" t="s">
+        <v>1770</v>
+      </c>
+      <c r="C63" s="8" t="s">
+        <v>1771</v>
+      </c>
+      <c r="D63" s="25" t="s">
+        <v>1772</v>
+      </c>
+      <c r="E63" s="25" t="s">
+        <v>1842</v>
+      </c>
+      <c r="F63" s="9" t="s">
+        <v>1773</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
       <c r="I63" s="2"/>
       <c r="J63" s="2"/>
       <c r="K63" s="2"/>
       <c r="L63" s="2"/>
       <c r="M63" s="2"/>
       <c r="N63" s="2"/>
       <c r="O63" s="2"/>
       <c r="P63" s="2"/>
       <c r="Q63" s="2"/>
       <c r="R63" s="2"/>
       <c r="S63" s="2"/>
       <c r="T63" s="2"/>
       <c r="U63" s="2"/>
       <c r="V63" s="2"/>
       <c r="W63" s="2"/>
       <c r="X63" s="2"/>
       <c r="Y63" s="2"/>
       <c r="Z63" s="2"/>
       <c r="AA63" s="2"/>
       <c r="AB63" s="2"/>
     </row>
-    <row r="64" spans="1:28" s="3" customFormat="1" ht="264.60000000000002" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1747</v>
+    <row r="64" spans="1:28" s="3" customFormat="1" ht="124.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="30" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B64" s="22" t="s">
+        <v>1765</v>
+      </c>
+      <c r="C64" s="4" t="s">
+        <v>1766</v>
+      </c>
+      <c r="D64" s="22" t="s">
+        <v>1767</v>
+      </c>
+      <c r="E64" s="22" t="s">
+        <v>1768</v>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>1769</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
       <c r="I64" s="2"/>
       <c r="J64" s="2"/>
       <c r="K64" s="2"/>
       <c r="L64" s="2"/>
       <c r="M64" s="2"/>
       <c r="N64" s="2"/>
       <c r="O64" s="2"/>
       <c r="P64" s="2"/>
       <c r="Q64" s="2"/>
       <c r="R64" s="2"/>
       <c r="S64" s="2"/>
       <c r="T64" s="2"/>
       <c r="U64" s="2"/>
       <c r="V64" s="2"/>
       <c r="W64" s="2"/>
       <c r="X64" s="2"/>
       <c r="Y64" s="2"/>
       <c r="Z64" s="2"/>
       <c r="AA64" s="2"/>
       <c r="AB64" s="2"/>
     </row>
-    <row r="65" spans="1:28" s="3" customFormat="1" ht="164.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1751</v>
+    <row r="65" spans="1:28" s="3" customFormat="1" ht="264.60000000000002" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="31" t="s">
+        <v>1860</v>
+      </c>
+      <c r="B65" s="25" t="s">
+        <v>1744</v>
+      </c>
+      <c r="C65" s="8" t="s">
+        <v>1745</v>
+      </c>
+      <c r="D65" s="25" t="s">
+        <v>1746</v>
+      </c>
+      <c r="E65" s="25" t="s">
+        <v>1763</v>
+      </c>
+      <c r="F65" s="9" t="s">
+        <v>1747</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2"/>
       <c r="I65" s="2"/>
       <c r="J65" s="2"/>
       <c r="K65" s="2"/>
       <c r="L65" s="2"/>
       <c r="M65" s="2"/>
       <c r="N65" s="2"/>
       <c r="O65" s="2"/>
       <c r="P65" s="2"/>
       <c r="Q65" s="2"/>
       <c r="R65" s="2"/>
       <c r="S65" s="2"/>
       <c r="T65" s="2"/>
       <c r="U65" s="2"/>
       <c r="V65" s="2"/>
       <c r="W65" s="2"/>
       <c r="X65" s="2"/>
       <c r="Y65" s="2"/>
       <c r="Z65" s="2"/>
       <c r="AA65" s="2"/>
       <c r="AB65" s="2"/>
     </row>
-    <row r="66" spans="1:28" s="3" customFormat="1" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1756</v>
+    <row r="66" spans="1:28" s="3" customFormat="1" ht="164.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="30" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B66" s="22" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C66" s="4" t="s">
+        <v>1749</v>
+      </c>
+      <c r="D66" s="22" t="s">
+        <v>1750</v>
+      </c>
+      <c r="E66" s="22" t="s">
+        <v>1764</v>
+      </c>
+      <c r="F66" s="13" t="s">
+        <v>1751</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
       <c r="I66" s="2"/>
       <c r="J66" s="2"/>
       <c r="K66" s="2"/>
       <c r="L66" s="2"/>
       <c r="M66" s="2"/>
       <c r="N66" s="2"/>
       <c r="O66" s="2"/>
       <c r="P66" s="2"/>
       <c r="Q66" s="2"/>
       <c r="R66" s="2"/>
       <c r="S66" s="2"/>
       <c r="T66" s="2"/>
       <c r="U66" s="2"/>
       <c r="V66" s="2"/>
       <c r="W66" s="2"/>
       <c r="X66" s="2"/>
       <c r="Y66" s="2"/>
       <c r="Z66" s="2"/>
       <c r="AA66" s="2"/>
       <c r="AB66" s="2"/>
     </row>
-    <row r="67" spans="1:28" s="3" customFormat="1" ht="135.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1760</v>
+    <row r="67" spans="1:28" s="3" customFormat="1" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="31" t="s">
+        <v>1862</v>
+      </c>
+      <c r="B67" s="25" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C67" s="8" t="s">
+        <v>1753</v>
+      </c>
+      <c r="D67" s="25" t="s">
+        <v>1754</v>
+      </c>
+      <c r="E67" s="25" t="s">
+        <v>1755</v>
+      </c>
+      <c r="F67" s="9" t="s">
+        <v>1756</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
       <c r="I67" s="2"/>
       <c r="J67" s="2"/>
       <c r="K67" s="2"/>
       <c r="L67" s="2"/>
       <c r="M67" s="2"/>
       <c r="N67" s="2"/>
       <c r="O67" s="2"/>
       <c r="P67" s="2"/>
       <c r="Q67" s="2"/>
       <c r="R67" s="2"/>
       <c r="S67" s="2"/>
       <c r="T67" s="2"/>
       <c r="U67" s="2"/>
       <c r="V67" s="2"/>
       <c r="W67" s="2"/>
       <c r="X67" s="2"/>
       <c r="Y67" s="2"/>
       <c r="Z67" s="2"/>
       <c r="AA67" s="2"/>
       <c r="AB67" s="2"/>
     </row>
-    <row r="68" spans="1:28" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A68" s="31" t="s">
+    <row r="68" spans="1:28" s="3" customFormat="1" ht="135.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="30" t="s">
+        <v>1863</v>
+      </c>
+      <c r="B68" s="22" t="s">
+        <v>2127</v>
+      </c>
+      <c r="C68" s="4" t="s">
+        <v>1757</v>
+      </c>
+      <c r="D68" s="22" t="s">
+        <v>1758</v>
+      </c>
+      <c r="E68" s="22" t="s">
+        <v>1759</v>
+      </c>
+      <c r="F68" s="5" t="s">
+        <v>1760</v>
+      </c>
+      <c r="G68" s="2"/>
+      <c r="H68" s="2"/>
+      <c r="I68" s="2"/>
+      <c r="J68" s="2"/>
+      <c r="K68" s="2"/>
+      <c r="L68" s="2"/>
+      <c r="M68" s="2"/>
+      <c r="N68" s="2"/>
+      <c r="O68" s="2"/>
+      <c r="P68" s="2"/>
+      <c r="Q68" s="2"/>
+      <c r="R68" s="2"/>
+      <c r="S68" s="2"/>
+      <c r="T68" s="2"/>
+      <c r="U68" s="2"/>
+      <c r="V68" s="2"/>
+      <c r="W68" s="2"/>
+      <c r="X68" s="2"/>
+      <c r="Y68" s="2"/>
+      <c r="Z68" s="2"/>
+      <c r="AA68" s="2"/>
+      <c r="AB68" s="2"/>
+    </row>
+    <row r="69" spans="1:28" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="31" t="s">
         <v>1864</v>
       </c>
-      <c r="B68" s="25" t="s">
+      <c r="B69" s="25" t="s">
         <v>1737</v>
       </c>
-      <c r="C68" s="8" t="s">
+      <c r="C69" s="8" t="s">
         <v>1738</v>
       </c>
-      <c r="D68" s="25" t="s">
+      <c r="D69" s="25" t="s">
         <v>1739</v>
       </c>
-      <c r="E68" s="25" t="s">
+      <c r="E69" s="25" t="s">
         <v>1740</v>
       </c>
-      <c r="F68" s="9" t="s">
+      <c r="F69" s="9" t="s">
         <v>1741</v>
       </c>
     </row>
-    <row r="69" spans="1:28" ht="220.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A69" s="30" t="s">
+    <row r="70" spans="1:28" ht="220.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="30" t="s">
         <v>1865</v>
       </c>
-      <c r="B69" s="22" t="s">
+      <c r="B70" s="22" t="s">
         <v>1728</v>
       </c>
-      <c r="C69" s="4" t="s">
+      <c r="C70" s="4" t="s">
         <v>1729</v>
       </c>
-      <c r="D69" s="22" t="s">
+      <c r="D70" s="22" t="s">
         <v>1730</v>
       </c>
-      <c r="E69" s="22" t="s">
+      <c r="E70" s="22" t="s">
         <v>1761</v>
       </c>
-      <c r="F69" s="5" t="s">
+      <c r="F70" s="5" t="s">
         <v>1731</v>
       </c>
     </row>
-    <row r="70" spans="1:28" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A70" s="31" t="s">
+    <row r="71" spans="1:28" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="31" t="s">
         <v>1866</v>
       </c>
-      <c r="B70" s="25" t="s">
+      <c r="B71" s="25" t="s">
         <v>1732</v>
       </c>
-      <c r="C70" s="8" t="s">
+      <c r="C71" s="8" t="s">
         <v>1733</v>
       </c>
-      <c r="D70" s="25" t="s">
+      <c r="D71" s="25" t="s">
         <v>1734</v>
       </c>
-      <c r="E70" s="25" t="s">
+      <c r="E71" s="25" t="s">
         <v>1735</v>
       </c>
-      <c r="F70" s="9" t="s">
+      <c r="F71" s="9" t="s">
         <v>1736</v>
       </c>
     </row>
-    <row r="71" spans="1:28" ht="156.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A71" s="30" t="s">
+    <row r="72" spans="1:28" ht="156.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="30" t="s">
         <v>1867</v>
       </c>
-      <c r="B71" s="22" t="s">
+      <c r="B72" s="22" t="s">
         <v>1718</v>
       </c>
-      <c r="C71" s="4" t="s">
+      <c r="C72" s="4" t="s">
         <v>1719</v>
       </c>
-      <c r="D71" s="22" t="s">
+      <c r="D72" s="22" t="s">
         <v>1720</v>
       </c>
-      <c r="E71" s="22" t="s">
+      <c r="E72" s="22" t="s">
         <v>1727</v>
       </c>
-      <c r="F71" s="5" t="s">
+      <c r="F72" s="5" t="s">
         <v>1721</v>
       </c>
     </row>
-    <row r="72" spans="1:28" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A72" s="31" t="s">
+    <row r="73" spans="1:28" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="31" t="s">
         <v>1868</v>
       </c>
-      <c r="B72" s="25" t="s">
+      <c r="B73" s="25" t="s">
         <v>1722</v>
       </c>
-      <c r="C72" s="8" t="s">
+      <c r="C73" s="8" t="s">
         <v>1723</v>
       </c>
-      <c r="D72" s="25" t="s">
+      <c r="D73" s="25" t="s">
         <v>1724</v>
       </c>
-      <c r="E72" s="25" t="s">
+      <c r="E73" s="25" t="s">
         <v>1725</v>
       </c>
-      <c r="F72" s="9" t="s">
+      <c r="F73" s="9" t="s">
         <v>1726</v>
       </c>
     </row>
-    <row r="73" spans="1:28" ht="265.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A73" s="30" t="s">
+    <row r="74" spans="1:28" ht="265.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="30" t="s">
         <v>1869</v>
       </c>
-      <c r="B73" s="22" t="s">
+      <c r="B74" s="22" t="s">
         <v>1708</v>
       </c>
-      <c r="C73" s="4" t="s">
+      <c r="C74" s="4" t="s">
         <v>1709</v>
       </c>
-      <c r="D73" s="22" t="s">
+      <c r="D74" s="22" t="s">
         <v>1710</v>
       </c>
-      <c r="E73" s="22" t="s">
+      <c r="E74" s="22" t="s">
         <v>1711</v>
       </c>
-      <c r="F73" s="5" t="s">
+      <c r="F74" s="5" t="s">
         <v>1712</v>
       </c>
     </row>
-    <row r="74" spans="1:28" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A74" s="31" t="s">
+    <row r="75" spans="1:28" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="31" t="s">
         <v>1870</v>
       </c>
-      <c r="B74" s="25" t="s">
+      <c r="B75" s="25" t="s">
         <v>1713</v>
       </c>
-      <c r="C74" s="8" t="s">
+      <c r="C75" s="8" t="s">
         <v>1714</v>
       </c>
-      <c r="D74" s="25" t="s">
+      <c r="D75" s="25" t="s">
         <v>1715</v>
       </c>
-      <c r="E74" s="25" t="s">
+      <c r="E75" s="25" t="s">
         <v>1716</v>
       </c>
-      <c r="F74" s="9" t="s">
+      <c r="F75" s="9" t="s">
         <v>1717</v>
       </c>
     </row>
-    <row r="75" spans="1:28" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A75" s="30" t="s">
+    <row r="76" spans="1:28" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="30" t="s">
         <v>1854</v>
       </c>
-      <c r="B75" s="22" t="s">
+      <c r="B76" s="22" t="s">
         <v>1703</v>
       </c>
-      <c r="C75" s="4" t="s">
+      <c r="C76" s="4" t="s">
         <v>1704</v>
       </c>
-      <c r="D75" s="22" t="s">
+      <c r="D76" s="22" t="s">
         <v>1705</v>
       </c>
-      <c r="E75" s="22" t="s">
+      <c r="E76" s="22" t="s">
         <v>1706</v>
       </c>
-      <c r="F75" s="5" t="s">
+      <c r="F76" s="5" t="s">
         <v>1707</v>
       </c>
     </row>
-    <row r="76" spans="1:28" ht="408.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A76" s="31" t="s">
+    <row r="77" spans="1:28" ht="408.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="31" t="s">
         <v>1871</v>
       </c>
-      <c r="B76" s="25" t="s">
+      <c r="B77" s="25" t="s">
         <v>1695</v>
       </c>
-      <c r="C76" s="8" t="s">
+      <c r="C77" s="8" t="s">
         <v>1696</v>
       </c>
-      <c r="D76" s="25" t="s">
+      <c r="D77" s="25" t="s">
         <v>1697</v>
       </c>
-      <c r="E76" s="25" t="s">
+      <c r="E77" s="25" t="s">
         <v>1742</v>
       </c>
-      <c r="F76" s="9" t="s">
+      <c r="F77" s="9" t="s">
         <v>1698</v>
       </c>
     </row>
-    <row r="77" spans="1:28" ht="194.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A77" s="30" t="s">
+    <row r="78" spans="1:28" ht="194.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="30" t="s">
         <v>1872</v>
       </c>
-      <c r="B77" s="22" t="s">
+      <c r="B78" s="22" t="s">
         <v>1699</v>
       </c>
-      <c r="C77" s="4" t="s">
+      <c r="C78" s="4" t="s">
         <v>1700</v>
       </c>
-      <c r="D77" s="22" t="s">
+      <c r="D78" s="22" t="s">
         <v>1701</v>
       </c>
-      <c r="E77" s="22" t="s">
+      <c r="E78" s="22" t="s">
         <v>1762</v>
       </c>
-      <c r="F77" s="5" t="s">
+      <c r="F78" s="5" t="s">
         <v>1702</v>
       </c>
     </row>
-    <row r="78" spans="1:28" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A78" s="31" t="s">
+    <row r="79" spans="1:28" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="31" t="s">
         <v>1873</v>
       </c>
-      <c r="B78" s="25" t="s">
+      <c r="B79" s="25" t="s">
         <v>1272</v>
       </c>
-      <c r="C78" s="8" t="s">
+      <c r="C79" s="8" t="s">
         <v>1273</v>
       </c>
-      <c r="D78" s="25" t="s">
+      <c r="D79" s="25" t="s">
         <v>1274</v>
       </c>
-      <c r="E78" s="25" t="s">
+      <c r="E79" s="25" t="s">
         <v>1276</v>
       </c>
-      <c r="F78" s="9" t="s">
+      <c r="F79" s="9" t="s">
         <v>1275</v>
       </c>
     </row>
-    <row r="79" spans="1:28" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A79" s="30" t="s">
+    <row r="80" spans="1:28" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="30" t="s">
         <v>1874</v>
       </c>
-      <c r="B79" s="22" t="s">
+      <c r="B80" s="22" t="s">
         <v>1262</v>
       </c>
-      <c r="C79" s="4" t="s">
+      <c r="C80" s="4" t="s">
         <v>1263</v>
       </c>
-      <c r="D79" s="22" t="s">
+      <c r="D80" s="22" t="s">
         <v>1264</v>
       </c>
-      <c r="E79" s="22" t="s">
+      <c r="E80" s="22" t="s">
         <v>1265</v>
       </c>
-      <c r="F79" s="5" t="s">
+      <c r="F80" s="5" t="s">
         <v>1266</v>
       </c>
     </row>
-    <row r="80" spans="1:28" ht="189.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A80" s="31" t="s">
+    <row r="81" spans="1:6" ht="189.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="31" t="s">
         <v>1874</v>
       </c>
-      <c r="B80" s="25" t="s">
+      <c r="B81" s="25" t="s">
         <v>1267</v>
       </c>
-      <c r="C80" s="8" t="s">
+      <c r="C81" s="8" t="s">
         <v>1268</v>
       </c>
-      <c r="D80" s="25" t="s">
+      <c r="D81" s="25" t="s">
         <v>1269</v>
       </c>
-      <c r="E80" s="25" t="s">
+      <c r="E81" s="25" t="s">
         <v>1743</v>
       </c>
-      <c r="F80" s="9" t="s">
+      <c r="F81" s="9" t="s">
         <v>1270</v>
       </c>
     </row>
-    <row r="81" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A81" s="30" t="s">
+    <row r="82" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="30" t="s">
         <v>1875</v>
       </c>
-      <c r="B81" s="22" t="s">
+      <c r="B82" s="22" t="s">
         <v>1258</v>
       </c>
-      <c r="C81" s="4" t="s">
+      <c r="C82" s="4" t="s">
         <v>1259</v>
       </c>
-      <c r="D81" s="22" t="s">
+      <c r="D82" s="22" t="s">
         <v>1260</v>
       </c>
-      <c r="E81" s="22" t="s">
+      <c r="E82" s="22" t="s">
         <v>1261</v>
       </c>
-      <c r="F81" s="5" t="s">
+      <c r="F82" s="5" t="s">
         <v>1271</v>
       </c>
     </row>
-    <row r="82" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A82" s="31" t="s">
+    <row r="83" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="31" t="s">
         <v>1876</v>
       </c>
-      <c r="B82" s="25" t="s">
+      <c r="B83" s="25" t="s">
         <v>1253</v>
       </c>
-      <c r="C82" s="8" t="s">
+      <c r="C83" s="8" t="s">
         <v>1254</v>
       </c>
-      <c r="D82" s="25" t="s">
+      <c r="D83" s="25" t="s">
         <v>1255</v>
       </c>
-      <c r="E82" s="25" t="s">
+      <c r="E83" s="25" t="s">
         <v>1256</v>
       </c>
-      <c r="F82" s="9" t="s">
+      <c r="F83" s="9" t="s">
         <v>1257</v>
       </c>
     </row>
-    <row r="83" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A83" s="30" t="s">
+    <row r="84" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="30" t="s">
         <v>1877</v>
       </c>
-      <c r="B83" s="22" t="s">
+      <c r="B84" s="22" t="s">
         <v>1249</v>
       </c>
-      <c r="C83" s="4" t="s">
+      <c r="C84" s="4" t="s">
         <v>1250</v>
       </c>
-      <c r="D83" s="22" t="s">
+      <c r="D84" s="22" t="s">
         <v>1251</v>
       </c>
-      <c r="E83" s="22" t="s">
+      <c r="E84" s="22" t="s">
         <v>1277</v>
       </c>
-      <c r="F83" s="5" t="s">
+      <c r="F84" s="5" t="s">
         <v>1252</v>
       </c>
     </row>
-    <row r="84" spans="1:6" ht="311.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A84" s="31" t="s">
+    <row r="85" spans="1:6" ht="311.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="31" t="s">
         <v>1878</v>
       </c>
-      <c r="B84" s="25" t="s">
+      <c r="B85" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="C84" s="8" t="s">
+      <c r="C85" s="8" t="s">
         <v>1278</v>
       </c>
-      <c r="D84" s="25" t="s">
+      <c r="D85" s="25" t="s">
         <v>7</v>
       </c>
-      <c r="E84" s="25" t="s">
+      <c r="E85" s="25" t="s">
         <v>8</v>
       </c>
-      <c r="F84" s="9" t="s">
+      <c r="F85" s="9" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="85" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A85" s="32" t="s">
+    <row r="86" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="32" t="s">
         <v>1879</v>
       </c>
-      <c r="B85" s="33" t="s">
+      <c r="B86" s="33" t="s">
         <v>10</v>
       </c>
-      <c r="C85" s="14" t="s">
+      <c r="C86" s="14" t="s">
         <v>11</v>
       </c>
-      <c r="D85" s="33" t="s">
+      <c r="D86" s="33" t="s">
         <v>12</v>
       </c>
-      <c r="E85" s="33" t="s">
+      <c r="E86" s="33" t="s">
         <v>13</v>
       </c>
-      <c r="F85" s="41" t="s">
+      <c r="F86" s="41" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="86" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A86" s="31" t="s">
+    <row r="87" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="31" t="s">
         <v>1880</v>
       </c>
-      <c r="B86" s="25" t="s">
+      <c r="B87" s="25" t="s">
         <v>15</v>
       </c>
-      <c r="C86" s="8" t="s">
+      <c r="C87" s="8" t="s">
         <v>1279</v>
       </c>
-      <c r="D86" s="25" t="s">
+      <c r="D87" s="25" t="s">
         <v>16</v>
       </c>
-      <c r="E86" s="25" t="s">
+      <c r="E87" s="25" t="s">
         <v>1280</v>
       </c>
-      <c r="F86" s="9" t="s">
+      <c r="F87" s="9" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="87" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A87" s="30" t="s">
+    <row r="88" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="30" t="s">
         <v>1881</v>
       </c>
-      <c r="B87" s="22" t="s">
+      <c r="B88" s="22" t="s">
         <v>18</v>
       </c>
-      <c r="C87" s="4" t="s">
+      <c r="C88" s="4" t="s">
         <v>1281</v>
       </c>
-      <c r="D87" s="22" t="s">
+      <c r="D88" s="22" t="s">
         <v>19</v>
       </c>
-      <c r="E87" s="22" t="s">
+      <c r="E88" s="22" t="s">
         <v>20</v>
       </c>
-      <c r="F87" s="5" t="s">
+      <c r="F88" s="5" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="88" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A88" s="31" t="s">
+    <row r="89" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="31" t="s">
         <v>1882</v>
       </c>
-      <c r="B88" s="25" t="s">
+      <c r="B89" s="25" t="s">
         <v>22</v>
       </c>
-      <c r="C88" s="8" t="s">
+      <c r="C89" s="8" t="s">
         <v>1282</v>
       </c>
-      <c r="D88" s="25" t="s">
+      <c r="D89" s="25" t="s">
         <v>23</v>
       </c>
-      <c r="E88" s="25" t="s">
+      <c r="E89" s="25" t="s">
         <v>24</v>
       </c>
-      <c r="F88" s="9" t="s">
+      <c r="F89" s="9" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="89" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A89" s="30" t="s">
+    <row r="90" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="30" t="s">
         <v>1883</v>
       </c>
-      <c r="B89" s="22" t="s">
+      <c r="B90" s="22" t="s">
         <v>26</v>
       </c>
-      <c r="C89" s="4" t="s">
+      <c r="C90" s="4" t="s">
         <v>1283</v>
       </c>
-      <c r="D89" s="22" t="s">
+      <c r="D90" s="22" t="s">
         <v>27</v>
       </c>
-      <c r="E89" s="22" t="s">
+      <c r="E90" s="22" t="s">
         <v>28</v>
       </c>
-      <c r="F89" s="4"/>
-[...2 lines deleted...]
-      <c r="A90" s="31" t="s">
+      <c r="F90" s="4"/>
+    </row>
+    <row r="91" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A91" s="31" t="s">
         <v>1884</v>
       </c>
-      <c r="B90" s="25" t="s">
+      <c r="B91" s="25" t="s">
         <v>29</v>
       </c>
-      <c r="C90" s="8" t="s">
+      <c r="C91" s="8" t="s">
         <v>1284</v>
       </c>
-      <c r="D90" s="25" t="s">
+      <c r="D91" s="25" t="s">
         <v>30</v>
       </c>
-      <c r="E90" s="25" t="s">
+      <c r="E91" s="25" t="s">
         <v>31</v>
       </c>
-      <c r="F90" s="9" t="s">
+      <c r="F91" s="9" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="91" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A91" s="30" t="s">
+    <row r="92" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="30" t="s">
         <v>1885</v>
       </c>
-      <c r="B91" s="22" t="s">
+      <c r="B92" s="22" t="s">
         <v>33</v>
       </c>
-      <c r="C91" s="4" t="s">
+      <c r="C92" s="4" t="s">
         <v>1285</v>
       </c>
-      <c r="D91" s="22" t="s">
+      <c r="D92" s="22" t="s">
         <v>34</v>
       </c>
-      <c r="E91" s="22" t="s">
+      <c r="E92" s="22" t="s">
         <v>35</v>
       </c>
-      <c r="F91" s="5" t="s">
+      <c r="F92" s="5" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="92" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A92" s="31" t="s">
+    <row r="93" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="31" t="s">
         <v>1886</v>
       </c>
-      <c r="B92" s="25" t="s">
+      <c r="B93" s="25" t="s">
         <v>37</v>
       </c>
-      <c r="C92" s="8" t="s">
+      <c r="C93" s="8" t="s">
         <v>1286</v>
       </c>
-      <c r="D92" s="25" t="s">
+      <c r="D93" s="25" t="s">
         <v>38</v>
       </c>
-      <c r="E92" s="25" t="s">
+      <c r="E93" s="25" t="s">
         <v>1287</v>
       </c>
-      <c r="F92" s="9" t="s">
+      <c r="F93" s="9" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="93" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A93" s="30" t="s">
+    <row r="94" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="30" t="s">
         <v>1886</v>
       </c>
-      <c r="B93" s="22" t="s">
+      <c r="B94" s="22" t="s">
         <v>40</v>
       </c>
-      <c r="C93" s="4" t="s">
+      <c r="C94" s="4" t="s">
         <v>1288</v>
       </c>
-      <c r="D93" s="22" t="s">
+      <c r="D94" s="22" t="s">
         <v>41</v>
       </c>
-      <c r="E93" s="22" t="s">
+      <c r="E94" s="22" t="s">
         <v>42</v>
       </c>
-      <c r="F93" s="5" t="s">
+      <c r="F94" s="5" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="94" spans="1:6" ht="120" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A94" s="31" t="s">
+    <row r="95" spans="1:6" ht="120" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A95" s="31" t="s">
         <v>1887</v>
       </c>
-      <c r="B94" s="25" t="s">
+      <c r="B95" s="25" t="s">
         <v>44</v>
       </c>
-      <c r="C94" s="8" t="s">
+      <c r="C95" s="8" t="s">
         <v>1289</v>
       </c>
-      <c r="D94" s="25" t="s">
+      <c r="D95" s="25" t="s">
         <v>45</v>
       </c>
-      <c r="E94" s="25" t="s">
+      <c r="E95" s="25" t="s">
         <v>46</v>
       </c>
-      <c r="F94" s="9" t="s">
+      <c r="F95" s="9" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="95" spans="1:6" ht="173.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A95" s="30" t="s">
+    <row r="96" spans="1:6" ht="173.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="30" t="s">
         <v>1887</v>
       </c>
-      <c r="B95" s="22" t="s">
+      <c r="B96" s="22" t="s">
         <v>48</v>
       </c>
-      <c r="C95" s="4" t="s">
+      <c r="C96" s="4" t="s">
         <v>1290</v>
       </c>
-      <c r="D95" s="22" t="s">
+      <c r="D96" s="22" t="s">
         <v>49</v>
       </c>
-      <c r="E95" s="22" t="s">
+      <c r="E96" s="22" t="s">
         <v>1291</v>
       </c>
-      <c r="F95" s="5" t="s">
+      <c r="F96" s="5" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="96" spans="1:6" ht="192" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A96" s="31" t="s">
+    <row r="97" spans="1:6" ht="192" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="31" t="s">
         <v>1888</v>
       </c>
-      <c r="B96" s="25" t="s">
+      <c r="B97" s="25" t="s">
         <v>51</v>
       </c>
-      <c r="C96" s="8" t="s">
+      <c r="C97" s="8" t="s">
         <v>1292</v>
       </c>
-      <c r="D96" s="25" t="s">
+      <c r="D97" s="25" t="s">
         <v>52</v>
       </c>
-      <c r="E96" s="25" t="s">
+      <c r="E97" s="25" t="s">
         <v>1293</v>
       </c>
-      <c r="F96" s="9" t="s">
+      <c r="F97" s="9" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="97" spans="1:6" ht="174.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A97" s="30" t="s">
+    <row r="98" spans="1:6" ht="174.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="30" t="s">
         <v>1889</v>
       </c>
-      <c r="B97" s="22" t="s">
+      <c r="B98" s="22" t="s">
         <v>54</v>
       </c>
-      <c r="C97" s="4" t="s">
+      <c r="C98" s="4" t="s">
         <v>1294</v>
       </c>
-      <c r="D97" s="22" t="s">
+      <c r="D98" s="22" t="s">
         <v>55</v>
       </c>
-      <c r="E97" s="22" t="s">
+      <c r="E98" s="22" t="s">
         <v>1295</v>
       </c>
-      <c r="F97" s="5" t="s">
+      <c r="F98" s="5" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="98" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A98" s="31" t="s">
+    <row r="99" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="31" t="s">
         <v>1890</v>
       </c>
-      <c r="B98" s="25" t="s">
+      <c r="B99" s="25" t="s">
         <v>57</v>
       </c>
-      <c r="C98" s="8" t="s">
+      <c r="C99" s="8" t="s">
         <v>58</v>
       </c>
-      <c r="D98" s="25" t="s">
+      <c r="D99" s="25" t="s">
         <v>59</v>
       </c>
-      <c r="E98" s="25" t="s">
+      <c r="E99" s="25" t="s">
         <v>60</v>
       </c>
-      <c r="F98" s="9" t="s">
+      <c r="F99" s="9" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="99" spans="1:6" ht="151.19999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A99" s="30" t="s">
+    <row r="100" spans="1:6" ht="151.19999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="30" t="s">
         <v>1891</v>
       </c>
-      <c r="B99" s="22" t="s">
+      <c r="B100" s="22" t="s">
         <v>62</v>
       </c>
-      <c r="C99" s="4" t="s">
+      <c r="C100" s="4" t="s">
         <v>1296</v>
       </c>
-      <c r="D99" s="22" t="s">
+      <c r="D100" s="22" t="s">
         <v>63</v>
       </c>
-      <c r="E99" s="22" t="s">
+      <c r="E100" s="22" t="s">
         <v>64</v>
       </c>
-      <c r="F99" s="5" t="s">
+      <c r="F100" s="5" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="100" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A100" s="31" t="s">
+    <row r="101" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A101" s="31" t="s">
         <v>1892</v>
       </c>
-      <c r="B100" s="25" t="s">
+      <c r="B101" s="25" t="s">
         <v>66</v>
       </c>
-      <c r="C100" s="8" t="s">
+      <c r="C101" s="8" t="s">
         <v>1297</v>
       </c>
-      <c r="D100" s="25" t="s">
+      <c r="D101" s="25" t="s">
         <v>67</v>
       </c>
-      <c r="E100" s="25" t="s">
+      <c r="E101" s="25" t="s">
         <v>68</v>
       </c>
-      <c r="F100" s="9" t="s">
+      <c r="F101" s="9" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="101" spans="1:6" ht="185.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A101" s="30" t="s">
+    <row r="102" spans="1:6" ht="185.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A102" s="30" t="s">
         <v>1892</v>
       </c>
-      <c r="B101" s="22" t="s">
+      <c r="B102" s="22" t="s">
         <v>70</v>
       </c>
-      <c r="C101" s="4" t="s">
+      <c r="C102" s="4" t="s">
         <v>1298</v>
       </c>
-      <c r="D101" s="22" t="s">
+      <c r="D102" s="22" t="s">
         <v>71</v>
       </c>
-      <c r="E101" s="22" t="s">
+      <c r="E102" s="22" t="s">
         <v>72</v>
       </c>
-      <c r="F101" s="5" t="s">
+      <c r="F102" s="5" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="102" spans="1:6" ht="136.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A102" s="31" t="s">
+    <row r="103" spans="1:6" ht="136.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A103" s="31" t="s">
         <v>1893</v>
       </c>
-      <c r="B102" s="25" t="s">
+      <c r="B103" s="25" t="s">
         <v>74</v>
       </c>
-      <c r="C102" s="8" t="s">
+      <c r="C103" s="8" t="s">
         <v>75</v>
       </c>
-      <c r="D102" s="25" t="s">
+      <c r="D103" s="25" t="s">
         <v>76</v>
       </c>
-      <c r="E102" s="25" t="s">
+      <c r="E103" s="25" t="s">
         <v>1299</v>
       </c>
-      <c r="F102" s="9" t="s">
+      <c r="F103" s="9" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="103" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A103" s="30" t="s">
+    <row r="104" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A104" s="30" t="s">
         <v>1894</v>
       </c>
-      <c r="B103" s="22" t="s">
+      <c r="B104" s="22" t="s">
         <v>78</v>
       </c>
-      <c r="C103" s="4" t="s">
+      <c r="C104" s="4" t="s">
         <v>1300</v>
       </c>
-      <c r="D103" s="22" t="s">
+      <c r="D104" s="22" t="s">
         <v>79</v>
       </c>
-      <c r="E103" s="22" t="s">
+      <c r="E104" s="22" t="s">
         <v>80</v>
       </c>
-      <c r="F103" s="5" t="s">
+      <c r="F104" s="5" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="104" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A104" s="31" t="s">
+    <row r="105" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A105" s="31" t="s">
         <v>1895</v>
       </c>
-      <c r="B104" s="25" t="s">
+      <c r="B105" s="25" t="s">
         <v>82</v>
       </c>
-      <c r="C104" s="8" t="s">
+      <c r="C105" s="8" t="s">
         <v>1301</v>
       </c>
-      <c r="D104" s="25" t="s">
+      <c r="D105" s="25" t="s">
         <v>83</v>
       </c>
-      <c r="E104" s="25" t="s">
+      <c r="E105" s="25" t="s">
         <v>1302</v>
       </c>
-      <c r="F104" s="9" t="s">
+      <c r="F105" s="9" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="105" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A105" s="30" t="s">
+    <row r="106" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A106" s="30" t="s">
         <v>1895</v>
       </c>
-      <c r="B105" s="22" t="s">
+      <c r="B106" s="22" t="s">
         <v>85</v>
       </c>
-      <c r="C105" s="4" t="s">
+      <c r="C106" s="4" t="s">
         <v>1303</v>
       </c>
-      <c r="D105" s="22" t="s">
+      <c r="D106" s="22" t="s">
         <v>86</v>
       </c>
-      <c r="E105" s="22" t="s">
+      <c r="E106" s="22" t="s">
         <v>87</v>
       </c>
-      <c r="F105" s="5" t="s">
+      <c r="F106" s="5" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="106" spans="1:6" ht="120" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A106" s="31" t="s">
+    <row r="107" spans="1:6" ht="120" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A107" s="31" t="s">
         <v>1896</v>
       </c>
-      <c r="B106" s="25" t="s">
+      <c r="B107" s="25" t="s">
         <v>89</v>
       </c>
-      <c r="C106" s="8" t="s">
+      <c r="C107" s="8" t="s">
         <v>90</v>
       </c>
-      <c r="D106" s="25" t="s">
+      <c r="D107" s="25" t="s">
         <v>91</v>
       </c>
-      <c r="E106" s="25" t="s">
+      <c r="E107" s="25" t="s">
         <v>92</v>
       </c>
-      <c r="F106" s="9" t="s">
+      <c r="F107" s="9" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="107" spans="1:6" ht="152.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A107" s="30" t="s">
+    <row r="108" spans="1:6" ht="152.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A108" s="30" t="s">
         <v>1897</v>
       </c>
-      <c r="B107" s="22" t="s">
+      <c r="B108" s="22" t="s">
         <v>94</v>
       </c>
-      <c r="C107" s="4" t="s">
+      <c r="C108" s="4" t="s">
         <v>1304</v>
       </c>
-      <c r="D107" s="22" t="s">
+      <c r="D108" s="22" t="s">
         <v>95</v>
       </c>
-      <c r="E107" s="22" t="s">
+      <c r="E108" s="22" t="s">
         <v>96</v>
       </c>
-      <c r="F107" s="5" t="s">
+      <c r="F108" s="5" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="108" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A108" s="31" t="s">
+    <row r="109" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A109" s="31" t="s">
         <v>1898</v>
       </c>
-      <c r="B108" s="25" t="s">
+      <c r="B109" s="25" t="s">
         <v>98</v>
       </c>
-      <c r="C108" s="8" t="s">
+      <c r="C109" s="8" t="s">
         <v>1305</v>
       </c>
-      <c r="D108" s="25" t="s">
+      <c r="D109" s="25" t="s">
         <v>99</v>
       </c>
-      <c r="E108" s="25" t="s">
+      <c r="E109" s="25" t="s">
         <v>100</v>
       </c>
-      <c r="F108" s="9" t="s">
+      <c r="F109" s="9" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="109" spans="1:6" ht="123" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A109" s="30" t="s">
+    <row r="110" spans="1:6" ht="123" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A110" s="30" t="s">
         <v>1899</v>
       </c>
-      <c r="B109" s="22" t="s">
+      <c r="B110" s="22" t="s">
         <v>102</v>
       </c>
-      <c r="C109" s="4" t="s">
+      <c r="C110" s="4" t="s">
         <v>1306</v>
       </c>
-      <c r="D109" s="22" t="s">
+      <c r="D110" s="22" t="s">
         <v>103</v>
       </c>
-      <c r="E109" s="22" t="s">
+      <c r="E110" s="22" t="s">
         <v>104</v>
       </c>
-      <c r="F109" s="5" t="s">
+      <c r="F110" s="5" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="110" spans="1:6" ht="117.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A110" s="31" t="s">
+    <row r="111" spans="1:6" ht="117.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A111" s="31" t="s">
         <v>1900</v>
       </c>
-      <c r="B110" s="25" t="s">
+      <c r="B111" s="25" t="s">
         <v>106</v>
       </c>
-      <c r="C110" s="8" t="s">
+      <c r="C111" s="8" t="s">
         <v>1307</v>
       </c>
-      <c r="D110" s="25" t="s">
+      <c r="D111" s="25" t="s">
         <v>107</v>
       </c>
-      <c r="E110" s="25" t="s">
+      <c r="E111" s="25" t="s">
         <v>108</v>
       </c>
-      <c r="F110" s="9" t="s">
+      <c r="F111" s="9" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="111" spans="1:6" ht="114" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A111" s="30" t="s">
+    <row r="112" spans="1:6" ht="114" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A112" s="30" t="s">
         <v>1901</v>
       </c>
-      <c r="B111" s="22" t="s">
+      <c r="B112" s="22" t="s">
         <v>110</v>
       </c>
-      <c r="C111" s="4" t="s">
+      <c r="C112" s="4" t="s">
         <v>1308</v>
       </c>
-      <c r="D111" s="22" t="s">
+      <c r="D112" s="22" t="s">
         <v>111</v>
       </c>
-      <c r="E111" s="22" t="s">
+      <c r="E112" s="22" t="s">
         <v>112</v>
       </c>
-      <c r="F111" s="5" t="s">
+      <c r="F112" s="5" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="112" spans="1:6" ht="132" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A112" s="31" t="s">
+    <row r="113" spans="1:6" ht="132" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A113" s="31" t="s">
         <v>1902</v>
       </c>
-      <c r="B112" s="25" t="s">
+      <c r="B113" s="25" t="s">
         <v>114</v>
       </c>
-      <c r="C112" s="8" t="s">
+      <c r="C113" s="8" t="s">
         <v>1309</v>
       </c>
-      <c r="D112" s="25" t="s">
+      <c r="D113" s="25" t="s">
         <v>115</v>
       </c>
-      <c r="E112" s="25" t="s">
+      <c r="E113" s="25" t="s">
         <v>116</v>
       </c>
-      <c r="F112" s="9" t="s">
+      <c r="F113" s="9" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="113" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A113" s="30" t="s">
+    <row r="114" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A114" s="30" t="s">
         <v>1903</v>
       </c>
-      <c r="B113" s="22" t="s">
+      <c r="B114" s="22" t="s">
         <v>118</v>
       </c>
-      <c r="C113" s="4" t="s">
+      <c r="C114" s="4" t="s">
         <v>1310</v>
       </c>
-      <c r="D113" s="22" t="s">
+      <c r="D114" s="22" t="s">
         <v>119</v>
       </c>
-      <c r="E113" s="22" t="s">
+      <c r="E114" s="22" t="s">
         <v>120</v>
       </c>
-      <c r="F113" s="5" t="s">
+      <c r="F114" s="5" t="s">
         <v>121</v>
       </c>
     </row>
-    <row r="114" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A114" s="31" t="s">
+    <row r="115" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A115" s="31" t="s">
         <v>1903</v>
       </c>
-      <c r="B114" s="25" t="s">
+      <c r="B115" s="25" t="s">
         <v>122</v>
       </c>
-      <c r="C114" s="8" t="s">
+      <c r="C115" s="8" t="s">
         <v>1311</v>
       </c>
-      <c r="D114" s="25" t="s">
+      <c r="D115" s="25" t="s">
         <v>123</v>
       </c>
-      <c r="E114" s="25" t="s">
+      <c r="E115" s="25" t="s">
         <v>124</v>
       </c>
-      <c r="F114" s="9" t="s">
+      <c r="F115" s="9" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="115" spans="1:6" ht="108.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A115" s="30" t="s">
+    <row r="116" spans="1:6" ht="108.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A116" s="30" t="s">
         <v>1904</v>
       </c>
-      <c r="B115" s="22" t="s">
+      <c r="B116" s="22" t="s">
         <v>126</v>
       </c>
-      <c r="C115" s="4" t="s">
+      <c r="C116" s="4" t="s">
         <v>1312</v>
       </c>
-      <c r="D115" s="22" t="s">
+      <c r="D116" s="22" t="s">
         <v>127</v>
       </c>
-      <c r="E115" s="22" t="s">
+      <c r="E116" s="22" t="s">
         <v>128</v>
       </c>
-      <c r="F115" s="5" t="s">
+      <c r="F116" s="5" t="s">
         <v>129</v>
       </c>
     </row>
-    <row r="116" spans="1:6" ht="159.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A116" s="31" t="s">
+    <row r="117" spans="1:6" ht="159.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A117" s="31" t="s">
         <v>1905</v>
       </c>
-      <c r="B116" s="25" t="s">
+      <c r="B117" s="25" t="s">
         <v>130</v>
       </c>
-      <c r="C116" s="8" t="s">
+      <c r="C117" s="8" t="s">
         <v>131</v>
       </c>
-      <c r="D116" s="25" t="s">
+      <c r="D117" s="25" t="s">
         <v>132</v>
       </c>
-      <c r="E116" s="25" t="s">
+      <c r="E117" s="25" t="s">
         <v>133</v>
       </c>
-      <c r="F116" s="9" t="s">
+      <c r="F117" s="9" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="117" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A117" s="30" t="s">
+    <row r="118" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A118" s="30" t="s">
         <v>1906</v>
       </c>
-      <c r="B117" s="22" t="s">
+      <c r="B118" s="22" t="s">
         <v>135</v>
       </c>
-      <c r="C117" s="4" t="s">
+      <c r="C118" s="4" t="s">
         <v>1313</v>
       </c>
-      <c r="D117" s="22" t="s">
+      <c r="D118" s="22" t="s">
         <v>136</v>
       </c>
-      <c r="E117" s="22" t="s">
+      <c r="E118" s="22" t="s">
         <v>137</v>
       </c>
-      <c r="F117" s="5" t="s">
+      <c r="F118" s="5" t="s">
         <v>138</v>
       </c>
     </row>
-    <row r="118" spans="1:6" ht="157.19999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A118" s="31" t="s">
+    <row r="119" spans="1:6" ht="157.19999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A119" s="31" t="s">
         <v>1907</v>
       </c>
-      <c r="B118" s="25" t="s">
+      <c r="B119" s="25" t="s">
         <v>139</v>
       </c>
-      <c r="C118" s="8" t="s">
+      <c r="C119" s="8" t="s">
         <v>1314</v>
       </c>
-      <c r="D118" s="25" t="s">
+      <c r="D119" s="25" t="s">
         <v>140</v>
       </c>
-      <c r="E118" s="25" t="s">
+      <c r="E119" s="25" t="s">
         <v>1315</v>
       </c>
-      <c r="F118" s="9" t="s">
+      <c r="F119" s="9" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="119" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A119" s="30" t="s">
+    <row r="120" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A120" s="30" t="s">
         <v>1908</v>
       </c>
-      <c r="B119" s="22" t="s">
+      <c r="B120" s="22" t="s">
         <v>142</v>
       </c>
-      <c r="C119" s="4" t="s">
+      <c r="C120" s="4" t="s">
         <v>1316</v>
       </c>
-      <c r="D119" s="22" t="s">
+      <c r="D120" s="22" t="s">
         <v>143</v>
       </c>
-      <c r="E119" s="22" t="s">
+      <c r="E120" s="22" t="s">
         <v>1317</v>
       </c>
-      <c r="F119" s="5" t="s">
+      <c r="F120" s="5" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="120" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A120" s="31" t="s">
+    <row r="121" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A121" s="31" t="s">
         <v>1909</v>
       </c>
-      <c r="B120" s="25" t="s">
+      <c r="B121" s="25" t="s">
         <v>145</v>
       </c>
-      <c r="C120" s="8" t="s">
+      <c r="C121" s="8" t="s">
         <v>1318</v>
       </c>
-      <c r="D120" s="25" t="s">
+      <c r="D121" s="25" t="s">
         <v>146</v>
       </c>
-      <c r="E120" s="25" t="s">
+      <c r="E121" s="25" t="s">
         <v>1319</v>
       </c>
-      <c r="F120" s="9" t="s">
+      <c r="F121" s="9" t="s">
         <v>147</v>
       </c>
     </row>
-    <row r="121" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A121" s="30" t="s">
+    <row r="122" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A122" s="30" t="s">
         <v>1910</v>
       </c>
-      <c r="B121" s="22" t="s">
+      <c r="B122" s="22" t="s">
         <v>148</v>
       </c>
-      <c r="C121" s="4" t="s">
+      <c r="C122" s="4" t="s">
         <v>149</v>
       </c>
-      <c r="D121" s="22" t="s">
+      <c r="D122" s="22" t="s">
         <v>150</v>
       </c>
-      <c r="E121" s="22" t="s">
+      <c r="E122" s="22" t="s">
         <v>1320</v>
       </c>
-      <c r="F121" s="5" t="s">
+      <c r="F122" s="5" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="122" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A122" s="31" t="s">
+    <row r="123" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A123" s="31" t="s">
         <v>1911</v>
       </c>
-      <c r="B122" s="25" t="s">
+      <c r="B123" s="25" t="s">
         <v>152</v>
       </c>
-      <c r="C122" s="8" t="s">
+      <c r="C123" s="8" t="s">
         <v>153</v>
       </c>
-      <c r="D122" s="25" t="s">
+      <c r="D123" s="25" t="s">
         <v>154</v>
       </c>
-      <c r="E122" s="25" t="s">
+      <c r="E123" s="25" t="s">
         <v>155</v>
       </c>
-      <c r="F122" s="9" t="s">
+      <c r="F123" s="9" t="s">
         <v>156</v>
       </c>
     </row>
-    <row r="123" spans="1:6" ht="185.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A123" s="30" t="s">
+    <row r="124" spans="1:6" ht="185.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A124" s="30" t="s">
         <v>1911</v>
       </c>
-      <c r="B123" s="22" t="s">
+      <c r="B124" s="22" t="s">
         <v>157</v>
       </c>
-      <c r="C123" s="4" t="s">
+      <c r="C124" s="4" t="s">
         <v>1321</v>
       </c>
-      <c r="D123" s="22" t="s">
+      <c r="D124" s="22" t="s">
         <v>158</v>
       </c>
-      <c r="E123" s="22" t="s">
+      <c r="E124" s="22" t="s">
         <v>1322</v>
       </c>
-      <c r="F123" s="5" t="s">
+      <c r="F124" s="5" t="s">
         <v>159</v>
       </c>
     </row>
-    <row r="124" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A124" s="31" t="s">
+    <row r="125" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A125" s="31" t="s">
         <v>1912</v>
       </c>
-      <c r="B124" s="25" t="s">
+      <c r="B125" s="25" t="s">
         <v>160</v>
       </c>
-      <c r="C124" s="8" t="s">
+      <c r="C125" s="8" t="s">
         <v>161</v>
       </c>
-      <c r="D124" s="25" t="s">
+      <c r="D125" s="25" t="s">
         <v>162</v>
       </c>
-      <c r="E124" s="25" t="s">
+      <c r="E125" s="25" t="s">
         <v>163</v>
       </c>
-      <c r="F124" s="9" t="s">
+      <c r="F125" s="9" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="125" spans="1:6" ht="150" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A125" s="30" t="s">
+    <row r="126" spans="1:6" ht="150" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A126" s="30" t="s">
         <v>1913</v>
       </c>
-      <c r="B125" s="22" t="s">
+      <c r="B126" s="22" t="s">
         <v>165</v>
       </c>
-      <c r="C125" s="4" t="s">
+      <c r="C126" s="4" t="s">
         <v>166</v>
       </c>
-      <c r="D125" s="22" t="s">
+      <c r="D126" s="22" t="s">
         <v>167</v>
       </c>
-      <c r="E125" s="22" t="s">
+      <c r="E126" s="22" t="s">
         <v>168</v>
       </c>
-      <c r="F125" s="5" t="s">
+      <c r="F126" s="5" t="s">
         <v>169</v>
       </c>
     </row>
-    <row r="126" spans="1:6" ht="367.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A126" s="31" t="s">
+    <row r="127" spans="1:6" ht="367.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A127" s="31" t="s">
         <v>1914</v>
       </c>
-      <c r="B126" s="25" t="s">
+      <c r="B127" s="25" t="s">
         <v>170</v>
       </c>
-      <c r="C126" s="8" t="s">
+      <c r="C127" s="8" t="s">
         <v>171</v>
       </c>
-      <c r="D126" s="25" t="s">
+      <c r="D127" s="25" t="s">
         <v>1323</v>
       </c>
-      <c r="E126" s="25" t="s">
+      <c r="E127" s="25" t="s">
         <v>1324</v>
       </c>
-      <c r="F126" s="9" t="s">
+      <c r="F127" s="9" t="s">
         <v>172</v>
       </c>
     </row>
-    <row r="127" spans="1:6" ht="366.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A127" s="30" t="s">
+    <row r="128" spans="1:6" ht="366.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A128" s="30" t="s">
         <v>1914</v>
       </c>
-      <c r="B127" s="22" t="s">
+      <c r="B128" s="22" t="s">
         <v>173</v>
       </c>
-      <c r="C127" s="4" t="s">
+      <c r="C128" s="4" t="s">
         <v>174</v>
       </c>
-      <c r="D127" s="22" t="s">
+      <c r="D128" s="22" t="s">
         <v>1325</v>
       </c>
-      <c r="E127" s="22" t="s">
+      <c r="E128" s="22" t="s">
         <v>1326</v>
       </c>
-      <c r="F127" s="5" t="s">
+      <c r="F128" s="5" t="s">
         <v>175</v>
       </c>
     </row>
-    <row r="128" spans="1:6" ht="387" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A128" s="31" t="s">
+    <row r="129" spans="1:6" ht="387" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A129" s="31" t="s">
         <v>1915</v>
       </c>
-      <c r="B128" s="25" t="s">
+      <c r="B129" s="25" t="s">
         <v>176</v>
       </c>
-      <c r="C128" s="8" t="s">
+      <c r="C129" s="8" t="s">
         <v>1327</v>
       </c>
-      <c r="D128" s="25" t="s">
+      <c r="D129" s="25" t="s">
         <v>1328</v>
       </c>
-      <c r="E128" s="25" t="s">
+      <c r="E129" s="25" t="s">
         <v>177</v>
       </c>
-      <c r="F128" s="9" t="s">
+      <c r="F129" s="9" t="s">
         <v>178</v>
       </c>
     </row>
-    <row r="129" spans="1:6" ht="138.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A129" s="30" t="s">
+    <row r="130" spans="1:6" ht="138.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A130" s="30" t="s">
         <v>1915</v>
       </c>
-      <c r="B129" s="22" t="s">
+      <c r="B130" s="22" t="s">
         <v>179</v>
       </c>
-      <c r="C129" s="4" t="s">
+      <c r="C130" s="4" t="s">
         <v>180</v>
       </c>
-      <c r="D129" s="22" t="s">
+      <c r="D130" s="22" t="s">
         <v>1329</v>
       </c>
-      <c r="E129" s="22" t="s">
+      <c r="E130" s="22" t="s">
         <v>181</v>
       </c>
-      <c r="F129" s="5" t="s">
+      <c r="F130" s="5" t="s">
         <v>182</v>
       </c>
     </row>
-    <row r="130" spans="1:6" ht="409.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A130" s="31" t="s">
+    <row r="131" spans="1:6" ht="409.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A131" s="31" t="s">
         <v>1916</v>
       </c>
-      <c r="B130" s="25" t="s">
+      <c r="B131" s="25" t="s">
         <v>183</v>
       </c>
-      <c r="C130" s="8" t="s">
+      <c r="C131" s="8" t="s">
         <v>184</v>
       </c>
-      <c r="D130" s="25" t="s">
+      <c r="D131" s="25" t="s">
         <v>1330</v>
       </c>
-      <c r="E130" s="25" t="s">
+      <c r="E131" s="25" t="s">
         <v>1331</v>
       </c>
-      <c r="F130" s="9" t="s">
+      <c r="F131" s="9" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="131" spans="1:6" ht="365.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A131" s="30" t="s">
+    <row r="132" spans="1:6" ht="365.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A132" s="30" t="s">
         <v>1917</v>
       </c>
-      <c r="B131" s="22" t="s">
+      <c r="B132" s="22" t="s">
         <v>186</v>
       </c>
-      <c r="C131" s="4" t="s">
+      <c r="C132" s="4" t="s">
         <v>187</v>
       </c>
-      <c r="D131" s="22" t="s">
+      <c r="D132" s="22" t="s">
         <v>1332</v>
       </c>
-      <c r="E131" s="22" t="s">
+      <c r="E132" s="22" t="s">
         <v>1333</v>
       </c>
-      <c r="F131" s="5" t="s">
+      <c r="F132" s="5" t="s">
         <v>188</v>
       </c>
     </row>
-    <row r="132" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A132" s="31" t="s">
+    <row r="133" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A133" s="31" t="s">
         <v>1917</v>
       </c>
-      <c r="B132" s="25" t="s">
+      <c r="B133" s="25" t="s">
         <v>189</v>
       </c>
-      <c r="C132" s="8" t="s">
+      <c r="C133" s="8" t="s">
         <v>190</v>
       </c>
-      <c r="D132" s="25" t="s">
+      <c r="D133" s="25" t="s">
         <v>1334</v>
       </c>
-      <c r="E132" s="25" t="s">
+      <c r="E133" s="25" t="s">
         <v>1335</v>
       </c>
-      <c r="F132" s="9" t="s">
+      <c r="F133" s="9" t="s">
         <v>191</v>
       </c>
     </row>
-    <row r="133" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A133" s="30" t="s">
+    <row r="134" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A134" s="30" t="s">
         <v>1918</v>
       </c>
-      <c r="B133" s="22" t="s">
+      <c r="B134" s="22" t="s">
         <v>192</v>
       </c>
-      <c r="C133" s="4" t="s">
+      <c r="C134" s="4" t="s">
         <v>193</v>
       </c>
-      <c r="D133" s="22" t="s">
+      <c r="D134" s="22" t="s">
         <v>194</v>
       </c>
-      <c r="E133" s="22" t="s">
+      <c r="E134" s="22" t="s">
         <v>195</v>
       </c>
-      <c r="F133" s="5" t="s">
+      <c r="F134" s="5" t="s">
         <v>196</v>
       </c>
     </row>
-    <row r="134" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A134" s="31" t="s">
+    <row r="135" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A135" s="31" t="s">
         <v>1919</v>
       </c>
-      <c r="B134" s="25" t="s">
+      <c r="B135" s="25" t="s">
         <v>197</v>
       </c>
-      <c r="C134" s="8" t="s">
+      <c r="C135" s="8" t="s">
         <v>198</v>
       </c>
-      <c r="D134" s="25" t="s">
+      <c r="D135" s="25" t="s">
         <v>199</v>
       </c>
-      <c r="E134" s="25" t="s">
+      <c r="E135" s="25" t="s">
         <v>1336</v>
       </c>
-      <c r="F134" s="9" t="s">
+      <c r="F135" s="9" t="s">
         <v>200</v>
       </c>
     </row>
-    <row r="135" spans="1:6" ht="291" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A135" s="30" t="s">
+    <row r="136" spans="1:6" ht="291" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A136" s="30" t="s">
         <v>1920</v>
       </c>
-      <c r="B135" s="22" t="s">
+      <c r="B136" s="22" t="s">
         <v>201</v>
       </c>
-      <c r="C135" s="4" t="s">
+      <c r="C136" s="4" t="s">
         <v>202</v>
       </c>
-      <c r="D135" s="22" t="s">
+      <c r="D136" s="22" t="s">
         <v>2066</v>
       </c>
-      <c r="E135" s="22" t="s">
+      <c r="E136" s="22" t="s">
         <v>1337</v>
       </c>
-      <c r="F135" s="5" t="s">
+      <c r="F136" s="5" t="s">
         <v>203</v>
       </c>
     </row>
-    <row r="136" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A136" s="31" t="s">
+    <row r="137" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A137" s="31" t="s">
         <v>1921</v>
       </c>
-      <c r="B136" s="25" t="s">
+      <c r="B137" s="25" t="s">
         <v>204</v>
       </c>
-      <c r="C136" s="8" t="s">
+      <c r="C137" s="8" t="s">
         <v>205</v>
       </c>
-      <c r="D136" s="25" t="s">
+      <c r="D137" s="25" t="s">
         <v>206</v>
       </c>
-      <c r="E136" s="25" t="s">
+      <c r="E137" s="25" t="s">
         <v>207</v>
       </c>
-      <c r="F136" s="9" t="s">
+      <c r="F137" s="9" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="137" spans="1:6" ht="237" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A137" s="30" t="s">
+    <row r="138" spans="1:6" ht="237" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A138" s="30" t="s">
         <v>1955</v>
       </c>
-      <c r="B137" s="22" t="s">
+      <c r="B138" s="22" t="s">
         <v>209</v>
       </c>
-      <c r="C137" s="4" t="s">
+      <c r="C138" s="4" t="s">
         <v>210</v>
       </c>
-      <c r="D137" s="22" t="s">
+      <c r="D138" s="22" t="s">
         <v>211</v>
       </c>
-      <c r="E137" s="22" t="s">
+      <c r="E138" s="22" t="s">
         <v>1338</v>
       </c>
-      <c r="F137" s="5" t="s">
+      <c r="F138" s="5" t="s">
         <v>212</v>
       </c>
     </row>
-    <row r="138" spans="1:6" ht="290.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A138" s="31" t="s">
+    <row r="139" spans="1:6" ht="290.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A139" s="31" t="s">
         <v>1956</v>
       </c>
-      <c r="B138" s="25" t="s">
+      <c r="B139" s="25" t="s">
         <v>213</v>
       </c>
-      <c r="C138" s="8" t="s">
+      <c r="C139" s="8" t="s">
         <v>214</v>
       </c>
-      <c r="D138" s="25" t="s">
+      <c r="D139" s="25" t="s">
         <v>1339</v>
       </c>
-      <c r="E138" s="25" t="s">
+      <c r="E139" s="25" t="s">
         <v>1340</v>
       </c>
-      <c r="F138" s="9" t="s">
+      <c r="F139" s="9" t="s">
         <v>215</v>
       </c>
     </row>
-    <row r="139" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A139" s="30" t="s">
+    <row r="140" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A140" s="30" t="s">
         <v>1957</v>
       </c>
-      <c r="B139" s="22" t="s">
+      <c r="B140" s="22" t="s">
         <v>216</v>
       </c>
-      <c r="C139" s="4" t="s">
+      <c r="C140" s="4" t="s">
         <v>217</v>
       </c>
-      <c r="D139" s="22" t="s">
+      <c r="D140" s="22" t="s">
         <v>218</v>
       </c>
-      <c r="E139" s="22" t="s">
+      <c r="E140" s="22" t="s">
         <v>219</v>
       </c>
-      <c r="F139" s="5" t="s">
+      <c r="F140" s="5" t="s">
         <v>220</v>
       </c>
     </row>
-    <row r="140" spans="1:6" ht="137.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A140" s="31" t="s">
+    <row r="141" spans="1:6" ht="137.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A141" s="31" t="s">
         <v>1958</v>
       </c>
-      <c r="B140" s="25" t="s">
+      <c r="B141" s="25" t="s">
         <v>221</v>
       </c>
-      <c r="C140" s="8" t="s">
+      <c r="C141" s="8" t="s">
         <v>222</v>
       </c>
-      <c r="D140" s="25" t="s">
+      <c r="D141" s="25" t="s">
         <v>223</v>
       </c>
-      <c r="E140" s="25" t="s">
+      <c r="E141" s="25" t="s">
         <v>224</v>
       </c>
-      <c r="F140" s="9" t="s">
+      <c r="F141" s="9" t="s">
         <v>225</v>
       </c>
     </row>
-    <row r="141" spans="1:6" ht="100.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A141" s="30" t="s">
+    <row r="142" spans="1:6" ht="100.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A142" s="30" t="s">
         <v>1959</v>
       </c>
-      <c r="B141" s="22" t="s">
+      <c r="B142" s="22" t="s">
         <v>226</v>
       </c>
-      <c r="C141" s="4" t="s">
+      <c r="C142" s="4" t="s">
         <v>1341</v>
       </c>
-      <c r="D141" s="22" t="s">
+      <c r="D142" s="22" t="s">
         <v>227</v>
       </c>
-      <c r="E141" s="22"/>
-      <c r="F141" s="5" t="s">
+      <c r="E142" s="22"/>
+      <c r="F142" s="5" t="s">
         <v>228</v>
       </c>
     </row>
-    <row r="142" spans="1:6" ht="126" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A142" s="31" t="s">
+    <row r="143" spans="1:6" ht="126" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A143" s="31" t="s">
         <v>1959</v>
       </c>
-      <c r="B142" s="25" t="s">
+      <c r="B143" s="25" t="s">
         <v>229</v>
       </c>
-      <c r="C142" s="8" t="s">
+      <c r="C143" s="8" t="s">
         <v>1342</v>
       </c>
-      <c r="D142" s="25" t="s">
+      <c r="D143" s="25" t="s">
         <v>230</v>
       </c>
-      <c r="E142" s="25" t="s">
+      <c r="E143" s="25" t="s">
         <v>231</v>
       </c>
-      <c r="F142" s="9" t="s">
+      <c r="F143" s="9" t="s">
         <v>232</v>
       </c>
     </row>
-    <row r="143" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A143" s="30" t="s">
+    <row r="144" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A144" s="30" t="s">
         <v>1960</v>
       </c>
-      <c r="B143" s="22" t="s">
+      <c r="B144" s="22" t="s">
         <v>233</v>
       </c>
-      <c r="C143" s="4" t="s">
+      <c r="C144" s="4" t="s">
         <v>1343</v>
       </c>
-      <c r="D143" s="22" t="s">
+      <c r="D144" s="22" t="s">
         <v>1344</v>
       </c>
-      <c r="E143" s="22" t="s">
+      <c r="E144" s="22" t="s">
         <v>234</v>
       </c>
-      <c r="F143" s="5" t="s">
+      <c r="F144" s="5" t="s">
         <v>235</v>
       </c>
     </row>
-    <row r="144" spans="1:6" ht="192" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A144" s="31" t="s">
+    <row r="145" spans="1:6" ht="192" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A145" s="31" t="s">
         <v>1961</v>
       </c>
-      <c r="B144" s="25" t="s">
+      <c r="B145" s="25" t="s">
         <v>236</v>
       </c>
-      <c r="C144" s="8" t="s">
+      <c r="C145" s="8" t="s">
         <v>237</v>
       </c>
-      <c r="D144" s="25" t="s">
+      <c r="D145" s="25" t="s">
         <v>238</v>
       </c>
-      <c r="E144" s="25" t="s">
+      <c r="E145" s="25" t="s">
         <v>1345</v>
       </c>
-      <c r="F144" s="9" t="s">
+      <c r="F145" s="9" t="s">
         <v>239</v>
       </c>
     </row>
-    <row r="145" spans="1:6" ht="280.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A145" s="30" t="s">
+    <row r="146" spans="1:6" ht="280.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A146" s="30" t="s">
         <v>1962</v>
       </c>
-      <c r="B145" s="22" t="s">
+      <c r="B146" s="22" t="s">
         <v>240</v>
       </c>
-      <c r="C145" s="4" t="s">
+      <c r="C146" s="4" t="s">
         <v>241</v>
       </c>
-      <c r="D145" s="22" t="s">
+      <c r="D146" s="22" t="s">
         <v>242</v>
       </c>
-      <c r="E145" s="22" t="s">
+      <c r="E146" s="22" t="s">
         <v>1346</v>
       </c>
-      <c r="F145" s="5" t="s">
+      <c r="F146" s="5" t="s">
         <v>243</v>
       </c>
     </row>
-    <row r="146" spans="1:6" ht="207.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A146" s="31" t="s">
+    <row r="147" spans="1:6" ht="207.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A147" s="31" t="s">
         <v>1963</v>
       </c>
-      <c r="B146" s="25" t="s">
+      <c r="B147" s="25" t="s">
         <v>244</v>
       </c>
-      <c r="C146" s="8" t="s">
+      <c r="C147" s="8" t="s">
         <v>1347</v>
       </c>
-      <c r="D146" s="25" t="s">
+      <c r="D147" s="25" t="s">
         <v>245</v>
       </c>
-      <c r="E146" s="25" t="s">
+      <c r="E147" s="25" t="s">
         <v>1348</v>
       </c>
-      <c r="F146" s="9" t="s">
+      <c r="F147" s="9" t="s">
         <v>246</v>
       </c>
     </row>
-    <row r="147" spans="1:6" ht="97.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A147" s="30" t="s">
+    <row r="148" spans="1:6" ht="97.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A148" s="30" t="s">
         <v>1963</v>
       </c>
-      <c r="B147" s="22" t="s">
+      <c r="B148" s="22" t="s">
         <v>247</v>
       </c>
-      <c r="C147" s="4" t="s">
+      <c r="C148" s="4" t="s">
         <v>1349</v>
       </c>
-      <c r="D147" s="22" t="s">
+      <c r="D148" s="22" t="s">
         <v>248</v>
       </c>
-      <c r="E147" s="22" t="s">
+      <c r="E148" s="22" t="s">
         <v>1350</v>
       </c>
-      <c r="F147" s="5" t="s">
+      <c r="F148" s="5" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="148" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A148" s="31" t="s">
+    <row r="149" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A149" s="31" t="s">
         <v>1964</v>
       </c>
-      <c r="B148" s="25" t="s">
+      <c r="B149" s="25" t="s">
         <v>250</v>
       </c>
-      <c r="C148" s="8" t="s">
+      <c r="C149" s="8" t="s">
         <v>251</v>
       </c>
-      <c r="D148" s="25" t="s">
+      <c r="D149" s="25" t="s">
         <v>252</v>
       </c>
-      <c r="E148" s="25" t="s">
+      <c r="E149" s="25" t="s">
         <v>253</v>
       </c>
-      <c r="F148" s="9" t="s">
+      <c r="F149" s="9" t="s">
         <v>254</v>
       </c>
     </row>
-    <row r="149" spans="1:6" ht="132.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A149" s="30" t="s">
+    <row r="150" spans="1:6" ht="132.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A150" s="30" t="s">
         <v>1965</v>
       </c>
-      <c r="B149" s="22" t="s">
+      <c r="B150" s="22" t="s">
         <v>255</v>
       </c>
-      <c r="C149" s="4" t="s">
+      <c r="C150" s="4" t="s">
         <v>256</v>
       </c>
-      <c r="D149" s="22" t="s">
+      <c r="D150" s="22" t="s">
         <v>257</v>
       </c>
-      <c r="E149" s="22" t="s">
+      <c r="E150" s="22" t="s">
         <v>1351</v>
       </c>
-      <c r="F149" s="5" t="s">
+      <c r="F150" s="5" t="s">
         <v>258</v>
       </c>
     </row>
-    <row r="150" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A150" s="31" t="s">
+    <row r="151" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A151" s="31" t="s">
         <v>1966</v>
       </c>
-      <c r="B150" s="25" t="s">
+      <c r="B151" s="25" t="s">
         <v>259</v>
       </c>
-      <c r="C150" s="8" t="s">
+      <c r="C151" s="8" t="s">
         <v>1352</v>
       </c>
-      <c r="D150" s="25" t="s">
+      <c r="D151" s="25" t="s">
         <v>260</v>
       </c>
-      <c r="E150" s="25" t="s">
+      <c r="E151" s="25" t="s">
         <v>1353</v>
       </c>
-      <c r="F150" s="9" t="s">
+      <c r="F151" s="9" t="s">
         <v>261</v>
       </c>
     </row>
-    <row r="151" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A151" s="30" t="s">
+    <row r="152" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A152" s="30" t="s">
         <v>1967</v>
       </c>
-      <c r="B151" s="22" t="s">
+      <c r="B152" s="22" t="s">
         <v>262</v>
       </c>
-      <c r="C151" s="4" t="s">
+      <c r="C152" s="4" t="s">
         <v>1354</v>
       </c>
-      <c r="D151" s="22" t="s">
+      <c r="D152" s="22" t="s">
         <v>263</v>
       </c>
-      <c r="E151" s="22" t="s">
+      <c r="E152" s="22" t="s">
         <v>264</v>
       </c>
-      <c r="F151" s="5" t="s">
+      <c r="F152" s="5" t="s">
         <v>261</v>
       </c>
     </row>
-    <row r="152" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A152" s="31" t="s">
+    <row r="153" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A153" s="31" t="s">
         <v>1968</v>
       </c>
-      <c r="B152" s="25" t="s">
+      <c r="B153" s="25" t="s">
         <v>265</v>
       </c>
-      <c r="C152" s="8" t="s">
+      <c r="C153" s="8" t="s">
         <v>266</v>
       </c>
-      <c r="D152" s="25" t="s">
+      <c r="D153" s="25" t="s">
         <v>267</v>
       </c>
-      <c r="E152" s="25" t="s">
+      <c r="E153" s="25" t="s">
         <v>1355</v>
       </c>
-      <c r="F152" s="9" t="s">
+      <c r="F153" s="9" t="s">
         <v>261</v>
       </c>
     </row>
-    <row r="153" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A153" s="30" t="s">
+    <row r="154" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A154" s="30" t="s">
         <v>1969</v>
       </c>
-      <c r="B153" s="22" t="s">
+      <c r="B154" s="22" t="s">
         <v>268</v>
       </c>
-      <c r="C153" s="4" t="s">
+      <c r="C154" s="4" t="s">
         <v>269</v>
       </c>
-      <c r="D153" s="22" t="s">
+      <c r="D154" s="22" t="s">
         <v>270</v>
       </c>
-      <c r="E153" s="22" t="s">
+      <c r="E154" s="22" t="s">
         <v>271</v>
       </c>
-      <c r="F153" s="5" t="s">
+      <c r="F154" s="5" t="s">
         <v>272</v>
       </c>
     </row>
-    <row r="154" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A154" s="31" t="s">
+    <row r="155" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A155" s="31" t="s">
         <v>1970</v>
       </c>
-      <c r="B154" s="25" t="s">
+      <c r="B155" s="25" t="s">
         <v>273</v>
       </c>
-      <c r="C154" s="8" t="s">
+      <c r="C155" s="8" t="s">
         <v>274</v>
       </c>
-      <c r="D154" s="25" t="s">
+      <c r="D155" s="25" t="s">
         <v>275</v>
       </c>
-      <c r="E154" s="25" t="s">
+      <c r="E155" s="25" t="s">
         <v>20</v>
       </c>
-      <c r="F154" s="9" t="s">
+      <c r="F155" s="9" t="s">
         <v>276</v>
       </c>
     </row>
-    <row r="155" spans="1:6" ht="133.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A155" s="30" t="s">
+    <row r="156" spans="1:6" ht="133.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A156" s="30" t="s">
         <v>1971</v>
       </c>
-      <c r="B155" s="22" t="s">
+      <c r="B156" s="22" t="s">
         <v>277</v>
       </c>
-      <c r="C155" s="4" t="s">
+      <c r="C156" s="4" t="s">
         <v>278</v>
       </c>
-      <c r="D155" s="22" t="s">
+      <c r="D156" s="22" t="s">
         <v>279</v>
       </c>
-      <c r="E155" s="22" t="s">
+      <c r="E156" s="22" t="s">
         <v>1356</v>
       </c>
-      <c r="F155" s="5" t="s">
+      <c r="F156" s="5" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="156" spans="1:6" ht="130.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A156" s="31" t="s">
+    <row r="157" spans="1:6" ht="130.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A157" s="31" t="s">
         <v>1972</v>
       </c>
-      <c r="B156" s="25" t="s">
+      <c r="B157" s="25" t="s">
         <v>281</v>
       </c>
-      <c r="C156" s="8" t="s">
+      <c r="C157" s="8" t="s">
         <v>1357</v>
       </c>
-      <c r="D156" s="25" t="s">
+      <c r="D157" s="25" t="s">
         <v>282</v>
       </c>
-      <c r="E156" s="25" t="s">
+      <c r="E157" s="25" t="s">
         <v>283</v>
       </c>
-      <c r="F156" s="9" t="s">
+      <c r="F157" s="9" t="s">
         <v>284</v>
       </c>
     </row>
-    <row r="157" spans="1:6" ht="150.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A157" s="30" t="s">
+    <row r="158" spans="1:6" ht="150.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A158" s="30" t="s">
         <v>1973</v>
       </c>
-      <c r="B157" s="22" t="s">
+      <c r="B158" s="22" t="s">
         <v>285</v>
       </c>
-      <c r="C157" s="4" t="s">
+      <c r="C158" s="4" t="s">
         <v>1358</v>
       </c>
-      <c r="D157" s="22" t="s">
+      <c r="D158" s="22" t="s">
         <v>286</v>
       </c>
-      <c r="E157" s="22" t="s">
+      <c r="E158" s="22" t="s">
         <v>1359</v>
       </c>
-      <c r="F157" s="5" t="s">
+      <c r="F158" s="5" t="s">
         <v>287</v>
       </c>
     </row>
-    <row r="158" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A158" s="31" t="s">
+    <row r="159" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A159" s="31" t="s">
         <v>1973</v>
       </c>
-      <c r="B158" s="25" t="s">
+      <c r="B159" s="25" t="s">
         <v>288</v>
       </c>
-      <c r="C158" s="8" t="s">
+      <c r="C159" s="8" t="s">
         <v>1360</v>
       </c>
-      <c r="D158" s="25" t="s">
+      <c r="D159" s="25" t="s">
         <v>289</v>
       </c>
-      <c r="E158" s="25" t="s">
+      <c r="E159" s="25" t="s">
         <v>290</v>
       </c>
-      <c r="F158" s="9" t="s">
+      <c r="F159" s="9" t="s">
         <v>291</v>
       </c>
     </row>
-    <row r="159" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A159" s="30" t="s">
+    <row r="160" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A160" s="30" t="s">
         <v>1974</v>
       </c>
-      <c r="B159" s="22" t="s">
+      <c r="B160" s="22" t="s">
         <v>292</v>
       </c>
-      <c r="C159" s="4" t="s">
+      <c r="C160" s="4" t="s">
         <v>1361</v>
       </c>
-      <c r="D159" s="22" t="s">
+      <c r="D160" s="22" t="s">
         <v>293</v>
       </c>
-      <c r="E159" s="22" t="s">
+      <c r="E160" s="22" t="s">
         <v>1362</v>
       </c>
-      <c r="F159" s="5" t="s">
+      <c r="F160" s="5" t="s">
         <v>294</v>
       </c>
     </row>
-    <row r="160" spans="1:6" ht="199.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A160" s="31" t="s">
+    <row r="161" spans="1:6" ht="199.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A161" s="31" t="s">
         <v>1975</v>
       </c>
-      <c r="B160" s="25" t="s">
+      <c r="B161" s="25" t="s">
         <v>295</v>
       </c>
-      <c r="C160" s="8" t="s">
+      <c r="C161" s="8" t="s">
         <v>296</v>
       </c>
-      <c r="D160" s="25" t="s">
+      <c r="D161" s="25" t="s">
         <v>297</v>
       </c>
-      <c r="E160" s="25" t="s">
+      <c r="E161" s="25" t="s">
         <v>1363</v>
       </c>
-      <c r="F160" s="9" t="s">
+      <c r="F161" s="9" t="s">
         <v>298</v>
       </c>
     </row>
-    <row r="161" spans="1:6" ht="129" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A161" s="30" t="s">
+    <row r="162" spans="1:6" ht="129" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A162" s="30" t="s">
         <v>1975</v>
       </c>
-      <c r="B161" s="22" t="s">
+      <c r="B162" s="22" t="s">
         <v>299</v>
       </c>
-      <c r="C161" s="4" t="s">
+      <c r="C162" s="4" t="s">
         <v>1364</v>
       </c>
-      <c r="D161" s="22" t="s">
+      <c r="D162" s="22" t="s">
         <v>300</v>
       </c>
-      <c r="E161" s="22" t="s">
+      <c r="E162" s="22" t="s">
         <v>1365</v>
       </c>
-      <c r="F161" s="5" t="s">
+      <c r="F162" s="5" t="s">
         <v>301</v>
       </c>
     </row>
-    <row r="162" spans="1:6" ht="205.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A162" s="34" t="s">
+    <row r="163" spans="1:6" ht="205.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A163" s="34" t="s">
         <v>1976</v>
       </c>
-      <c r="B162" s="25" t="s">
+      <c r="B163" s="25" t="s">
         <v>302</v>
       </c>
-      <c r="C162" s="8" t="s">
+      <c r="C163" s="8" t="s">
         <v>303</v>
       </c>
-      <c r="D162" s="25" t="s">
+      <c r="D163" s="25" t="s">
         <v>304</v>
       </c>
-      <c r="E162" s="25" t="s">
+      <c r="E163" s="25" t="s">
         <v>1366</v>
       </c>
-      <c r="F162" s="15" t="s">
+      <c r="F163" s="15" t="s">
         <v>305</v>
       </c>
     </row>
-    <row r="163" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A163" s="35" t="s">
+    <row r="164" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A164" s="35" t="s">
         <v>1977</v>
       </c>
-      <c r="B163" s="22" t="s">
+      <c r="B164" s="22" t="s">
         <v>306</v>
       </c>
-      <c r="C163" s="4" t="s">
+      <c r="C164" s="4" t="s">
         <v>307</v>
       </c>
-      <c r="D163" s="22" t="s">
+      <c r="D164" s="22" t="s">
         <v>308</v>
       </c>
-      <c r="E163" s="22" t="s">
+      <c r="E164" s="22" t="s">
         <v>309</v>
       </c>
-      <c r="F163" s="16" t="s">
+      <c r="F164" s="16" t="s">
         <v>310</v>
       </c>
     </row>
-    <row r="164" spans="1:6" ht="291" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A164" s="31" t="s">
+    <row r="165" spans="1:6" ht="291" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A165" s="31" t="s">
         <v>1978</v>
       </c>
-      <c r="B164" s="25" t="s">
+      <c r="B165" s="25" t="s">
         <v>311</v>
       </c>
-      <c r="C164" s="8" t="s">
+      <c r="C165" s="8" t="s">
         <v>1367</v>
       </c>
-      <c r="D164" s="25" t="s">
+      <c r="D165" s="25" t="s">
         <v>312</v>
       </c>
-      <c r="E164" s="25" t="s">
+      <c r="E165" s="25" t="s">
         <v>1368</v>
       </c>
-      <c r="F164" s="9" t="s">
+      <c r="F165" s="9" t="s">
         <v>313</v>
       </c>
     </row>
-    <row r="165" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A165" s="30" t="s">
+    <row r="166" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A166" s="30" t="s">
         <v>1979</v>
       </c>
-      <c r="B165" s="22" t="s">
+      <c r="B166" s="22" t="s">
         <v>314</v>
       </c>
-      <c r="C165" s="4" t="s">
+      <c r="C166" s="4" t="s">
         <v>1369</v>
       </c>
-      <c r="D165" s="22" t="s">
+      <c r="D166" s="22" t="s">
         <v>315</v>
       </c>
-      <c r="E165" s="22" t="s">
+      <c r="E166" s="22" t="s">
         <v>316</v>
       </c>
-      <c r="F165" s="5" t="s">
+      <c r="F166" s="5" t="s">
         <v>317</v>
       </c>
     </row>
-    <row r="166" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A166" s="31" t="s">
+    <row r="167" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A167" s="31" t="s">
         <v>1980</v>
       </c>
-      <c r="B166" s="25" t="s">
+      <c r="B167" s="25" t="s">
         <v>318</v>
       </c>
-      <c r="C166" s="8" t="s">
+      <c r="C167" s="8" t="s">
         <v>319</v>
       </c>
-      <c r="D166" s="25" t="s">
+      <c r="D167" s="25" t="s">
         <v>320</v>
       </c>
-      <c r="E166" s="25" t="s">
+      <c r="E167" s="25" t="s">
         <v>1370</v>
       </c>
-      <c r="F166" s="9" t="s">
+      <c r="F167" s="9" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="167" spans="1:6" ht="123.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A167" s="30" t="s">
+    <row r="168" spans="1:6" ht="123.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A168" s="30" t="s">
         <v>1980</v>
       </c>
-      <c r="B167" s="22" t="s">
+      <c r="B168" s="22" t="s">
         <v>322</v>
       </c>
-      <c r="C167" s="4" t="s">
+      <c r="C168" s="4" t="s">
         <v>323</v>
       </c>
-      <c r="D167" s="22" t="s">
+      <c r="D168" s="22" t="s">
         <v>324</v>
       </c>
-      <c r="E167" s="22" t="s">
+      <c r="E168" s="22" t="s">
         <v>1371</v>
       </c>
-      <c r="F167" s="5" t="s">
+      <c r="F168" s="5" t="s">
         <v>325</v>
       </c>
     </row>
-    <row r="168" spans="1:6" ht="126" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A168" s="31" t="s">
+    <row r="169" spans="1:6" ht="126" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A169" s="31" t="s">
         <v>1981</v>
       </c>
-      <c r="B168" s="25" t="s">
+      <c r="B169" s="25" t="s">
         <v>326</v>
       </c>
-      <c r="C168" s="8" t="s">
+      <c r="C169" s="8" t="s">
         <v>327</v>
       </c>
-      <c r="D168" s="25" t="s">
+      <c r="D169" s="25" t="s">
         <v>328</v>
       </c>
-      <c r="E168" s="25" t="s">
+      <c r="E169" s="25" t="s">
         <v>329</v>
       </c>
-      <c r="F168" s="9" t="s">
+      <c r="F169" s="9" t="s">
         <v>330</v>
       </c>
     </row>
-    <row r="169" spans="1:6" ht="141" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...19 lines deleted...]
-    <row r="170" spans="1:6" ht="125.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="170" spans="1:6" ht="141" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A170" s="30" t="s">
         <v>2067</v>
       </c>
-      <c r="B170" s="25" t="s">
+      <c r="B170" s="22" t="s">
+        <v>331</v>
+      </c>
+      <c r="C170" s="4" t="s">
+        <v>332</v>
+      </c>
+      <c r="D170" s="22" t="s">
+        <v>333</v>
+      </c>
+      <c r="E170" s="22" t="s">
+        <v>1372</v>
+      </c>
+      <c r="F170" s="5" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="171" spans="1:6" ht="125.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A171" s="30" t="s">
+        <v>2067</v>
+      </c>
+      <c r="B171" s="25" t="s">
         <v>335</v>
       </c>
-      <c r="C170" s="8" t="s">
+      <c r="C171" s="8" t="s">
         <v>336</v>
       </c>
-      <c r="D170" s="25" t="s">
+      <c r="D171" s="25" t="s">
         <v>337</v>
       </c>
-      <c r="E170" s="25" t="s">
+      <c r="E171" s="25" t="s">
         <v>1373</v>
       </c>
-      <c r="F170" s="9" t="s">
+      <c r="F171" s="9" t="s">
         <v>338</v>
       </c>
     </row>
-    <row r="171" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A171" s="30" t="s">
+    <row r="172" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A172" s="30" t="s">
         <v>2068</v>
       </c>
-      <c r="B171" s="22" t="s">
+      <c r="B172" s="22" t="s">
         <v>339</v>
       </c>
-      <c r="C171" s="4" t="s">
+      <c r="C172" s="4" t="s">
         <v>340</v>
       </c>
-      <c r="D171" s="22" t="s">
+      <c r="D172" s="22" t="s">
         <v>341</v>
       </c>
-      <c r="E171" s="22" t="s">
+      <c r="E172" s="22" t="s">
         <v>341</v>
       </c>
-      <c r="F171" s="5" t="s">
+      <c r="F172" s="5" t="s">
         <v>342</v>
       </c>
     </row>
-    <row r="172" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A172" s="31" t="s">
+    <row r="173" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A173" s="31" t="s">
         <v>2069</v>
       </c>
-      <c r="B172" s="25" t="s">
+      <c r="B173" s="25" t="s">
         <v>343</v>
       </c>
-      <c r="C172" s="8" t="s">
+      <c r="C173" s="8" t="s">
         <v>344</v>
       </c>
-      <c r="D172" s="25" t="s">
+      <c r="D173" s="25" t="s">
         <v>345</v>
       </c>
-      <c r="E172" s="25" t="s">
+      <c r="E173" s="25" t="s">
         <v>346</v>
       </c>
-      <c r="F172" s="9" t="s">
+      <c r="F173" s="9" t="s">
         <v>347</v>
       </c>
     </row>
-    <row r="173" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A173" s="30" t="s">
+    <row r="174" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A174" s="30" t="s">
         <v>2070</v>
       </c>
-      <c r="B173" s="22" t="s">
+      <c r="B174" s="22" t="s">
         <v>348</v>
       </c>
-      <c r="C173" s="4" t="s">
+      <c r="C174" s="4" t="s">
         <v>349</v>
       </c>
-      <c r="D173" s="22" t="s">
+      <c r="D174" s="22" t="s">
         <v>350</v>
       </c>
-      <c r="E173" s="22" t="s">
+      <c r="E174" s="22" t="s">
         <v>1374</v>
       </c>
-      <c r="F173" s="5" t="s">
+      <c r="F174" s="5" t="s">
         <v>351</v>
       </c>
     </row>
-    <row r="174" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A174" s="31" t="s">
+    <row r="175" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A175" s="31" t="s">
         <v>2071</v>
       </c>
-      <c r="B174" s="25" t="s">
+      <c r="B175" s="25" t="s">
         <v>352</v>
       </c>
-      <c r="C174" s="8" t="s">
+      <c r="C175" s="8" t="s">
         <v>353</v>
       </c>
-      <c r="D174" s="25" t="s">
+      <c r="D175" s="25" t="s">
         <v>341</v>
       </c>
-      <c r="E174" s="25" t="s">
+      <c r="E175" s="25" t="s">
         <v>341</v>
       </c>
-      <c r="F174" s="9" t="s">
+      <c r="F175" s="9" t="s">
         <v>354</v>
       </c>
     </row>
-    <row r="175" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A175" s="30" t="s">
+    <row r="176" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A176" s="30" t="s">
         <v>2071</v>
       </c>
-      <c r="B175" s="22" t="s">
+      <c r="B176" s="22" t="s">
         <v>355</v>
       </c>
-      <c r="C175" s="4" t="s">
+      <c r="C176" s="4" t="s">
         <v>356</v>
       </c>
-      <c r="D175" s="22" t="s">
+      <c r="D176" s="22" t="s">
         <v>357</v>
       </c>
-      <c r="E175" s="22" t="s">
+      <c r="E176" s="22" t="s">
         <v>358</v>
       </c>
-      <c r="F175" s="5" t="s">
+      <c r="F176" s="5" t="s">
         <v>359</v>
       </c>
     </row>
-    <row r="176" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A176" s="31" t="s">
+    <row r="177" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A177" s="31" t="s">
         <v>2072</v>
       </c>
-      <c r="B176" s="25" t="s">
+      <c r="B177" s="25" t="s">
         <v>360</v>
       </c>
-      <c r="C176" s="8" t="s">
+      <c r="C177" s="8" t="s">
         <v>361</v>
       </c>
-      <c r="D176" s="25" t="s">
+      <c r="D177" s="25" t="s">
         <v>362</v>
       </c>
-      <c r="E176" s="25" t="s">
+      <c r="E177" s="25" t="s">
         <v>363</v>
       </c>
-      <c r="F176" s="9" t="s">
+      <c r="F177" s="9" t="s">
         <v>364</v>
       </c>
     </row>
-    <row r="177" spans="1:6" ht="221.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A177" s="30" t="s">
+    <row r="178" spans="1:6" ht="221.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A178" s="30" t="s">
         <v>2073</v>
       </c>
-      <c r="B177" s="22" t="s">
+      <c r="B178" s="22" t="s">
         <v>365</v>
       </c>
-      <c r="C177" s="4" t="s">
+      <c r="C178" s="4" t="s">
         <v>366</v>
       </c>
-      <c r="D177" s="22" t="s">
+      <c r="D178" s="22" t="s">
         <v>367</v>
       </c>
-      <c r="E177" s="22" t="s">
+      <c r="E178" s="22" t="s">
         <v>1375</v>
       </c>
-      <c r="F177" s="5" t="s">
+      <c r="F178" s="5" t="s">
         <v>368</v>
       </c>
     </row>
-    <row r="178" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A178" s="31" t="s">
+    <row r="179" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A179" s="31" t="s">
         <v>2074</v>
       </c>
-      <c r="B178" s="25" t="s">
+      <c r="B179" s="25" t="s">
         <v>369</v>
       </c>
-      <c r="C178" s="8" t="s">
+      <c r="C179" s="8" t="s">
         <v>370</v>
       </c>
-      <c r="D178" s="25" t="s">
+      <c r="D179" s="25" t="s">
         <v>341</v>
       </c>
-      <c r="E178" s="25" t="s">
+      <c r="E179" s="25" t="s">
         <v>341</v>
       </c>
-      <c r="F178" s="9" t="s">
+      <c r="F179" s="9" t="s">
         <v>371</v>
       </c>
     </row>
-    <row r="179" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A179" s="30" t="s">
+    <row r="180" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A180" s="30" t="s">
         <v>2075</v>
       </c>
-      <c r="B179" s="22" t="s">
+      <c r="B180" s="22" t="s">
         <v>372</v>
       </c>
-      <c r="C179" s="4" t="s">
+      <c r="C180" s="4" t="s">
         <v>373</v>
       </c>
-      <c r="D179" s="22" t="s">
+      <c r="D180" s="22" t="s">
         <v>341</v>
       </c>
-      <c r="E179" s="22" t="s">
+      <c r="E180" s="22" t="s">
         <v>341</v>
       </c>
-      <c r="F179" s="5" t="s">
+      <c r="F180" s="5" t="s">
         <v>374</v>
       </c>
     </row>
-    <row r="180" spans="1:6" ht="133.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A180" s="31" t="s">
+    <row r="181" spans="1:6" ht="133.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A181" s="31" t="s">
         <v>2076</v>
       </c>
-      <c r="B180" s="25" t="s">
+      <c r="B181" s="25" t="s">
         <v>375</v>
       </c>
-      <c r="C180" s="8" t="s">
+      <c r="C181" s="8" t="s">
         <v>376</v>
       </c>
-      <c r="D180" s="25" t="s">
+      <c r="D181" s="25" t="s">
         <v>377</v>
       </c>
-      <c r="E180" s="25" t="s">
+      <c r="E181" s="25" t="s">
         <v>378</v>
       </c>
-      <c r="F180" s="9" t="s">
+      <c r="F181" s="9" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="181" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A181" s="30" t="s">
+    <row r="182" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A182" s="30" t="s">
         <v>2077</v>
       </c>
-      <c r="B181" s="22" t="s">
+      <c r="B182" s="22" t="s">
         <v>380</v>
       </c>
-      <c r="C181" s="4" t="s">
+      <c r="C182" s="4" t="s">
         <v>381</v>
       </c>
-      <c r="D181" s="22" t="s">
+      <c r="D182" s="22" t="s">
         <v>341</v>
       </c>
-      <c r="E181" s="22" t="s">
+      <c r="E182" s="22" t="s">
         <v>341</v>
       </c>
-      <c r="F181" s="5" t="s">
+      <c r="F182" s="5" t="s">
         <v>382</v>
       </c>
     </row>
-    <row r="182" spans="1:6" ht="169.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A182" s="31" t="s">
+    <row r="183" spans="1:6" ht="169.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A183" s="31" t="s">
         <v>2078</v>
       </c>
-      <c r="B182" s="25" t="s">
+      <c r="B183" s="25" t="s">
         <v>383</v>
       </c>
-      <c r="C182" s="8" t="s">
+      <c r="C183" s="8" t="s">
         <v>384</v>
       </c>
-      <c r="D182" s="25" t="s">
+      <c r="D183" s="25" t="s">
         <v>385</v>
       </c>
-      <c r="E182" s="25" t="s">
+      <c r="E183" s="25" t="s">
         <v>1376</v>
       </c>
-      <c r="F182" s="9" t="s">
+      <c r="F183" s="9" t="s">
         <v>386</v>
       </c>
     </row>
-    <row r="183" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A183" s="30" t="s">
+    <row r="184" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A184" s="30" t="s">
         <v>2078</v>
       </c>
-      <c r="B183" s="22" t="s">
+      <c r="B184" s="22" t="s">
         <v>387</v>
       </c>
-      <c r="C183" s="4" t="s">
+      <c r="C184" s="4" t="s">
         <v>388</v>
       </c>
-      <c r="D183" s="22" t="s">
+      <c r="D184" s="22" t="s">
         <v>389</v>
       </c>
-      <c r="E183" s="22" t="s">
+      <c r="E184" s="22" t="s">
         <v>390</v>
       </c>
-      <c r="F183" s="5" t="s">
+      <c r="F184" s="5" t="s">
         <v>391</v>
       </c>
     </row>
-    <row r="184" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A184" s="31" t="s">
+    <row r="185" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A185" s="31" t="s">
         <v>2079</v>
       </c>
-      <c r="B184" s="25" t="s">
+      <c r="B185" s="25" t="s">
         <v>392</v>
       </c>
-      <c r="C184" s="8" t="s">
+      <c r="C185" s="8" t="s">
         <v>393</v>
       </c>
-      <c r="D184" s="25" t="s">
+      <c r="D185" s="25" t="s">
         <v>394</v>
       </c>
-      <c r="E184" s="25" t="s">
+      <c r="E185" s="25" t="s">
         <v>1377</v>
       </c>
-      <c r="F184" s="9" t="s">
+      <c r="F185" s="9" t="s">
         <v>395</v>
       </c>
     </row>
-    <row r="185" spans="1:6" ht="173.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A185" s="30" t="s">
+    <row r="186" spans="1:6" ht="173.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A186" s="30" t="s">
         <v>2079</v>
       </c>
-      <c r="B185" s="22" t="s">
+      <c r="B186" s="22" t="s">
         <v>396</v>
       </c>
-      <c r="C185" s="4" t="s">
+      <c r="C186" s="4" t="s">
         <v>397</v>
       </c>
-      <c r="D185" s="22" t="s">
+      <c r="D186" s="22" t="s">
         <v>398</v>
       </c>
-      <c r="E185" s="22" t="s">
+      <c r="E186" s="22" t="s">
         <v>399</v>
       </c>
-      <c r="F185" s="5" t="s">
+      <c r="F186" s="5" t="s">
         <v>400</v>
       </c>
     </row>
-    <row r="186" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A186" s="31" t="s">
+    <row r="187" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A187" s="31" t="s">
         <v>2080</v>
       </c>
-      <c r="B186" s="25" t="s">
+      <c r="B187" s="25" t="s">
         <v>401</v>
       </c>
-      <c r="C186" s="8" t="s">
+      <c r="C187" s="8" t="s">
         <v>402</v>
       </c>
-      <c r="D186" s="25" t="s">
+      <c r="D187" s="25" t="s">
         <v>403</v>
       </c>
-      <c r="E186" s="25" t="s">
+      <c r="E187" s="25" t="s">
         <v>20</v>
       </c>
-      <c r="F186" s="9" t="s">
+      <c r="F187" s="9" t="s">
         <v>404</v>
       </c>
     </row>
-    <row r="187" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A187" s="30" t="s">
+    <row r="188" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A188" s="30" t="s">
         <v>2081</v>
       </c>
-      <c r="B187" s="22" t="s">
+      <c r="B188" s="22" t="s">
         <v>405</v>
       </c>
-      <c r="C187" s="4" t="s">
+      <c r="C188" s="4" t="s">
         <v>406</v>
       </c>
-      <c r="D187" s="22" t="s">
+      <c r="D188" s="22" t="s">
         <v>407</v>
       </c>
-      <c r="E187" s="22" t="s">
+      <c r="E188" s="22" t="s">
         <v>407</v>
       </c>
-      <c r="F187" s="5" t="s">
+      <c r="F188" s="5" t="s">
         <v>408</v>
       </c>
     </row>
-    <row r="188" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A188" s="31" t="s">
+    <row r="189" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A189" s="31" t="s">
         <v>2082</v>
       </c>
-      <c r="B188" s="25" t="s">
+      <c r="B189" s="25" t="s">
         <v>409</v>
       </c>
-      <c r="C188" s="8" t="s">
+      <c r="C189" s="8" t="s">
         <v>410</v>
       </c>
-      <c r="D188" s="25" t="s">
+      <c r="D189" s="25" t="s">
         <v>411</v>
       </c>
-      <c r="E188" s="25" t="s">
+      <c r="E189" s="25" t="s">
         <v>412</v>
       </c>
-      <c r="F188" s="9" t="s">
+      <c r="F189" s="9" t="s">
         <v>413</v>
       </c>
     </row>
-    <row r="189" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A189" s="30" t="s">
+    <row r="190" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A190" s="30" t="s">
         <v>2083</v>
       </c>
-      <c r="B189" s="22" t="s">
+      <c r="B190" s="22" t="s">
         <v>414</v>
       </c>
-      <c r="C189" s="4" t="s">
+      <c r="C190" s="4" t="s">
         <v>415</v>
       </c>
-      <c r="D189" s="22" t="s">
+      <c r="D190" s="22" t="s">
         <v>416</v>
       </c>
-      <c r="E189" s="22" t="s">
+      <c r="E190" s="22" t="s">
         <v>20</v>
       </c>
-      <c r="F189" s="5" t="s">
+      <c r="F190" s="5" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="190" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A190" s="31" t="s">
+    <row r="191" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A191" s="31" t="s">
         <v>2084</v>
       </c>
-      <c r="B190" s="25" t="s">
+      <c r="B191" s="25" t="s">
         <v>418</v>
       </c>
-      <c r="C190" s="8" t="s">
+      <c r="C191" s="8" t="s">
         <v>419</v>
       </c>
-      <c r="D190" s="25" t="s">
+      <c r="D191" s="25" t="s">
         <v>407</v>
       </c>
-      <c r="E190" s="25" t="s">
+      <c r="E191" s="25" t="s">
         <v>407</v>
       </c>
-      <c r="F190" s="9" t="s">
+      <c r="F191" s="9" t="s">
         <v>420</v>
       </c>
     </row>
-    <row r="191" spans="1:6" ht="127.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A191" s="30" t="s">
+    <row r="192" spans="1:6" ht="127.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A192" s="30" t="s">
         <v>2085</v>
       </c>
-      <c r="B191" s="22" t="s">
+      <c r="B192" s="22" t="s">
         <v>421</v>
       </c>
-      <c r="C191" s="4" t="s">
+      <c r="C192" s="4" t="s">
         <v>422</v>
       </c>
-      <c r="D191" s="22" t="s">
+      <c r="D192" s="22" t="s">
         <v>423</v>
       </c>
-      <c r="E191" s="22" t="s">
+      <c r="E192" s="22" t="s">
         <v>424</v>
       </c>
-      <c r="F191" s="5" t="s">
+      <c r="F192" s="5" t="s">
         <v>425</v>
       </c>
     </row>
-    <row r="192" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A192" s="31" t="s">
+    <row r="193" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A193" s="31" t="s">
         <v>2086</v>
       </c>
-      <c r="B192" s="25" t="s">
+      <c r="B193" s="25" t="s">
         <v>426</v>
       </c>
-      <c r="C192" s="8" t="s">
+      <c r="C193" s="8" t="s">
         <v>427</v>
       </c>
-      <c r="D192" s="25" t="s">
+      <c r="D193" s="25" t="s">
         <v>428</v>
       </c>
-      <c r="E192" s="25" t="s">
+      <c r="E193" s="25" t="s">
         <v>429</v>
       </c>
-      <c r="F192" s="9" t="s">
+      <c r="F193" s="9" t="s">
         <v>430</v>
       </c>
     </row>
-    <row r="193" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A193" s="30" t="s">
+    <row r="194" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A194" s="30" t="s">
         <v>2087</v>
       </c>
-      <c r="B193" s="22" t="s">
+      <c r="B194" s="22" t="s">
         <v>431</v>
       </c>
-      <c r="C193" s="4" t="s">
+      <c r="C194" s="4" t="s">
         <v>432</v>
       </c>
-      <c r="D193" s="22" t="s">
+      <c r="D194" s="22" t="s">
         <v>433</v>
       </c>
-      <c r="E193" s="22" t="s">
+      <c r="E194" s="22" t="s">
         <v>1378</v>
       </c>
-      <c r="F193" s="5" t="s">
+      <c r="F194" s="5" t="s">
         <v>434</v>
       </c>
     </row>
-    <row r="194" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A194" s="31" t="s">
+    <row r="195" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A195" s="31" t="s">
         <v>2088</v>
       </c>
-      <c r="B194" s="25" t="s">
+      <c r="B195" s="25" t="s">
         <v>435</v>
       </c>
-      <c r="C194" s="8" t="s">
+      <c r="C195" s="8" t="s">
         <v>436</v>
       </c>
-      <c r="D194" s="25" t="s">
+      <c r="D195" s="25" t="s">
         <v>437</v>
       </c>
-      <c r="E194" s="25" t="s">
+      <c r="E195" s="25" t="s">
         <v>1379</v>
       </c>
-      <c r="F194" s="9" t="s">
+      <c r="F195" s="9" t="s">
         <v>438</v>
       </c>
     </row>
-    <row r="195" spans="1:6" ht="154.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A195" s="30" t="s">
+    <row r="196" spans="1:6" ht="154.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A196" s="30" t="s">
         <v>2089</v>
       </c>
-      <c r="B195" s="22" t="s">
+      <c r="B196" s="22" t="s">
         <v>439</v>
       </c>
-      <c r="C195" s="4" t="s">
+      <c r="C196" s="4" t="s">
         <v>440</v>
       </c>
-      <c r="D195" s="22" t="s">
+      <c r="D196" s="22" t="s">
         <v>441</v>
       </c>
-      <c r="E195" s="22" t="s">
+      <c r="E196" s="22" t="s">
         <v>442</v>
       </c>
-      <c r="F195" s="5" t="s">
+      <c r="F196" s="5" t="s">
         <v>443</v>
       </c>
     </row>
-    <row r="196" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A196" s="31" t="s">
+    <row r="197" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A197" s="31" t="s">
         <v>2089</v>
       </c>
-      <c r="B196" s="25" t="s">
+      <c r="B197" s="25" t="s">
         <v>444</v>
       </c>
-      <c r="C196" s="8" t="s">
+      <c r="C197" s="8" t="s">
         <v>445</v>
       </c>
-      <c r="D196" s="25" t="s">
+      <c r="D197" s="25" t="s">
         <v>446</v>
       </c>
-      <c r="E196" s="25" t="s">
+      <c r="E197" s="25" t="s">
         <v>1380</v>
       </c>
-      <c r="F196" s="9" t="s">
+      <c r="F197" s="9" t="s">
         <v>447</v>
       </c>
     </row>
-    <row r="197" spans="1:6" ht="172.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A197" s="30" t="s">
+    <row r="198" spans="1:6" ht="172.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A198" s="30" t="s">
         <v>2090</v>
       </c>
-      <c r="B197" s="22" t="s">
+      <c r="B198" s="22" t="s">
         <v>448</v>
       </c>
-      <c r="C197" s="4" t="s">
+      <c r="C198" s="4" t="s">
         <v>449</v>
       </c>
-      <c r="D197" s="22" t="s">
+      <c r="D198" s="22" t="s">
         <v>450</v>
       </c>
-      <c r="E197" s="22" t="s">
+      <c r="E198" s="22" t="s">
         <v>451</v>
       </c>
-      <c r="F197" s="5" t="s">
+      <c r="F198" s="5" t="s">
         <v>452</v>
       </c>
     </row>
-    <row r="198" spans="1:6" ht="175.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A198" s="31" t="s">
+    <row r="199" spans="1:6" ht="175.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A199" s="31" t="s">
         <v>2091</v>
       </c>
-      <c r="B198" s="25" t="s">
+      <c r="B199" s="25" t="s">
         <v>453</v>
       </c>
-      <c r="C198" s="8" t="s">
+      <c r="C199" s="8" t="s">
         <v>454</v>
       </c>
-      <c r="D198" s="25" t="s">
+      <c r="D199" s="25" t="s">
         <v>455</v>
       </c>
-      <c r="E198" s="25" t="s">
+      <c r="E199" s="25" t="s">
         <v>456</v>
       </c>
-      <c r="F198" s="9" t="s">
+      <c r="F199" s="9" t="s">
         <v>457</v>
       </c>
     </row>
-    <row r="199" spans="1:6" ht="171.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A199" s="30" t="s">
+    <row r="200" spans="1:6" ht="171.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A200" s="30" t="s">
         <v>2092</v>
       </c>
-      <c r="B199" s="22" t="s">
+      <c r="B200" s="22" t="s">
         <v>458</v>
       </c>
-      <c r="C199" s="4" t="s">
+      <c r="C200" s="4" t="s">
         <v>459</v>
       </c>
-      <c r="D199" s="22" t="s">
+      <c r="D200" s="22" t="s">
         <v>460</v>
       </c>
-      <c r="E199" s="22" t="s">
+      <c r="E200" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F199" s="5" t="s">
+      <c r="F200" s="5" t="s">
         <v>462</v>
       </c>
     </row>
-    <row r="200" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A200" s="31" t="s">
+    <row r="201" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A201" s="31" t="s">
         <v>2093</v>
       </c>
-      <c r="B200" s="25" t="s">
+      <c r="B201" s="25" t="s">
         <v>463</v>
       </c>
-      <c r="C200" s="8" t="s">
+      <c r="C201" s="8" t="s">
         <v>464</v>
       </c>
-      <c r="D200" s="25" t="s">
+      <c r="D201" s="25" t="s">
         <v>465</v>
       </c>
-      <c r="E200" s="25" t="s">
+      <c r="E201" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F200" s="9" t="s">
+      <c r="F201" s="9" t="s">
         <v>466</v>
       </c>
     </row>
-    <row r="201" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A201" s="30" t="s">
+    <row r="202" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A202" s="30" t="s">
         <v>2094</v>
       </c>
-      <c r="B201" s="22" t="s">
+      <c r="B202" s="22" t="s">
         <v>467</v>
       </c>
-      <c r="C201" s="4" t="s">
+      <c r="C202" s="4" t="s">
         <v>468</v>
       </c>
-      <c r="D201" s="22" t="s">
+      <c r="D202" s="22" t="s">
         <v>469</v>
       </c>
-      <c r="E201" s="22" t="s">
+      <c r="E202" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F201" s="5" t="s">
+      <c r="F202" s="5" t="s">
         <v>470</v>
       </c>
     </row>
-    <row r="202" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A202" s="31" t="s">
+    <row r="203" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A203" s="31" t="s">
         <v>2095</v>
       </c>
-      <c r="B202" s="25" t="s">
+      <c r="B203" s="25" t="s">
         <v>471</v>
       </c>
-      <c r="C202" s="8" t="s">
+      <c r="C203" s="8" t="s">
         <v>472</v>
       </c>
-      <c r="D202" s="25" t="s">
+      <c r="D203" s="25" t="s">
         <v>473</v>
       </c>
-      <c r="E202" s="25" t="s">
+      <c r="E203" s="25" t="s">
         <v>474</v>
       </c>
-      <c r="F202" s="9" t="s">
+      <c r="F203" s="9" t="s">
         <v>475</v>
       </c>
     </row>
-    <row r="203" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A203" s="30" t="s">
+    <row r="204" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A204" s="30" t="s">
         <v>2096</v>
       </c>
-      <c r="B203" s="22" t="s">
+      <c r="B204" s="22" t="s">
         <v>476</v>
       </c>
-      <c r="C203" s="4" t="s">
+      <c r="C204" s="4" t="s">
         <v>353</v>
       </c>
-      <c r="D203" s="22" t="s">
+      <c r="D204" s="22" t="s">
         <v>407</v>
       </c>
-      <c r="E203" s="22" t="s">
+      <c r="E204" s="22" t="s">
         <v>407</v>
       </c>
-      <c r="F203" s="5" t="s">
+      <c r="F204" s="5" t="s">
         <v>477</v>
       </c>
     </row>
-    <row r="204" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A204" s="31" t="s">
+    <row r="205" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A205" s="31" t="s">
         <v>2097</v>
       </c>
-      <c r="B204" s="25" t="s">
+      <c r="B205" s="25" t="s">
         <v>478</v>
       </c>
-      <c r="C204" s="8" t="s">
+      <c r="C205" s="8" t="s">
         <v>479</v>
       </c>
-      <c r="D204" s="25" t="s">
+      <c r="D205" s="25" t="s">
         <v>407</v>
       </c>
-      <c r="E204" s="25" t="s">
+      <c r="E205" s="25" t="s">
         <v>407</v>
       </c>
-      <c r="F204" s="9" t="s">
+      <c r="F205" s="9" t="s">
         <v>480</v>
       </c>
     </row>
-    <row r="205" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A205" s="30" t="s">
+    <row r="206" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A206" s="30" t="s">
         <v>2098</v>
       </c>
-      <c r="B205" s="22" t="s">
+      <c r="B206" s="22" t="s">
         <v>481</v>
       </c>
-      <c r="C205" s="4" t="s">
+      <c r="C206" s="4" t="s">
         <v>482</v>
       </c>
-      <c r="D205" s="22" t="s">
+      <c r="D206" s="22" t="s">
         <v>483</v>
       </c>
-      <c r="E205" s="22" t="s">
+      <c r="E206" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F205" s="5" t="s">
+      <c r="F206" s="5" t="s">
         <v>484</v>
       </c>
     </row>
-    <row r="206" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A206" s="31" t="s">
+    <row r="207" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A207" s="31" t="s">
         <v>2099</v>
       </c>
-      <c r="B206" s="25" t="s">
+      <c r="B207" s="25" t="s">
         <v>485</v>
       </c>
-      <c r="C206" s="8" t="s">
+      <c r="C207" s="8" t="s">
         <v>486</v>
       </c>
-      <c r="D206" s="25" t="s">
+      <c r="D207" s="25" t="s">
         <v>487</v>
       </c>
-      <c r="E206" s="25" t="s">
+      <c r="E207" s="25" t="s">
         <v>488</v>
       </c>
-      <c r="F206" s="9" t="s">
+      <c r="F207" s="9" t="s">
         <v>489</v>
       </c>
     </row>
-    <row r="207" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A207" s="30" t="s">
+    <row r="208" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A208" s="30" t="s">
         <v>2100</v>
       </c>
-      <c r="B207" s="22" t="s">
+      <c r="B208" s="22" t="s">
         <v>490</v>
       </c>
-      <c r="C207" s="4" t="s">
+      <c r="C208" s="4" t="s">
         <v>491</v>
       </c>
-      <c r="D207" s="22" t="s">
+      <c r="D208" s="22" t="s">
         <v>407</v>
       </c>
-      <c r="E207" s="22" t="s">
+      <c r="E208" s="22" t="s">
         <v>407</v>
       </c>
-      <c r="F207" s="5" t="s">
+      <c r="F208" s="5" t="s">
         <v>492</v>
       </c>
     </row>
-    <row r="208" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A208" s="31" t="s">
+    <row r="209" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A209" s="31" t="s">
         <v>2100</v>
       </c>
-      <c r="B208" s="25" t="s">
+      <c r="B209" s="25" t="s">
         <v>493</v>
       </c>
-      <c r="C208" s="8" t="s">
+      <c r="C209" s="8" t="s">
         <v>491</v>
       </c>
-      <c r="D208" s="25" t="s">
+      <c r="D209" s="25" t="s">
         <v>407</v>
       </c>
-      <c r="E208" s="25" t="s">
+      <c r="E209" s="25" t="s">
         <v>407</v>
       </c>
-      <c r="F208" s="9" t="s">
+      <c r="F209" s="9" t="s">
         <v>494</v>
       </c>
     </row>
-    <row r="209" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A209" s="30" t="s">
+    <row r="210" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A210" s="30" t="s">
         <v>2100</v>
       </c>
-      <c r="B209" s="22" t="s">
+      <c r="B210" s="22" t="s">
         <v>495</v>
       </c>
-      <c r="C209" s="4" t="s">
+      <c r="C210" s="4" t="s">
         <v>496</v>
       </c>
-      <c r="D209" s="22" t="s">
+      <c r="D210" s="22" t="s">
         <v>497</v>
       </c>
-      <c r="E209" s="22" t="s">
+      <c r="E210" s="22" t="s">
         <v>1381</v>
       </c>
-      <c r="F209" s="5" t="s">
+      <c r="F210" s="5" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="210" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A210" s="31" t="s">
+    <row r="211" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A211" s="31" t="s">
         <v>2101</v>
       </c>
-      <c r="B210" s="25" t="s">
+      <c r="B211" s="25" t="s">
         <v>499</v>
       </c>
-      <c r="C210" s="8" t="s">
+      <c r="C211" s="8" t="s">
         <v>500</v>
       </c>
-      <c r="D210" s="25" t="s">
+      <c r="D211" s="25" t="s">
         <v>501</v>
       </c>
-      <c r="E210" s="25" t="s">
+      <c r="E211" s="25" t="s">
         <v>502</v>
       </c>
-      <c r="F210" s="9" t="s">
+      <c r="F211" s="9" t="s">
         <v>503</v>
       </c>
     </row>
-    <row r="211" spans="1:6" ht="179.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A211" s="30" t="s">
+    <row r="212" spans="1:6" ht="179.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A212" s="30" t="s">
         <v>2102</v>
       </c>
-      <c r="B211" s="22" t="s">
+      <c r="B212" s="22" t="s">
         <v>504</v>
       </c>
-      <c r="C211" s="4" t="s">
+      <c r="C212" s="4" t="s">
         <v>505</v>
       </c>
-      <c r="D211" s="22" t="s">
+      <c r="D212" s="22" t="s">
         <v>506</v>
       </c>
-      <c r="E211" s="22" t="s">
+      <c r="E212" s="22" t="s">
         <v>1382</v>
       </c>
-      <c r="F211" s="5" t="s">
+      <c r="F212" s="5" t="s">
         <v>507</v>
       </c>
     </row>
-    <row r="212" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A212" s="31" t="s">
+    <row r="213" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A213" s="31" t="s">
         <v>2103</v>
       </c>
-      <c r="B212" s="25" t="s">
+      <c r="B213" s="25" t="s">
         <v>508</v>
       </c>
-      <c r="C212" s="8" t="s">
+      <c r="C213" s="8" t="s">
         <v>509</v>
       </c>
-      <c r="D212" s="25" t="s">
+      <c r="D213" s="25" t="s">
         <v>510</v>
       </c>
-      <c r="E212" s="25" t="s">
+      <c r="E213" s="25" t="s">
         <v>1383</v>
       </c>
-      <c r="F212" s="9" t="s">
+      <c r="F213" s="9" t="s">
         <v>511</v>
       </c>
     </row>
-    <row r="213" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A213" s="30" t="s">
+    <row r="214" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A214" s="30" t="s">
         <v>2104</v>
       </c>
-      <c r="B213" s="22" t="s">
+      <c r="B214" s="22" t="s">
         <v>512</v>
       </c>
-      <c r="C213" s="4" t="s">
+      <c r="C214" s="4" t="s">
         <v>513</v>
       </c>
-      <c r="D213" s="22" t="s">
+      <c r="D214" s="22" t="s">
         <v>514</v>
       </c>
-      <c r="E213" s="22" t="s">
+      <c r="E214" s="22" t="s">
         <v>515</v>
       </c>
-      <c r="F213" s="5" t="s">
+      <c r="F214" s="5" t="s">
         <v>516</v>
       </c>
     </row>
-    <row r="214" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A214" s="31" t="s">
+    <row r="215" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A215" s="31" t="s">
         <v>2104</v>
       </c>
-      <c r="B214" s="25" t="s">
+      <c r="B215" s="25" t="s">
         <v>517</v>
       </c>
-      <c r="C214" s="8" t="s">
+      <c r="C215" s="8" t="s">
         <v>518</v>
       </c>
-      <c r="D214" s="25" t="s">
+      <c r="D215" s="25" t="s">
         <v>519</v>
       </c>
-      <c r="E214" s="25" t="s">
+      <c r="E215" s="25" t="s">
         <v>520</v>
       </c>
-      <c r="F214" s="9" t="s">
+      <c r="F215" s="9" t="s">
         <v>521</v>
       </c>
     </row>
-    <row r="215" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A215" s="30" t="s">
+    <row r="216" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A216" s="30" t="s">
         <v>2105</v>
       </c>
-      <c r="B215" s="22" t="s">
+      <c r="B216" s="22" t="s">
         <v>522</v>
       </c>
-      <c r="C215" s="4" t="s">
+      <c r="C216" s="4" t="s">
         <v>523</v>
       </c>
-      <c r="D215" s="22" t="s">
+      <c r="D216" s="22" t="s">
         <v>524</v>
       </c>
-      <c r="E215" s="22" t="s">
+      <c r="E216" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F215" s="5" t="s">
+      <c r="F216" s="5" t="s">
         <v>525</v>
       </c>
     </row>
-    <row r="216" spans="1:6" ht="204" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A216" s="31" t="s">
+    <row r="217" spans="1:6" ht="204" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A217" s="31" t="s">
         <v>2106</v>
       </c>
-      <c r="B216" s="25" t="s">
+      <c r="B217" s="25" t="s">
         <v>526</v>
       </c>
-      <c r="C216" s="8" t="s">
+      <c r="C217" s="8" t="s">
         <v>527</v>
       </c>
-      <c r="D216" s="25" t="s">
+      <c r="D217" s="25" t="s">
         <v>528</v>
       </c>
-      <c r="E216" s="25" t="s">
+      <c r="E217" s="25" t="s">
         <v>529</v>
       </c>
-      <c r="F216" s="9" t="s">
+      <c r="F217" s="9" t="s">
         <v>530</v>
       </c>
     </row>
-    <row r="217" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A217" s="30" t="s">
+    <row r="218" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A218" s="30" t="s">
         <v>2107</v>
       </c>
-      <c r="B217" s="22" t="s">
+      <c r="B218" s="22" t="s">
         <v>531</v>
       </c>
-      <c r="C217" s="4" t="s">
+      <c r="C218" s="4" t="s">
         <v>532</v>
       </c>
-      <c r="D217" s="22" t="s">
+      <c r="D218" s="22" t="s">
         <v>533</v>
       </c>
-      <c r="E217" s="22" t="s">
+      <c r="E218" s="22" t="s">
         <v>534</v>
       </c>
-      <c r="F217" s="5" t="s">
+      <c r="F218" s="5" t="s">
         <v>535</v>
       </c>
     </row>
-    <row r="218" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A218" s="31" t="s">
+    <row r="219" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A219" s="31" t="s">
         <v>2108</v>
       </c>
-      <c r="B218" s="25" t="s">
+      <c r="B219" s="25" t="s">
         <v>536</v>
       </c>
-      <c r="C218" s="8" t="s">
+      <c r="C219" s="8" t="s">
         <v>537</v>
       </c>
-      <c r="D218" s="25" t="s">
+      <c r="D219" s="25" t="s">
         <v>538</v>
       </c>
-      <c r="E218" s="25" t="s">
+      <c r="E219" s="25" t="s">
         <v>539</v>
       </c>
-      <c r="F218" s="9" t="s">
+      <c r="F219" s="9" t="s">
         <v>540</v>
       </c>
     </row>
-    <row r="219" spans="1:6" ht="133.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A219" s="30" t="s">
+    <row r="220" spans="1:6" ht="133.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A220" s="30" t="s">
         <v>2109</v>
       </c>
-      <c r="B219" s="22" t="s">
+      <c r="B220" s="22" t="s">
         <v>541</v>
       </c>
-      <c r="C219" s="4" t="s">
+      <c r="C220" s="4" t="s">
         <v>542</v>
       </c>
-      <c r="D219" s="22" t="s">
+      <c r="D220" s="22" t="s">
         <v>543</v>
       </c>
-      <c r="E219" s="22" t="s">
+      <c r="E220" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F219" s="5" t="s">
+      <c r="F220" s="5" t="s">
         <v>544</v>
       </c>
     </row>
-    <row r="220" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A220" s="31" t="s">
+    <row r="221" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A221" s="31" t="s">
         <v>2110</v>
       </c>
-      <c r="B220" s="25" t="s">
+      <c r="B221" s="25" t="s">
         <v>545</v>
       </c>
-      <c r="C220" s="8" t="s">
+      <c r="C221" s="8" t="s">
         <v>546</v>
       </c>
-      <c r="D220" s="25" t="s">
+      <c r="D221" s="25" t="s">
         <v>547</v>
       </c>
-      <c r="E220" s="25" t="s">
+      <c r="E221" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F220" s="9" t="s">
+      <c r="F221" s="9" t="s">
         <v>548</v>
       </c>
     </row>
-    <row r="221" spans="1:6" ht="186" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A221" s="30" t="s">
+    <row r="222" spans="1:6" ht="186" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A222" s="30" t="s">
         <v>2111</v>
       </c>
-      <c r="B221" s="22" t="s">
+      <c r="B222" s="22" t="s">
         <v>549</v>
       </c>
-      <c r="C221" s="4" t="s">
+      <c r="C222" s="4" t="s">
         <v>1384</v>
       </c>
-      <c r="D221" s="22" t="s">
+      <c r="D222" s="22" t="s">
         <v>550</v>
       </c>
-      <c r="E221" s="22" t="s">
+      <c r="E222" s="22" t="s">
         <v>1385</v>
       </c>
-      <c r="F221" s="5" t="s">
+      <c r="F222" s="5" t="s">
         <v>551</v>
       </c>
     </row>
-    <row r="222" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A222" s="31" t="s">
+    <row r="223" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A223" s="31" t="s">
         <v>2104</v>
       </c>
-      <c r="B222" s="25" t="s">
+      <c r="B223" s="25" t="s">
         <v>552</v>
       </c>
-      <c r="C222" s="8" t="s">
+      <c r="C223" s="8" t="s">
         <v>1386</v>
       </c>
-      <c r="D222" s="25" t="s">
+      <c r="D223" s="25" t="s">
         <v>407</v>
       </c>
-      <c r="E222" s="25" t="s">
+      <c r="E223" s="25" t="s">
         <v>407</v>
       </c>
-      <c r="F222" s="9" t="s">
+      <c r="F223" s="9" t="s">
         <v>553</v>
       </c>
     </row>
-    <row r="223" spans="1:6" ht="108.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A223" s="30" t="s">
+    <row r="224" spans="1:6" ht="108.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A224" s="30" t="s">
         <v>2112</v>
       </c>
-      <c r="B223" s="22" t="s">
+      <c r="B224" s="22" t="s">
         <v>554</v>
       </c>
-      <c r="C223" s="4" t="s">
+      <c r="C224" s="4" t="s">
         <v>1387</v>
       </c>
-      <c r="D223" s="22" t="s">
+      <c r="D224" s="22" t="s">
         <v>555</v>
       </c>
-      <c r="E223" s="22" t="s">
+      <c r="E224" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F223" s="5" t="s">
+      <c r="F224" s="5" t="s">
         <v>556</v>
       </c>
     </row>
-    <row r="224" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A224" s="31" t="s">
+    <row r="225" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A225" s="31" t="s">
         <v>2113</v>
       </c>
-      <c r="B224" s="25" t="s">
+      <c r="B225" s="25" t="s">
         <v>557</v>
       </c>
-      <c r="C224" s="8" t="s">
+      <c r="C225" s="8" t="s">
         <v>1387</v>
       </c>
-      <c r="D224" s="25" t="s">
+      <c r="D225" s="25" t="s">
         <v>558</v>
       </c>
-      <c r="E224" s="25" t="s">
+      <c r="E225" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F224" s="9" t="s">
+      <c r="F225" s="9" t="s">
         <v>559</v>
       </c>
     </row>
-    <row r="225" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A225" s="30" t="s">
+    <row r="226" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A226" s="30" t="s">
         <v>2114</v>
       </c>
-      <c r="B225" s="22" t="s">
+      <c r="B226" s="22" t="s">
         <v>560</v>
       </c>
-      <c r="C225" s="4" t="s">
+      <c r="C226" s="4" t="s">
         <v>1388</v>
       </c>
-      <c r="D225" s="22" t="s">
+      <c r="D226" s="22" t="s">
         <v>561</v>
       </c>
-      <c r="E225" s="22" t="s">
+      <c r="E226" s="22" t="s">
         <v>407</v>
       </c>
-      <c r="F225" s="5" t="s">
+      <c r="F226" s="5" t="s">
         <v>562</v>
       </c>
     </row>
-    <row r="226" spans="1:6" ht="141" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A226" s="31" t="s">
+    <row r="227" spans="1:6" ht="141" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A227" s="31" t="s">
         <v>2115</v>
       </c>
-      <c r="B226" s="25" t="s">
+      <c r="B227" s="25" t="s">
         <v>563</v>
       </c>
-      <c r="C226" s="8" t="s">
+      <c r="C227" s="8" t="s">
         <v>1389</v>
       </c>
-      <c r="D226" s="25" t="s">
+      <c r="D227" s="25" t="s">
         <v>564</v>
       </c>
-      <c r="E226" s="25" t="s">
+      <c r="E227" s="25" t="s">
         <v>565</v>
       </c>
-      <c r="F226" s="9" t="s">
+      <c r="F227" s="9" t="s">
         <v>566</v>
       </c>
     </row>
-    <row r="227" spans="1:6" ht="149.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A227" s="30" t="s">
+    <row r="228" spans="1:6" ht="149.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A228" s="30" t="s">
         <v>2116</v>
       </c>
-      <c r="B227" s="22" t="s">
+      <c r="B228" s="22" t="s">
         <v>567</v>
       </c>
-      <c r="C227" s="4" t="s">
+      <c r="C228" s="4" t="s">
         <v>1390</v>
       </c>
-      <c r="D227" s="22" t="s">
+      <c r="D228" s="22" t="s">
         <v>568</v>
       </c>
-      <c r="E227" s="22" t="s">
+      <c r="E228" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F227" s="5" t="s">
+      <c r="F228" s="5" t="s">
         <v>569</v>
       </c>
     </row>
-    <row r="228" spans="1:6" ht="251.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A228" s="31" t="s">
+    <row r="229" spans="1:6" ht="251.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A229" s="31" t="s">
         <v>2117</v>
       </c>
-      <c r="B228" s="25" t="s">
+      <c r="B229" s="25" t="s">
         <v>570</v>
       </c>
-      <c r="C228" s="8" t="s">
+      <c r="C229" s="8" t="s">
         <v>523</v>
       </c>
-      <c r="D228" s="25" t="s">
+      <c r="D229" s="25" t="s">
         <v>571</v>
       </c>
-      <c r="E228" s="25" t="s">
+      <c r="E229" s="25" t="s">
         <v>1391</v>
       </c>
-      <c r="F228" s="9" t="s">
+      <c r="F229" s="9" t="s">
         <v>572</v>
       </c>
     </row>
-    <row r="229" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A229" s="30" t="s">
+    <row r="230" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A230" s="30" t="s">
         <v>2118</v>
       </c>
-      <c r="B229" s="22" t="s">
+      <c r="B230" s="22" t="s">
         <v>573</v>
       </c>
-      <c r="C229" s="4" t="s">
+      <c r="C230" s="4" t="s">
         <v>464</v>
       </c>
-      <c r="D229" s="22" t="s">
+      <c r="D230" s="22" t="s">
         <v>574</v>
       </c>
-      <c r="E229" s="22" t="s">
+      <c r="E230" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F229" s="5" t="s">
+      <c r="F230" s="5" t="s">
         <v>575</v>
       </c>
     </row>
-    <row r="230" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A230" s="31" t="s">
+    <row r="231" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A231" s="31" t="s">
         <v>2119</v>
       </c>
-      <c r="B230" s="25" t="s">
+      <c r="B231" s="25" t="s">
         <v>576</v>
       </c>
-      <c r="C230" s="8" t="s">
+      <c r="C231" s="8" t="s">
         <v>577</v>
       </c>
-      <c r="D230" s="25" t="s">
+      <c r="D231" s="25" t="s">
         <v>578</v>
       </c>
-      <c r="E230" s="25" t="s">
+      <c r="E231" s="25" t="s">
         <v>1392</v>
       </c>
-      <c r="F230" s="9" t="s">
+      <c r="F231" s="9" t="s">
         <v>579</v>
       </c>
     </row>
-    <row r="231" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A231" s="30" t="s">
+    <row r="232" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A232" s="30" t="s">
         <v>2120</v>
       </c>
-      <c r="B231" s="22" t="s">
+      <c r="B232" s="22" t="s">
         <v>580</v>
       </c>
-      <c r="C231" s="4" t="s">
+      <c r="C232" s="4" t="s">
         <v>464</v>
       </c>
-      <c r="D231" s="22" t="s">
+      <c r="D232" s="22" t="s">
         <v>581</v>
       </c>
-      <c r="E231" s="22" t="s">
+      <c r="E232" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F231" s="5" t="s">
+      <c r="F232" s="5" t="s">
         <v>582</v>
       </c>
     </row>
-    <row r="232" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A232" s="31" t="s">
+    <row r="233" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A233" s="31" t="s">
         <v>2120</v>
       </c>
-      <c r="B232" s="25" t="s">
+      <c r="B233" s="25" t="s">
         <v>583</v>
       </c>
-      <c r="C232" s="8" t="s">
+      <c r="C233" s="8" t="s">
         <v>584</v>
       </c>
-      <c r="D232" s="25" t="s">
+      <c r="D233" s="25" t="s">
         <v>585</v>
       </c>
-      <c r="E232" s="25" t="s">
+      <c r="E233" s="25" t="s">
         <v>585</v>
       </c>
-      <c r="F232" s="9" t="s">
+      <c r="F233" s="9" t="s">
         <v>586</v>
       </c>
     </row>
-    <row r="233" spans="1:6" ht="278.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A233" s="30" t="s">
+    <row r="234" spans="1:6" ht="278.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A234" s="30" t="s">
         <v>2121</v>
       </c>
-      <c r="B233" s="22" t="s">
+      <c r="B234" s="22" t="s">
         <v>587</v>
       </c>
-      <c r="C233" s="4" t="s">
+      <c r="C234" s="4" t="s">
         <v>1393</v>
       </c>
-      <c r="D233" s="22" t="s">
+      <c r="D234" s="22" t="s">
         <v>588</v>
       </c>
-      <c r="E233" s="22" t="s">
+      <c r="E234" s="22" t="s">
         <v>1394</v>
       </c>
-      <c r="F233" s="5" t="s">
+      <c r="F234" s="5" t="s">
         <v>589</v>
       </c>
     </row>
-    <row r="234" spans="1:6" ht="175.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A234" s="31" t="s">
+    <row r="235" spans="1:6" ht="175.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A235" s="31" t="s">
         <v>2122</v>
       </c>
-      <c r="B234" s="25" t="s">
+      <c r="B235" s="25" t="s">
         <v>590</v>
       </c>
-      <c r="C234" s="8" t="s">
+      <c r="C235" s="8" t="s">
         <v>1395</v>
       </c>
-      <c r="D234" s="25" t="s">
+      <c r="D235" s="25" t="s">
         <v>591</v>
       </c>
-      <c r="E234" s="25" t="s">
+      <c r="E235" s="25" t="s">
         <v>1396</v>
       </c>
-      <c r="F234" s="9" t="s">
+      <c r="F235" s="9" t="s">
         <v>592</v>
       </c>
     </row>
-    <row r="235" spans="1:6" ht="110.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A235" s="30" t="s">
+    <row r="236" spans="1:6" ht="110.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A236" s="30" t="s">
         <v>2123</v>
       </c>
-      <c r="B235" s="22" t="s">
+      <c r="B236" s="22" t="s">
         <v>593</v>
       </c>
-      <c r="C235" s="4" t="s">
+      <c r="C236" s="4" t="s">
         <v>1397</v>
       </c>
-      <c r="D235" s="22" t="s">
+      <c r="D236" s="22" t="s">
         <v>1398</v>
       </c>
-      <c r="E235" s="22" t="s">
+      <c r="E236" s="22" t="s">
         <v>1399</v>
       </c>
-      <c r="F235" s="5" t="s">
+      <c r="F236" s="5" t="s">
         <v>594</v>
       </c>
     </row>
-    <row r="236" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A236" s="31" t="s">
+    <row r="237" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A237" s="31" t="s">
         <v>2128</v>
       </c>
-      <c r="B236" s="25" t="s">
+      <c r="B237" s="25" t="s">
         <v>595</v>
       </c>
-      <c r="C236" s="8" t="s">
+      <c r="C237" s="8" t="s">
         <v>1400</v>
       </c>
-      <c r="D236" s="25" t="s">
+      <c r="D237" s="25" t="s">
         <v>1401</v>
       </c>
-      <c r="E236" s="25" t="s">
+      <c r="E237" s="25" t="s">
         <v>1402</v>
       </c>
-      <c r="F236" s="9" t="s">
+      <c r="F237" s="9" t="s">
         <v>596</v>
       </c>
     </row>
-    <row r="237" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A237" s="30" t="s">
+    <row r="238" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A238" s="30" t="s">
         <v>2129</v>
       </c>
-      <c r="B237" s="22" t="s">
+      <c r="B238" s="22" t="s">
         <v>597</v>
       </c>
-      <c r="C237" s="4" t="s">
+      <c r="C238" s="4" t="s">
         <v>1387</v>
       </c>
-      <c r="D237" s="22" t="s">
+      <c r="D238" s="22" t="s">
         <v>598</v>
       </c>
-      <c r="E237" s="22" t="s">
+      <c r="E238" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F237" s="5" t="s">
+      <c r="F238" s="5" t="s">
         <v>599</v>
       </c>
     </row>
-    <row r="238" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A238" s="31" t="s">
+    <row r="239" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A239" s="31" t="s">
         <v>2130</v>
       </c>
-      <c r="B238" s="25" t="s">
+      <c r="B239" s="25" t="s">
         <v>600</v>
       </c>
-      <c r="C238" s="8" t="s">
+      <c r="C239" s="8" t="s">
         <v>1387</v>
       </c>
-      <c r="D238" s="25" t="s">
+      <c r="D239" s="25" t="s">
         <v>601</v>
       </c>
-      <c r="E238" s="25" t="s">
+      <c r="E239" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F238" s="9" t="s">
+      <c r="F239" s="9" t="s">
         <v>602</v>
       </c>
     </row>
-    <row r="239" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A239" s="30" t="s">
+    <row r="240" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A240" s="30" t="s">
         <v>2130</v>
       </c>
-      <c r="B239" s="22" t="s">
+      <c r="B240" s="22" t="s">
         <v>603</v>
       </c>
-      <c r="C239" s="4" t="s">
+      <c r="C240" s="4" t="s">
         <v>1403</v>
       </c>
-      <c r="D239" s="22" t="s">
+      <c r="D240" s="22" t="s">
         <v>1404</v>
       </c>
-      <c r="E239" s="22" t="s">
+      <c r="E240" s="22" t="s">
         <v>604</v>
       </c>
-      <c r="F239" s="5" t="s">
+      <c r="F240" s="5" t="s">
         <v>605</v>
       </c>
     </row>
-    <row r="240" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A240" s="31" t="s">
+    <row r="241" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A241" s="31" t="s">
         <v>2131</v>
       </c>
-      <c r="B240" s="25" t="s">
+      <c r="B241" s="25" t="s">
         <v>606</v>
       </c>
-      <c r="C240" s="8" t="s">
+      <c r="C241" s="8" t="s">
         <v>1405</v>
       </c>
-      <c r="D240" s="25" t="s">
+      <c r="D241" s="25" t="s">
         <v>607</v>
       </c>
-      <c r="E240" s="25" t="s">
+      <c r="E241" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F240" s="9" t="s">
+      <c r="F241" s="9" t="s">
         <v>608</v>
       </c>
     </row>
-    <row r="241" spans="1:6" ht="210" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A241" s="30" t="s">
+    <row r="242" spans="1:6" ht="210" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A242" s="30" t="s">
         <v>2132</v>
       </c>
-      <c r="B241" s="22" t="s">
+      <c r="B242" s="22" t="s">
         <v>609</v>
       </c>
-      <c r="C241" s="4" t="s">
+      <c r="C242" s="4" t="s">
         <v>1406</v>
       </c>
-      <c r="D241" s="22" t="s">
+      <c r="D242" s="22" t="s">
         <v>610</v>
       </c>
-      <c r="E241" s="22" t="s">
+      <c r="E242" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F241" s="5" t="s">
+      <c r="F242" s="5" t="s">
         <v>611</v>
       </c>
     </row>
-    <row r="242" spans="1:6" ht="166.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A242" s="31" t="s">
+    <row r="243" spans="1:6" ht="166.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A243" s="31" t="s">
         <v>2133</v>
       </c>
-      <c r="B242" s="25" t="s">
+      <c r="B243" s="25" t="s">
         <v>612</v>
       </c>
-      <c r="C242" s="8" t="s">
+      <c r="C243" s="8" t="s">
         <v>1387</v>
       </c>
-      <c r="D242" s="25" t="s">
+      <c r="D243" s="25" t="s">
         <v>613</v>
       </c>
-      <c r="E242" s="25" t="s">
+      <c r="E243" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F242" s="9" t="s">
+      <c r="F243" s="9" t="s">
         <v>614</v>
       </c>
     </row>
-    <row r="243" spans="1:6" ht="113.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A243" s="30" t="s">
+    <row r="244" spans="1:6" ht="113.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A244" s="30" t="s">
         <v>2134</v>
       </c>
-      <c r="B243" s="22" t="s">
+      <c r="B244" s="22" t="s">
         <v>615</v>
       </c>
-      <c r="C243" s="4" t="s">
+      <c r="C244" s="4" t="s">
         <v>616</v>
       </c>
-      <c r="D243" s="22" t="s">
+      <c r="D244" s="22" t="s">
         <v>617</v>
       </c>
-      <c r="E243" s="22" t="s">
+      <c r="E244" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F243" s="5" t="s">
+      <c r="F244" s="5" t="s">
         <v>618</v>
       </c>
     </row>
-    <row r="244" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A244" s="31" t="s">
+    <row r="245" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A245" s="31" t="s">
         <v>2135</v>
       </c>
-      <c r="B244" s="25" t="s">
+      <c r="B245" s="25" t="s">
         <v>619</v>
       </c>
-      <c r="C244" s="8" t="s">
+      <c r="C245" s="8" t="s">
         <v>1407</v>
       </c>
-      <c r="D244" s="25" t="s">
+      <c r="D245" s="25" t="s">
         <v>1408</v>
       </c>
-      <c r="E244" s="25" t="s">
+      <c r="E245" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F244" s="9" t="s">
+      <c r="F245" s="9" t="s">
         <v>620</v>
       </c>
     </row>
-    <row r="245" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A245" s="30" t="s">
+    <row r="246" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A246" s="30" t="s">
         <v>2136</v>
       </c>
-      <c r="B245" s="22" t="s">
+      <c r="B246" s="22" t="s">
         <v>621</v>
       </c>
-      <c r="C245" s="4" t="s">
+      <c r="C246" s="4" t="s">
         <v>1409</v>
       </c>
-      <c r="D245" s="22" t="s">
+      <c r="D246" s="22" t="s">
         <v>622</v>
       </c>
-      <c r="E245" s="22" t="s">
+      <c r="E246" s="22" t="s">
         <v>623</v>
       </c>
-      <c r="F245" s="5" t="s">
+      <c r="F246" s="5" t="s">
         <v>624</v>
       </c>
     </row>
-    <row r="246" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A246" s="31" t="s">
+    <row r="247" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A247" s="31" t="s">
         <v>2137</v>
       </c>
-      <c r="B246" s="25" t="s">
+      <c r="B247" s="25" t="s">
         <v>625</v>
       </c>
-      <c r="C246" s="8" t="s">
+      <c r="C247" s="8" t="s">
         <v>1410</v>
       </c>
-      <c r="D246" s="25" t="s">
+      <c r="D247" s="25" t="s">
         <v>626</v>
       </c>
-      <c r="E246" s="25" t="s">
+      <c r="E247" s="25" t="s">
         <v>627</v>
       </c>
-      <c r="F246" s="9" t="s">
+      <c r="F247" s="9" t="s">
         <v>628</v>
       </c>
     </row>
-    <row r="247" spans="1:6" ht="97.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A247" s="30" t="s">
+    <row r="248" spans="1:6" ht="97.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A248" s="30" t="s">
         <v>2138</v>
       </c>
-      <c r="B247" s="22" t="s">
+      <c r="B248" s="22" t="s">
         <v>629</v>
       </c>
-      <c r="C247" s="4" t="s">
+      <c r="C248" s="4" t="s">
         <v>1387</v>
       </c>
-      <c r="D247" s="22" t="s">
+      <c r="D248" s="22" t="s">
         <v>630</v>
       </c>
-      <c r="E247" s="22" t="s">
+      <c r="E248" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F247" s="5" t="s">
+      <c r="F248" s="5" t="s">
         <v>631</v>
       </c>
     </row>
-    <row r="248" spans="1:6" ht="124.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A248" s="31" t="s">
+    <row r="249" spans="1:6" ht="124.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A249" s="31" t="s">
         <v>2139</v>
       </c>
-      <c r="B248" s="25" t="s">
+      <c r="B249" s="25" t="s">
         <v>632</v>
       </c>
-      <c r="C248" s="8" t="s">
+      <c r="C249" s="8" t="s">
         <v>1411</v>
       </c>
-      <c r="D248" s="25" t="s">
+      <c r="D249" s="25" t="s">
         <v>1412</v>
       </c>
-      <c r="E248" s="25" t="s">
+      <c r="E249" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F248" s="9" t="s">
+      <c r="F249" s="9" t="s">
         <v>633</v>
       </c>
     </row>
-    <row r="249" spans="1:6" ht="105" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A249" s="30" t="s">
+    <row r="250" spans="1:6" ht="105" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A250" s="30" t="s">
         <v>2139</v>
       </c>
-      <c r="B249" s="22" t="s">
+      <c r="B250" s="22" t="s">
         <v>634</v>
       </c>
-      <c r="C249" s="4" t="s">
+      <c r="C250" s="4" t="s">
         <v>1411</v>
       </c>
-      <c r="D249" s="22" t="s">
+      <c r="D250" s="22" t="s">
         <v>1413</v>
       </c>
-      <c r="E249" s="22" t="s">
+      <c r="E250" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F249" s="5" t="s">
+      <c r="F250" s="5" t="s">
         <v>635</v>
       </c>
     </row>
-    <row r="250" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A250" s="31" t="s">
+    <row r="251" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A251" s="31" t="s">
         <v>2140</v>
       </c>
-      <c r="B250" s="25" t="s">
+      <c r="B251" s="25" t="s">
         <v>636</v>
       </c>
-      <c r="C250" s="8" t="s">
+      <c r="C251" s="8" t="s">
         <v>1414</v>
       </c>
-      <c r="D250" s="25" t="s">
+      <c r="D251" s="25" t="s">
         <v>637</v>
       </c>
-      <c r="E250" s="25" t="s">
+      <c r="E251" s="25" t="s">
         <v>638</v>
       </c>
-      <c r="F250" s="9" t="s">
+      <c r="F251" s="9" t="s">
         <v>639</v>
       </c>
     </row>
-    <row r="251" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A251" s="30" t="s">
+    <row r="252" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A252" s="30" t="s">
         <v>2141</v>
       </c>
-      <c r="B251" s="22" t="s">
+      <c r="B252" s="22" t="s">
         <v>640</v>
       </c>
-      <c r="C251" s="4" t="s">
+      <c r="C252" s="4" t="s">
         <v>1415</v>
       </c>
-      <c r="D251" s="22" t="s">
+      <c r="D252" s="22" t="s">
         <v>641</v>
       </c>
-      <c r="E251" s="22" t="s">
+      <c r="E252" s="22" t="s">
         <v>1416</v>
       </c>
-      <c r="F251" s="5" t="s">
+      <c r="F252" s="5" t="s">
         <v>642</v>
       </c>
     </row>
-    <row r="252" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A252" s="31" t="s">
+    <row r="253" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A253" s="31" t="s">
         <v>2142</v>
       </c>
-      <c r="B252" s="25" t="s">
+      <c r="B253" s="25" t="s">
         <v>643</v>
       </c>
-      <c r="C252" s="8" t="s">
+      <c r="C253" s="8" t="s">
         <v>1417</v>
       </c>
-      <c r="D252" s="25" t="s">
+      <c r="D253" s="25" t="s">
         <v>1418</v>
       </c>
-      <c r="E252" s="25" t="s">
+      <c r="E253" s="25" t="s">
         <v>1419</v>
       </c>
-      <c r="F252" s="9" t="s">
+      <c r="F253" s="9" t="s">
         <v>644</v>
       </c>
     </row>
-    <row r="253" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A253" s="30" t="s">
+    <row r="254" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A254" s="30" t="s">
         <v>2199</v>
       </c>
-      <c r="B253" s="22" t="s">
+      <c r="B254" s="22" t="s">
         <v>645</v>
       </c>
-      <c r="C253" s="4" t="s">
+      <c r="C254" s="4" t="s">
         <v>1420</v>
       </c>
-      <c r="D253" s="22" t="s">
+      <c r="D254" s="22" t="s">
         <v>646</v>
       </c>
-      <c r="E253" s="22" t="s">
+      <c r="E254" s="22" t="s">
         <v>647</v>
       </c>
-      <c r="F253" s="5" t="s">
+      <c r="F254" s="5" t="s">
         <v>648</v>
       </c>
     </row>
-    <row r="254" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A254" s="31" t="s">
+    <row r="255" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A255" s="31" t="s">
         <v>2200</v>
       </c>
-      <c r="B254" s="25" t="s">
+      <c r="B255" s="25" t="s">
         <v>649</v>
       </c>
-      <c r="C254" s="8" t="s">
+      <c r="C255" s="8" t="s">
         <v>1421</v>
       </c>
-      <c r="D254" s="25" t="s">
+      <c r="D255" s="25" t="s">
         <v>650</v>
       </c>
-      <c r="E254" s="25" t="s">
+      <c r="E255" s="25" t="s">
         <v>651</v>
       </c>
-      <c r="F254" s="9" t="s">
+      <c r="F255" s="9" t="s">
         <v>652</v>
       </c>
     </row>
-    <row r="255" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A255" s="30" t="s">
+    <row r="256" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A256" s="30" t="s">
         <v>2201</v>
       </c>
-      <c r="B255" s="22" t="s">
+      <c r="B256" s="22" t="s">
         <v>653</v>
       </c>
-      <c r="C255" s="4" t="s">
+      <c r="C256" s="4" t="s">
         <v>1387</v>
       </c>
-      <c r="D255" s="22" t="s">
+      <c r="D256" s="22" t="s">
         <v>654</v>
       </c>
-      <c r="E255" s="22" t="s">
+      <c r="E256" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F255" s="5" t="s">
+      <c r="F256" s="5" t="s">
         <v>655</v>
       </c>
     </row>
-    <row r="256" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A256" s="31" t="s">
+    <row r="257" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A257" s="31" t="s">
         <v>2201</v>
       </c>
-      <c r="B256" s="25" t="s">
+      <c r="B257" s="25" t="s">
         <v>656</v>
       </c>
-      <c r="C256" s="8" t="s">
+      <c r="C257" s="8" t="s">
         <v>1422</v>
       </c>
-      <c r="D256" s="25" t="s">
+      <c r="D257" s="25" t="s">
         <v>1423</v>
       </c>
-      <c r="E256" s="25" t="s">
+      <c r="E257" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F256" s="9" t="s">
+      <c r="F257" s="9" t="s">
         <v>657</v>
       </c>
     </row>
-    <row r="257" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A257" s="30" t="s">
+    <row r="258" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A258" s="30" t="s">
         <v>2201</v>
       </c>
-      <c r="B257" s="22" t="s">
+      <c r="B258" s="22" t="s">
         <v>658</v>
       </c>
-      <c r="C257" s="4" t="s">
+      <c r="C258" s="4" t="s">
         <v>1424</v>
       </c>
-      <c r="D257" s="22" t="s">
+      <c r="D258" s="22" t="s">
         <v>1425</v>
       </c>
-      <c r="E257" s="22" t="s">
+      <c r="E258" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F257" s="5" t="s">
+      <c r="F258" s="5" t="s">
         <v>659</v>
       </c>
     </row>
-    <row r="258" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A258" s="31" t="s">
+    <row r="259" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A259" s="31" t="s">
         <v>2202</v>
       </c>
-      <c r="B258" s="25" t="s">
+      <c r="B259" s="25" t="s">
         <v>660</v>
       </c>
-      <c r="C258" s="8" t="s">
+      <c r="C259" s="8" t="s">
         <v>1426</v>
       </c>
-      <c r="D258" s="25" t="s">
+      <c r="D259" s="25" t="s">
         <v>1427</v>
       </c>
-      <c r="E258" s="25" t="s">
+      <c r="E259" s="25" t="s">
         <v>1428</v>
       </c>
-      <c r="F258" s="9" t="s">
+      <c r="F259" s="9" t="s">
         <v>661</v>
       </c>
     </row>
-    <row r="259" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A259" s="30" t="s">
+    <row r="260" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A260" s="30" t="s">
         <v>2202</v>
       </c>
-      <c r="B259" s="22" t="s">
+      <c r="B260" s="22" t="s">
         <v>662</v>
       </c>
-      <c r="C259" s="4" t="s">
+      <c r="C260" s="4" t="s">
         <v>1429</v>
       </c>
-      <c r="D259" s="22" t="s">
+      <c r="D260" s="22" t="s">
         <v>663</v>
       </c>
-      <c r="E259" s="22" t="s">
+      <c r="E260" s="22" t="s">
         <v>664</v>
       </c>
-      <c r="F259" s="5" t="s">
+      <c r="F260" s="5" t="s">
         <v>665</v>
       </c>
     </row>
-    <row r="260" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A260" s="31" t="s">
+    <row r="261" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A261" s="31" t="s">
         <v>2203</v>
       </c>
-      <c r="B260" s="25" t="s">
+      <c r="B261" s="25" t="s">
         <v>666</v>
       </c>
-      <c r="C260" s="8" t="s">
+      <c r="C261" s="8" t="s">
         <v>1430</v>
       </c>
-      <c r="D260" s="25" t="s">
+      <c r="D261" s="25" t="s">
         <v>1431</v>
       </c>
-      <c r="E260" s="25" t="s">
+      <c r="E261" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F260" s="9" t="s">
+      <c r="F261" s="9" t="s">
         <v>667</v>
       </c>
     </row>
-    <row r="261" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A261" s="30" t="s">
+    <row r="262" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A262" s="30" t="s">
         <v>2204</v>
       </c>
-      <c r="B261" s="22" t="s">
+      <c r="B262" s="22" t="s">
         <v>668</v>
       </c>
-      <c r="C261" s="4" t="s">
+      <c r="C262" s="4" t="s">
         <v>1432</v>
       </c>
-      <c r="D261" s="22" t="s">
+      <c r="D262" s="22" t="s">
         <v>669</v>
       </c>
-      <c r="E261" s="22" t="s">
+      <c r="E262" s="22" t="s">
         <v>1433</v>
       </c>
-      <c r="F261" s="5" t="s">
+      <c r="F262" s="5" t="s">
         <v>670</v>
       </c>
     </row>
-    <row r="262" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A262" s="31" t="s">
+    <row r="263" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A263" s="31" t="s">
         <v>2205</v>
       </c>
-      <c r="B262" s="25" t="s">
+      <c r="B263" s="25" t="s">
         <v>671</v>
       </c>
-      <c r="C262" s="8" t="s">
+      <c r="C263" s="8" t="s">
         <v>1429</v>
       </c>
-      <c r="D262" s="25" t="s">
+      <c r="D263" s="25" t="s">
         <v>1434</v>
       </c>
-      <c r="E262" s="25" t="s">
+      <c r="E263" s="25" t="s">
         <v>672</v>
       </c>
-      <c r="F262" s="9" t="s">
+      <c r="F263" s="9" t="s">
         <v>673</v>
       </c>
     </row>
-    <row r="263" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A263" s="30" t="s">
+    <row r="264" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A264" s="30" t="s">
         <v>2206</v>
       </c>
-      <c r="B263" s="22" t="s">
+      <c r="B264" s="22" t="s">
         <v>674</v>
       </c>
-      <c r="C263" s="4" t="s">
+      <c r="C264" s="4" t="s">
         <v>1407</v>
       </c>
-      <c r="D263" s="22" t="s">
+      <c r="D264" s="22" t="s">
         <v>1435</v>
       </c>
-      <c r="E263" s="22" t="s">
+      <c r="E264" s="22" t="s">
         <v>1436</v>
       </c>
-      <c r="F263" s="5" t="s">
+      <c r="F264" s="5" t="s">
         <v>675</v>
       </c>
     </row>
-    <row r="264" spans="1:6" ht="277.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A264" s="31" t="s">
+    <row r="265" spans="1:6" ht="277.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A265" s="31" t="s">
         <v>2207</v>
       </c>
-      <c r="B264" s="25" t="s">
+      <c r="B265" s="25" t="s">
         <v>676</v>
       </c>
-      <c r="C264" s="8" t="s">
+      <c r="C265" s="8" t="s">
         <v>1437</v>
       </c>
-      <c r="D264" s="25" t="s">
+      <c r="D265" s="25" t="s">
         <v>1438</v>
       </c>
-      <c r="E264" s="25" t="s">
+      <c r="E265" s="25" t="s">
         <v>1439</v>
       </c>
-      <c r="F264" s="9" t="s">
+      <c r="F265" s="9" t="s">
         <v>677</v>
       </c>
     </row>
-    <row r="265" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A265" s="30" t="s">
+    <row r="266" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A266" s="30" t="s">
         <v>2208</v>
       </c>
-      <c r="B265" s="22" t="s">
+      <c r="B266" s="22" t="s">
         <v>678</v>
       </c>
-      <c r="C265" s="4" t="s">
+      <c r="C266" s="4" t="s">
         <v>1440</v>
       </c>
-      <c r="D265" s="22" t="s">
+      <c r="D266" s="22" t="s">
         <v>1441</v>
       </c>
-      <c r="E265" s="22" t="s">
+      <c r="E266" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F265" s="5" t="s">
+      <c r="F266" s="5" t="s">
         <v>679</v>
       </c>
     </row>
-    <row r="266" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A266" s="31" t="s">
+    <row r="267" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A267" s="31" t="s">
         <v>2209</v>
       </c>
-      <c r="B266" s="25" t="s">
+      <c r="B267" s="25" t="s">
         <v>680</v>
       </c>
-      <c r="C266" s="8" t="s">
+      <c r="C267" s="8" t="s">
         <v>1442</v>
       </c>
-      <c r="D266" s="25" t="s">
+      <c r="D267" s="25" t="s">
         <v>681</v>
       </c>
-      <c r="E266" s="25" t="s">
+      <c r="E267" s="25" t="s">
         <v>1443</v>
       </c>
-      <c r="F266" s="9" t="s">
+      <c r="F267" s="9" t="s">
         <v>682</v>
       </c>
     </row>
-    <row r="267" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A267" s="30" t="s">
+    <row r="268" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A268" s="30" t="s">
         <v>2210</v>
       </c>
-      <c r="B267" s="22" t="s">
+      <c r="B268" s="22" t="s">
         <v>683</v>
       </c>
-      <c r="C267" s="4" t="s">
+      <c r="C268" s="4" t="s">
         <v>1444</v>
       </c>
-      <c r="D267" s="22" t="s">
+      <c r="D268" s="22" t="s">
         <v>1445</v>
       </c>
-      <c r="E267" s="22" t="s">
+      <c r="E268" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F267" s="5" t="s">
+      <c r="F268" s="5" t="s">
         <v>684</v>
       </c>
     </row>
-    <row r="268" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A268" s="31" t="s">
+    <row r="269" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A269" s="31" t="s">
         <v>2211</v>
       </c>
-      <c r="B268" s="25" t="s">
+      <c r="B269" s="25" t="s">
         <v>685</v>
       </c>
-      <c r="C268" s="8" t="s">
+      <c r="C269" s="8" t="s">
         <v>1446</v>
       </c>
-      <c r="D268" s="25" t="s">
+      <c r="D269" s="25" t="s">
         <v>1447</v>
       </c>
-      <c r="E268" s="25" t="s">
+      <c r="E269" s="25" t="s">
         <v>1448</v>
       </c>
-      <c r="F268" s="9" t="s">
+      <c r="F269" s="9" t="s">
         <v>686</v>
       </c>
     </row>
-    <row r="269" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A269" s="30" t="s">
+    <row r="270" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A270" s="30" t="s">
         <v>2211</v>
       </c>
-      <c r="B269" s="22" t="s">
+      <c r="B270" s="22" t="s">
         <v>687</v>
       </c>
-      <c r="C269" s="4" t="s">
+      <c r="C270" s="4" t="s">
         <v>1417</v>
       </c>
-      <c r="D269" s="22" t="s">
+      <c r="D270" s="22" t="s">
         <v>1449</v>
       </c>
-      <c r="E269" s="22" t="s">
+      <c r="E270" s="22" t="s">
         <v>604</v>
       </c>
-      <c r="F269" s="5" t="s">
+      <c r="F270" s="5" t="s">
         <v>688</v>
       </c>
     </row>
-    <row r="270" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A270" s="31" t="s">
+    <row r="271" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A271" s="31" t="s">
         <v>2212</v>
       </c>
-      <c r="B270" s="25" t="s">
+      <c r="B271" s="25" t="s">
         <v>689</v>
       </c>
-      <c r="C270" s="8" t="s">
+      <c r="C271" s="8" t="s">
         <v>1429</v>
       </c>
-      <c r="D270" s="25" t="s">
+      <c r="D271" s="25" t="s">
         <v>1450</v>
       </c>
-      <c r="E270" s="25" t="s">
+      <c r="E271" s="25" t="s">
         <v>604</v>
       </c>
-      <c r="F270" s="9" t="s">
+      <c r="F271" s="9" t="s">
         <v>690</v>
       </c>
     </row>
-    <row r="271" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A271" s="30" t="s">
+    <row r="272" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A272" s="30" t="s">
         <v>2213</v>
       </c>
-      <c r="B271" s="22" t="s">
+      <c r="B272" s="22" t="s">
         <v>691</v>
       </c>
-      <c r="C271" s="4" t="s">
+      <c r="C272" s="4" t="s">
         <v>1417</v>
       </c>
-      <c r="D271" s="22" t="s">
+      <c r="D272" s="22" t="s">
         <v>1451</v>
       </c>
-      <c r="E271" s="22" t="s">
+      <c r="E272" s="22" t="s">
         <v>1452</v>
       </c>
-      <c r="F271" s="5" t="s">
+      <c r="F272" s="5" t="s">
         <v>692</v>
       </c>
     </row>
-    <row r="272" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A272" s="31" t="s">
+    <row r="273" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A273" s="31" t="s">
         <v>2214</v>
       </c>
-      <c r="B272" s="25" t="s">
+      <c r="B273" s="25" t="s">
         <v>693</v>
       </c>
-      <c r="C272" s="8" t="s">
+      <c r="C273" s="8" t="s">
         <v>1453</v>
       </c>
-      <c r="D272" s="25" t="s">
+      <c r="D273" s="25" t="s">
         <v>694</v>
       </c>
-      <c r="E272" s="25" t="s">
+      <c r="E273" s="25" t="s">
         <v>1454</v>
       </c>
-      <c r="F272" s="9" t="s">
+      <c r="F273" s="9" t="s">
         <v>695</v>
       </c>
     </row>
-    <row r="273" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A273" s="30" t="s">
+    <row r="274" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A274" s="30" t="s">
         <v>2215</v>
       </c>
-      <c r="B273" s="22" t="s">
+      <c r="B274" s="22" t="s">
         <v>696</v>
       </c>
-      <c r="C273" s="4" t="s">
+      <c r="C274" s="4" t="s">
         <v>1455</v>
       </c>
-      <c r="D273" s="22" t="s">
+      <c r="D274" s="22" t="s">
         <v>697</v>
       </c>
-      <c r="E273" s="22" t="s">
+      <c r="E274" s="22" t="s">
         <v>1456</v>
       </c>
-      <c r="F273" s="5" t="s">
+      <c r="F274" s="5" t="s">
         <v>698</v>
       </c>
     </row>
-    <row r="274" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A274" s="31" t="s">
+    <row r="275" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A275" s="31" t="s">
         <v>2216</v>
       </c>
-      <c r="B274" s="25" t="s">
+      <c r="B275" s="25" t="s">
         <v>699</v>
       </c>
-      <c r="C274" s="8" t="s">
+      <c r="C275" s="8" t="s">
         <v>1457</v>
       </c>
-      <c r="D274" s="25" t="s">
+      <c r="D275" s="25" t="s">
         <v>1458</v>
       </c>
-      <c r="E274" s="25" t="s">
+      <c r="E275" s="25" t="s">
         <v>604</v>
       </c>
-      <c r="F274" s="9" t="s">
+      <c r="F275" s="9" t="s">
         <v>700</v>
       </c>
     </row>
-    <row r="275" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A275" s="30" t="s">
+    <row r="276" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A276" s="30" t="s">
         <v>2217</v>
       </c>
-      <c r="B275" s="22" t="s">
+      <c r="B276" s="22" t="s">
         <v>701</v>
       </c>
-      <c r="C275" s="4" t="s">
+      <c r="C276" s="4" t="s">
         <v>1459</v>
       </c>
-      <c r="D275" s="22" t="s">
+      <c r="D276" s="22" t="s">
         <v>702</v>
       </c>
-      <c r="E275" s="22" t="s">
+      <c r="E276" s="22" t="s">
         <v>703</v>
       </c>
-      <c r="F275" s="5" t="s">
+      <c r="F276" s="5" t="s">
         <v>704</v>
       </c>
     </row>
-    <row r="276" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A276" s="31" t="s">
+    <row r="277" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A277" s="31" t="s">
         <v>2218</v>
       </c>
-      <c r="B276" s="25" t="s">
+      <c r="B277" s="25" t="s">
         <v>705</v>
       </c>
-      <c r="C276" s="8" t="s">
+      <c r="C277" s="8" t="s">
         <v>1460</v>
       </c>
-      <c r="D276" s="25" t="s">
+      <c r="D277" s="25" t="s">
         <v>706</v>
       </c>
-      <c r="E276" s="25" t="s">
+      <c r="E277" s="25" t="s">
         <v>1461</v>
       </c>
-      <c r="F276" s="9" t="s">
+      <c r="F277" s="9" t="s">
         <v>707</v>
       </c>
     </row>
-    <row r="277" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A277" s="30" t="s">
+    <row r="278" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A278" s="30" t="s">
         <v>2219</v>
       </c>
-      <c r="B277" s="22" t="s">
+      <c r="B278" s="22" t="s">
         <v>708</v>
       </c>
-      <c r="C277" s="4" t="s">
+      <c r="C278" s="4" t="s">
         <v>1462</v>
       </c>
-      <c r="D277" s="22" t="s">
+      <c r="D278" s="22" t="s">
         <v>1463</v>
       </c>
-      <c r="E277" s="22" t="s">
+      <c r="E278" s="22" t="s">
         <v>1464</v>
       </c>
-      <c r="F277" s="5" t="s">
+      <c r="F278" s="5" t="s">
         <v>709</v>
       </c>
     </row>
-    <row r="278" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A278" s="31" t="s">
+    <row r="279" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A279" s="31" t="s">
         <v>2220</v>
       </c>
-      <c r="B278" s="25" t="s">
+      <c r="B279" s="25" t="s">
         <v>710</v>
       </c>
-      <c r="C278" s="8" t="s">
+      <c r="C279" s="8" t="s">
         <v>1457</v>
       </c>
-      <c r="D278" s="25" t="s">
+      <c r="D279" s="25" t="s">
         <v>1465</v>
       </c>
-      <c r="E278" s="25" t="s">
+      <c r="E279" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F278" s="9" t="s">
+      <c r="F279" s="9" t="s">
         <v>711</v>
       </c>
     </row>
-    <row r="279" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A279" s="30" t="s">
+    <row r="280" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A280" s="30" t="s">
         <v>2221</v>
       </c>
-      <c r="B279" s="22" t="s">
+      <c r="B280" s="22" t="s">
         <v>712</v>
       </c>
-      <c r="C279" s="4" t="s">
+      <c r="C280" s="4" t="s">
         <v>1455</v>
       </c>
-      <c r="D279" s="22" t="s">
+      <c r="D280" s="22" t="s">
         <v>1466</v>
       </c>
-      <c r="E279" s="22" t="s">
+      <c r="E280" s="22" t="s">
         <v>1467</v>
       </c>
-      <c r="F279" s="5" t="s">
+      <c r="F280" s="5" t="s">
         <v>713</v>
       </c>
     </row>
-    <row r="280" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A280" s="31" t="s">
+    <row r="281" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A281" s="31" t="s">
         <v>2222</v>
       </c>
-      <c r="B280" s="25" t="s">
+      <c r="B281" s="25" t="s">
         <v>714</v>
       </c>
-      <c r="C280" s="8" t="s">
+      <c r="C281" s="8" t="s">
         <v>1468</v>
       </c>
-      <c r="D280" s="25" t="s">
+      <c r="D281" s="25" t="s">
         <v>1469</v>
       </c>
-      <c r="E280" s="25" t="s">
+      <c r="E281" s="25" t="s">
         <v>1470</v>
       </c>
-      <c r="F280" s="9" t="s">
+      <c r="F281" s="9" t="s">
         <v>715</v>
       </c>
     </row>
-    <row r="281" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A281" s="30" t="s">
+    <row r="282" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A282" s="30" t="s">
         <v>2223</v>
       </c>
-      <c r="B281" s="22" t="s">
+      <c r="B282" s="22" t="s">
         <v>716</v>
       </c>
-      <c r="C281" s="4" t="s">
+      <c r="C282" s="4" t="s">
         <v>1471</v>
       </c>
-      <c r="D281" s="22" t="s">
+      <c r="D282" s="22" t="s">
         <v>1472</v>
       </c>
-      <c r="E281" s="22" t="s">
+      <c r="E282" s="22" t="s">
         <v>1473</v>
       </c>
-      <c r="F281" s="5" t="s">
+      <c r="F282" s="5" t="s">
         <v>717</v>
       </c>
     </row>
-    <row r="282" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A282" s="31" t="s">
+    <row r="283" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A283" s="31" t="s">
         <v>2224</v>
       </c>
-      <c r="B282" s="25" t="s">
+      <c r="B283" s="25" t="s">
         <v>718</v>
       </c>
-      <c r="C282" s="8" t="s">
+      <c r="C283" s="8" t="s">
         <v>1455</v>
       </c>
-      <c r="D282" s="25" t="s">
+      <c r="D283" s="25" t="s">
         <v>1474</v>
       </c>
-      <c r="E282" s="25" t="s">
+      <c r="E283" s="25" t="s">
         <v>604</v>
       </c>
-      <c r="F282" s="9" t="s">
+      <c r="F283" s="9" t="s">
         <v>719</v>
       </c>
     </row>
-    <row r="283" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A283" s="30" t="s">
+    <row r="284" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A284" s="30" t="s">
         <v>2225</v>
       </c>
-      <c r="B283" s="22" t="s">
+      <c r="B284" s="22" t="s">
         <v>720</v>
       </c>
-      <c r="C283" s="4" t="s">
+      <c r="C284" s="4" t="s">
         <v>1475</v>
       </c>
-      <c r="D283" s="22" t="s">
+      <c r="D284" s="22" t="s">
         <v>721</v>
       </c>
-      <c r="E283" s="22" t="s">
+      <c r="E284" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F283" s="5" t="s">
+      <c r="F284" s="5" t="s">
         <v>722</v>
       </c>
     </row>
-    <row r="284" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A284" s="31" t="s">
+    <row r="285" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A285" s="31" t="s">
         <v>2226</v>
       </c>
-      <c r="B284" s="25" t="s">
+      <c r="B285" s="25" t="s">
         <v>723</v>
       </c>
-      <c r="C284" s="8" t="s">
+      <c r="C285" s="8" t="s">
         <v>1476</v>
       </c>
-      <c r="D284" s="25" t="s">
+      <c r="D285" s="25" t="s">
         <v>724</v>
       </c>
-      <c r="E284" s="25" t="s">
+      <c r="E285" s="25" t="s">
         <v>1477</v>
       </c>
-      <c r="F284" s="9" t="s">
+      <c r="F285" s="9" t="s">
         <v>725</v>
       </c>
     </row>
-    <row r="285" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A285" s="30" t="s">
+    <row r="286" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A286" s="30" t="s">
         <v>2227</v>
       </c>
-      <c r="B285" s="22" t="s">
+      <c r="B286" s="22" t="s">
         <v>726</v>
       </c>
-      <c r="C285" s="17" t="s">
+      <c r="C286" s="17" t="s">
         <v>1478</v>
       </c>
-      <c r="D285" s="22" t="s">
+      <c r="D286" s="22" t="s">
         <v>727</v>
       </c>
-      <c r="E285" s="22" t="s">
+      <c r="E286" s="22" t="s">
         <v>1479</v>
       </c>
-      <c r="F285" s="5" t="s">
+      <c r="F286" s="5" t="s">
         <v>728</v>
       </c>
     </row>
-    <row r="286" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A286" s="31" t="s">
+    <row r="287" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A287" s="31" t="s">
         <v>2228</v>
       </c>
-      <c r="B286" s="25" t="s">
+      <c r="B287" s="25" t="s">
         <v>729</v>
       </c>
-      <c r="C286" s="8" t="s">
+      <c r="C287" s="8" t="s">
         <v>1480</v>
       </c>
-      <c r="D286" s="25" t="s">
+      <c r="D287" s="25" t="s">
         <v>730</v>
       </c>
-      <c r="E286" s="25" t="s">
+      <c r="E287" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F286" s="9" t="s">
+      <c r="F287" s="9" t="s">
         <v>731</v>
       </c>
     </row>
-    <row r="287" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A287" s="30" t="s">
+    <row r="288" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A288" s="30" t="s">
         <v>2229</v>
       </c>
-      <c r="B287" s="22" t="s">
+      <c r="B288" s="22" t="s">
         <v>732</v>
       </c>
-      <c r="C287" s="4" t="s">
+      <c r="C288" s="4" t="s">
         <v>1481</v>
       </c>
-      <c r="D287" s="22" t="s">
+      <c r="D288" s="22" t="s">
         <v>733</v>
       </c>
-      <c r="E287" s="22" t="s">
+      <c r="E288" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F287" s="5" t="s">
+      <c r="F288" s="5" t="s">
         <v>734</v>
       </c>
     </row>
-    <row r="288" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A288" s="31" t="s">
+    <row r="289" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A289" s="31" t="s">
         <v>2230</v>
       </c>
-      <c r="B288" s="25" t="s">
+      <c r="B289" s="25" t="s">
         <v>735</v>
       </c>
-      <c r="C288" s="8" t="s">
+      <c r="C289" s="8" t="s">
         <v>1482</v>
       </c>
-      <c r="D288" s="25" t="s">
+      <c r="D289" s="25" t="s">
         <v>736</v>
       </c>
-      <c r="E288" s="25" t="s">
+      <c r="E289" s="25" t="s">
         <v>604</v>
       </c>
-      <c r="F288" s="9" t="s">
+      <c r="F289" s="9" t="s">
         <v>737</v>
       </c>
     </row>
-    <row r="289" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A289" s="30" t="s">
+    <row r="290" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A290" s="30" t="s">
         <v>2231</v>
       </c>
-      <c r="B289" s="22" t="s">
+      <c r="B290" s="22" t="s">
         <v>738</v>
       </c>
-      <c r="C289" s="4" t="s">
+      <c r="C290" s="4" t="s">
         <v>1483</v>
       </c>
-      <c r="D289" s="22" t="s">
+      <c r="D290" s="22" t="s">
         <v>739</v>
       </c>
-      <c r="E289" s="22" t="s">
+      <c r="E290" s="22" t="s">
         <v>1484</v>
       </c>
-      <c r="F289" s="5" t="s">
+      <c r="F290" s="5" t="s">
         <v>740</v>
       </c>
     </row>
-    <row r="290" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A290" s="31" t="s">
+    <row r="291" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A291" s="31" t="s">
         <v>2232</v>
       </c>
-      <c r="B290" s="25" t="s">
+      <c r="B291" s="25" t="s">
         <v>741</v>
       </c>
-      <c r="C290" s="8" t="s">
+      <c r="C291" s="8" t="s">
         <v>1485</v>
       </c>
-      <c r="D290" s="25" t="s">
+      <c r="D291" s="25" t="s">
         <v>742</v>
       </c>
-      <c r="E290" s="25" t="s">
+      <c r="E291" s="25" t="s">
         <v>1486</v>
       </c>
-      <c r="F290" s="9" t="s">
+      <c r="F291" s="9" t="s">
         <v>743</v>
       </c>
     </row>
-    <row r="291" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A291" s="30" t="s">
+    <row r="292" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A292" s="30" t="s">
         <v>2233</v>
       </c>
-      <c r="B291" s="22" t="s">
+      <c r="B292" s="22" t="s">
         <v>744</v>
       </c>
-      <c r="C291" s="4" t="s">
+      <c r="C292" s="4" t="s">
         <v>1487</v>
       </c>
-      <c r="D291" s="22" t="s">
+      <c r="D292" s="22" t="s">
         <v>742</v>
       </c>
-      <c r="E291" s="22" t="s">
+      <c r="E292" s="22" t="s">
         <v>1488</v>
       </c>
-      <c r="F291" s="5" t="s">
+      <c r="F292" s="5" t="s">
         <v>745</v>
       </c>
     </row>
-    <row r="292" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A292" s="31" t="s">
+    <row r="293" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A293" s="31" t="s">
         <v>2234</v>
       </c>
-      <c r="B292" s="25" t="s">
+      <c r="B293" s="25" t="s">
         <v>746</v>
       </c>
-      <c r="C292" s="8" t="s">
+      <c r="C293" s="8" t="s">
         <v>1482</v>
       </c>
-      <c r="D292" s="25" t="s">
+      <c r="D293" s="25" t="s">
         <v>747</v>
       </c>
-      <c r="E292" s="25" t="s">
+      <c r="E293" s="25" t="s">
         <v>748</v>
       </c>
-      <c r="F292" s="9" t="s">
+      <c r="F293" s="9" t="s">
         <v>749</v>
       </c>
     </row>
-    <row r="293" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A293" s="30" t="s">
+    <row r="294" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A294" s="30" t="s">
         <v>2235</v>
       </c>
-      <c r="B293" s="22" t="s">
+      <c r="B294" s="22" t="s">
         <v>750</v>
       </c>
-      <c r="C293" s="4" t="s">
+      <c r="C294" s="4" t="s">
         <v>1489</v>
       </c>
-      <c r="D293" s="22" t="s">
+      <c r="D294" s="22" t="s">
         <v>751</v>
       </c>
-      <c r="E293" s="22" t="s">
+      <c r="E294" s="22" t="s">
         <v>1490</v>
       </c>
-      <c r="F293" s="5" t="s">
+      <c r="F294" s="5" t="s">
         <v>752</v>
       </c>
     </row>
-    <row r="294" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A294" s="31" t="s">
+    <row r="295" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A295" s="31" t="s">
         <v>2236</v>
       </c>
-      <c r="B294" s="25" t="s">
+      <c r="B295" s="25" t="s">
         <v>753</v>
       </c>
-      <c r="C294" s="8" t="s">
+      <c r="C295" s="8" t="s">
         <v>1482</v>
       </c>
-      <c r="D294" s="25" t="s">
+      <c r="D295" s="25" t="s">
         <v>754</v>
       </c>
-      <c r="E294" s="25" t="s">
+      <c r="E295" s="25" t="s">
         <v>755</v>
       </c>
-      <c r="F294" s="9" t="s">
+      <c r="F295" s="9" t="s">
         <v>756</v>
       </c>
     </row>
-    <row r="295" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A295" s="30" t="s">
+    <row r="296" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A296" s="30" t="s">
         <v>2237</v>
       </c>
-      <c r="B295" s="22" t="s">
+      <c r="B296" s="22" t="s">
         <v>757</v>
       </c>
-      <c r="C295" s="4" t="s">
+      <c r="C296" s="4" t="s">
         <v>1491</v>
       </c>
-      <c r="D295" s="22" t="s">
+      <c r="D296" s="22" t="s">
         <v>758</v>
       </c>
-      <c r="E295" s="22" t="s">
+      <c r="E296" s="22" t="s">
         <v>759</v>
       </c>
-      <c r="F295" s="5" t="s">
+      <c r="F296" s="5" t="s">
         <v>760</v>
       </c>
     </row>
-    <row r="296" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A296" s="31" t="s">
+    <row r="297" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A297" s="31" t="s">
         <v>2238</v>
       </c>
-      <c r="B296" s="25" t="s">
+      <c r="B297" s="25" t="s">
         <v>761</v>
       </c>
-      <c r="C296" s="8" t="s">
+      <c r="C297" s="8" t="s">
         <v>1492</v>
       </c>
-      <c r="D296" s="25" t="s">
+      <c r="D297" s="25" t="s">
         <v>762</v>
       </c>
-      <c r="E296" s="25" t="s">
+      <c r="E297" s="25" t="s">
         <v>763</v>
       </c>
-      <c r="F296" s="9" t="s">
+      <c r="F297" s="9" t="s">
         <v>764</v>
       </c>
     </row>
-    <row r="297" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A297" s="30" t="s">
+    <row r="298" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A298" s="30" t="s">
         <v>2239</v>
       </c>
-      <c r="B297" s="22" t="s">
+      <c r="B298" s="22" t="s">
         <v>765</v>
       </c>
-      <c r="C297" s="4" t="s">
+      <c r="C298" s="4" t="s">
         <v>1493</v>
       </c>
-      <c r="D297" s="22" t="s">
+      <c r="D298" s="22" t="s">
         <v>766</v>
       </c>
-      <c r="E297" s="22" t="s">
+      <c r="E298" s="22" t="s">
         <v>767</v>
       </c>
-      <c r="F297" s="5" t="s">
+      <c r="F298" s="5" t="s">
         <v>768</v>
       </c>
     </row>
-    <row r="298" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A298" s="31" t="s">
+    <row r="299" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A299" s="31" t="s">
         <v>2240</v>
       </c>
-      <c r="B298" s="25" t="s">
+      <c r="B299" s="25" t="s">
         <v>769</v>
       </c>
-      <c r="C298" s="8" t="s">
+      <c r="C299" s="8" t="s">
         <v>1494</v>
       </c>
-      <c r="D298" s="25" t="s">
+      <c r="D299" s="25" t="s">
         <v>770</v>
       </c>
-      <c r="E298" s="25" t="s">
+      <c r="E299" s="25" t="s">
         <v>771</v>
       </c>
-      <c r="F298" s="9" t="s">
+      <c r="F299" s="9" t="s">
         <v>772</v>
       </c>
     </row>
-    <row r="299" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A299" s="30" t="s">
+    <row r="300" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A300" s="30" t="s">
         <v>2241</v>
       </c>
-      <c r="B299" s="22" t="s">
+      <c r="B300" s="22" t="s">
         <v>773</v>
       </c>
-      <c r="C299" s="4" t="s">
+      <c r="C300" s="4" t="s">
         <v>1495</v>
       </c>
-      <c r="D299" s="22" t="s">
+      <c r="D300" s="22" t="s">
         <v>774</v>
       </c>
-      <c r="E299" s="22" t="s">
+      <c r="E300" s="22" t="s">
         <v>1496</v>
       </c>
-      <c r="F299" s="5" t="s">
+      <c r="F300" s="5" t="s">
         <v>775</v>
       </c>
     </row>
-    <row r="300" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A300" s="31" t="s">
+    <row r="301" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A301" s="31" t="s">
         <v>2242</v>
       </c>
-      <c r="B300" s="25" t="s">
+      <c r="B301" s="25" t="s">
         <v>776</v>
       </c>
-      <c r="C300" s="8" t="s">
+      <c r="C301" s="8" t="s">
         <v>1497</v>
       </c>
-      <c r="D300" s="25" t="s">
+      <c r="D301" s="25" t="s">
         <v>777</v>
       </c>
-      <c r="E300" s="25" t="s">
+      <c r="E301" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F300" s="9" t="s">
+      <c r="F301" s="9" t="s">
         <v>778</v>
       </c>
     </row>
-    <row r="301" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A301" s="30" t="s">
+    <row r="302" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A302" s="30" t="s">
         <v>2243</v>
       </c>
-      <c r="B301" s="22" t="s">
+      <c r="B302" s="22" t="s">
         <v>779</v>
       </c>
-      <c r="C301" s="4" t="s">
+      <c r="C302" s="4" t="s">
         <v>1498</v>
       </c>
-      <c r="D301" s="22" t="s">
+      <c r="D302" s="22" t="s">
         <v>780</v>
       </c>
-      <c r="E301" s="22" t="s">
+      <c r="E302" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F301" s="5" t="s">
+      <c r="F302" s="5" t="s">
         <v>781</v>
       </c>
     </row>
-    <row r="302" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A302" s="31" t="s">
+    <row r="303" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A303" s="31" t="s">
         <v>2244</v>
       </c>
-      <c r="B302" s="25" t="s">
+      <c r="B303" s="25" t="s">
         <v>782</v>
       </c>
-      <c r="C302" s="8" t="s">
+      <c r="C303" s="8" t="s">
         <v>1455</v>
       </c>
-      <c r="D302" s="25" t="s">
+      <c r="D303" s="25" t="s">
         <v>783</v>
       </c>
-      <c r="E302" s="25" t="s">
+      <c r="E303" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F302" s="9" t="s">
+      <c r="F303" s="9" t="s">
         <v>784</v>
       </c>
     </row>
-    <row r="303" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A303" s="30" t="s">
+    <row r="304" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A304" s="30" t="s">
         <v>2244</v>
       </c>
-      <c r="B303" s="22" t="s">
+      <c r="B304" s="22" t="s">
         <v>785</v>
       </c>
-      <c r="C303" s="4" t="s">
+      <c r="C304" s="4" t="s">
         <v>1499</v>
       </c>
-      <c r="D303" s="22" t="s">
+      <c r="D304" s="22" t="s">
         <v>1500</v>
       </c>
-      <c r="E303" s="22" t="s">
+      <c r="E304" s="22" t="s">
         <v>1501</v>
       </c>
-      <c r="F303" s="5" t="s">
+      <c r="F304" s="5" t="s">
         <v>786</v>
       </c>
     </row>
-    <row r="304" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A304" s="31" t="s">
+    <row r="305" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A305" s="31" t="s">
         <v>2245</v>
       </c>
-      <c r="B304" s="25" t="s">
+      <c r="B305" s="25" t="s">
         <v>787</v>
       </c>
-      <c r="C304" s="8" t="s">
+      <c r="C305" s="8" t="s">
         <v>1502</v>
       </c>
-      <c r="D304" s="25" t="s">
+      <c r="D305" s="25" t="s">
         <v>788</v>
       </c>
-      <c r="E304" s="25" t="s">
+      <c r="E305" s="25" t="s">
         <v>789</v>
       </c>
-      <c r="F304" s="9" t="s">
+      <c r="F305" s="9" t="s">
         <v>790</v>
       </c>
     </row>
-    <row r="305" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A305" s="30" t="s">
+    <row r="306" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A306" s="30" t="s">
         <v>2246</v>
       </c>
-      <c r="B305" s="22" t="s">
+      <c r="B306" s="22" t="s">
         <v>791</v>
       </c>
-      <c r="C305" s="4" t="s">
+      <c r="C306" s="4" t="s">
         <v>1482</v>
       </c>
-      <c r="D305" s="22" t="s">
+      <c r="D306" s="22" t="s">
         <v>792</v>
       </c>
-      <c r="E305" s="22" t="s">
+      <c r="E306" s="22" t="s">
         <v>793</v>
       </c>
-      <c r="F305" s="5" t="s">
+      <c r="F306" s="5" t="s">
         <v>794</v>
       </c>
     </row>
-    <row r="306" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A306" s="31" t="s">
+    <row r="307" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A307" s="31" t="s">
         <v>2247</v>
       </c>
-      <c r="B306" s="25" t="s">
+      <c r="B307" s="25" t="s">
         <v>795</v>
       </c>
-      <c r="C306" s="8" t="s">
+      <c r="C307" s="8" t="s">
         <v>1503</v>
       </c>
-      <c r="D306" s="25" t="s">
+      <c r="D307" s="25" t="s">
         <v>796</v>
       </c>
-      <c r="E306" s="25" t="s">
+      <c r="E307" s="25" t="s">
         <v>1504</v>
       </c>
-      <c r="F306" s="9" t="s">
+      <c r="F307" s="9" t="s">
         <v>797</v>
       </c>
     </row>
-    <row r="307" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A307" s="30" t="s">
+    <row r="308" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A308" s="30" t="s">
         <v>2247</v>
       </c>
-      <c r="B307" s="22" t="s">
+      <c r="B308" s="22" t="s">
         <v>798</v>
       </c>
-      <c r="C307" s="4" t="s">
+      <c r="C308" s="4" t="s">
         <v>1482</v>
       </c>
-      <c r="D307" s="22" t="s">
+      <c r="D308" s="22" t="s">
         <v>799</v>
       </c>
-      <c r="E307" s="22" t="s">
+      <c r="E308" s="22" t="s">
         <v>604</v>
       </c>
-      <c r="F307" s="5" t="s">
+      <c r="F308" s="5" t="s">
         <v>800</v>
       </c>
     </row>
-    <row r="308" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A308" s="31" t="s">
+    <row r="309" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A309" s="31" t="s">
         <v>2248</v>
       </c>
-      <c r="B308" s="25" t="s">
+      <c r="B309" s="25" t="s">
         <v>801</v>
       </c>
-      <c r="C308" s="8" t="s">
+      <c r="C309" s="8" t="s">
         <v>1505</v>
       </c>
-      <c r="D308" s="25" t="s">
+      <c r="D309" s="25" t="s">
         <v>802</v>
       </c>
-      <c r="E308" s="25" t="s">
+      <c r="E309" s="25" t="s">
         <v>1506</v>
       </c>
-      <c r="F308" s="9" t="s">
+      <c r="F309" s="9" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="309" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A309" s="30" t="s">
+    <row r="310" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A310" s="30" t="s">
         <v>2249</v>
       </c>
-      <c r="B309" s="22" t="s">
+      <c r="B310" s="22" t="s">
         <v>804</v>
       </c>
-      <c r="C309" s="4" t="s">
+      <c r="C310" s="4" t="s">
         <v>1507</v>
       </c>
-      <c r="D309" s="22" t="s">
+      <c r="D310" s="22" t="s">
         <v>805</v>
       </c>
-      <c r="E309" s="22" t="s">
+      <c r="E310" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F309" s="5" t="s">
+      <c r="F310" s="5" t="s">
         <v>806</v>
       </c>
     </row>
-    <row r="310" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A310" s="31" t="s">
+    <row r="311" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A311" s="31" t="s">
         <v>2250</v>
       </c>
-      <c r="B310" s="25" t="s">
+      <c r="B311" s="25" t="s">
         <v>807</v>
       </c>
-      <c r="C310" s="8" t="s">
+      <c r="C311" s="8" t="s">
         <v>1508</v>
       </c>
-      <c r="D310" s="25" t="s">
+      <c r="D311" s="25" t="s">
         <v>808</v>
       </c>
-      <c r="E310" s="25" t="s">
+      <c r="E311" s="25" t="s">
         <v>809</v>
       </c>
-      <c r="F310" s="9" t="s">
+      <c r="F311" s="9" t="s">
         <v>810</v>
       </c>
     </row>
-    <row r="311" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A311" s="30" t="s">
+    <row r="312" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A312" s="30" t="s">
         <v>2251</v>
       </c>
-      <c r="B311" s="22" t="s">
+      <c r="B312" s="22" t="s">
         <v>811</v>
       </c>
-      <c r="C311" s="4" t="s">
+      <c r="C312" s="4" t="s">
         <v>1509</v>
       </c>
-      <c r="D311" s="22" t="s">
+      <c r="D312" s="22" t="s">
         <v>812</v>
       </c>
-      <c r="E311" s="22" t="s">
+      <c r="E312" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F311" s="5" t="s">
+      <c r="F312" s="5" t="s">
         <v>813</v>
       </c>
     </row>
-    <row r="312" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A312" s="31" t="s">
+    <row r="313" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A313" s="31" t="s">
         <v>2252</v>
       </c>
-      <c r="B312" s="25" t="s">
+      <c r="B313" s="25" t="s">
         <v>814</v>
       </c>
-      <c r="C312" s="8" t="s">
+      <c r="C313" s="8" t="s">
         <v>1510</v>
       </c>
-      <c r="D312" s="25" t="s">
+      <c r="D313" s="25" t="s">
         <v>815</v>
       </c>
-      <c r="E312" s="25" t="s">
+      <c r="E313" s="25" t="s">
         <v>1511</v>
       </c>
-      <c r="F312" s="9" t="s">
+      <c r="F313" s="9" t="s">
         <v>816</v>
       </c>
     </row>
-    <row r="313" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A313" s="30" t="s">
+    <row r="314" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A314" s="30" t="s">
         <v>2253</v>
       </c>
-      <c r="B313" s="22" t="s">
+      <c r="B314" s="22" t="s">
         <v>817</v>
       </c>
-      <c r="C313" s="4" t="s">
+      <c r="C314" s="4" t="s">
         <v>1512</v>
       </c>
-      <c r="D313" s="22" t="s">
+      <c r="D314" s="22" t="s">
         <v>818</v>
       </c>
-      <c r="E313" s="22" t="s">
+      <c r="E314" s="22" t="s">
         <v>819</v>
       </c>
-      <c r="F313" s="5" t="s">
+      <c r="F314" s="5" t="s">
         <v>820</v>
       </c>
     </row>
-    <row r="314" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A314" s="31" t="s">
+    <row r="315" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A315" s="31" t="s">
         <v>2254</v>
       </c>
-      <c r="B314" s="25" t="s">
+      <c r="B315" s="25" t="s">
         <v>821</v>
       </c>
-      <c r="C314" s="8" t="s">
+      <c r="C315" s="8" t="s">
         <v>1513</v>
       </c>
-      <c r="D314" s="25" t="s">
+      <c r="D315" s="25" t="s">
         <v>822</v>
       </c>
-      <c r="E314" s="25" t="s">
+      <c r="E315" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F314" s="9" t="s">
+      <c r="F315" s="9" t="s">
         <v>823</v>
       </c>
     </row>
-    <row r="315" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A315" s="30" t="s">
+    <row r="316" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A316" s="30" t="s">
         <v>2255</v>
       </c>
-      <c r="B315" s="22" t="s">
+      <c r="B316" s="22" t="s">
         <v>824</v>
       </c>
-      <c r="C315" s="4" t="s">
+      <c r="C316" s="4" t="s">
         <v>1514</v>
       </c>
-      <c r="D315" s="22" t="s">
+      <c r="D316" s="22" t="s">
         <v>825</v>
       </c>
-      <c r="E315" s="22" t="s">
+      <c r="E316" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F315" s="5" t="s">
+      <c r="F316" s="5" t="s">
         <v>826</v>
       </c>
     </row>
-    <row r="316" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A316" s="31" t="s">
+    <row r="317" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A317" s="31" t="s">
         <v>2256</v>
       </c>
-      <c r="B316" s="25" t="s">
+      <c r="B317" s="25" t="s">
         <v>827</v>
       </c>
-      <c r="C316" s="8" t="s">
+      <c r="C317" s="8" t="s">
         <v>1515</v>
       </c>
-      <c r="D316" s="25" t="s">
+      <c r="D317" s="25" t="s">
         <v>828</v>
       </c>
-      <c r="E316" s="25" t="s">
+      <c r="E317" s="25" t="s">
         <v>1516</v>
       </c>
-      <c r="F316" s="9" t="s">
+      <c r="F317" s="9" t="s">
         <v>829</v>
       </c>
     </row>
-    <row r="317" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A317" s="30" t="s">
+    <row r="318" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A318" s="30" t="s">
         <v>2257</v>
       </c>
-      <c r="B317" s="22" t="s">
+      <c r="B318" s="22" t="s">
         <v>830</v>
       </c>
-      <c r="C317" s="4" t="s">
+      <c r="C318" s="4" t="s">
         <v>1517</v>
       </c>
-      <c r="D317" s="22" t="s">
+      <c r="D318" s="22" t="s">
         <v>831</v>
       </c>
-      <c r="E317" s="22" t="s">
+      <c r="E318" s="22" t="s">
         <v>832</v>
       </c>
-      <c r="F317" s="5" t="s">
+      <c r="F318" s="5" t="s">
         <v>833</v>
       </c>
     </row>
-    <row r="318" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A318" s="31" t="s">
+    <row r="319" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A319" s="31" t="s">
         <v>2258</v>
       </c>
-      <c r="B318" s="25" t="s">
+      <c r="B319" s="25" t="s">
         <v>834</v>
       </c>
-      <c r="C318" s="8" t="s">
+      <c r="C319" s="8" t="s">
         <v>1518</v>
       </c>
-      <c r="D318" s="25" t="s">
+      <c r="D319" s="25" t="s">
         <v>1519</v>
       </c>
-      <c r="E318" s="25" t="s">
+      <c r="E319" s="25" t="s">
         <v>1520</v>
       </c>
-      <c r="F318" s="9" t="s">
+      <c r="F319" s="9" t="s">
         <v>835</v>
       </c>
     </row>
-    <row r="319" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A319" s="30" t="s">
+    <row r="320" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A320" s="30" t="s">
         <v>2259</v>
       </c>
-      <c r="B319" s="22" t="s">
+      <c r="B320" s="22" t="s">
         <v>836</v>
       </c>
-      <c r="C319" s="4" t="s">
+      <c r="C320" s="4" t="s">
         <v>1521</v>
       </c>
-      <c r="D319" s="22" t="s">
+      <c r="D320" s="22" t="s">
         <v>837</v>
       </c>
-      <c r="E319" s="22" t="s">
+      <c r="E320" s="22" t="s">
         <v>1522</v>
       </c>
-      <c r="F319" s="5" t="s">
+      <c r="F320" s="5" t="s">
         <v>838</v>
       </c>
     </row>
-    <row r="320" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A320" s="31" t="s">
+    <row r="321" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A321" s="31" t="s">
         <v>2260</v>
       </c>
-      <c r="B320" s="25" t="s">
+      <c r="B321" s="25" t="s">
         <v>839</v>
       </c>
-      <c r="C320" s="8" t="s">
+      <c r="C321" s="8" t="s">
         <v>1523</v>
       </c>
-      <c r="D320" s="25" t="s">
+      <c r="D321" s="25" t="s">
         <v>840</v>
       </c>
-      <c r="E320" s="25" t="s">
+      <c r="E321" s="25" t="s">
         <v>1524</v>
       </c>
-      <c r="F320" s="9" t="s">
+      <c r="F321" s="9" t="s">
         <v>841</v>
       </c>
     </row>
-    <row r="321" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A321" s="30" t="s">
+    <row r="322" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A322" s="30" t="s">
         <v>2260</v>
       </c>
-      <c r="B321" s="22" t="s">
+      <c r="B322" s="22" t="s">
         <v>842</v>
       </c>
-      <c r="C321" s="4" t="s">
+      <c r="C322" s="4" t="s">
         <v>1482</v>
       </c>
-      <c r="D321" s="22" t="s">
+      <c r="D322" s="22" t="s">
         <v>843</v>
       </c>
-      <c r="E321" s="22" t="s">
+      <c r="E322" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F321" s="5" t="s">
+      <c r="F322" s="5" t="s">
         <v>844</v>
       </c>
     </row>
-    <row r="322" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A322" s="31" t="s">
+    <row r="323" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A323" s="31" t="s">
         <v>2261</v>
       </c>
-      <c r="B322" s="25" t="s">
+      <c r="B323" s="25" t="s">
         <v>845</v>
       </c>
-      <c r="C322" s="8" t="s">
+      <c r="C323" s="8" t="s">
         <v>1525</v>
       </c>
-      <c r="D322" s="25" t="s">
+      <c r="D323" s="25" t="s">
         <v>846</v>
       </c>
-      <c r="E322" s="25" t="s">
+      <c r="E323" s="25" t="s">
         <v>847</v>
       </c>
-      <c r="F322" s="9" t="s">
+      <c r="F323" s="9" t="s">
         <v>848</v>
       </c>
     </row>
-    <row r="323" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A323" s="30" t="s">
+    <row r="324" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A324" s="30" t="s">
         <v>2262</v>
       </c>
-      <c r="B323" s="22" t="s">
+      <c r="B324" s="22" t="s">
         <v>849</v>
       </c>
-      <c r="C323" s="4" t="s">
+      <c r="C324" s="4" t="s">
         <v>1526</v>
       </c>
-      <c r="D323" s="22" t="s">
+      <c r="D324" s="22" t="s">
         <v>850</v>
       </c>
-      <c r="E323" s="22" t="s">
+      <c r="E324" s="22" t="s">
         <v>1527</v>
       </c>
-      <c r="F323" s="5" t="s">
+      <c r="F324" s="5" t="s">
         <v>851</v>
       </c>
     </row>
-    <row r="324" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A324" s="31" t="s">
+    <row r="325" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A325" s="31" t="s">
         <v>2263</v>
       </c>
-      <c r="B324" s="25" t="s">
+      <c r="B325" s="25" t="s">
         <v>852</v>
       </c>
-      <c r="C324" s="8" t="s">
+      <c r="C325" s="8" t="s">
         <v>1528</v>
       </c>
-      <c r="D324" s="25" t="s">
+      <c r="D325" s="25" t="s">
         <v>853</v>
       </c>
-      <c r="E324" s="25" t="s">
+      <c r="E325" s="25" t="s">
         <v>854</v>
       </c>
-      <c r="F324" s="9" t="s">
+      <c r="F325" s="9" t="s">
         <v>855</v>
       </c>
     </row>
-    <row r="325" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A325" s="30" t="s">
+    <row r="326" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A326" s="30" t="s">
         <v>2264</v>
       </c>
-      <c r="B325" s="22" t="s">
+      <c r="B326" s="22" t="s">
         <v>856</v>
       </c>
-      <c r="C325" s="4" t="s">
+      <c r="C326" s="4" t="s">
         <v>1529</v>
       </c>
-      <c r="D325" s="22" t="s">
+      <c r="D326" s="22" t="s">
         <v>857</v>
       </c>
-      <c r="E325" s="22" t="s">
+      <c r="E326" s="22" t="s">
         <v>1530</v>
       </c>
-      <c r="F325" s="5" t="s">
+      <c r="F326" s="5" t="s">
         <v>858</v>
       </c>
     </row>
-    <row r="326" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A326" s="31" t="s">
+    <row r="327" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A327" s="31" t="s">
         <v>2265</v>
       </c>
-      <c r="B326" s="25" t="s">
+      <c r="B327" s="25" t="s">
         <v>859</v>
       </c>
-      <c r="C326" s="8" t="s">
+      <c r="C327" s="8" t="s">
         <v>1531</v>
       </c>
-      <c r="D326" s="25" t="s">
+      <c r="D327" s="25" t="s">
         <v>860</v>
       </c>
-      <c r="E326" s="25" t="s">
+      <c r="E327" s="25" t="s">
         <v>861</v>
       </c>
-      <c r="F326" s="9" t="s">
+      <c r="F327" s="9" t="s">
         <v>862</v>
       </c>
     </row>
-    <row r="327" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A327" s="30" t="s">
+    <row r="328" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A328" s="30" t="s">
         <v>863</v>
       </c>
-      <c r="B327" s="22" t="s">
+      <c r="B328" s="22" t="s">
         <v>864</v>
       </c>
-      <c r="C327" s="4" t="s">
+      <c r="C328" s="4" t="s">
         <v>1532</v>
       </c>
-      <c r="D327" s="22" t="s">
+      <c r="D328" s="22" t="s">
         <v>865</v>
       </c>
-      <c r="E327" s="22" t="s">
+      <c r="E328" s="22" t="s">
         <v>866</v>
       </c>
-      <c r="F327" s="5" t="s">
+      <c r="F328" s="5" t="s">
         <v>867</v>
       </c>
     </row>
-    <row r="328" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A328" s="31" t="s">
+    <row r="329" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A329" s="31" t="s">
         <v>2266</v>
       </c>
-      <c r="B328" s="25" t="s">
+      <c r="B329" s="25" t="s">
         <v>868</v>
       </c>
-      <c r="C328" s="8" t="s">
+      <c r="C329" s="8" t="s">
         <v>1533</v>
       </c>
-      <c r="D328" s="25" t="s">
+      <c r="D329" s="25" t="s">
         <v>869</v>
       </c>
-      <c r="E328" s="25" t="s">
+      <c r="E329" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F328" s="9" t="s">
+      <c r="F329" s="9" t="s">
         <v>870</v>
       </c>
     </row>
-    <row r="329" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A329" s="30" t="s">
+    <row r="330" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A330" s="30" t="s">
         <v>2267</v>
       </c>
-      <c r="B329" s="22" t="s">
+      <c r="B330" s="22" t="s">
         <v>871</v>
       </c>
-      <c r="C329" s="4" t="s">
+      <c r="C330" s="4" t="s">
         <v>1534</v>
       </c>
-      <c r="D329" s="22" t="s">
+      <c r="D330" s="22" t="s">
         <v>872</v>
       </c>
-      <c r="E329" s="22" t="s">
+      <c r="E330" s="22" t="s">
         <v>873</v>
       </c>
-      <c r="F329" s="5" t="s">
+      <c r="F330" s="5" t="s">
         <v>874</v>
       </c>
     </row>
-    <row r="330" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A330" s="31" t="s">
+    <row r="331" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A331" s="31" t="s">
         <v>2267</v>
       </c>
-      <c r="B330" s="25" t="s">
+      <c r="B331" s="25" t="s">
         <v>875</v>
       </c>
-      <c r="C330" s="8" t="s">
+      <c r="C331" s="8" t="s">
         <v>1455</v>
       </c>
-      <c r="D330" s="25" t="s">
+      <c r="D331" s="25" t="s">
         <v>876</v>
       </c>
-      <c r="E330" s="25" t="s">
+      <c r="E331" s="25" t="s">
         <v>877</v>
       </c>
-      <c r="F330" s="9" t="s">
+      <c r="F331" s="9" t="s">
         <v>878</v>
       </c>
     </row>
-    <row r="331" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A331" s="30" t="s">
+    <row r="332" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A332" s="30" t="s">
         <v>2268</v>
       </c>
-      <c r="B331" s="22" t="s">
+      <c r="B332" s="22" t="s">
         <v>879</v>
       </c>
-      <c r="C331" s="4" t="s">
+      <c r="C332" s="4" t="s">
         <v>1535</v>
       </c>
-      <c r="D331" s="22" t="s">
+      <c r="D332" s="22" t="s">
         <v>880</v>
       </c>
-      <c r="E331" s="22" t="s">
+      <c r="E332" s="22" t="s">
         <v>1536</v>
       </c>
-      <c r="F331" s="5" t="s">
+      <c r="F332" s="5" t="s">
         <v>881</v>
       </c>
     </row>
-    <row r="332" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A332" s="31" t="s">
+    <row r="333" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A333" s="31" t="s">
         <v>2269</v>
       </c>
-      <c r="B332" s="25" t="s">
+      <c r="B333" s="25" t="s">
         <v>882</v>
       </c>
-      <c r="C332" s="8" t="s">
+      <c r="C333" s="8" t="s">
         <v>1537</v>
       </c>
-      <c r="D332" s="25" t="s">
+      <c r="D333" s="25" t="s">
         <v>883</v>
       </c>
-      <c r="E332" s="25" t="s">
+      <c r="E333" s="25" t="s">
         <v>1538</v>
       </c>
-      <c r="F332" s="9" t="s">
+      <c r="F333" s="9" t="s">
         <v>884</v>
       </c>
     </row>
-    <row r="333" spans="1:6" ht="238.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A333" s="30" t="s">
+    <row r="334" spans="1:6" ht="238.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A334" s="30" t="s">
         <v>2270</v>
       </c>
-      <c r="B333" s="22" t="s">
+      <c r="B334" s="22" t="s">
         <v>885</v>
       </c>
-      <c r="C333" s="4" t="s">
+      <c r="C334" s="4" t="s">
         <v>1539</v>
       </c>
-      <c r="D333" s="22" t="s">
+      <c r="D334" s="22" t="s">
         <v>1540</v>
       </c>
-      <c r="E333" s="22" t="s">
+      <c r="E334" s="22" t="s">
         <v>1541</v>
       </c>
-      <c r="F333" s="5" t="s">
+      <c r="F334" s="5" t="s">
         <v>886</v>
       </c>
     </row>
-    <row r="334" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A334" s="31" t="s">
+    <row r="335" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A335" s="31" t="s">
         <v>2270</v>
       </c>
-      <c r="B334" s="25" t="s">
+      <c r="B335" s="25" t="s">
         <v>887</v>
       </c>
-      <c r="C334" s="8" t="s">
+      <c r="C335" s="8" t="s">
         <v>1542</v>
       </c>
-      <c r="D334" s="25" t="s">
+      <c r="D335" s="25" t="s">
         <v>1543</v>
       </c>
-      <c r="E334" s="25" t="s">
+      <c r="E335" s="25" t="s">
         <v>888</v>
       </c>
-      <c r="F334" s="9" t="s">
+      <c r="F335" s="9" t="s">
         <v>889</v>
       </c>
     </row>
-    <row r="335" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A335" s="30" t="s">
+    <row r="336" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A336" s="30" t="s">
         <v>2271</v>
       </c>
-      <c r="B335" s="22" t="s">
+      <c r="B336" s="22" t="s">
         <v>890</v>
       </c>
-      <c r="C335" s="4" t="s">
+      <c r="C336" s="4" t="s">
         <v>1544</v>
       </c>
-      <c r="D335" s="22" t="s">
+      <c r="D336" s="22" t="s">
         <v>1545</v>
       </c>
-      <c r="E335" s="22" t="s">
+      <c r="E336" s="22" t="s">
         <v>1546</v>
       </c>
-      <c r="F335" s="5" t="s">
+      <c r="F336" s="5" t="s">
         <v>891</v>
       </c>
     </row>
-    <row r="336" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A336" s="31" t="s">
+    <row r="337" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A337" s="31" t="s">
         <v>2272</v>
       </c>
-      <c r="B336" s="25" t="s">
+      <c r="B337" s="25" t="s">
         <v>892</v>
       </c>
-      <c r="C336" s="18" t="s">
+      <c r="C337" s="18" t="s">
         <v>1547</v>
       </c>
-      <c r="D336" s="25" t="s">
+      <c r="D337" s="25" t="s">
         <v>1548</v>
       </c>
-      <c r="E336" s="25" t="s">
+      <c r="E337" s="25" t="s">
         <v>1549</v>
       </c>
-      <c r="F336" s="9" t="s">
+      <c r="F337" s="9" t="s">
         <v>893</v>
       </c>
     </row>
-    <row r="337" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A337" s="30" t="s">
+    <row r="338" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A338" s="30" t="s">
         <v>2273</v>
       </c>
-      <c r="B337" s="22" t="s">
+      <c r="B338" s="22" t="s">
         <v>894</v>
       </c>
-      <c r="C337" s="4" t="s">
+      <c r="C338" s="4" t="s">
         <v>1457</v>
       </c>
-      <c r="D337" s="22" t="s">
+      <c r="D338" s="22" t="s">
         <v>895</v>
       </c>
-      <c r="E337" s="22" t="s">
+      <c r="E338" s="22" t="s">
         <v>896</v>
       </c>
-      <c r="F337" s="5" t="s">
+      <c r="F338" s="5" t="s">
         <v>897</v>
       </c>
     </row>
-    <row r="338" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A338" s="31" t="s">
+    <row r="339" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A339" s="31" t="s">
         <v>2274</v>
       </c>
-      <c r="B338" s="25" t="s">
+      <c r="B339" s="25" t="s">
         <v>898</v>
       </c>
-      <c r="C338" s="8" t="s">
+      <c r="C339" s="8" t="s">
         <v>1525</v>
       </c>
-      <c r="D338" s="25" t="s">
+      <c r="D339" s="25" t="s">
         <v>899</v>
       </c>
-      <c r="E338" s="25" t="s">
+      <c r="E339" s="25" t="s">
         <v>900</v>
       </c>
-      <c r="F338" s="9" t="s">
+      <c r="F339" s="9" t="s">
         <v>901</v>
       </c>
     </row>
-    <row r="339" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A339" s="30" t="s">
+    <row r="340" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A340" s="30" t="s">
         <v>2275</v>
       </c>
-      <c r="B339" s="22" t="s">
+      <c r="B340" s="22" t="s">
         <v>902</v>
       </c>
-      <c r="C339" s="4" t="s">
+      <c r="C340" s="4" t="s">
         <v>1550</v>
       </c>
-      <c r="D339" s="22" t="s">
+      <c r="D340" s="22" t="s">
         <v>903</v>
       </c>
-      <c r="E339" s="22" t="s">
+      <c r="E340" s="22" t="s">
         <v>904</v>
       </c>
-      <c r="F339" s="5" t="s">
+      <c r="F340" s="5" t="s">
         <v>905</v>
       </c>
     </row>
-    <row r="340" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A340" s="31" t="s">
+    <row r="341" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A341" s="31" t="s">
         <v>2276</v>
       </c>
-      <c r="B340" s="25" t="s">
+      <c r="B341" s="25" t="s">
         <v>906</v>
       </c>
-      <c r="C340" s="8" t="s">
+      <c r="C341" s="8" t="s">
         <v>1482</v>
       </c>
-      <c r="D340" s="25" t="s">
+      <c r="D341" s="25" t="s">
         <v>1551</v>
       </c>
-      <c r="E340" s="25" t="s">
+      <c r="E341" s="25" t="s">
         <v>1552</v>
       </c>
-      <c r="F340" s="9" t="s">
+      <c r="F341" s="9" t="s">
         <v>907</v>
       </c>
     </row>
-    <row r="341" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A341" s="30" t="s">
+    <row r="342" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A342" s="30" t="s">
         <v>2277</v>
       </c>
-      <c r="B341" s="22" t="s">
+      <c r="B342" s="22" t="s">
         <v>908</v>
       </c>
-      <c r="C341" s="4" t="s">
+      <c r="C342" s="4" t="s">
         <v>1553</v>
       </c>
-      <c r="D341" s="22" t="s">
+      <c r="D342" s="22" t="s">
         <v>1554</v>
       </c>
-      <c r="E341" s="22" t="s">
+      <c r="E342" s="22" t="s">
         <v>909</v>
       </c>
-      <c r="F341" s="5" t="s">
+      <c r="F342" s="5" t="s">
         <v>910</v>
       </c>
     </row>
-    <row r="342" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A342" s="31" t="s">
+    <row r="343" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A343" s="31" t="s">
         <v>2278</v>
       </c>
-      <c r="B342" s="25" t="s">
+      <c r="B343" s="25" t="s">
         <v>911</v>
       </c>
-      <c r="C342" s="8" t="s">
+      <c r="C343" s="8" t="s">
         <v>1555</v>
       </c>
-      <c r="D342" s="25" t="s">
+      <c r="D343" s="25" t="s">
         <v>912</v>
       </c>
-      <c r="E342" s="25" t="s">
+      <c r="E343" s="25" t="s">
         <v>913</v>
       </c>
-      <c r="F342" s="9" t="s">
+      <c r="F343" s="9" t="s">
         <v>914</v>
       </c>
     </row>
-    <row r="343" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A343" s="30" t="s">
+    <row r="344" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A344" s="30" t="s">
         <v>2279</v>
       </c>
-      <c r="B343" s="22" t="s">
+      <c r="B344" s="22" t="s">
         <v>915</v>
       </c>
-      <c r="C343" s="4" t="s">
+      <c r="C344" s="4" t="s">
         <v>1556</v>
       </c>
-      <c r="D343" s="22" t="s">
+      <c r="D344" s="22" t="s">
         <v>916</v>
       </c>
-      <c r="E343" s="22" t="s">
+      <c r="E344" s="22" t="s">
         <v>1557</v>
       </c>
-      <c r="F343" s="5" t="s">
+      <c r="F344" s="5" t="s">
         <v>917</v>
       </c>
     </row>
-    <row r="344" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A344" s="31" t="s">
+    <row r="345" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A345" s="31" t="s">
         <v>2280</v>
       </c>
-      <c r="B344" s="25" t="s">
+      <c r="B345" s="25" t="s">
         <v>918</v>
       </c>
-      <c r="C344" s="8" t="s">
+      <c r="C345" s="8" t="s">
         <v>1558</v>
       </c>
-      <c r="D344" s="25" t="s">
+      <c r="D345" s="25" t="s">
         <v>919</v>
       </c>
-      <c r="E344" s="25" t="s">
+      <c r="E345" s="25" t="s">
         <v>1559</v>
       </c>
-      <c r="F344" s="9" t="s">
+      <c r="F345" s="9" t="s">
         <v>920</v>
       </c>
     </row>
-    <row r="345" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A345" s="30" t="s">
+    <row r="346" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A346" s="30" t="s">
         <v>2281</v>
       </c>
-      <c r="B345" s="22" t="s">
+      <c r="B346" s="22" t="s">
         <v>921</v>
       </c>
-      <c r="C345" s="4" t="s">
+      <c r="C346" s="4" t="s">
         <v>1560</v>
       </c>
-      <c r="D345" s="22" t="s">
+      <c r="D346" s="22" t="s">
         <v>922</v>
       </c>
-      <c r="E345" s="22" t="s">
+      <c r="E346" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F345" s="5" t="s">
+      <c r="F346" s="5" t="s">
         <v>923</v>
       </c>
     </row>
-    <row r="346" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A346" s="31" t="s">
+    <row r="347" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A347" s="31" t="s">
         <v>2281</v>
       </c>
-      <c r="B346" s="25" t="s">
+      <c r="B347" s="25" t="s">
         <v>924</v>
       </c>
-      <c r="C346" s="8" t="s">
+      <c r="C347" s="8" t="s">
         <v>1544</v>
       </c>
-      <c r="D346" s="25" t="s">
+      <c r="D347" s="25" t="s">
         <v>925</v>
       </c>
-      <c r="E346" s="25" t="s">
+      <c r="E347" s="25" t="s">
         <v>1561</v>
       </c>
-      <c r="F346" s="9" t="s">
+      <c r="F347" s="9" t="s">
         <v>926</v>
       </c>
     </row>
-    <row r="347" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A347" s="30" t="s">
+    <row r="348" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A348" s="30" t="s">
         <v>2281</v>
       </c>
-      <c r="B347" s="22" t="s">
+      <c r="B348" s="22" t="s">
         <v>927</v>
       </c>
-      <c r="C347" s="4" t="s">
+      <c r="C348" s="4" t="s">
         <v>1562</v>
       </c>
-      <c r="D347" s="22" t="s">
+      <c r="D348" s="22" t="s">
         <v>928</v>
       </c>
-      <c r="E347" s="22" t="s">
+      <c r="E348" s="22" t="s">
         <v>1563</v>
       </c>
-      <c r="F347" s="5" t="s">
+      <c r="F348" s="5" t="s">
         <v>929</v>
       </c>
     </row>
-    <row r="348" spans="1:6" ht="264.60000000000002" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A348" s="31" t="s">
+    <row r="349" spans="1:6" ht="264.60000000000002" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A349" s="31" t="s">
         <v>2282</v>
       </c>
-      <c r="B348" s="25" t="s">
+      <c r="B349" s="25" t="s">
         <v>930</v>
       </c>
-      <c r="C348" s="8" t="s">
+      <c r="C349" s="8" t="s">
         <v>1564</v>
       </c>
-      <c r="D348" s="25" t="s">
+      <c r="D349" s="25" t="s">
         <v>931</v>
       </c>
-      <c r="E348" s="25" t="s">
+      <c r="E349" s="25" t="s">
         <v>1565</v>
       </c>
-      <c r="F348" s="9" t="s">
+      <c r="F349" s="9" t="s">
         <v>932</v>
       </c>
     </row>
-    <row r="349" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A349" s="30" t="s">
+    <row r="350" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A350" s="30" t="s">
         <v>2283</v>
       </c>
-      <c r="B349" s="22" t="s">
+      <c r="B350" s="22" t="s">
         <v>933</v>
       </c>
-      <c r="C349" s="4" t="s">
+      <c r="C350" s="4" t="s">
         <v>1566</v>
       </c>
-      <c r="D349" s="22" t="s">
+      <c r="D350" s="22" t="s">
         <v>934</v>
       </c>
-      <c r="E349" s="22" t="s">
+      <c r="E350" s="22" t="s">
         <v>1567</v>
       </c>
-      <c r="F349" s="5" t="s">
+      <c r="F350" s="5" t="s">
         <v>935</v>
       </c>
     </row>
-    <row r="350" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A350" s="31" t="s">
+    <row r="351" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A351" s="31" t="s">
         <v>2283</v>
       </c>
-      <c r="B350" s="25" t="s">
+      <c r="B351" s="25" t="s">
         <v>936</v>
       </c>
-      <c r="C350" s="8" t="s">
+      <c r="C351" s="8" t="s">
         <v>1568</v>
       </c>
-      <c r="D350" s="25" t="s">
+      <c r="D351" s="25" t="s">
         <v>937</v>
       </c>
-      <c r="E350" s="25" t="s">
+      <c r="E351" s="25" t="s">
         <v>1569</v>
       </c>
-      <c r="F350" s="9" t="s">
+      <c r="F351" s="9" t="s">
         <v>938</v>
       </c>
     </row>
-    <row r="351" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A351" s="30" t="s">
+    <row r="352" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A352" s="30" t="s">
         <v>2283</v>
       </c>
-      <c r="B351" s="22" t="s">
+      <c r="B352" s="22" t="s">
         <v>939</v>
       </c>
-      <c r="C351" s="4" t="s">
+      <c r="C352" s="4" t="s">
         <v>1570</v>
       </c>
-      <c r="D351" s="22" t="s">
+      <c r="D352" s="22" t="s">
         <v>940</v>
       </c>
-      <c r="E351" s="22" t="s">
+      <c r="E352" s="22" t="s">
         <v>941</v>
       </c>
-      <c r="F351" s="5" t="s">
+      <c r="F352" s="5" t="s">
         <v>942</v>
       </c>
     </row>
-    <row r="352" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A352" s="31" t="s">
+    <row r="353" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A353" s="31" t="s">
         <v>2284</v>
       </c>
-      <c r="B352" s="25" t="s">
+      <c r="B353" s="25" t="s">
         <v>943</v>
       </c>
-      <c r="C352" s="8" t="s">
+      <c r="C353" s="8" t="s">
         <v>1571</v>
       </c>
-      <c r="D352" s="25" t="s">
+      <c r="D353" s="25" t="s">
         <v>944</v>
       </c>
-      <c r="E352" s="25" t="s">
+      <c r="E353" s="25" t="s">
         <v>1572</v>
       </c>
-      <c r="F352" s="9" t="s">
+      <c r="F353" s="9" t="s">
         <v>945</v>
       </c>
     </row>
-    <row r="353" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A353" s="30" t="s">
+    <row r="354" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A354" s="30" t="s">
         <v>2285</v>
       </c>
-      <c r="B353" s="22" t="s">
+      <c r="B354" s="22" t="s">
         <v>946</v>
       </c>
-      <c r="C353" s="4" t="s">
+      <c r="C354" s="4" t="s">
         <v>1544</v>
       </c>
-      <c r="D353" s="22" t="s">
+      <c r="D354" s="22" t="s">
         <v>947</v>
       </c>
-      <c r="E353" s="22" t="s">
+      <c r="E354" s="22" t="s">
         <v>1573</v>
       </c>
-      <c r="F353" s="5" t="s">
+      <c r="F354" s="5" t="s">
         <v>948</v>
       </c>
     </row>
-    <row r="354" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A354" s="31" t="s">
+    <row r="355" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A355" s="31" t="s">
         <v>2286</v>
       </c>
-      <c r="B354" s="25" t="s">
+      <c r="B355" s="25" t="s">
         <v>949</v>
       </c>
-      <c r="C354" s="8" t="s">
+      <c r="C355" s="8" t="s">
         <v>1574</v>
       </c>
-      <c r="D354" s="25" t="s">
+      <c r="D355" s="25" t="s">
         <v>950</v>
       </c>
-      <c r="E354" s="25" t="s">
+      <c r="E355" s="25" t="s">
         <v>1575</v>
       </c>
-      <c r="F354" s="9" t="s">
+      <c r="F355" s="9" t="s">
         <v>951</v>
       </c>
     </row>
-    <row r="355" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A355" s="30" t="s">
+    <row r="356" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A356" s="30" t="s">
         <v>2287</v>
       </c>
-      <c r="B355" s="22" t="s">
+      <c r="B356" s="22" t="s">
         <v>952</v>
       </c>
-      <c r="C355" s="4" t="s">
+      <c r="C356" s="4" t="s">
         <v>1576</v>
       </c>
-      <c r="D355" s="22" t="s">
+      <c r="D356" s="22" t="s">
         <v>953</v>
       </c>
-      <c r="E355" s="22" t="s">
+      <c r="E356" s="22" t="s">
         <v>954</v>
       </c>
-      <c r="F355" s="5" t="s">
+      <c r="F356" s="5" t="s">
         <v>955</v>
       </c>
     </row>
-    <row r="356" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A356" s="31" t="s">
+    <row r="357" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A357" s="31" t="s">
         <v>2288</v>
       </c>
-      <c r="B356" s="25" t="s">
+      <c r="B357" s="25" t="s">
         <v>956</v>
       </c>
-      <c r="C356" s="8" t="s">
+      <c r="C357" s="8" t="s">
         <v>1577</v>
       </c>
-      <c r="D356" s="25" t="s">
+      <c r="D357" s="25" t="s">
         <v>957</v>
       </c>
-      <c r="E356" s="25" t="s">
+      <c r="E357" s="25" t="s">
         <v>20</v>
       </c>
-      <c r="F356" s="9" t="s">
+      <c r="F357" s="9" t="s">
         <v>958</v>
       </c>
     </row>
-    <row r="357" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A357" s="30" t="s">
+    <row r="358" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A358" s="30" t="s">
         <v>2289</v>
       </c>
-      <c r="B357" s="22" t="s">
+      <c r="B358" s="22" t="s">
         <v>959</v>
       </c>
-      <c r="C357" s="4" t="s">
+      <c r="C358" s="4" t="s">
         <v>1578</v>
       </c>
-      <c r="D357" s="22" t="s">
+      <c r="D358" s="22" t="s">
         <v>960</v>
       </c>
-      <c r="E357" s="22" t="s">
+      <c r="E358" s="22" t="s">
         <v>961</v>
       </c>
-      <c r="F357" s="5" t="s">
+      <c r="F358" s="5" t="s">
         <v>962</v>
       </c>
     </row>
-    <row r="358" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A358" s="31" t="s">
+    <row r="359" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A359" s="31" t="s">
         <v>2289</v>
       </c>
-      <c r="B358" s="25" t="s">
+      <c r="B359" s="25" t="s">
         <v>963</v>
       </c>
-      <c r="C358" s="8" t="s">
+      <c r="C359" s="8" t="s">
         <v>1579</v>
       </c>
-      <c r="D358" s="25" t="s">
+      <c r="D359" s="25" t="s">
         <v>964</v>
       </c>
-      <c r="E358" s="25" t="s">
+      <c r="E359" s="25" t="s">
         <v>1580</v>
       </c>
-      <c r="F358" s="9" t="s">
+      <c r="F359" s="9" t="s">
         <v>965</v>
       </c>
     </row>
-    <row r="359" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A359" s="30" t="s">
+    <row r="360" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A360" s="30" t="s">
         <v>2290</v>
       </c>
-      <c r="B359" s="22" t="s">
+      <c r="B360" s="22" t="s">
         <v>966</v>
       </c>
-      <c r="C359" s="4" t="s">
+      <c r="C360" s="4" t="s">
         <v>1581</v>
       </c>
-      <c r="D359" s="22" t="s">
+      <c r="D360" s="22" t="s">
         <v>967</v>
       </c>
-      <c r="E359" s="22" t="s">
+      <c r="E360" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F359" s="5" t="s">
+      <c r="F360" s="5" t="s">
         <v>968</v>
       </c>
     </row>
-    <row r="360" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A360" s="31" t="s">
+    <row r="361" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A361" s="31" t="s">
         <v>2290</v>
       </c>
-      <c r="B360" s="25" t="s">
+      <c r="B361" s="25" t="s">
         <v>969</v>
       </c>
-      <c r="C360" s="8" t="s">
+      <c r="C361" s="8" t="s">
         <v>1582</v>
       </c>
-      <c r="D360" s="25" t="s">
+      <c r="D361" s="25" t="s">
         <v>970</v>
       </c>
-      <c r="E360" s="25" t="s">
+      <c r="E361" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F360" s="9" t="s">
+      <c r="F361" s="9" t="s">
         <v>971</v>
       </c>
     </row>
-    <row r="361" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A361" s="30" t="s">
+    <row r="362" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A362" s="30" t="s">
         <v>2291</v>
       </c>
-      <c r="B361" s="22" t="s">
+      <c r="B362" s="22" t="s">
         <v>972</v>
       </c>
-      <c r="C361" s="4" t="s">
+      <c r="C362" s="4" t="s">
         <v>1583</v>
       </c>
-      <c r="D361" s="22" t="s">
+      <c r="D362" s="22" t="s">
         <v>973</v>
       </c>
-      <c r="E361" s="22" t="s">
+      <c r="E362" s="22" t="s">
         <v>1584</v>
       </c>
-      <c r="F361" s="5" t="s">
+      <c r="F362" s="5" t="s">
         <v>974</v>
       </c>
     </row>
-    <row r="362" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A362" s="31" t="s">
+    <row r="363" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A363" s="31" t="s">
         <v>1585</v>
       </c>
-      <c r="B362" s="25" t="s">
+      <c r="B363" s="25" t="s">
         <v>975</v>
       </c>
-      <c r="C362" s="8" t="s">
+      <c r="C363" s="8" t="s">
         <v>1586</v>
       </c>
-      <c r="D362" s="25" t="s">
+      <c r="D363" s="25" t="s">
         <v>976</v>
       </c>
-      <c r="E362" s="25" t="s">
+      <c r="E363" s="25" t="s">
         <v>1587</v>
       </c>
-      <c r="F362" s="9" t="s">
+      <c r="F363" s="9" t="s">
         <v>977</v>
       </c>
     </row>
-    <row r="363" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A363" s="30" t="s">
+    <row r="364" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A364" s="30" t="s">
         <v>978</v>
       </c>
-      <c r="B363" s="22" t="s">
+      <c r="B364" s="22" t="s">
         <v>979</v>
       </c>
-      <c r="C363" s="4" t="s">
+      <c r="C364" s="4" t="s">
         <v>1588</v>
       </c>
-      <c r="D363" s="22" t="s">
+      <c r="D364" s="22" t="s">
         <v>980</v>
       </c>
-      <c r="E363" s="22" t="s">
+      <c r="E364" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F363" s="5" t="s">
+      <c r="F364" s="5" t="s">
         <v>981</v>
       </c>
     </row>
-    <row r="364" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A364" s="31" t="s">
+    <row r="365" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A365" s="31" t="s">
         <v>982</v>
       </c>
-      <c r="B364" s="25" t="s">
+      <c r="B365" s="25" t="s">
         <v>983</v>
       </c>
-      <c r="C364" s="8" t="s">
+      <c r="C365" s="8" t="s">
         <v>1589</v>
       </c>
-      <c r="D364" s="25" t="s">
+      <c r="D365" s="25" t="s">
         <v>984</v>
       </c>
-      <c r="E364" s="25" t="s">
+      <c r="E365" s="25" t="s">
         <v>1590</v>
       </c>
-      <c r="F364" s="9" t="s">
+      <c r="F365" s="9" t="s">
         <v>985</v>
       </c>
     </row>
-    <row r="365" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A365" s="30" t="s">
+    <row r="366" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A366" s="30" t="s">
         <v>986</v>
       </c>
-      <c r="B365" s="22" t="s">
+      <c r="B366" s="22" t="s">
         <v>987</v>
       </c>
-      <c r="C365" s="4" t="s">
+      <c r="C366" s="4" t="s">
         <v>1591</v>
       </c>
-      <c r="D365" s="22" t="s">
+      <c r="D366" s="22" t="s">
         <v>988</v>
       </c>
-      <c r="E365" s="22" t="s">
+      <c r="E366" s="22" t="s">
         <v>1592</v>
       </c>
-      <c r="F365" s="5" t="s">
+      <c r="F366" s="5" t="s">
         <v>989</v>
       </c>
     </row>
-    <row r="366" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A366" s="31" t="s">
+    <row r="367" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A367" s="31" t="s">
         <v>990</v>
       </c>
-      <c r="B366" s="25" t="s">
+      <c r="B367" s="25" t="s">
         <v>991</v>
       </c>
-      <c r="C366" s="8" t="s">
+      <c r="C367" s="8" t="s">
         <v>1593</v>
       </c>
-      <c r="D366" s="25" t="s">
+      <c r="D367" s="25" t="s">
         <v>992</v>
       </c>
-      <c r="E366" s="25" t="s">
+      <c r="E367" s="25" t="s">
         <v>1594</v>
       </c>
-      <c r="F366" s="9" t="s">
+      <c r="F367" s="9" t="s">
         <v>993</v>
       </c>
     </row>
-    <row r="367" spans="1:6" ht="138" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A367" s="30" t="s">
+    <row r="368" spans="1:6" ht="138" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A368" s="30" t="s">
         <v>994</v>
       </c>
-      <c r="B367" s="22" t="s">
+      <c r="B368" s="22" t="s">
         <v>995</v>
       </c>
-      <c r="C367" s="4" t="s">
+      <c r="C368" s="4" t="s">
         <v>1595</v>
       </c>
-      <c r="D367" s="22" t="s">
+      <c r="D368" s="22" t="s">
         <v>996</v>
       </c>
-      <c r="E367" s="22" t="s">
+      <c r="E368" s="22" t="s">
         <v>1596</v>
       </c>
-      <c r="F367" s="5" t="s">
+      <c r="F368" s="5" t="s">
         <v>997</v>
       </c>
     </row>
-    <row r="368" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A368" s="31" t="s">
+    <row r="369" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A369" s="31" t="s">
         <v>1597</v>
       </c>
-      <c r="B368" s="25" t="s">
+      <c r="B369" s="25" t="s">
         <v>998</v>
       </c>
-      <c r="C368" s="8" t="s">
+      <c r="C369" s="8" t="s">
         <v>1598</v>
       </c>
-      <c r="D368" s="25" t="s">
+      <c r="D369" s="25" t="s">
         <v>999</v>
       </c>
-      <c r="E368" s="25" t="s">
+      <c r="E369" s="25" t="s">
         <v>1599</v>
       </c>
-      <c r="F368" s="9" t="s">
+      <c r="F369" s="9" t="s">
         <v>1000</v>
       </c>
     </row>
-    <row r="369" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A369" s="30" t="s">
+    <row r="370" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A370" s="30" t="s">
         <v>1001</v>
       </c>
-      <c r="B369" s="22" t="s">
+      <c r="B370" s="22" t="s">
         <v>1002</v>
       </c>
-      <c r="C369" s="4" t="s">
+      <c r="C370" s="4" t="s">
         <v>1600</v>
       </c>
-      <c r="D369" s="22" t="s">
+      <c r="D370" s="22" t="s">
         <v>1003</v>
       </c>
-      <c r="E369" s="22" t="s">
+      <c r="E370" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F369" s="5" t="s">
+      <c r="F370" s="5" t="s">
         <v>1004</v>
       </c>
     </row>
-    <row r="370" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A370" s="31" t="s">
+    <row r="371" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A371" s="31" t="s">
         <v>1601</v>
       </c>
-      <c r="B370" s="25" t="s">
+      <c r="B371" s="25" t="s">
         <v>1005</v>
       </c>
-      <c r="C370" s="8" t="s">
+      <c r="C371" s="8" t="s">
         <v>1602</v>
       </c>
-      <c r="D370" s="25" t="s">
+      <c r="D371" s="25" t="s">
         <v>1006</v>
       </c>
-      <c r="E370" s="25" t="s">
+      <c r="E371" s="25" t="s">
         <v>1007</v>
       </c>
-      <c r="F370" s="9" t="s">
+      <c r="F371" s="9" t="s">
         <v>1008</v>
       </c>
     </row>
-    <row r="371" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A371" s="30" t="s">
+    <row r="372" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A372" s="30" t="s">
         <v>1009</v>
       </c>
-      <c r="B371" s="22" t="s">
+      <c r="B372" s="22" t="s">
         <v>1010</v>
       </c>
-      <c r="C371" s="4" t="s">
+      <c r="C372" s="4" t="s">
         <v>1603</v>
       </c>
-      <c r="D371" s="22" t="s">
+      <c r="D372" s="22" t="s">
         <v>1011</v>
       </c>
-      <c r="E371" s="22" t="s">
+      <c r="E372" s="22" t="s">
         <v>1604</v>
       </c>
-      <c r="F371" s="5" t="s">
+      <c r="F372" s="5" t="s">
         <v>1012</v>
       </c>
     </row>
-    <row r="372" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A372" s="31" t="s">
+    <row r="373" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A373" s="31" t="s">
         <v>1013</v>
       </c>
-      <c r="B372" s="25" t="s">
+      <c r="B373" s="25" t="s">
         <v>1014</v>
       </c>
-      <c r="C372" s="8" t="s">
+      <c r="C373" s="8" t="s">
         <v>1605</v>
       </c>
-      <c r="D372" s="25" t="s">
+      <c r="D373" s="25" t="s">
         <v>1015</v>
       </c>
-      <c r="E372" s="25" t="s">
+      <c r="E373" s="25" t="s">
         <v>1606</v>
       </c>
-      <c r="F372" s="9" t="s">
+      <c r="F373" s="9" t="s">
         <v>1016</v>
       </c>
     </row>
-    <row r="373" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A373" s="30" t="s">
+    <row r="374" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A374" s="30" t="s">
         <v>1607</v>
       </c>
-      <c r="B373" s="22" t="s">
+      <c r="B374" s="22" t="s">
         <v>1017</v>
       </c>
-      <c r="C373" s="4" t="s">
+      <c r="C374" s="4" t="s">
         <v>1608</v>
       </c>
-      <c r="D373" s="22" t="s">
+      <c r="D374" s="22" t="s">
         <v>1018</v>
       </c>
-      <c r="E373" s="22" t="s">
+      <c r="E374" s="22" t="s">
         <v>1019</v>
       </c>
-      <c r="F373" s="5" t="s">
+      <c r="F374" s="5" t="s">
         <v>1020</v>
       </c>
     </row>
-    <row r="374" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A374" s="31" t="s">
+    <row r="375" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A375" s="31" t="s">
         <v>1021</v>
       </c>
-      <c r="B374" s="25" t="s">
+      <c r="B375" s="25" t="s">
         <v>1022</v>
       </c>
-      <c r="C374" s="8" t="s">
+      <c r="C375" s="8" t="s">
         <v>1609</v>
       </c>
-      <c r="D374" s="25" t="s">
+      <c r="D375" s="25" t="s">
         <v>1023</v>
       </c>
-      <c r="E374" s="25" t="s">
+      <c r="E375" s="25" t="s">
         <v>1610</v>
       </c>
-      <c r="F374" s="9" t="s">
+      <c r="F375" s="9" t="s">
         <v>1024</v>
       </c>
     </row>
-    <row r="375" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A375" s="30" t="s">
+    <row r="376" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A376" s="30" t="s">
         <v>1611</v>
       </c>
-      <c r="B375" s="22" t="s">
+      <c r="B376" s="22" t="s">
         <v>1025</v>
       </c>
-      <c r="C375" s="4" t="s">
+      <c r="C376" s="4" t="s">
         <v>1612</v>
       </c>
-      <c r="D375" s="22" t="s">
+      <c r="D376" s="22" t="s">
         <v>1026</v>
       </c>
-      <c r="E375" s="22" t="s">
+      <c r="E376" s="22" t="s">
         <v>1613</v>
       </c>
-      <c r="F375" s="5" t="s">
+      <c r="F376" s="5" t="s">
         <v>1027</v>
       </c>
     </row>
-    <row r="376" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A376" s="31" t="s">
+    <row r="377" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A377" s="31" t="s">
         <v>1614</v>
       </c>
-      <c r="B376" s="25" t="s">
+      <c r="B377" s="25" t="s">
         <v>1028</v>
       </c>
-      <c r="C376" s="8" t="s">
+      <c r="C377" s="8" t="s">
         <v>1609</v>
       </c>
-      <c r="D376" s="25" t="s">
+      <c r="D377" s="25" t="s">
         <v>1029</v>
       </c>
-      <c r="E376" s="25" t="s">
+      <c r="E377" s="25" t="s">
         <v>1615</v>
       </c>
-      <c r="F376" s="9" t="s">
+      <c r="F377" s="9" t="s">
         <v>1030</v>
       </c>
     </row>
-    <row r="377" spans="1:6" ht="187.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A377" s="30" t="s">
+    <row r="378" spans="1:6" ht="187.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A378" s="30" t="s">
         <v>1031</v>
       </c>
-      <c r="B377" s="22" t="s">
+      <c r="B378" s="22" t="s">
         <v>1032</v>
       </c>
-      <c r="C377" s="4" t="s">
+      <c r="C378" s="4" t="s">
         <v>1616</v>
       </c>
-      <c r="D377" s="22" t="s">
+      <c r="D378" s="22" t="s">
         <v>1033</v>
       </c>
-      <c r="E377" s="22" t="s">
+      <c r="E378" s="22" t="s">
         <v>1617</v>
       </c>
-      <c r="F377" s="5" t="s">
+      <c r="F378" s="5" t="s">
         <v>1034</v>
       </c>
     </row>
-    <row r="378" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A378" s="31" t="s">
+    <row r="379" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A379" s="31" t="s">
         <v>1618</v>
       </c>
-      <c r="B378" s="25" t="s">
+      <c r="B379" s="25" t="s">
         <v>1035</v>
       </c>
-      <c r="C378" s="8" t="s">
+      <c r="C379" s="8" t="s">
         <v>1609</v>
       </c>
-      <c r="D378" s="25" t="s">
+      <c r="D379" s="25" t="s">
         <v>1036</v>
       </c>
-      <c r="E378" s="25" t="s">
+      <c r="E379" s="25" t="s">
         <v>1037</v>
       </c>
-      <c r="F378" s="9" t="s">
+      <c r="F379" s="9" t="s">
         <v>1038</v>
       </c>
     </row>
-    <row r="379" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A379" s="30" t="s">
+    <row r="380" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A380" s="30" t="s">
         <v>1039</v>
       </c>
-      <c r="B379" s="22" t="s">
+      <c r="B380" s="22" t="s">
         <v>1040</v>
       </c>
-      <c r="C379" s="4" t="s">
+      <c r="C380" s="4" t="s">
         <v>1619</v>
       </c>
-      <c r="D379" s="22" t="s">
+      <c r="D380" s="22" t="s">
         <v>1041</v>
       </c>
-      <c r="E379" s="22" t="s">
+      <c r="E380" s="22" t="s">
         <v>1620</v>
       </c>
-      <c r="F379" s="5" t="s">
+      <c r="F380" s="5" t="s">
         <v>1042</v>
       </c>
     </row>
-    <row r="380" spans="1:6" ht="185.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A380" s="31" t="s">
+    <row r="381" spans="1:6" ht="185.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A381" s="31" t="s">
         <v>1621</v>
       </c>
-      <c r="B380" s="25" t="s">
+      <c r="B381" s="25" t="s">
         <v>1043</v>
       </c>
-      <c r="C380" s="8" t="s">
+      <c r="C381" s="8" t="s">
         <v>1622</v>
       </c>
-      <c r="D380" s="25" t="s">
+      <c r="D381" s="25" t="s">
         <v>1044</v>
       </c>
-      <c r="E380" s="25" t="s">
+      <c r="E381" s="25" t="s">
         <v>1623</v>
       </c>
-      <c r="F380" s="9" t="s">
+      <c r="F381" s="9" t="s">
         <v>1045</v>
       </c>
     </row>
-    <row r="381" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A381" s="30" t="s">
+    <row r="382" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A382" s="30" t="s">
         <v>1621</v>
       </c>
-      <c r="B381" s="22" t="s">
+      <c r="B382" s="22" t="s">
         <v>1046</v>
       </c>
-      <c r="C381" s="4" t="s">
+      <c r="C382" s="4" t="s">
         <v>1624</v>
       </c>
-      <c r="D381" s="22" t="s">
+      <c r="D382" s="22" t="s">
         <v>1047</v>
       </c>
-      <c r="E381" s="22" t="s">
+      <c r="E382" s="22" t="s">
         <v>1625</v>
       </c>
-      <c r="F381" s="5" t="s">
+      <c r="F382" s="5" t="s">
         <v>1048</v>
       </c>
     </row>
-    <row r="382" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A382" s="31" t="s">
+    <row r="383" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A383" s="31" t="s">
         <v>1626</v>
       </c>
-      <c r="B382" s="25" t="s">
+      <c r="B383" s="25" t="s">
         <v>1049</v>
       </c>
-      <c r="C382" s="8" t="s">
+      <c r="C383" s="8" t="s">
         <v>1609</v>
       </c>
-      <c r="D382" s="25" t="s">
+      <c r="D383" s="25" t="s">
         <v>1050</v>
       </c>
-      <c r="E382" s="25" t="s">
+      <c r="E383" s="25" t="s">
         <v>1627</v>
       </c>
-      <c r="F382" s="9" t="s">
+      <c r="F383" s="9" t="s">
         <v>1051</v>
       </c>
     </row>
-    <row r="383" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A383" s="30" t="s">
+    <row r="384" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A384" s="30" t="s">
         <v>1626</v>
       </c>
-      <c r="B383" s="22" t="s">
+      <c r="B384" s="22" t="s">
         <v>1052</v>
       </c>
-      <c r="C383" s="4" t="s">
+      <c r="C384" s="4" t="s">
         <v>1628</v>
       </c>
-      <c r="D383" s="22" t="s">
+      <c r="D384" s="22" t="s">
         <v>1053</v>
       </c>
-      <c r="E383" s="22" t="s">
+      <c r="E384" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F383" s="5" t="s">
+      <c r="F384" s="5" t="s">
         <v>1054</v>
       </c>
     </row>
-    <row r="384" spans="1:6" ht="185.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A384" s="31" t="s">
+    <row r="385" spans="1:6" ht="185.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A385" s="31" t="s">
         <v>1629</v>
       </c>
-      <c r="B384" s="25" t="s">
+      <c r="B385" s="25" t="s">
         <v>1055</v>
       </c>
-      <c r="C384" s="8" t="s">
+      <c r="C385" s="8" t="s">
         <v>1630</v>
       </c>
-      <c r="D384" s="25" t="s">
+      <c r="D385" s="25" t="s">
         <v>1056</v>
       </c>
-      <c r="E384" s="25" t="s">
+      <c r="E385" s="25" t="s">
         <v>1631</v>
       </c>
-      <c r="F384" s="9" t="s">
+      <c r="F385" s="9" t="s">
         <v>1057</v>
       </c>
     </row>
-    <row r="385" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A385" s="30" t="s">
+    <row r="386" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A386" s="30" t="s">
         <v>1058</v>
       </c>
-      <c r="B385" s="22" t="s">
+      <c r="B386" s="22" t="s">
         <v>1059</v>
       </c>
-      <c r="C385" s="4" t="s">
+      <c r="C386" s="4" t="s">
         <v>1609</v>
       </c>
-      <c r="D385" s="22" t="s">
+      <c r="D386" s="22" t="s">
         <v>1060</v>
       </c>
-      <c r="E385" s="22" t="s">
+      <c r="E386" s="22" t="s">
         <v>1632</v>
       </c>
-      <c r="F385" s="5" t="s">
+      <c r="F386" s="5" t="s">
         <v>1061</v>
       </c>
     </row>
-    <row r="386" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A386" s="31" t="s">
+    <row r="387" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A387" s="31" t="s">
         <v>1062</v>
       </c>
-      <c r="B386" s="25" t="s">
+      <c r="B387" s="25" t="s">
         <v>1063</v>
       </c>
-      <c r="C386" s="8" t="s">
+      <c r="C387" s="8" t="s">
         <v>1633</v>
       </c>
-      <c r="D386" s="25" t="s">
+      <c r="D387" s="25" t="s">
         <v>1064</v>
       </c>
-      <c r="E386" s="25" t="s">
+      <c r="E387" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F386" s="9" t="s">
+      <c r="F387" s="9" t="s">
         <v>1065</v>
       </c>
     </row>
-    <row r="387" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A387" s="30" t="s">
+    <row r="388" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A388" s="30" t="s">
         <v>1066</v>
       </c>
-      <c r="B387" s="22" t="s">
+      <c r="B388" s="22" t="s">
         <v>1067</v>
       </c>
-      <c r="C387" s="4" t="s">
+      <c r="C388" s="4" t="s">
         <v>1634</v>
       </c>
-      <c r="D387" s="22" t="s">
+      <c r="D388" s="22" t="s">
         <v>1068</v>
       </c>
-      <c r="E387" s="22" t="s">
+      <c r="E388" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F387" s="5" t="s">
+      <c r="F388" s="5" t="s">
         <v>1069</v>
       </c>
     </row>
-    <row r="388" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A388" s="31" t="s">
+    <row r="389" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A389" s="31" t="s">
         <v>1635</v>
       </c>
-      <c r="B388" s="25" t="s">
+      <c r="B389" s="25" t="s">
         <v>1070</v>
       </c>
-      <c r="C388" s="8" t="s">
+      <c r="C389" s="8" t="s">
         <v>1636</v>
       </c>
-      <c r="D388" s="25" t="s">
+      <c r="D389" s="25" t="s">
         <v>1071</v>
       </c>
-      <c r="E388" s="25" t="s">
+      <c r="E389" s="25" t="s">
         <v>1072</v>
       </c>
-      <c r="F388" s="9" t="s">
+      <c r="F389" s="9" t="s">
         <v>1073</v>
       </c>
     </row>
-    <row r="389" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A389" s="30" t="s">
+    <row r="390" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A390" s="30" t="s">
         <v>1074</v>
       </c>
-      <c r="B389" s="22" t="s">
+      <c r="B390" s="22" t="s">
         <v>1075</v>
       </c>
-      <c r="C389" s="4" t="s">
+      <c r="C390" s="4" t="s">
         <v>1637</v>
       </c>
-      <c r="D389" s="22" t="s">
+      <c r="D390" s="22" t="s">
         <v>1076</v>
       </c>
-      <c r="E389" s="22" t="s">
+      <c r="E390" s="22" t="s">
         <v>1077</v>
       </c>
-      <c r="F389" s="5" t="s">
+      <c r="F390" s="5" t="s">
         <v>1078</v>
       </c>
     </row>
-    <row r="390" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A390" s="31" t="s">
+    <row r="391" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A391" s="31" t="s">
         <v>1074</v>
       </c>
-      <c r="B390" s="25" t="s">
+      <c r="B391" s="25" t="s">
         <v>1079</v>
       </c>
-      <c r="C390" s="8" t="s">
+      <c r="C391" s="8" t="s">
         <v>1638</v>
       </c>
-      <c r="D390" s="25" t="s">
+      <c r="D391" s="25" t="s">
         <v>1080</v>
       </c>
-      <c r="E390" s="25" t="s">
+      <c r="E391" s="25" t="s">
         <v>1639</v>
       </c>
-      <c r="F390" s="9" t="s">
+      <c r="F391" s="9" t="s">
         <v>1081</v>
       </c>
     </row>
-    <row r="391" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A391" s="30" t="s">
+    <row r="392" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A392" s="30" t="s">
         <v>1082</v>
       </c>
-      <c r="B391" s="22" t="s">
+      <c r="B392" s="22" t="s">
         <v>1083</v>
       </c>
-      <c r="C391" s="4" t="s">
+      <c r="C392" s="4" t="s">
         <v>1553</v>
       </c>
-      <c r="D391" s="22" t="s">
+      <c r="D392" s="22" t="s">
         <v>1084</v>
       </c>
-      <c r="E391" s="22" t="s">
+      <c r="E392" s="22" t="s">
         <v>1085</v>
       </c>
-      <c r="F391" s="5" t="s">
+      <c r="F392" s="5" t="s">
         <v>1086</v>
       </c>
     </row>
-    <row r="392" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A392" s="31" t="s">
+    <row r="393" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A393" s="31" t="s">
         <v>1082</v>
       </c>
-      <c r="B392" s="25" t="s">
+      <c r="B393" s="25" t="s">
         <v>1087</v>
       </c>
-      <c r="C392" s="8" t="s">
+      <c r="C393" s="8" t="s">
         <v>1640</v>
       </c>
-      <c r="D392" s="25" t="s">
+      <c r="D393" s="25" t="s">
         <v>1088</v>
       </c>
-      <c r="E392" s="25" t="s">
+      <c r="E393" s="25" t="s">
         <v>1641</v>
       </c>
-      <c r="F392" s="9" t="s">
+      <c r="F393" s="9" t="s">
         <v>1089</v>
       </c>
     </row>
-    <row r="393" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A393" s="30" t="s">
+    <row r="394" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A394" s="30" t="s">
         <v>1090</v>
       </c>
-      <c r="B393" s="22" t="s">
+      <c r="B394" s="22" t="s">
         <v>1091</v>
       </c>
-      <c r="C393" s="4" t="s">
+      <c r="C394" s="4" t="s">
         <v>1642</v>
       </c>
-      <c r="D393" s="22" t="s">
+      <c r="D394" s="22" t="s">
         <v>1092</v>
       </c>
-      <c r="E393" s="22" t="s">
+      <c r="E394" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F393" s="5" t="s">
+      <c r="F394" s="5" t="s">
         <v>1093</v>
       </c>
     </row>
-    <row r="394" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A394" s="31" t="s">
+    <row r="395" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A395" s="31" t="s">
         <v>1094</v>
       </c>
-      <c r="B394" s="25" t="s">
+      <c r="B395" s="25" t="s">
         <v>1095</v>
       </c>
-      <c r="C394" s="8" t="s">
+      <c r="C395" s="8" t="s">
         <v>1643</v>
       </c>
-      <c r="D394" s="25" t="s">
+      <c r="D395" s="25" t="s">
         <v>1096</v>
       </c>
-      <c r="E394" s="25" t="s">
+      <c r="E395" s="25" t="s">
         <v>1644</v>
       </c>
-      <c r="F394" s="9" t="s">
+      <c r="F395" s="9" t="s">
         <v>1097</v>
       </c>
     </row>
-    <row r="395" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A395" s="30" t="s">
+    <row r="396" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A396" s="30" t="s">
         <v>1645</v>
       </c>
-      <c r="B395" s="22" t="s">
+      <c r="B396" s="22" t="s">
         <v>1098</v>
       </c>
-      <c r="C395" s="4" t="s">
+      <c r="C396" s="4" t="s">
         <v>1646</v>
       </c>
-      <c r="D395" s="22" t="s">
+      <c r="D396" s="22" t="s">
         <v>1099</v>
       </c>
-      <c r="E395" s="22" t="s">
+      <c r="E396" s="22" t="s">
         <v>1100</v>
       </c>
-      <c r="F395" s="5" t="s">
+      <c r="F396" s="5" t="s">
         <v>1101</v>
       </c>
     </row>
-    <row r="396" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A396" s="31" t="s">
+    <row r="397" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A397" s="31" t="s">
         <v>1102</v>
       </c>
-      <c r="B396" s="25" t="s">
+      <c r="B397" s="25" t="s">
         <v>1103</v>
       </c>
-      <c r="C396" s="8" t="s">
+      <c r="C397" s="8" t="s">
         <v>1609</v>
       </c>
-      <c r="D396" s="25" t="s">
+      <c r="D397" s="25" t="s">
         <v>1104</v>
       </c>
-      <c r="E396" s="25" t="s">
+      <c r="E397" s="25" t="s">
         <v>1647</v>
       </c>
-      <c r="F396" s="9" t="s">
+      <c r="F397" s="9" t="s">
         <v>1105</v>
       </c>
     </row>
-    <row r="397" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A397" s="30" t="s">
+    <row r="398" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A398" s="30" t="s">
         <v>1648</v>
       </c>
-      <c r="B397" s="22" t="s">
+      <c r="B398" s="22" t="s">
         <v>1106</v>
       </c>
-      <c r="C397" s="4" t="s">
+      <c r="C398" s="4" t="s">
         <v>1649</v>
       </c>
-      <c r="D397" s="22" t="s">
+      <c r="D398" s="22" t="s">
         <v>1107</v>
       </c>
-      <c r="E397" s="22" t="s">
+      <c r="E398" s="22" t="s">
         <v>1650</v>
       </c>
-      <c r="F397" s="5" t="s">
+      <c r="F398" s="5" t="s">
         <v>1108</v>
       </c>
     </row>
-    <row r="398" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A398" s="31" t="s">
+    <row r="399" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A399" s="31" t="s">
         <v>1651</v>
       </c>
-      <c r="B398" s="25" t="s">
+      <c r="B399" s="25" t="s">
         <v>1109</v>
       </c>
-      <c r="C398" s="8" t="s">
+      <c r="C399" s="8" t="s">
         <v>1652</v>
       </c>
-      <c r="D398" s="25" t="s">
+      <c r="D399" s="25" t="s">
         <v>1110</v>
       </c>
-      <c r="E398" s="25" t="s">
+      <c r="E399" s="25" t="s">
         <v>1111</v>
       </c>
-      <c r="F398" s="9" t="s">
+      <c r="F399" s="9" t="s">
         <v>1112</v>
       </c>
     </row>
-    <row r="399" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A399" s="30" t="s">
+    <row r="400" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A400" s="30" t="s">
         <v>1113</v>
       </c>
-      <c r="B399" s="22" t="s">
+      <c r="B400" s="22" t="s">
         <v>1114</v>
       </c>
-      <c r="C399" s="4" t="s">
+      <c r="C400" s="4" t="s">
         <v>1653</v>
       </c>
-      <c r="D399" s="22" t="s">
+      <c r="D400" s="22" t="s">
         <v>1115</v>
       </c>
-      <c r="E399" s="22" t="s">
+      <c r="E400" s="22" t="s">
         <v>1116</v>
       </c>
-      <c r="F399" s="5" t="s">
+      <c r="F400" s="5" t="s">
         <v>1117</v>
       </c>
     </row>
-    <row r="400" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A400" s="31" t="s">
+    <row r="401" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A401" s="31" t="s">
         <v>1113</v>
       </c>
-      <c r="B400" s="25" t="s">
+      <c r="B401" s="25" t="s">
         <v>1118</v>
       </c>
-      <c r="C400" s="8" t="s">
+      <c r="C401" s="8" t="s">
         <v>1654</v>
       </c>
-      <c r="D400" s="25" t="s">
+      <c r="D401" s="25" t="s">
         <v>1119</v>
       </c>
-      <c r="E400" s="25" t="s">
+      <c r="E401" s="25" t="s">
         <v>1120</v>
       </c>
-      <c r="F400" s="9" t="s">
+      <c r="F401" s="9" t="s">
         <v>1121</v>
       </c>
     </row>
-    <row r="401" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A401" s="30" t="s">
+    <row r="402" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A402" s="30" t="s">
         <v>1655</v>
       </c>
-      <c r="B401" s="22" t="s">
+      <c r="B402" s="22" t="s">
         <v>1122</v>
       </c>
-      <c r="C401" s="4" t="s">
+      <c r="C402" s="4" t="s">
         <v>1656</v>
       </c>
-      <c r="D401" s="22" t="s">
+      <c r="D402" s="22" t="s">
         <v>1123</v>
       </c>
-      <c r="E401" s="22" t="s">
+      <c r="E402" s="22" t="s">
         <v>1124</v>
       </c>
-      <c r="F401" s="5" t="s">
+      <c r="F402" s="5" t="s">
         <v>1125</v>
       </c>
     </row>
-    <row r="402" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A402" s="31" t="s">
+    <row r="403" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A403" s="31" t="s">
         <v>1126</v>
       </c>
-      <c r="B402" s="25" t="s">
+      <c r="B403" s="25" t="s">
         <v>1127</v>
       </c>
-      <c r="C402" s="8" t="s">
+      <c r="C403" s="8" t="s">
         <v>1657</v>
       </c>
-      <c r="D402" s="25" t="s">
+      <c r="D403" s="25" t="s">
         <v>1128</v>
       </c>
-      <c r="E402" s="25" t="s">
+      <c r="E403" s="25" t="s">
         <v>1129</v>
       </c>
-      <c r="F402" s="9" t="s">
+      <c r="F403" s="9" t="s">
         <v>1130</v>
       </c>
     </row>
-    <row r="403" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A403" s="30" t="s">
+    <row r="404" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A404" s="30" t="s">
         <v>1126</v>
       </c>
-      <c r="B403" s="22" t="s">
+      <c r="B404" s="22" t="s">
         <v>1131</v>
       </c>
-      <c r="C403" s="4" t="s">
+      <c r="C404" s="4" t="s">
         <v>1658</v>
       </c>
-      <c r="D403" s="22" t="s">
+      <c r="D404" s="22" t="s">
         <v>1132</v>
       </c>
-      <c r="E403" s="22" t="s">
+      <c r="E404" s="22" t="s">
         <v>1659</v>
       </c>
-      <c r="F403" s="5" t="s">
+      <c r="F404" s="5" t="s">
         <v>1133</v>
       </c>
     </row>
-    <row r="404" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A404" s="31" t="s">
+    <row r="405" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A405" s="31" t="s">
         <v>1134</v>
       </c>
-      <c r="B404" s="25" t="s">
+      <c r="B405" s="25" t="s">
         <v>1135</v>
       </c>
-      <c r="C404" s="8" t="s">
+      <c r="C405" s="8" t="s">
         <v>1560</v>
       </c>
-      <c r="D404" s="25" t="s">
+      <c r="D405" s="25" t="s">
         <v>1136</v>
       </c>
-      <c r="E404" s="25" t="s">
+      <c r="E405" s="25" t="s">
         <v>1660</v>
       </c>
-      <c r="F404" s="9" t="s">
+      <c r="F405" s="9" t="s">
         <v>1137</v>
       </c>
     </row>
-    <row r="405" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A405" s="30" t="s">
+    <row r="406" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A406" s="30" t="s">
         <v>1138</v>
       </c>
-      <c r="B405" s="22" t="s">
+      <c r="B406" s="22" t="s">
         <v>1139</v>
       </c>
-      <c r="C405" s="4" t="s">
+      <c r="C406" s="4" t="s">
         <v>1609</v>
       </c>
-      <c r="D405" s="22" t="s">
+      <c r="D406" s="22" t="s">
         <v>1140</v>
       </c>
-      <c r="E405" s="22" t="s">
+      <c r="E406" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F405" s="5" t="s">
+      <c r="F406" s="5" t="s">
         <v>1141</v>
       </c>
     </row>
-    <row r="406" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A406" s="31" t="s">
+    <row r="407" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A407" s="31" t="s">
         <v>1661</v>
       </c>
-      <c r="B406" s="25" t="s">
+      <c r="B407" s="25" t="s">
         <v>1142</v>
       </c>
-      <c r="C406" s="8" t="s">
+      <c r="C407" s="8" t="s">
         <v>1662</v>
       </c>
-      <c r="D406" s="25" t="s">
+      <c r="D407" s="25" t="s">
         <v>1143</v>
       </c>
-      <c r="E406" s="25" t="s">
+      <c r="E407" s="25" t="s">
         <v>1663</v>
       </c>
-      <c r="F406" s="8"/>
-[...2 lines deleted...]
-      <c r="A407" s="30" t="s">
+      <c r="F407" s="8"/>
+    </row>
+    <row r="408" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A408" s="30" t="s">
         <v>1144</v>
       </c>
-      <c r="B407" s="22" t="s">
+      <c r="B408" s="22" t="s">
         <v>1145</v>
       </c>
-      <c r="C407" s="4" t="s">
+      <c r="C408" s="4" t="s">
         <v>1664</v>
       </c>
-      <c r="D407" s="22" t="s">
+      <c r="D408" s="22" t="s">
         <v>1146</v>
       </c>
-      <c r="E407" s="22" t="s">
+      <c r="E408" s="22" t="s">
         <v>1665</v>
       </c>
-      <c r="F407" s="5" t="s">
+      <c r="F408" s="5" t="s">
         <v>1147</v>
       </c>
     </row>
-    <row r="408" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A408" s="31" t="s">
+    <row r="409" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A409" s="31" t="s">
         <v>1148</v>
       </c>
-      <c r="B408" s="25" t="s">
+      <c r="B409" s="25" t="s">
         <v>1149</v>
       </c>
-      <c r="C408" s="8" t="s">
+      <c r="C409" s="8" t="s">
         <v>1666</v>
       </c>
-      <c r="D408" s="25" t="s">
+      <c r="D409" s="25" t="s">
         <v>1150</v>
       </c>
-      <c r="E408" s="25" t="s">
+      <c r="E409" s="25" t="s">
         <v>1151</v>
       </c>
-      <c r="F408" s="9" t="s">
+      <c r="F409" s="9" t="s">
         <v>1152</v>
       </c>
     </row>
-    <row r="409" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A409" s="30" t="s">
+    <row r="410" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A410" s="30" t="s">
         <v>1153</v>
       </c>
-      <c r="B409" s="22" t="s">
+      <c r="B410" s="22" t="s">
         <v>1154</v>
       </c>
-      <c r="C409" s="4" t="s">
+      <c r="C410" s="4" t="s">
         <v>1667</v>
       </c>
-      <c r="D409" s="22" t="s">
+      <c r="D410" s="22" t="s">
         <v>1155</v>
       </c>
-      <c r="E409" s="22" t="s">
+      <c r="E410" s="22" t="s">
         <v>1156</v>
       </c>
-      <c r="F409" s="5" t="s">
+      <c r="F410" s="5" t="s">
         <v>1157</v>
       </c>
     </row>
-    <row r="410" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A410" s="31" t="s">
+    <row r="411" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A411" s="31" t="s">
         <v>1158</v>
       </c>
-      <c r="B410" s="25" t="s">
+      <c r="B411" s="25" t="s">
         <v>1159</v>
       </c>
-      <c r="C410" s="8" t="s">
+      <c r="C411" s="8" t="s">
         <v>1668</v>
       </c>
-      <c r="D410" s="25" t="s">
+      <c r="D411" s="25" t="s">
         <v>1160</v>
       </c>
-      <c r="E410" s="25" t="s">
+      <c r="E411" s="25" t="s">
         <v>1161</v>
       </c>
-      <c r="F410" s="9" t="s">
+      <c r="F411" s="9" t="s">
         <v>1162</v>
       </c>
     </row>
-    <row r="411" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A411" s="30" t="s">
+    <row r="412" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A412" s="30" t="s">
         <v>1163</v>
       </c>
-      <c r="B411" s="22" t="s">
+      <c r="B412" s="22" t="s">
         <v>1164</v>
       </c>
-      <c r="C411" s="4" t="s">
+      <c r="C412" s="4" t="s">
         <v>1497</v>
       </c>
-      <c r="D411" s="22" t="s">
+      <c r="D412" s="22" t="s">
         <v>1165</v>
       </c>
-      <c r="E411" s="22" t="s">
+      <c r="E412" s="22" t="s">
         <v>1669</v>
       </c>
-      <c r="F411" s="5" t="s">
+      <c r="F412" s="5" t="s">
         <v>1166</v>
       </c>
     </row>
-    <row r="412" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A412" s="31" t="s">
+    <row r="413" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A413" s="31" t="s">
         <v>1167</v>
       </c>
-      <c r="B412" s="25" t="s">
+      <c r="B413" s="25" t="s">
         <v>1168</v>
       </c>
-      <c r="C412" s="8" t="s">
+      <c r="C413" s="8" t="s">
         <v>1560</v>
       </c>
-      <c r="D412" s="25" t="s">
+      <c r="D413" s="25" t="s">
         <v>1169</v>
       </c>
-      <c r="E412" s="25" t="s">
+      <c r="E413" s="25" t="s">
         <v>1670</v>
       </c>
-      <c r="F412" s="9" t="s">
+      <c r="F413" s="9" t="s">
         <v>1170</v>
       </c>
     </row>
-    <row r="413" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A413" s="30" t="s">
+    <row r="414" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A414" s="30" t="s">
         <v>1671</v>
       </c>
-      <c r="B413" s="22" t="s">
+      <c r="B414" s="22" t="s">
         <v>1171</v>
       </c>
-      <c r="C413" s="4" t="s">
+      <c r="C414" s="4" t="s">
         <v>1672</v>
       </c>
-      <c r="D413" s="22" t="s">
+      <c r="D414" s="22" t="s">
         <v>1172</v>
       </c>
-      <c r="E413" s="22" t="s">
+      <c r="E414" s="22" t="s">
         <v>1673</v>
       </c>
-      <c r="F413" s="5" t="s">
+      <c r="F414" s="5" t="s">
         <v>1173</v>
       </c>
     </row>
-    <row r="414" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A414" s="31" t="s">
+    <row r="415" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A415" s="31" t="s">
         <v>1174</v>
       </c>
-      <c r="B414" s="25" t="s">
+      <c r="B415" s="25" t="s">
         <v>1175</v>
       </c>
-      <c r="C414" s="8" t="s">
+      <c r="C415" s="8" t="s">
         <v>1674</v>
       </c>
-      <c r="D414" s="25" t="s">
+      <c r="D415" s="25" t="s">
         <v>1176</v>
       </c>
-      <c r="E414" s="25" t="s">
+      <c r="E415" s="25" t="s">
         <v>1675</v>
       </c>
-      <c r="F414" s="9" t="s">
+      <c r="F415" s="9" t="s">
         <v>1177</v>
       </c>
     </row>
-    <row r="415" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A415" s="30" t="s">
+    <row r="416" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A416" s="30" t="s">
         <v>1178</v>
       </c>
-      <c r="B415" s="22" t="s">
+      <c r="B416" s="22" t="s">
         <v>1179</v>
       </c>
-      <c r="C415" s="4" t="s">
+      <c r="C416" s="4" t="s">
         <v>1676</v>
       </c>
-      <c r="D415" s="22" t="s">
+      <c r="D416" s="22" t="s">
         <v>1180</v>
       </c>
-      <c r="E415" s="22" t="s">
+      <c r="E416" s="22" t="s">
         <v>1677</v>
       </c>
-      <c r="F415" s="5" t="s">
+      <c r="F416" s="5" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="416" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A416" s="31" t="s">
+    <row r="417" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A417" s="31" t="s">
         <v>1182</v>
       </c>
-      <c r="B416" s="25" t="s">
+      <c r="B417" s="25" t="s">
         <v>1183</v>
       </c>
-      <c r="C416" s="8" t="s">
+      <c r="C417" s="8" t="s">
         <v>1678</v>
       </c>
-      <c r="D416" s="25" t="s">
+      <c r="D417" s="25" t="s">
         <v>1184</v>
       </c>
-      <c r="E416" s="25" t="s">
+      <c r="E417" s="25" t="s">
         <v>1679</v>
       </c>
-      <c r="F416" s="9" t="s">
+      <c r="F417" s="9" t="s">
         <v>1185</v>
       </c>
     </row>
-    <row r="417" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A417" s="30" t="s">
+    <row r="418" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A418" s="30" t="s">
         <v>1186</v>
       </c>
-      <c r="B417" s="22" t="s">
+      <c r="B418" s="22" t="s">
         <v>1187</v>
       </c>
-      <c r="C417" s="4" t="s">
+      <c r="C418" s="4" t="s">
         <v>1680</v>
       </c>
-      <c r="D417" s="22" t="s">
+      <c r="D418" s="22" t="s">
         <v>1188</v>
       </c>
-      <c r="E417" s="22" t="s">
+      <c r="E418" s="22" t="s">
         <v>1189</v>
       </c>
-      <c r="F417" s="5" t="s">
+      <c r="F418" s="5" t="s">
         <v>1190</v>
       </c>
     </row>
-    <row r="418" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A418" s="31" t="s">
+    <row r="419" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A419" s="31" t="s">
         <v>1191</v>
       </c>
-      <c r="B418" s="25" t="s">
+      <c r="B419" s="25" t="s">
         <v>1192</v>
       </c>
-      <c r="C418" s="8" t="s">
+      <c r="C419" s="8" t="s">
         <v>1681</v>
       </c>
-      <c r="D418" s="25" t="s">
+      <c r="D419" s="25" t="s">
         <v>1193</v>
       </c>
-      <c r="E418" s="25" t="s">
+      <c r="E419" s="25" t="s">
         <v>1194</v>
       </c>
-      <c r="F418" s="9" t="s">
+      <c r="F419" s="9" t="s">
         <v>1195</v>
       </c>
     </row>
-    <row r="419" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A419" s="30" t="s">
+    <row r="420" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A420" s="30" t="s">
         <v>1196</v>
       </c>
-      <c r="B419" s="22" t="s">
+      <c r="B420" s="22" t="s">
         <v>1197</v>
       </c>
-      <c r="C419" s="4" t="s">
+      <c r="C420" s="4" t="s">
         <v>1544</v>
       </c>
-      <c r="D419" s="22" t="s">
+      <c r="D420" s="22" t="s">
         <v>1198</v>
       </c>
-      <c r="E419" s="22" t="s">
+      <c r="E420" s="22" t="s">
         <v>1682</v>
       </c>
-      <c r="F419" s="5" t="s">
+      <c r="F420" s="5" t="s">
         <v>1199</v>
       </c>
     </row>
-    <row r="420" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A420" s="31" t="s">
+    <row r="421" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A421" s="31" t="s">
         <v>1683</v>
       </c>
-      <c r="B420" s="25" t="s">
+      <c r="B421" s="25" t="s">
         <v>1200</v>
       </c>
-      <c r="C420" s="8" t="s">
+      <c r="C421" s="8" t="s">
         <v>1497</v>
       </c>
-      <c r="D420" s="25" t="s">
+      <c r="D421" s="25" t="s">
         <v>1201</v>
       </c>
-      <c r="E420" s="25" t="s">
+      <c r="E421" s="25" t="s">
         <v>1684</v>
       </c>
-      <c r="F420" s="9" t="s">
+      <c r="F421" s="9" t="s">
         <v>1202</v>
       </c>
     </row>
-    <row r="421" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A421" s="30" t="s">
+    <row r="422" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A422" s="30" t="s">
         <v>1203</v>
       </c>
-      <c r="B421" s="22" t="s">
+      <c r="B422" s="22" t="s">
         <v>1204</v>
       </c>
-      <c r="C421" s="4" t="s">
+      <c r="C422" s="4" t="s">
         <v>1685</v>
       </c>
-      <c r="D421" s="22" t="s">
+      <c r="D422" s="22" t="s">
         <v>1205</v>
       </c>
-      <c r="E421" s="22" t="s">
+      <c r="E422" s="22" t="s">
         <v>1206</v>
       </c>
-      <c r="F421" s="5" t="s">
+      <c r="F422" s="5" t="s">
         <v>1207</v>
       </c>
     </row>
-    <row r="422" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A422" s="31" t="s">
+    <row r="423" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A423" s="31" t="s">
         <v>1686</v>
       </c>
-      <c r="B422" s="25" t="s">
+      <c r="B423" s="25" t="s">
         <v>1208</v>
       </c>
-      <c r="C422" s="8" t="s">
+      <c r="C423" s="8" t="s">
         <v>1497</v>
       </c>
-      <c r="D422" s="25" t="s">
+      <c r="D423" s="25" t="s">
         <v>1209</v>
       </c>
-      <c r="E422" s="25" t="s">
+      <c r="E423" s="25" t="s">
         <v>1210</v>
       </c>
-      <c r="F422" s="9" t="s">
+      <c r="F423" s="9" t="s">
         <v>1211</v>
       </c>
     </row>
-    <row r="423" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A423" s="30" t="s">
+    <row r="424" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A424" s="30" t="s">
         <v>1212</v>
       </c>
-      <c r="B423" s="22" t="s">
+      <c r="B424" s="22" t="s">
         <v>1213</v>
       </c>
-      <c r="C423" s="4" t="s">
+      <c r="C424" s="4" t="s">
         <v>1544</v>
       </c>
-      <c r="D423" s="22" t="s">
+      <c r="D424" s="22" t="s">
         <v>1214</v>
       </c>
-      <c r="E423" s="22" t="s">
+      <c r="E424" s="22" t="s">
         <v>1215</v>
       </c>
-      <c r="F423" s="5" t="s">
+      <c r="F424" s="5" t="s">
         <v>1216</v>
       </c>
     </row>
-    <row r="424" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A424" s="31" t="s">
+    <row r="425" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A425" s="31" t="s">
         <v>1217</v>
       </c>
-      <c r="B424" s="25" t="s">
+      <c r="B425" s="25" t="s">
         <v>1218</v>
       </c>
-      <c r="C424" s="8" t="s">
+      <c r="C425" s="8" t="s">
         <v>1687</v>
       </c>
-      <c r="D424" s="25" t="s">
+      <c r="D425" s="25" t="s">
         <v>1219</v>
       </c>
-      <c r="E424" s="25" t="s">
+      <c r="E425" s="25" t="s">
         <v>1220</v>
       </c>
-      <c r="F424" s="9" t="s">
+      <c r="F425" s="9" t="s">
         <v>1221</v>
       </c>
     </row>
-    <row r="425" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A425" s="30" t="s">
+    <row r="426" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A426" s="30" t="s">
         <v>1222</v>
       </c>
-      <c r="B425" s="22" t="s">
+      <c r="B426" s="22" t="s">
         <v>1223</v>
       </c>
-      <c r="C425" s="4" t="s">
+      <c r="C426" s="4" t="s">
         <v>1688</v>
       </c>
-      <c r="D425" s="22" t="s">
+      <c r="D426" s="22" t="s">
         <v>1224</v>
       </c>
-      <c r="E425" s="22" t="s">
+      <c r="E426" s="22" t="s">
         <v>1225</v>
       </c>
-      <c r="F425" s="5" t="s">
+      <c r="F426" s="5" t="s">
         <v>1226</v>
       </c>
     </row>
-    <row r="426" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A426" s="31" t="s">
+    <row r="427" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A427" s="31" t="s">
         <v>1227</v>
       </c>
-      <c r="B426" s="25" t="s">
+      <c r="B427" s="25" t="s">
         <v>1228</v>
       </c>
-      <c r="C426" s="8" t="s">
+      <c r="C427" s="8" t="s">
         <v>1654</v>
       </c>
-      <c r="D426" s="25" t="s">
+      <c r="D427" s="25" t="s">
         <v>1229</v>
       </c>
-      <c r="E426" s="25" t="s">
+      <c r="E427" s="25" t="s">
         <v>1230</v>
       </c>
-      <c r="F426" s="9" t="s">
+      <c r="F427" s="9" t="s">
         <v>1231</v>
       </c>
     </row>
-    <row r="427" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A427" s="30" t="s">
+    <row r="428" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A428" s="30" t="s">
         <v>1232</v>
       </c>
-      <c r="B427" s="22" t="s">
+      <c r="B428" s="22" t="s">
         <v>1233</v>
       </c>
-      <c r="C427" s="4" t="s">
+      <c r="C428" s="4" t="s">
         <v>1689</v>
       </c>
-      <c r="D427" s="22" t="s">
+      <c r="D428" s="22" t="s">
         <v>1234</v>
       </c>
-      <c r="E427" s="22" t="s">
+      <c r="E428" s="22" t="s">
         <v>1690</v>
       </c>
-      <c r="F427" s="5" t="s">
+      <c r="F428" s="5" t="s">
         <v>1235</v>
       </c>
     </row>
-    <row r="428" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A428" s="31" t="s">
+    <row r="429" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A429" s="31" t="s">
         <v>1236</v>
       </c>
-      <c r="B428" s="25" t="s">
+      <c r="B429" s="25" t="s">
         <v>1237</v>
       </c>
-      <c r="C428" s="8" t="s">
+      <c r="C429" s="8" t="s">
         <v>1691</v>
       </c>
-      <c r="D428" s="25" t="s">
+      <c r="D429" s="25" t="s">
         <v>1238</v>
       </c>
-      <c r="E428" s="25" t="s">
+      <c r="E429" s="25" t="s">
         <v>1239</v>
       </c>
-      <c r="F428" s="9" t="s">
+      <c r="F429" s="9" t="s">
         <v>1240</v>
       </c>
     </row>
-    <row r="429" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A429" s="30" t="s">
+    <row r="430" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A430" s="30" t="s">
         <v>1241</v>
       </c>
-      <c r="B429" s="22" t="s">
+      <c r="B430" s="22" t="s">
         <v>1242</v>
       </c>
-      <c r="C429" s="4" t="s">
+      <c r="C430" s="4" t="s">
         <v>1497</v>
       </c>
-      <c r="D429" s="22" t="s">
+      <c r="D430" s="22" t="s">
         <v>1243</v>
       </c>
-      <c r="E429" s="22" t="s">
+      <c r="E430" s="22" t="s">
         <v>1244</v>
       </c>
-      <c r="F429" s="5" t="s">
+      <c r="F430" s="5" t="s">
         <v>1245</v>
       </c>
     </row>
-    <row r="430" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A430" s="31" t="s">
+    <row r="431" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A431" s="31" t="s">
         <v>1692</v>
       </c>
-      <c r="B430" s="25" t="s">
+      <c r="B431" s="25" t="s">
         <v>1246</v>
       </c>
-      <c r="C430" s="8" t="s">
+      <c r="C431" s="8" t="s">
         <v>1693</v>
       </c>
-      <c r="D430" s="25" t="s">
+      <c r="D431" s="25" t="s">
         <v>1247</v>
       </c>
-      <c r="E430" s="25" t="s">
+      <c r="E431" s="25" t="s">
         <v>1694</v>
       </c>
-      <c r="F430" s="9" t="s">
+      <c r="F431" s="9" t="s">
         <v>1248</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="F431" s="4"/>
     </row>
     <row r="432" spans="1:6" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A432" s="30"/>
       <c r="B432" s="22"/>
       <c r="C432" s="4"/>
       <c r="D432" s="22"/>
       <c r="E432" s="22"/>
       <c r="F432" s="4"/>
     </row>
     <row r="433" spans="1:6" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A433" s="30"/>
       <c r="B433" s="22"/>
       <c r="C433" s="4"/>
       <c r="D433" s="22"/>
       <c r="E433" s="22"/>
       <c r="F433" s="4"/>
     </row>
     <row r="434" spans="1:6" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A434" s="30"/>
       <c r="B434" s="22"/>
       <c r="C434" s="4"/>
       <c r="D434" s="22"/>
       <c r="E434" s="22"/>
       <c r="F434" s="4"/>
     </row>
@@ -24958,506 +25023,513 @@
     </row>
     <row r="1088" spans="1:6" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1088" s="30"/>
       <c r="B1088" s="22"/>
       <c r="C1088" s="4"/>
       <c r="D1088" s="22"/>
       <c r="E1088" s="22"/>
       <c r="F1088" s="4"/>
     </row>
     <row r="1089" spans="1:6" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1089" s="30"/>
       <c r="B1089" s="22"/>
       <c r="C1089" s="4"/>
       <c r="D1089" s="22"/>
       <c r="E1089" s="22"/>
       <c r="F1089" s="4"/>
     </row>
     <row r="1090" spans="1:6" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1090" s="30"/>
       <c r="B1090" s="22"/>
       <c r="C1090" s="4"/>
       <c r="D1090" s="22"/>
       <c r="E1090" s="22"/>
       <c r="F1090" s="4"/>
     </row>
+    <row r="1091" spans="1:6" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1091" s="30"/>
+      <c r="B1091" s="22"/>
+      <c r="C1091" s="4"/>
+      <c r="D1091" s="22"/>
+      <c r="E1091" s="22"/>
+      <c r="F1091" s="4"/>
+    </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="F68" r:id="rId1" xr:uid="{5E50D945-A86D-43C0-80F7-71F447CA1CCB}"/>
-[...421 lines deleted...]
-    <hyperlink ref="F4" r:id="rId423" xr:uid="{3168E8EF-A8A9-4AED-87BC-85647AB93151}"/>
+    <hyperlink ref="F69" r:id="rId1" xr:uid="{5E50D945-A86D-43C0-80F7-71F447CA1CCB}"/>
+    <hyperlink ref="F70" r:id="rId2" xr:uid="{91E3C399-0BAD-4DBC-B9DA-2D92216B45CE}"/>
+    <hyperlink ref="F71" r:id="rId3" xr:uid="{582F8E14-E895-4E8B-A9DC-D99AC574E13A}"/>
+    <hyperlink ref="F72" r:id="rId4" xr:uid="{A544497B-A4FC-41A6-908F-61F59BA65AC1}"/>
+    <hyperlink ref="F73" r:id="rId5" xr:uid="{45037501-7617-4DFD-A1D1-6F895C0D6384}"/>
+    <hyperlink ref="F74" r:id="rId6" xr:uid="{4E6D00ED-5C25-4E94-8736-5F07FB9218AD}"/>
+    <hyperlink ref="F75" r:id="rId7" xr:uid="{F7A5801A-DC49-42FD-A76B-3E6985369F20}"/>
+    <hyperlink ref="F76" r:id="rId8" xr:uid="{81968111-29B5-44F6-A454-CBCAE7AF48F9}"/>
+    <hyperlink ref="F77" r:id="rId9" xr:uid="{7E372B04-12FD-4F14-B5BF-EEEBA7EAB779}"/>
+    <hyperlink ref="F78" r:id="rId10" xr:uid="{557FFBBC-A6CD-4EEC-BD2F-1B07D09C6D1C}"/>
+    <hyperlink ref="F79" r:id="rId11" location="ctx1" display="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=243869&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=4073379 - ctx1" xr:uid="{CD9D62E9-8DB2-4E26-9C89-15C988821048}"/>
+    <hyperlink ref="F80" r:id="rId12" location="ctx1" display="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=243101&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=25313090 - ctx1" xr:uid="{CA87EC78-5704-4DB7-A849-606999DB35BE}"/>
+    <hyperlink ref="F81" r:id="rId13" location="ctx1" display="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=243105&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=25313090 - ctx1" xr:uid="{687F49E9-7DFF-40FF-B42E-0D6570267E24}"/>
+    <hyperlink ref="F82" r:id="rId14" location="ctx1" display="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=242035&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=25315817 - ctx1" xr:uid="{8DE32419-09A8-4A0F-B641-D17070AC95E1}"/>
+    <hyperlink ref="F83" r:id="rId15" location="ctx1" display="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=241465&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=9152398 - ctx1" xr:uid="{B7D7F338-B850-4C5D-B508-D3430A5E9F12}"/>
+    <hyperlink ref="F84" r:id="rId16" location="ctx1" display="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=240226&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=8778765 - ctx1" xr:uid="{3A03D04E-C357-4E9B-BFD0-036A35B9CF72}"/>
+    <hyperlink ref="F85" r:id="rId17" location="ctx1" display="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F25%252FES&amp;docid=239242&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=4735817 - ctx1" xr:uid="{AFF99E83-6E35-4C0A-9E7E-5D2FDB2FBBE8}"/>
+    <hyperlink ref="F86" r:id="rId18" location="ctx1" display="http://curia.europa.eu/juris/document/document.jsf?text=%2B2014%252F24%252FES&amp;docid=237284&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=3628813 - ctx1" xr:uid="{8C6FDE9F-EF1E-4D26-A090-7100CF99AFE3}"/>
+    <hyperlink ref="F87" r:id="rId19" location="ctx1" display="http://curia.europa.eu/juris/document/document.jsf?text=%2B2014%252F24%252FES&amp;docid=236425&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=3338039 - ctx1" xr:uid="{E3D84840-9BB9-4789-BDD1-3B0A3D0F0B90}"/>
+    <hyperlink ref="F88" r:id="rId20" xr:uid="{495D703A-01B2-44BE-A699-B14B1323A137}"/>
+    <hyperlink ref="F89" r:id="rId21" xr:uid="{E4A7B444-B0DD-4458-93AE-B963597B72E0}"/>
+    <hyperlink ref="F91" r:id="rId22" location="ctx1" display="http://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=230864&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=4925643 - ctx1" xr:uid="{9B6E858C-79AA-4983-BB09-B2658B17433B}"/>
+    <hyperlink ref="F92" r:id="rId23" xr:uid="{2FC527E0-0A3D-4D52-A7EE-2B3394D143A9}"/>
+    <hyperlink ref="F93" r:id="rId24" xr:uid="{CE67573B-6194-47BC-8DB1-EF8A0EEA57D7}"/>
+    <hyperlink ref="F94" r:id="rId25" xr:uid="{A1CAF122-AD42-4F6A-B448-49D44C5EDBC2}"/>
+    <hyperlink ref="F95" r:id="rId26" xr:uid="{0C054475-A158-4737-BBBD-B715A0E6A9E3}"/>
+    <hyperlink ref="F96" r:id="rId27" xr:uid="{2C2893D7-1135-4822-BE19-4B5BE260ECD6}"/>
+    <hyperlink ref="F97" r:id="rId28" xr:uid="{CD2A4A03-C229-4661-A67B-EE0234142CBA}"/>
+    <hyperlink ref="F98" r:id="rId29" xr:uid="{84B4C626-9C3C-4B66-B28A-4D2E430005C4}"/>
+    <hyperlink ref="F99" r:id="rId30" xr:uid="{0FB2F4E5-D376-42FD-9954-D5890CF42AEF}"/>
+    <hyperlink ref="F100" r:id="rId31" xr:uid="{E907DF46-E6E6-4976-9AD1-1B47B0E01D71}"/>
+    <hyperlink ref="F101" r:id="rId32" xr:uid="{FB8374D7-CD80-41AD-9111-70D179FBA329}"/>
+    <hyperlink ref="F102" r:id="rId33" xr:uid="{D97281B2-2D95-47EB-8C0D-E66C9A70977A}"/>
+    <hyperlink ref="F103" r:id="rId34" xr:uid="{E88A527B-4044-4358-A375-2AF0C4A7B5D8}"/>
+    <hyperlink ref="F104" r:id="rId35" xr:uid="{287300F5-CD7A-4841-90B0-F7C453B7D854}"/>
+    <hyperlink ref="F105" r:id="rId36" xr:uid="{7363FF97-7DE0-458F-8D4B-81C5577A9F4A}"/>
+    <hyperlink ref="F106" r:id="rId37" xr:uid="{FE4C85B4-2D18-4416-B9DF-201C25023378}"/>
+    <hyperlink ref="F107" r:id="rId38" xr:uid="{79CC54A1-7E92-4BD6-A8F1-2496D8F479EF}"/>
+    <hyperlink ref="F108" r:id="rId39" xr:uid="{D7C2F2A5-B6F0-4A5A-80EB-4D57573A1623}"/>
+    <hyperlink ref="F109" r:id="rId40" xr:uid="{AFEFECDB-07A7-436A-9D25-822FDEFF6515}"/>
+    <hyperlink ref="F110" r:id="rId41" xr:uid="{562DEF1B-9794-4CFE-A2E7-EA78C0AFD46D}"/>
+    <hyperlink ref="F111" r:id="rId42" xr:uid="{7244A785-5726-4498-B931-A8A563B11018}"/>
+    <hyperlink ref="F112" r:id="rId43" xr:uid="{CF7EDAF9-548A-4BE3-8C92-0237AFE228A1}"/>
+    <hyperlink ref="F113" r:id="rId44" xr:uid="{554DBA2E-1BDD-4818-9540-28F2454EFC58}"/>
+    <hyperlink ref="F114" r:id="rId45" xr:uid="{34599B58-CBAA-4B94-BB8D-8CE8221139A2}"/>
+    <hyperlink ref="F115" r:id="rId46" xr:uid="{21BEB45E-DA3A-4BF8-9968-AFF5FED31044}"/>
+    <hyperlink ref="F116" r:id="rId47" xr:uid="{25644B40-ACDA-47B8-84CF-299EE1FB28F7}"/>
+    <hyperlink ref="F117" r:id="rId48" xr:uid="{457C97A1-D201-4BA7-A3B8-029BFA177956}"/>
+    <hyperlink ref="F118" r:id="rId49" xr:uid="{7F797C2C-4B8A-4EBB-888D-3462EAFC2F1B}"/>
+    <hyperlink ref="F119" r:id="rId50" xr:uid="{859E3E9C-1D16-4F79-AA95-F4787DDDF72D}"/>
+    <hyperlink ref="F120" r:id="rId51" xr:uid="{B47AEAA8-CB03-4944-B827-3D26297ED324}"/>
+    <hyperlink ref="F121" r:id="rId52" xr:uid="{5FBFE4BC-0DAF-4B27-B2B3-F062854353EB}"/>
+    <hyperlink ref="F122" r:id="rId53" xr:uid="{AD61BDC6-929D-4C10-A87E-2A0AB38B25A8}"/>
+    <hyperlink ref="F123" r:id="rId54" xr:uid="{2DE06636-E80F-4B12-AA97-A12601B8872F}"/>
+    <hyperlink ref="F124" r:id="rId55" xr:uid="{D98832A2-79F5-4322-8815-0864A7151DE5}"/>
+    <hyperlink ref="F125" r:id="rId56" xr:uid="{A20EEEC0-5062-49E2-9994-4F9F6C0B9E5B}"/>
+    <hyperlink ref="F126" r:id="rId57" xr:uid="{758034CD-61AD-4606-BC92-5B24511B047E}"/>
+    <hyperlink ref="F127" r:id="rId58" xr:uid="{1DFF8740-B3B8-408F-82DE-0B46D1881763}"/>
+    <hyperlink ref="F128" r:id="rId59" xr:uid="{342E5AE5-8D8D-424F-9F83-B3BA1395BC7F}"/>
+    <hyperlink ref="F129" r:id="rId60" xr:uid="{C8614008-38B7-4F59-8CDB-76775FBBC508}"/>
+    <hyperlink ref="F130" r:id="rId61" xr:uid="{6B8FD525-53F8-4A12-972A-5D4F2C826D4B}"/>
+    <hyperlink ref="F131" r:id="rId62" xr:uid="{ED68EC50-3FB0-4EEE-BB10-B9F035477C7D}"/>
+    <hyperlink ref="F132" r:id="rId63" xr:uid="{0CB56F6E-1ACF-4991-9865-DCC00DDEF50E}"/>
+    <hyperlink ref="F133" r:id="rId64" xr:uid="{BF7A3B0E-FB4C-4F88-A5C3-24D44CB4D9B9}"/>
+    <hyperlink ref="F134" r:id="rId65" xr:uid="{3810AA8E-FF8B-4D64-8EC2-0837E15A3BFB}"/>
+    <hyperlink ref="F135" r:id="rId66" xr:uid="{6E7EA1A7-9DFA-4F47-AFB7-8BED23983E8D}"/>
+    <hyperlink ref="F136" r:id="rId67" xr:uid="{21BDBDBE-0F26-462E-846A-3A4C572E1AD2}"/>
+    <hyperlink ref="F137" r:id="rId68" xr:uid="{D0E5AA93-4192-4111-A097-1BB89F867EA5}"/>
+    <hyperlink ref="F138" r:id="rId69" location="ctx1" display="http://curia.europa.eu/juris/document/document.jsf?text=C-178%252F16%2B&amp;docid=198054&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=852237 - ctx1" xr:uid="{02C33C8E-29FB-4D56-BA11-FF196807C662}"/>
+    <hyperlink ref="F139" r:id="rId70" location="ctx1" display="http://curia.europa.eu/juris/document/document.jsf?text=C%25E2%2580%2591408%252F16&amp;docid=197488&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=852237 - ctx1" xr:uid="{C7F5415C-9972-44B4-8A9B-5FB6DD988848}"/>
+    <hyperlink ref="F140" r:id="rId71" xr:uid="{19D5D8AF-4CF8-4964-A212-8FFE978AA77F}"/>
+    <hyperlink ref="F141" r:id="rId72" xr:uid="{114BEE3B-10F0-4083-AABA-777B09009057}"/>
+    <hyperlink ref="F142" r:id="rId73" xr:uid="{DAA196DA-1E0E-40F6-A9ED-AD2C37B83D44}"/>
+    <hyperlink ref="F143" r:id="rId74" xr:uid="{FD023441-D918-415F-A590-A95FEB4614D0}"/>
+    <hyperlink ref="F144" r:id="rId75" xr:uid="{F7232FED-BA45-400E-B7CC-23CACE77273D}"/>
+    <hyperlink ref="F145" r:id="rId76" xr:uid="{57B80220-8016-45B2-8A3E-EA0CCC065C74}"/>
+    <hyperlink ref="F146" r:id="rId77" xr:uid="{A3A85F07-2404-43BA-BC90-95C731DBC8DB}"/>
+    <hyperlink ref="F147" r:id="rId78" xr:uid="{B847EEA5-AB7E-4AA2-8F87-B9D0D00C15AE}"/>
+    <hyperlink ref="F148" r:id="rId79" xr:uid="{03CDBD36-6B8E-4EDA-AC7B-1C1FC41295C5}"/>
+    <hyperlink ref="F149" r:id="rId80" xr:uid="{00024EE2-C6EB-47A8-B710-A2BA9DCA0135}"/>
+    <hyperlink ref="F150" r:id="rId81" xr:uid="{C9B03D23-FD7E-4B1B-8547-FEC49E82FE81}"/>
+    <hyperlink ref="F151" r:id="rId82" xr:uid="{4531937A-2446-447F-848B-8DAE01C439D5}"/>
+    <hyperlink ref="F152" r:id="rId83" xr:uid="{AE822FDA-2954-41B7-A1B0-AC0CA3BF40F5}"/>
+    <hyperlink ref="F153" r:id="rId84" xr:uid="{A9CBA9CA-F74D-4292-B69A-37E5645C3FD9}"/>
+    <hyperlink ref="F154" r:id="rId85" xr:uid="{50D17AB1-BEC1-4486-BB4B-AC26B3DD2580}"/>
+    <hyperlink ref="F155" r:id="rId86" xr:uid="{262663A8-02B3-42CF-BC73-2B90A6CA3BB8}"/>
+    <hyperlink ref="F156" r:id="rId87" xr:uid="{94489558-49F4-4D3C-9B6B-8B98E0945929}"/>
+    <hyperlink ref="F157" r:id="rId88" xr:uid="{C581AAEB-AE20-414D-8928-85C26B9F06E2}"/>
+    <hyperlink ref="F158" r:id="rId89" xr:uid="{7A373577-4269-43C9-9BDE-2CCF63B8455E}"/>
+    <hyperlink ref="F159" r:id="rId90" xr:uid="{99D790DF-8EC2-4AFA-BCF8-4BA44B7CC822}"/>
+    <hyperlink ref="F160" r:id="rId91" xr:uid="{51AC64DE-FB87-47BA-854B-8635A0F8A098}"/>
+    <hyperlink ref="F161" r:id="rId92" xr:uid="{A9CDFBFA-3B22-4560-9A50-32CD1C73E891}"/>
+    <hyperlink ref="F162" r:id="rId93" xr:uid="{701CE4C7-8019-4D46-A053-80038B09A7D9}"/>
+    <hyperlink ref="F163" r:id="rId94" xr:uid="{C1306A20-2816-4344-BAAE-C5562934D35A}"/>
+    <hyperlink ref="F164" r:id="rId95" xr:uid="{D03A0BA1-B4E8-4D3E-9D0B-6F9590CE26B8}"/>
+    <hyperlink ref="F165" r:id="rId96" xr:uid="{587A8FE3-2742-4C81-8F0D-937E65DEE46C}"/>
+    <hyperlink ref="F166" r:id="rId97" xr:uid="{3C49C98B-5B69-4C02-B409-F9E9A04DA680}"/>
+    <hyperlink ref="F167" r:id="rId98" xr:uid="{3DDC74D1-BCE9-46F1-B18D-DF86606A4A2E}"/>
+    <hyperlink ref="F168" r:id="rId99" xr:uid="{92D74A66-10FE-4A42-8FE5-6C5657931E6D}"/>
+    <hyperlink ref="F169" r:id="rId100" xr:uid="{60BF8798-1FA6-4575-926A-27D258C3EB1F}"/>
+    <hyperlink ref="F170" r:id="rId101" xr:uid="{6D42D907-D4A9-42F7-8265-5E520A60FC0B}"/>
+    <hyperlink ref="F171" r:id="rId102" xr:uid="{88F136E4-E1D1-4E75-A942-AC706E36BFCC}"/>
+    <hyperlink ref="F172" r:id="rId103" xr:uid="{F29D2B90-2E7D-4CBE-89FD-DD8B715412FE}"/>
+    <hyperlink ref="F173" r:id="rId104" xr:uid="{4B0365A5-776E-4B8F-8AED-C5735D1B66B8}"/>
+    <hyperlink ref="F174" r:id="rId105" xr:uid="{A2EFC5DB-4442-498E-8FCE-3D596FF61B5C}"/>
+    <hyperlink ref="F175" r:id="rId106" xr:uid="{E2041263-F627-4BF2-A8B4-0EEBB8D9B989}"/>
+    <hyperlink ref="F176" r:id="rId107" xr:uid="{51D5A5AF-B7F8-4F00-B7E0-7E5889FFECC7}"/>
+    <hyperlink ref="F177" r:id="rId108" xr:uid="{B466E123-447F-4D7D-90FB-9E0B2C044CB9}"/>
+    <hyperlink ref="F178" r:id="rId109" xr:uid="{0D3B554F-CC32-4A73-AD49-682E06A5F206}"/>
+    <hyperlink ref="F179" r:id="rId110" xr:uid="{9784728D-8CE5-445F-8262-913478475F51}"/>
+    <hyperlink ref="F180" r:id="rId111" xr:uid="{0F116259-A517-4161-B2C7-638ABFA61CB5}"/>
+    <hyperlink ref="F181" r:id="rId112" xr:uid="{D901834F-6F9B-44A8-8D98-777B0E1CF498}"/>
+    <hyperlink ref="F182" r:id="rId113" xr:uid="{070ECBFF-6CFC-4D5A-837F-E078EA67D2EB}"/>
+    <hyperlink ref="F183" r:id="rId114" xr:uid="{1CF6156B-AC71-477B-8BF1-2D54CB2F5252}"/>
+    <hyperlink ref="F184" r:id="rId115" xr:uid="{C3D70762-C05B-4B4A-87E4-C2E67A371903}"/>
+    <hyperlink ref="F185" r:id="rId116" xr:uid="{E8B4FB97-902C-4834-9674-63C6E4B23EF7}"/>
+    <hyperlink ref="F186" r:id="rId117" xr:uid="{628C7BF6-5069-4169-86CE-EC743B864EFF}"/>
+    <hyperlink ref="F187" r:id="rId118" xr:uid="{689E97F9-CCA0-4F63-8DA5-55E17EED73E3}"/>
+    <hyperlink ref="F188" r:id="rId119" display="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-40/12&amp;td=ALL" xr:uid="{65B4AB56-8D21-43EF-B3D8-A5B8043A7444}"/>
+    <hyperlink ref="F189" r:id="rId120" xr:uid="{1776C018-7084-4528-AB9E-06E4CE1B232C}"/>
+    <hyperlink ref="F190" r:id="rId121" xr:uid="{1B7D6B54-2396-43E0-98A4-6A55129D5AB8}"/>
+    <hyperlink ref="F191" r:id="rId122" xr:uid="{B0B0D5B2-5DB4-4DC5-9458-FA1AE71CE6E8}"/>
+    <hyperlink ref="F192" r:id="rId123" xr:uid="{CD2ADDA7-72C2-40B8-8DDC-34CD81B435F6}"/>
+    <hyperlink ref="F193" r:id="rId124" xr:uid="{4062D268-128F-4C3D-926E-3853877DB356}"/>
+    <hyperlink ref="F194" r:id="rId125" xr:uid="{9F093D7C-9C95-4AEC-A43B-A801A698C500}"/>
+    <hyperlink ref="F195" r:id="rId126" xr:uid="{B9DDE82F-D63B-406E-B61D-6FE52692A419}"/>
+    <hyperlink ref="F196" r:id="rId127" xr:uid="{716F987A-91E5-486F-A08C-2CE647BA1241}"/>
+    <hyperlink ref="F197" r:id="rId128" xr:uid="{8C1870C6-EA7C-41F8-9AC3-9C3E61CAB947}"/>
+    <hyperlink ref="F198" r:id="rId129" xr:uid="{FF02C945-66D2-4707-B8DF-871B01667B0F}"/>
+    <hyperlink ref="F199" r:id="rId130" xr:uid="{3C83E539-F8D1-4857-8EA8-954FA9C57FCF}"/>
+    <hyperlink ref="F200" r:id="rId131" xr:uid="{4466E80A-2AFE-414F-8BC1-E59D7666646D}"/>
+    <hyperlink ref="F201" r:id="rId132" xr:uid="{9E0E19DF-FA02-4086-9C21-09ABD37FD3FB}"/>
+    <hyperlink ref="F202" r:id="rId133" xr:uid="{9849B0D9-5BEC-4620-B110-FEF759B38267}"/>
+    <hyperlink ref="F203" r:id="rId134" xr:uid="{A1185535-A6C2-4520-8757-686D9482B2FC}"/>
+    <hyperlink ref="F204" r:id="rId135" xr:uid="{7DF2FFFE-54CD-4523-9134-EA30F89A0946}"/>
+    <hyperlink ref="F205" r:id="rId136" xr:uid="{28CAA66D-C555-4F25-A493-435BD9510B08}"/>
+    <hyperlink ref="F206" r:id="rId137" xr:uid="{FB4FD699-6BED-4926-B0F1-3248D2CD77DC}"/>
+    <hyperlink ref="F207" r:id="rId138" xr:uid="{E0889A47-7195-4369-84D3-BC16BB0EBB03}"/>
+    <hyperlink ref="F208" r:id="rId139" display="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-117/12&amp;td=ALL" xr:uid="{B3DA648A-81B5-40DF-BAE9-CC8AB9E665CE}"/>
+    <hyperlink ref="F209" r:id="rId140" xr:uid="{C43D1168-D5D6-437A-9AE2-F3FC486F38F0}"/>
+    <hyperlink ref="F210" r:id="rId141" xr:uid="{06B00C47-5ED1-4D48-AC9E-8CA02067904A}"/>
+    <hyperlink ref="F211" r:id="rId142" xr:uid="{819D857A-A32D-4584-BED9-730763319614}"/>
+    <hyperlink ref="F212" r:id="rId143" xr:uid="{8C2ED0BF-F0CC-4373-83EF-65D74EC6A532}"/>
+    <hyperlink ref="F213" r:id="rId144" xr:uid="{82EEDA64-7BDE-45B6-AB15-1D331296E296}"/>
+    <hyperlink ref="F214" r:id="rId145" xr:uid="{EC727CD4-9C9E-47D1-9255-0BC9ACAD649D}"/>
+    <hyperlink ref="F215" r:id="rId146" xr:uid="{831828C0-0DCC-483F-9668-1186BE2B7C2D}"/>
+    <hyperlink ref="F216" r:id="rId147" xr:uid="{A0E24E6D-BF8E-4D25-A5EF-C2FC69040DB7}"/>
+    <hyperlink ref="F217" r:id="rId148" xr:uid="{95FA1E59-3210-46EE-8AB8-5CEBF72E34F2}"/>
+    <hyperlink ref="F218" r:id="rId149" xr:uid="{9B392692-BCAE-458B-848D-C1E5F1ED9B06}"/>
+    <hyperlink ref="F219" r:id="rId150" xr:uid="{B52C1802-9A02-43EF-9D52-079297396771}"/>
+    <hyperlink ref="F220" r:id="rId151" xr:uid="{8803C13D-0D3B-443C-9717-EE19917476ED}"/>
+    <hyperlink ref="F221" r:id="rId152" xr:uid="{F1693578-46AD-48A5-9141-4CD358CB210D}"/>
+    <hyperlink ref="F222" r:id="rId153" xr:uid="{F5720489-F50E-4EA5-B301-7714AB3C9BE4}"/>
+    <hyperlink ref="F223" r:id="rId154" xr:uid="{5B69B5B2-64E4-4C3C-AEEE-893DB7D04242}"/>
+    <hyperlink ref="F224" r:id="rId155" xr:uid="{D01ED542-4939-48EF-8ECC-F083CB3D2BEC}"/>
+    <hyperlink ref="F225" r:id="rId156" xr:uid="{56C45074-F445-45CD-9623-848B90867AF7}"/>
+    <hyperlink ref="F226" r:id="rId157" xr:uid="{71376975-B4E5-46EE-A38A-035E0738F352}"/>
+    <hyperlink ref="F227" r:id="rId158" xr:uid="{DA5B4A44-E2A5-40F1-99A1-B12021B2C966}"/>
+    <hyperlink ref="F228" r:id="rId159" xr:uid="{B19EBEE7-5430-4536-9433-2D923AE7C40F}"/>
+    <hyperlink ref="F229" r:id="rId160" xr:uid="{AA8A1650-D95D-48D4-B57C-8B92587C4C5F}"/>
+    <hyperlink ref="F230" r:id="rId161" xr:uid="{0DDD6219-D802-4CF9-9B67-723E93080B17}"/>
+    <hyperlink ref="F231" r:id="rId162" xr:uid="{C31EF535-08DE-43A0-912F-D820896C5F01}"/>
+    <hyperlink ref="F232" r:id="rId163" xr:uid="{C902C11E-D5A7-4EDD-9442-2BCF9B1C5F63}"/>
+    <hyperlink ref="F233" r:id="rId164" xr:uid="{62997B01-B503-463A-BDB7-15141816D7E9}"/>
+    <hyperlink ref="F234" r:id="rId165" xr:uid="{7AD320CB-0D26-4A65-9265-26C02A8113C4}"/>
+    <hyperlink ref="F235" r:id="rId166" xr:uid="{3ECFBE15-542A-441C-A6C2-21357FF83EB3}"/>
+    <hyperlink ref="F236" r:id="rId167" xr:uid="{CEC261D8-3FED-431D-A6BE-1E74D8CB75EF}"/>
+    <hyperlink ref="F237" r:id="rId168" xr:uid="{BCFD434E-61C7-436B-B664-847BB615CA07}"/>
+    <hyperlink ref="F238" r:id="rId169" xr:uid="{A034A62C-C2CE-4A01-9881-6283B2A697CB}"/>
+    <hyperlink ref="F239" r:id="rId170" xr:uid="{F7534B41-A11D-4B54-A535-5E0CDA984804}"/>
+    <hyperlink ref="F240" r:id="rId171" xr:uid="{090400DD-E104-4169-8BF1-6575C92C8BB4}"/>
+    <hyperlink ref="F241" r:id="rId172" xr:uid="{B63A3395-461F-4A94-B2B1-B7A21CFB2EB3}"/>
+    <hyperlink ref="F242" r:id="rId173" xr:uid="{72A501F5-17EE-4645-A655-BF39E8694BFD}"/>
+    <hyperlink ref="F243" r:id="rId174" xr:uid="{F3BEB753-6B04-4C4F-A4BA-13C590F5C17F}"/>
+    <hyperlink ref="F244" r:id="rId175" xr:uid="{36DEB196-477C-4F9D-A3E1-30E4F074D2FF}"/>
+    <hyperlink ref="F245" r:id="rId176" xr:uid="{9B60D008-2B04-4905-833B-446319D6E4C1}"/>
+    <hyperlink ref="F246" r:id="rId177" xr:uid="{C41B46A3-1119-4A7A-957C-9042A036659E}"/>
+    <hyperlink ref="F247" r:id="rId178" xr:uid="{CB089953-0179-4225-BBB5-5AD890665FAA}"/>
+    <hyperlink ref="F248" r:id="rId179" xr:uid="{2EBA467F-CCF4-4CF5-A5F8-407089CCE7E2}"/>
+    <hyperlink ref="F249" r:id="rId180" xr:uid="{B76F6015-2B69-4D84-9D0D-7C53FE7AD348}"/>
+    <hyperlink ref="F250" r:id="rId181" xr:uid="{7941157F-D2E8-405A-8D11-4E610F69FC9E}"/>
+    <hyperlink ref="F251" r:id="rId182" xr:uid="{C772BA25-534D-4F04-A78C-28476F2454E9}"/>
+    <hyperlink ref="F252" r:id="rId183" xr:uid="{419E614F-A6A4-44AE-8565-C02A0B9F506B}"/>
+    <hyperlink ref="F253" r:id="rId184" xr:uid="{44C41093-B2B6-4716-B4B1-08E047979FFC}"/>
+    <hyperlink ref="F254" r:id="rId185" xr:uid="{F0E1AFBB-9D48-44DE-A512-6D3C2C9AAB2B}"/>
+    <hyperlink ref="F255" r:id="rId186" xr:uid="{C294806D-A365-4963-A524-F4D3BFA8BA40}"/>
+    <hyperlink ref="F256" r:id="rId187" xr:uid="{A58700CA-3D50-4ABF-B39B-9E23E834BBC2}"/>
+    <hyperlink ref="F257" r:id="rId188" xr:uid="{CC59EC2E-49B0-44AD-B8FF-0D4AB6492D0E}"/>
+    <hyperlink ref="F258" r:id="rId189" xr:uid="{1DC8940F-FC53-40A3-ACA7-5F102EE5596F}"/>
+    <hyperlink ref="F259" r:id="rId190" xr:uid="{7E924F0E-312C-495E-8111-F79E1020EB80}"/>
+    <hyperlink ref="F260" r:id="rId191" xr:uid="{D702975F-F733-4B6B-8FAF-4BF88D1404AD}"/>
+    <hyperlink ref="F261" r:id="rId192" xr:uid="{3CA79925-A540-4258-AF31-BF0E81A670AA}"/>
+    <hyperlink ref="F262" r:id="rId193" xr:uid="{15025F1D-37BC-4804-9988-0487ECA8B8D8}"/>
+    <hyperlink ref="F263" r:id="rId194" xr:uid="{6E14CD38-B6F1-48D9-BC3D-3A09D1FB6D82}"/>
+    <hyperlink ref="F264" r:id="rId195" xr:uid="{262C5A06-C269-4A66-A8CE-07CAA3470462}"/>
+    <hyperlink ref="F265" r:id="rId196" xr:uid="{416CF35C-7B0A-4F26-BEE0-30FB820C821D}"/>
+    <hyperlink ref="F266" r:id="rId197" xr:uid="{26228A83-C518-475B-AAE2-7A086F3EE251}"/>
+    <hyperlink ref="F267" r:id="rId198" xr:uid="{70DA66BA-77AA-4E83-93B0-1D332758602E}"/>
+    <hyperlink ref="F268" r:id="rId199" xr:uid="{F0591E27-CA0C-4EBB-86FD-6EB21BA01683}"/>
+    <hyperlink ref="F269" r:id="rId200" xr:uid="{62324CBA-B0CE-44E1-B205-DB7404C1DA54}"/>
+    <hyperlink ref="F270" r:id="rId201" xr:uid="{EB4F80BF-6751-4B5D-9008-A0D1A0172633}"/>
+    <hyperlink ref="F271" r:id="rId202" xr:uid="{C0C48C22-A8DD-4720-8997-D1C57641DC40}"/>
+    <hyperlink ref="F272" r:id="rId203" xr:uid="{173D0769-1DB2-4253-B6C9-BDE5D868CC47}"/>
+    <hyperlink ref="F273" r:id="rId204" xr:uid="{BA4F78E2-710E-4656-8BD4-AA876F60A52D}"/>
+    <hyperlink ref="F274" r:id="rId205" xr:uid="{6829AB93-F033-4CC6-A661-6869DDCA2224}"/>
+    <hyperlink ref="F275" r:id="rId206" xr:uid="{76D423D4-6E6D-485D-9D4A-340CD54BBAB7}"/>
+    <hyperlink ref="F276" r:id="rId207" xr:uid="{0536CA4E-FDD5-4EEE-AB19-F3D1C56EE87A}"/>
+    <hyperlink ref="F277" r:id="rId208" xr:uid="{839975DA-70F0-452F-8691-85C02B4257A4}"/>
+    <hyperlink ref="F278" r:id="rId209" xr:uid="{727E74AA-BAD8-4482-8B55-D091910FFC9B}"/>
+    <hyperlink ref="F279" r:id="rId210" xr:uid="{300A1C39-EE12-4221-85BF-5E851388CBE0}"/>
+    <hyperlink ref="F280" r:id="rId211" xr:uid="{AE7E9AE8-0EA2-490B-8CF3-EEF1E56BCEB6}"/>
+    <hyperlink ref="F281" r:id="rId212" xr:uid="{9367177B-5C48-4EDF-B612-2AC69BA8C179}"/>
+    <hyperlink ref="F282" r:id="rId213" xr:uid="{90EF650B-F8EE-482B-A300-D96625D5FFCE}"/>
+    <hyperlink ref="F283" r:id="rId214" xr:uid="{289418E4-91F0-4D37-9057-220753C40CAB}"/>
+    <hyperlink ref="F284" r:id="rId215" xr:uid="{00B840A9-563D-453F-85B4-5F6D453FC4F6}"/>
+    <hyperlink ref="F285" r:id="rId216" xr:uid="{C91E9EB0-6DBD-4B78-94C3-99F62E7C0B09}"/>
+    <hyperlink ref="F286" r:id="rId217" xr:uid="{32345947-C40D-4243-8D78-3463DD8B8860}"/>
+    <hyperlink ref="F287" r:id="rId218" xr:uid="{4740FE42-B0EA-4264-B614-2CBE18B74017}"/>
+    <hyperlink ref="F288" r:id="rId219" xr:uid="{D8FFD744-EBD9-41AA-9CD5-AB093A262867}"/>
+    <hyperlink ref="F289" r:id="rId220" xr:uid="{C6A88C66-1C41-4CBF-BAF6-71456734190E}"/>
+    <hyperlink ref="F290" r:id="rId221" xr:uid="{7CDFE4F0-E55B-4DD9-83A4-7720616B5AA4}"/>
+    <hyperlink ref="F291" r:id="rId222" xr:uid="{B66A436B-FD73-482D-981A-2906AF3F5B44}"/>
+    <hyperlink ref="F292" r:id="rId223" xr:uid="{A5B94BDB-128E-49DB-9B36-CCB0068BB7D5}"/>
+    <hyperlink ref="F293" r:id="rId224" xr:uid="{90701DAF-C8FF-4681-8AA0-A781DC8CF283}"/>
+    <hyperlink ref="F294" r:id="rId225" xr:uid="{C7A4E52F-2956-4F08-A593-180C3EEFC927}"/>
+    <hyperlink ref="F295" r:id="rId226" xr:uid="{9F20116E-B9A9-4029-BA3B-392ED0FB3805}"/>
+    <hyperlink ref="F296" r:id="rId227" xr:uid="{A03E7EF2-2693-4195-AA5A-7B2CC0F8875F}"/>
+    <hyperlink ref="F297" r:id="rId228" xr:uid="{6278E486-E161-4842-84F7-335CA3E70A33}"/>
+    <hyperlink ref="F298" r:id="rId229" xr:uid="{F6604267-BA62-47BE-91CE-58A7F10E2C7F}"/>
+    <hyperlink ref="F299" r:id="rId230" xr:uid="{83321FAC-2EF6-4DDA-A29D-42A14DACE546}"/>
+    <hyperlink ref="F300" r:id="rId231" xr:uid="{D921F7F7-C35C-4F33-968B-321290025154}"/>
+    <hyperlink ref="F301" r:id="rId232" xr:uid="{6857DE4C-A1F9-442A-926A-689BCEC33FF7}"/>
+    <hyperlink ref="F302" r:id="rId233" xr:uid="{D2FA88D7-BAE2-433B-90E5-55867BD53C0E}"/>
+    <hyperlink ref="F303" r:id="rId234" xr:uid="{46AB4A01-0E6F-48B0-A5F3-EEBC754FBD9E}"/>
+    <hyperlink ref="F304" r:id="rId235" xr:uid="{BC2C7A4D-97DE-44A5-85EC-7599AD9693D8}"/>
+    <hyperlink ref="F305" r:id="rId236" xr:uid="{CEBE2472-8486-4374-8170-F62C357C088D}"/>
+    <hyperlink ref="F306" r:id="rId237" xr:uid="{B7E986C9-DDF8-4C5D-AB17-1549224DE3FD}"/>
+    <hyperlink ref="F307" r:id="rId238" xr:uid="{6C496FCC-D577-47DD-AC28-9C7EEA25D7A2}"/>
+    <hyperlink ref="F308" r:id="rId239" xr:uid="{180D93B3-CC13-47ED-872A-0910918E275D}"/>
+    <hyperlink ref="F309" r:id="rId240" xr:uid="{B0510762-644C-4E2D-818A-96E0EDA92917}"/>
+    <hyperlink ref="F310" r:id="rId241" xr:uid="{E5427907-B29F-4D2B-880E-00E861157925}"/>
+    <hyperlink ref="F311" r:id="rId242" xr:uid="{430906D3-0975-48C7-83CB-E23897719153}"/>
+    <hyperlink ref="F312" r:id="rId243" xr:uid="{BDEC5090-C526-4CEB-BF1A-01D4FA66BB2A}"/>
+    <hyperlink ref="F313" r:id="rId244" xr:uid="{314D4411-96D4-41EC-A19E-0EEA01A49215}"/>
+    <hyperlink ref="F314" r:id="rId245" xr:uid="{4D6D4330-3B48-4842-8008-2507394B4437}"/>
+    <hyperlink ref="F315" r:id="rId246" xr:uid="{AEFF2BC9-5DE1-46BA-AF73-FBE9C0AC00C6}"/>
+    <hyperlink ref="F316" r:id="rId247" xr:uid="{274A45F2-9BA8-469E-8D93-0DBF95F02D38}"/>
+    <hyperlink ref="F317" r:id="rId248" xr:uid="{AAE07FD5-627A-4F95-B22B-C0A7D17CE22B}"/>
+    <hyperlink ref="F318" r:id="rId249" xr:uid="{5A82C53B-E289-4F58-9D9E-BE233E87FF98}"/>
+    <hyperlink ref="F319" r:id="rId250" xr:uid="{2AAAB93B-A9F6-48D7-ABA4-5483A7727CC1}"/>
+    <hyperlink ref="F320" r:id="rId251" xr:uid="{9B0B3566-16EC-4C4A-97B7-94EFDF72CB54}"/>
+    <hyperlink ref="F321" r:id="rId252" xr:uid="{6AB2B785-D795-467C-9B5F-D464D320E757}"/>
+    <hyperlink ref="F322" r:id="rId253" xr:uid="{4C0C8DAB-8A06-49AE-BACC-C0376D8A1722}"/>
+    <hyperlink ref="F323" r:id="rId254" xr:uid="{D3E5EF0A-0086-4835-B149-325EE4A8F4FE}"/>
+    <hyperlink ref="F324" r:id="rId255" xr:uid="{E7563345-C9DD-41A3-AC42-9F2DFDC5BFF9}"/>
+    <hyperlink ref="F325" r:id="rId256" xr:uid="{A89347A3-39B9-4472-A84E-D4A070241E59}"/>
+    <hyperlink ref="F326" r:id="rId257" xr:uid="{2A5F35DF-EF9C-4D46-987C-867E0A21BF33}"/>
+    <hyperlink ref="F327" r:id="rId258" xr:uid="{B11F75A3-596E-4EC6-8A81-61637BD9B8DC}"/>
+    <hyperlink ref="F328" r:id="rId259" xr:uid="{71EBB374-E2A3-4FB5-8122-14A03383D941}"/>
+    <hyperlink ref="F329" r:id="rId260" xr:uid="{08548D90-E9B4-4249-A31E-2C2AF8454CCE}"/>
+    <hyperlink ref="F330" r:id="rId261" xr:uid="{81A1004F-5188-4A4F-8167-C9F7D9D32076}"/>
+    <hyperlink ref="F331" r:id="rId262" xr:uid="{6994D947-2DED-45E7-9EF9-D38AE551D520}"/>
+    <hyperlink ref="F332" r:id="rId263" xr:uid="{5298BC65-FF73-4FBB-9B5D-996B2BF4DE55}"/>
+    <hyperlink ref="F333" r:id="rId264" xr:uid="{B39B9D06-0B10-4234-8745-59E5F876DE9D}"/>
+    <hyperlink ref="F334" r:id="rId265" xr:uid="{6679AA99-81CF-4409-B49C-E18B1078A649}"/>
+    <hyperlink ref="F335" r:id="rId266" xr:uid="{2B5B2EFF-15C4-4D6B-A0AD-BCF917042A66}"/>
+    <hyperlink ref="F336" r:id="rId267" xr:uid="{D83EBF92-4E00-44EE-B0D5-2EA576A29036}"/>
+    <hyperlink ref="F337" r:id="rId268" xr:uid="{D36E2948-754E-4AE0-B153-4B17376A10ED}"/>
+    <hyperlink ref="F338" r:id="rId269" xr:uid="{A3A39E91-C87C-4CC2-8BED-37AE566B381F}"/>
+    <hyperlink ref="F339" r:id="rId270" xr:uid="{41993F82-35F4-4286-A9F6-06A4E21962A2}"/>
+    <hyperlink ref="F340" r:id="rId271" xr:uid="{AE1C8CE9-BF01-4661-B52C-FBFEB3DE6190}"/>
+    <hyperlink ref="F341" r:id="rId272" xr:uid="{A148F9A0-F767-48E2-8E81-1DA117031F5B}"/>
+    <hyperlink ref="F342" r:id="rId273" xr:uid="{ED742560-0D4D-415B-AA69-C986181E5C0A}"/>
+    <hyperlink ref="F343" r:id="rId274" xr:uid="{AC8FA1B7-C437-4AC4-8B4B-F904929323DA}"/>
+    <hyperlink ref="F344" r:id="rId275" xr:uid="{49DDAE51-908A-469D-9645-F4C16F9D0AA6}"/>
+    <hyperlink ref="F345" r:id="rId276" xr:uid="{35FB1EAB-72DC-46F3-8FF3-58D102F2C2E6}"/>
+    <hyperlink ref="F346" r:id="rId277" xr:uid="{3300D553-9BC1-4A8D-B983-4A398CFF76C7}"/>
+    <hyperlink ref="F347" r:id="rId278" xr:uid="{0E6C7D6A-15CB-4C5F-8C10-48FD671A73B0}"/>
+    <hyperlink ref="F348" r:id="rId279" xr:uid="{E7405A79-AD1A-4B4B-B2DD-B929363B0C9A}"/>
+    <hyperlink ref="F349" r:id="rId280" xr:uid="{AD6ED434-E509-4AFA-9216-C2C5829F2F90}"/>
+    <hyperlink ref="F350" r:id="rId281" xr:uid="{A165A817-1896-4C43-9F65-1EA54A6B6480}"/>
+    <hyperlink ref="F351" r:id="rId282" xr:uid="{B04D63B6-E3BE-46D1-90B6-EFEC95EB15BA}"/>
+    <hyperlink ref="F352" r:id="rId283" xr:uid="{E8B42624-F2D3-462D-B171-85695A16A3CE}"/>
+    <hyperlink ref="F353" r:id="rId284" xr:uid="{0E32C280-80F2-4248-9CD2-79DE4BF71FCF}"/>
+    <hyperlink ref="F354" r:id="rId285" xr:uid="{CD8E1417-3849-4878-A525-8BD70B685FE8}"/>
+    <hyperlink ref="F355" r:id="rId286" xr:uid="{5EE22806-2B1B-4D65-AC7B-E79AF4DF92CF}"/>
+    <hyperlink ref="F356" r:id="rId287" xr:uid="{904327F9-E4D7-4715-8C67-4BA7E52270B3}"/>
+    <hyperlink ref="F357" r:id="rId288" xr:uid="{6CD3B1C9-12DD-4604-8A56-0AACF384223A}"/>
+    <hyperlink ref="F358" r:id="rId289" xr:uid="{1E162D66-5AB9-4874-B00D-5C47BC037602}"/>
+    <hyperlink ref="F359" r:id="rId290" xr:uid="{529FD9E2-D3E3-4C87-A6F7-2382C37BF09D}"/>
+    <hyperlink ref="F360" r:id="rId291" xr:uid="{B9A6DE03-34F0-4AF2-80E9-83A427FCF23F}"/>
+    <hyperlink ref="F361" r:id="rId292" xr:uid="{4B89E156-3C9C-4890-AC8E-CB9B9CD6F458}"/>
+    <hyperlink ref="F362" r:id="rId293" xr:uid="{75220A9E-5BD7-48E9-8D42-F933DEE5CEF4}"/>
+    <hyperlink ref="F363" r:id="rId294" xr:uid="{62B40C13-72B8-46DD-9E64-91E18B9D6C21}"/>
+    <hyperlink ref="F364" r:id="rId295" xr:uid="{A448CCE2-9953-44E9-8712-1ED0AA0B349F}"/>
+    <hyperlink ref="F365" r:id="rId296" xr:uid="{472B14C4-57D8-43D0-8435-0CD513C48E85}"/>
+    <hyperlink ref="F366" r:id="rId297" xr:uid="{BC0F9D3D-3A03-4CC4-9D94-849E93DC7456}"/>
+    <hyperlink ref="F367" r:id="rId298" xr:uid="{6667F264-F321-4429-85AE-9A5E982832A9}"/>
+    <hyperlink ref="F368" r:id="rId299" xr:uid="{9800B586-F1DA-4156-A316-A7960185B7FB}"/>
+    <hyperlink ref="F369" r:id="rId300" xr:uid="{8493CDCF-2A86-4DF4-8992-DAA9C588D410}"/>
+    <hyperlink ref="F370" r:id="rId301" xr:uid="{2D92401F-4701-4DB9-B4EC-AF61763584AE}"/>
+    <hyperlink ref="F371" r:id="rId302" xr:uid="{0D6F2774-FA6B-4FB5-997A-6C386CA4E46F}"/>
+    <hyperlink ref="F372" r:id="rId303" xr:uid="{F2E7051B-44D1-4E02-896C-1DA587D448A9}"/>
+    <hyperlink ref="F373" r:id="rId304" xr:uid="{F23B553B-B7C3-4351-8E36-CE909D813BB3}"/>
+    <hyperlink ref="F374" r:id="rId305" xr:uid="{1BCE1F13-0092-41B0-AB79-10738174B4E5}"/>
+    <hyperlink ref="F375" r:id="rId306" xr:uid="{7FDC1037-0AD5-4698-B05B-90AEE14D390F}"/>
+    <hyperlink ref="F376" r:id="rId307" xr:uid="{F41B9B24-C592-4AE7-99C8-7F8D0307A403}"/>
+    <hyperlink ref="F377" r:id="rId308" xr:uid="{0214A428-C51B-4EDF-B502-8B408C306DC0}"/>
+    <hyperlink ref="F378" r:id="rId309" xr:uid="{71A53021-44BE-4168-8F36-59361D3A6C44}"/>
+    <hyperlink ref="F379" r:id="rId310" xr:uid="{A4341E73-EA66-4D9A-8AAF-5E8D7A5044DA}"/>
+    <hyperlink ref="F380" r:id="rId311" xr:uid="{A31797CE-9261-4167-B0DA-A77528EAB564}"/>
+    <hyperlink ref="F381" r:id="rId312" xr:uid="{1A365941-1874-40DA-A01B-B3F069CB5542}"/>
+    <hyperlink ref="F382" r:id="rId313" xr:uid="{966D88E1-B84B-45A2-81AE-F6DF19A01DCE}"/>
+    <hyperlink ref="F383" r:id="rId314" xr:uid="{1D9C4486-DA17-44F2-AE48-A8A0ABF6F525}"/>
+    <hyperlink ref="F384" r:id="rId315" xr:uid="{BC488863-4C7B-498C-A9B0-A0B45935F27A}"/>
+    <hyperlink ref="F385" r:id="rId316" xr:uid="{C2EE39ED-2820-461B-9A49-029CE70A25DB}"/>
+    <hyperlink ref="F386" r:id="rId317" xr:uid="{D42D0423-EDEF-47B1-B3B3-30A99565AEDA}"/>
+    <hyperlink ref="F387" r:id="rId318" xr:uid="{22E4F644-76E3-4653-B9F0-8620F482E77D}"/>
+    <hyperlink ref="F388" r:id="rId319" xr:uid="{AD9ED610-ABDA-42A9-8EC7-BB0AB1C08A04}"/>
+    <hyperlink ref="F389" r:id="rId320" xr:uid="{6F086323-D4A2-412F-B10F-E0DE5CB5B9FF}"/>
+    <hyperlink ref="F390" r:id="rId321" xr:uid="{1FEB49BC-F3BA-4799-80A8-780EC7353FAD}"/>
+    <hyperlink ref="F391" r:id="rId322" xr:uid="{AAAB30A0-0974-40CF-A3A5-F30C2AE34F88}"/>
+    <hyperlink ref="F392" r:id="rId323" xr:uid="{358DBB37-1483-4DB9-86E5-6F347BCAA3E5}"/>
+    <hyperlink ref="F393" r:id="rId324" xr:uid="{834C3B00-E4DF-4D26-9955-884F6BF29C2D}"/>
+    <hyperlink ref="F394" r:id="rId325" xr:uid="{66E6A731-024A-4EC0-9274-F46DADCD09F5}"/>
+    <hyperlink ref="F395" r:id="rId326" xr:uid="{F7649794-3028-45BA-9AF8-ED4DE18B23E9}"/>
+    <hyperlink ref="F396" r:id="rId327" xr:uid="{B27D3A5F-5FF3-46B9-8E17-52D72EC593A7}"/>
+    <hyperlink ref="F397" r:id="rId328" xr:uid="{F3EF94ED-7B41-4AE9-9261-5EB71D7648B5}"/>
+    <hyperlink ref="F398" r:id="rId329" xr:uid="{25E806D8-31FA-4663-B868-B67C70F9B6B7}"/>
+    <hyperlink ref="F399" r:id="rId330" xr:uid="{AD74E547-67BA-46B8-B74B-9B7B3398BF62}"/>
+    <hyperlink ref="F400" r:id="rId331" xr:uid="{B4172F6C-E09E-4040-931F-FA239D0EA1CD}"/>
+    <hyperlink ref="F401" r:id="rId332" xr:uid="{373F3CB1-A1DC-41A9-BAD5-557D2986C0B6}"/>
+    <hyperlink ref="F402" r:id="rId333" xr:uid="{5DB8A0D9-8FBA-4960-98C6-1120EAE23897}"/>
+    <hyperlink ref="F403" r:id="rId334" xr:uid="{0661B08C-1032-4311-BF1E-DA63ECDAA964}"/>
+    <hyperlink ref="F404" r:id="rId335" xr:uid="{F316C2A9-5E14-4E44-A6F5-2B6458114FB9}"/>
+    <hyperlink ref="F405" r:id="rId336" xr:uid="{26F22F31-032C-4EE7-89F9-6A2B7B61CD5C}"/>
+    <hyperlink ref="F406" r:id="rId337" xr:uid="{9A885AF0-CD95-401B-AD01-81AE5184F595}"/>
+    <hyperlink ref="F408" r:id="rId338" xr:uid="{6796B393-C4ED-47CA-A22F-36E3BE6293AD}"/>
+    <hyperlink ref="F409" r:id="rId339" xr:uid="{5D1EB9DB-6E6F-4DFA-9514-C929FA171EC6}"/>
+    <hyperlink ref="F410" r:id="rId340" xr:uid="{41E7D04D-A8DA-476B-915C-6DFF2B6389B9}"/>
+    <hyperlink ref="F411" r:id="rId341" xr:uid="{23C4B058-3FB5-413B-9EC9-662F9351E8F0}"/>
+    <hyperlink ref="F412" r:id="rId342" xr:uid="{A0B40229-4D30-41F6-BDF6-999EA02BAD9E}"/>
+    <hyperlink ref="F413" r:id="rId343" display="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-87/94&amp;td=ALL" xr:uid="{33D28EB5-B456-4A5C-8910-41BB9573581A}"/>
+    <hyperlink ref="F414" r:id="rId344" xr:uid="{C5831933-33B5-4C1A-BC19-F38614FCA59E}"/>
+    <hyperlink ref="F415" r:id="rId345" xr:uid="{E81DAA34-61C2-4A78-AF9E-004E68ED63AA}"/>
+    <hyperlink ref="F416" r:id="rId346" xr:uid="{9A152CD4-8D18-42C5-AEAD-8F67E56E515B}"/>
+    <hyperlink ref="F417" r:id="rId347" xr:uid="{E280E89B-0912-4E91-849A-4D5A4ED47577}"/>
+    <hyperlink ref="F418" r:id="rId348" xr:uid="{8FA35AEF-D295-4AA6-9980-F6DCBA9D7F6C}"/>
+    <hyperlink ref="F419" r:id="rId349" xr:uid="{A5B4B598-9484-44BA-B07C-41E45F08B877}"/>
+    <hyperlink ref="F420" r:id="rId350" display="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-71/92&amp;td=ALL" xr:uid="{CA4CCD69-589E-4E33-9D6E-DB4E0E455BD3}"/>
+    <hyperlink ref="F421" r:id="rId351" xr:uid="{53E7BA25-A990-446E-84A7-AFAD6806E9DB}"/>
+    <hyperlink ref="F422" r:id="rId352" xr:uid="{82D2F95D-F106-4368-A6D1-2798D2391C91}"/>
+    <hyperlink ref="F423" r:id="rId353" xr:uid="{B6C1EABE-4991-4EA2-9742-967387A6AC08}"/>
+    <hyperlink ref="F424" r:id="rId354" xr:uid="{97AA2A45-D051-43F8-9152-6F9E56E42E44}"/>
+    <hyperlink ref="F425" r:id="rId355" xr:uid="{DDB37894-F2A7-4737-81C7-6EB157A87DE7}"/>
+    <hyperlink ref="F426" r:id="rId356" xr:uid="{0472B641-EE8A-4EAD-831C-043DBC5452B9}"/>
+    <hyperlink ref="F427" r:id="rId357" xr:uid="{32667F58-9A24-4ACF-BD19-E8612F355934}"/>
+    <hyperlink ref="F428" r:id="rId358" xr:uid="{8489C0A6-4244-457E-A810-82B8DB22D6D4}"/>
+    <hyperlink ref="F429" r:id="rId359" xr:uid="{05D9D128-12B9-4E07-AC67-0F7C0DBFC6C6}"/>
+    <hyperlink ref="F430" r:id="rId360" xr:uid="{3425FFFD-6C27-4A82-B2C7-E1835F458143}"/>
+    <hyperlink ref="F431" r:id="rId361" xr:uid="{36EF8457-A044-4099-89F6-9303CF23FA4A}"/>
+    <hyperlink ref="F65" r:id="rId362" xr:uid="{205C5302-7686-4067-A884-C42B125D24F5}"/>
+    <hyperlink ref="F66" r:id="rId363" xr:uid="{06DA41DF-F52B-468A-A7A4-533569C173B7}"/>
+    <hyperlink ref="F67" r:id="rId364" xr:uid="{91205C1E-D789-44E5-900E-C2E472A37EB9}"/>
+    <hyperlink ref="F68" r:id="rId365" xr:uid="{A0783FB3-8097-4C73-9A68-7BBBCC8D3DD2}"/>
+    <hyperlink ref="F64" r:id="rId366" xr:uid="{4E764BBC-77E7-452E-AA65-5F0284B008A5}"/>
+    <hyperlink ref="F63" r:id="rId367" xr:uid="{3A4AD61A-E633-4812-B65C-5EDE3689FDD8}"/>
+    <hyperlink ref="F62" r:id="rId368" xr:uid="{86220007-0FB0-4D15-882B-A012BE4D9DE3}"/>
+    <hyperlink ref="F61" r:id="rId369" xr:uid="{05F63855-B691-4E8A-8D9B-9564A7C7B6B6}"/>
+    <hyperlink ref="F60" r:id="rId370" xr:uid="{6E42DC37-8BE4-4F59-8559-FC60E48A5BE9}"/>
+    <hyperlink ref="F59" r:id="rId371" xr:uid="{C0BF52D4-1D4F-4EBD-B3FC-BCAE8E90D1B8}"/>
+    <hyperlink ref="F58" r:id="rId372" xr:uid="{FA809267-3C7C-427C-BBC7-B1740336A63C}"/>
+    <hyperlink ref="F57" r:id="rId373" xr:uid="{9EDDABD4-53C4-42B8-A1C1-E8EFCB5B638A}"/>
+    <hyperlink ref="F55" r:id="rId374" xr:uid="{528E7EB3-9060-4679-9749-A53322F4FEDB}"/>
+    <hyperlink ref="F56" r:id="rId375" location="ctx1" display="https://curia.europa.eu/juris/document/document.jsf?text=iepirkums*&amp;docid=267139&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=385757 - ctx1" xr:uid="{05BB9F1C-1FB0-4A1E-9B30-D1C29E52A1D9}"/>
+    <hyperlink ref="F50" r:id="rId376" xr:uid="{64AEF4C6-B0C0-4FE6-897F-CFF0FD40BAA8}"/>
+    <hyperlink ref="F51" r:id="rId377" xr:uid="{562CE80A-5B2F-4FB8-8CD3-B079BB7F9F24}"/>
+    <hyperlink ref="F52" r:id="rId378" xr:uid="{2500D377-246A-4B27-9657-DFC28CA8A9D5}"/>
+    <hyperlink ref="F53" r:id="rId379" xr:uid="{9C095740-556C-4EFF-BAD2-E8112C3BDA90}"/>
+    <hyperlink ref="F54" r:id="rId380" xr:uid="{F6D98CDE-4BA9-422E-8A65-D33BACEBB8D2}"/>
+    <hyperlink ref="F46" r:id="rId381" xr:uid="{B9AA6BAC-5561-44A3-BDCD-C6D5B21761C9}"/>
+    <hyperlink ref="F47" r:id="rId382" xr:uid="{EF3CF3CC-383D-44FB-8846-1002C519EDFD}"/>
+    <hyperlink ref="F48" r:id="rId383" xr:uid="{123724D8-EFC6-4AB4-9ECD-74A731D2950A}"/>
+    <hyperlink ref="F49" r:id="rId384" xr:uid="{13D55F30-0F9B-47E4-86B3-E19AACDA9A78}"/>
+    <hyperlink ref="F45" r:id="rId385" xr:uid="{59D99B92-B752-42A8-806A-6C440CBCA98A}"/>
+    <hyperlink ref="F44" r:id="rId386" xr:uid="{98327D55-F057-4383-BA58-BD379E2D61EF}"/>
+    <hyperlink ref="F42" r:id="rId387" xr:uid="{9F35435F-38B3-419A-8BF0-A2B2C6B008AC}"/>
+    <hyperlink ref="F43" r:id="rId388" xr:uid="{4525AED7-1BD2-4441-8182-72DEE572A1B1}"/>
+    <hyperlink ref="F39" r:id="rId389" xr:uid="{D55FB4DE-97E4-4A52-859E-5A04550BB54E}"/>
+    <hyperlink ref="F40" r:id="rId390" xr:uid="{E266B618-BD60-450C-B468-E24A02CE4AD7}"/>
+    <hyperlink ref="F41" r:id="rId391" xr:uid="{F6E7F408-5DDE-4DD2-A83F-385BF6D0F07C}"/>
+    <hyperlink ref="F38" r:id="rId392" xr:uid="{EEADEE88-51FC-4E87-8808-5F0C126386F6}"/>
+    <hyperlink ref="F37" r:id="rId393" xr:uid="{8B059411-2304-48C9-9889-3C959B7C6F5B}"/>
+    <hyperlink ref="F36" r:id="rId394" xr:uid="{BEF7336B-2538-45A8-B88D-EF0B06091BC4}"/>
+    <hyperlink ref="F35" r:id="rId395" xr:uid="{91BE1C56-DA87-46D7-898E-972045EC097A}"/>
+    <hyperlink ref="F34" r:id="rId396" xr:uid="{F437A21E-81C9-445A-BED6-311B1957B50B}"/>
+    <hyperlink ref="F32" r:id="rId397" xr:uid="{1F2B3D97-A030-4E11-989D-2B9CEDC91ED2}"/>
+    <hyperlink ref="F33" r:id="rId398" xr:uid="{6218A441-8159-400B-930C-97FCFDEECFDF}"/>
+    <hyperlink ref="F31" r:id="rId399" xr:uid="{F43EBDB0-1701-489F-A28C-C648B3D99E39}"/>
+    <hyperlink ref="F28" r:id="rId400" xr:uid="{909F6962-81BF-40CF-B03C-F9DBEF09F8AD}"/>
+    <hyperlink ref="F29" r:id="rId401" xr:uid="{F08DA33F-DDCF-41D9-BAC1-433AA9BE1FCB}"/>
+    <hyperlink ref="F30" r:id="rId402" xr:uid="{6046639D-CDCF-44C5-8D33-220A40EB8E66}"/>
+    <hyperlink ref="F26" r:id="rId403" xr:uid="{A5725E67-E89F-4DFC-95EF-35422D63B485}"/>
+    <hyperlink ref="F27" r:id="rId404" xr:uid="{AA1B08D2-AFAF-4510-90A6-B29EE006D39D}"/>
+    <hyperlink ref="F23" r:id="rId405" xr:uid="{525E7774-1132-4402-A378-0D4638F5AC86}"/>
+    <hyperlink ref="F24" r:id="rId406" xr:uid="{AA28BB85-A598-4729-BC7E-87144E07C959}"/>
+    <hyperlink ref="F25" r:id="rId407" xr:uid="{807EEC14-7DA8-4581-8D82-ADDAF053BFC4}"/>
+    <hyperlink ref="F19" r:id="rId408" xr:uid="{1248EAFA-B59F-4352-9952-FA5A07339288}"/>
+    <hyperlink ref="F20" r:id="rId409" xr:uid="{A05C71B8-4CC7-4BA2-A21E-18022DDE7B4F}"/>
+    <hyperlink ref="F22" r:id="rId410" xr:uid="{F64AF475-CEC7-40D0-BAF8-42C488AE3E82}"/>
+    <hyperlink ref="F17" r:id="rId411" location="ntc1-C_202407296LV.000101-E0001" display="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=OJ:C_202407296 - ntc1-C_202407296LV.000101-E0001" xr:uid="{67F186B6-F03D-49B2-9297-272974FDEB73}"/>
+    <hyperlink ref="F18" r:id="rId412" xr:uid="{404D4ECF-0BD2-49C8-B562-6C47CBB71749}"/>
+    <hyperlink ref="F15" r:id="rId413" xr:uid="{3BE237D7-EA04-4AE4-A663-FF36B8312CB6}"/>
+    <hyperlink ref="F16" r:id="rId414" xr:uid="{68599F44-BF74-4D97-B669-6406D4B7E2E7}"/>
+    <hyperlink ref="F13" r:id="rId415" display="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0471" xr:uid="{83A1C143-4029-4207-8E0C-3EB2281126DB}"/>
+    <hyperlink ref="F14" r:id="rId416" xr:uid="{2437014A-433D-4BA7-936D-F18CB39CD24A}"/>
+    <hyperlink ref="F11" r:id="rId417" xr:uid="{26EFB4CF-35BD-4391-A2C4-8992010FD9AB}"/>
+    <hyperlink ref="F12" r:id="rId418" xr:uid="{AF60CC6B-557D-4C7B-A754-6BF482648398}"/>
+    <hyperlink ref="F10" r:id="rId419" xr:uid="{D93A1A36-A060-4ADC-889B-04E32D0A7A67}"/>
+    <hyperlink ref="F7" r:id="rId420" xr:uid="{095336AE-63D9-4524-8F23-BB60B91D9427}"/>
+    <hyperlink ref="F8" r:id="rId421" xr:uid="{88884DFB-C136-4129-BAA5-031710484E9B}"/>
+    <hyperlink ref="F21" r:id="rId422" xr:uid="{14CB205D-D3A7-4974-9AB0-215336EC8CBC}"/>
+    <hyperlink ref="F5" r:id="rId423" xr:uid="{3168E8EF-A8A9-4AED-87BC-85647AB93151}"/>
     <hyperlink ref="F2" r:id="rId424" xr:uid="{D07928D2-F524-41FF-83C9-36E6EF9C5325}"/>
-    <hyperlink ref="F3" r:id="rId425" xr:uid="{449E00BD-5D80-4C08-9A7E-118EA2EEDC36}"/>
-    <hyperlink ref="F5" r:id="rId426" xr:uid="{8890F7FD-73BE-41AF-988D-B2823D4AE6D9}"/>
+    <hyperlink ref="F4" r:id="rId425" xr:uid="{449E00BD-5D80-4C08-9A7E-118EA2EEDC36}"/>
+    <hyperlink ref="F6" r:id="rId426" xr:uid="{8890F7FD-73BE-41AF-988D-B2823D4AE6D9}"/>
+    <hyperlink ref="F3" r:id="rId427" xr:uid="{CF426ABD-1A66-4F92-B9FB-B02170D8EACA}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" gridLines="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
-  <pageSetup paperSize="9" scale="48" fitToHeight="0" pageOrder="overThenDown" orientation="landscape" cellComments="atEnd" r:id="rId427"/>
+  <pageSetup paperSize="9" scale="48" fitToHeight="0" pageOrder="overThenDown" orientation="landscape" cellComments="atEnd" r:id="rId428"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100F28EBB1BA9A5D74B8887D1D0355963EB" ma:contentTypeVersion="14" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="53999a83adaac3437c7c039b762c0120">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="91b49ab1-9be5-4af7-9e50-846f311e3d04" xmlns:ns3="2570daea-32e5-443d-864e-89f901ca737d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9cb996851df00da7dbc5e3711cee39e9" ns2:_="" ns3:_="">
     <xsd:import namespace="91b49ab1-9be5-4af7-9e50-846f311e3d04"/>
     <xsd:import namespace="2570daea-32e5-443d-864e-89f901ca737d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -25646,83 +25718,100 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="91b49ab1-9be5-4af7-9e50-846f311e3d04">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="2570daea-32e5-443d-864e-89f901ca737d" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACFBD145-DA13-4429-8427-308E8847B768}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D13AA557-E0FB-4260-B885-F3E722A9F727}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="91b49ab1-9be5-4af7-9e50-846f311e3d04"/>
+    <ds:schemaRef ds:uri="2570daea-32e5-443d-864e-89f901ca737d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{367219FF-D82A-4891-9516-B57EA8847FFC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="2570daea-32e5-443d-864e-89f901ca737d"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="91b49ab1-9be5-4af7-9e50-846f311e3d04"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-  </ds:schemaRefs>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darblapas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>EST spriedumi</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>