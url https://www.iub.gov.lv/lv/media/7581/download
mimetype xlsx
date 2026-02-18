--- v2 (2025-12-19)
+++ v3 (2026-02-18)
@@ -3,68 +3,68 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="604" documentId="13_ncr:1_{99D2EC19-F0BD-4BA6-9505-8E7CB504F40E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{37E67DBE-3BAB-44BA-8C83-2E21D9F79EC5}"/>
+  <xr:revisionPtr revIDLastSave="607" documentId="13_ncr:1_{99D2EC19-F0BD-4BA6-9505-8E7CB504F40E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{01C58976-83C2-4113-9D90-26A661F6C8B1}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="EST spriedumi" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'EST spriedumi'!$A$1:$F$430</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'EST spriedumi'!$A$1:$F$431</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2583" uniqueCount="2387">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2589" uniqueCount="2393">
   <si>
     <t>Sprieduma pieņemšanas datums</t>
   </si>
   <si>
     <t>Lietas Nr.</t>
   </si>
   <si>
     <t>Dalībnieki</t>
   </si>
   <si>
     <t>Atslēgas vārdi no EST tīmekļvietnes</t>
   </si>
   <si>
     <t>Rezolutīvā daļa no EST tīmekļvietnes</t>
   </si>
   <si>
     <t>Saites</t>
   </si>
   <si>
     <t>C‑771/19</t>
   </si>
   <si>
     <t>Lūgums sniegt prejudiciālu nolēmumu – Iepirkums ūdensapgādes, enerģētikas, transporta un telekomunikāciju nozarēs – Direktīva 92/13/EEK – Pārbaudes procedūras – Pirmslīguma posms – Piedāvājumu vērtēšana – Tehniskā piedāvājuma noraidīšana un konkurenta piedāvājuma pielaišana – Šī akta piemērošanas apturēšana – Noraidītā pretendenta leģitīmā interese apstrīdēt izraudzītā pretendenta piedāvājuma likumību</t>
   </si>
   <si>
@@ -8600,50 +8600,75 @@
   <si>
     <t>https://eur-lex.europa.eu/legal-content/LV/SUM/?uri=CELEX%3A62024CJ0282_RES&amp;qid=1763971820750</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62023CA0715&amp;qid=1763971863463</t>
   </si>
   <si>
     <t>13.10.2025.</t>
   </si>
   <si>
     <t>Lieta C-686/24</t>
   </si>
   <si>
     <t>Nidec Asi SpA, Ceisis SpA Sistemi Impiantistici Integrati/Ministero per gli Affari europei u.c.</t>
   </si>
   <si>
     <t>Lūgums sniegt prejudiciālu nolēmumu - Tiesas Reglamenta 99. pants - Skaidri no judikatūras izsecināma atbilde - Publiski līgumi - Direktīva 2014/25/ES - 39., 70. un 75. pants - Tiesības piekļūt visam tehniskajam piedāvājumam - Ekonomikas dalībnieka sniegtās informācijas līgumslēdzējai iestādei konfidencialitātes aizsardzība - Komercnoslēpumu aizsardzība - Efektīva tiesību aizsardzība tiesā</t>
   </si>
   <si>
     <t>Eiropas Parlamenta un Padomes Direktīvas 2014/25/ES (2014. gada 26. februāris) par iepirkumu, ko īsteno subjekti, kuri darbojas ūdensapgādes, enerģētikas, transporta un pasta pakalpojumu nozarēs, un ar ko atceļ Direktīvu 2004/17/EK, 39. pants, lasot to kopā ar šīs direktīvas 70. un 75. pantu,
 jāinterpretē tādējādi, ka
 tam ir pretrunā tāds valsts tiesiskais regulējums publiskā iepirkuma jomā, kurā prasīts, lai piekļuve dokumentiem, kuros ir ietverti tehniskie vai komercdarbības noslēpumi, kurus ir nosūtījis kāds pretendents, tiktu piešķirta citam pretendentam, ja šāda piekļuve ir nepieciešama, lai nodrošinātu pēdējā minētā tiesības uz efektīvu tiesību aizsardzību tiesā procedūrā, kas saistīta ar līguma slēgšanas tiesību piešķiršanu, un šis tiesiskais regulējums neļauj līgumslēdzējām iestādēm veikt šo tiesību līdzsvarošanu ar prasībām par tehnisko vai komercdarbības noslēpumu aizsardzību.</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=OJ:C_202505304</t>
+  </si>
+  <si>
+    <t>25.12.2025.</t>
+  </si>
+  <si>
+    <t>C-769/23</t>
+  </si>
+  <si>
+    <t>Mara soc. coop. arl pret Ministera della Difesa, Gruppo Samir Global Service Srl</t>
+  </si>
+  <si>
+    <t>Lūgums sniegt prejudiciālu nolēmumu – Publiskais iepirkums – Ar aizsardzības aspektiem saistīts jaukts iepirkums – Pakalpojumi, kas tieši saistīti ar militāro aprīkojumu – Direktīva 2009/81/EK – Direktīva 2014/24/ES – Piemērojamās direktīvas noteikšana – Līguma slēgšanas tiesību piešķiršanas kritēriji – 67. panta 2. punkta trešā daļa – Aizliegums izmantot cenu kā vienīgo piešķiršanas kritēriju – Samērīgums – Darbietilpīgi publiski pakalpojumu līgumi</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-
+content/LV/ALL/?uri=CELEX:62023CJ0769_RES</t>
+  </si>
+  <si>
+    <t>Prejudiciālais jautājums:
+“Vai [LESD] 49. un 56. pantā minētie iedibinājumbrīvības un pakalpojumu sniegšanas brīvības principi, kā arī [Savienības] samērīguma princips un Direktīvas [2014/24] 67. panta 2. punkts liedz piemērot tādu publiskā iepirkuma jomā pastāvošu valsts tiesisko regulējumu kā Itālijas tiesiskais regulējums, kas ietverts [Publisko līgumu kodeksa] 95. panta 3. punkta a) apakšpunktā un 4. punkta b) apakšpunktā un minētā [kodeksa] 50. panta 1. punktā, kā arī izriet no tiesību principa, ko noteicis [Consiglio di Stato (Valsts padome)] plēnums 2019. gada 21. maija spriedumā Nr. 8, saskaņā ar kuru tādu iepirkumu gadījumā, kas ietver pakalpojumus ar standarta raksturlielumiem, kuri vienlaikus ir darbietilpīgi, līgumslēdzējai iestādei ir aizliegts kā piešķiršanas kritēriju noteikt zemākās cenas kritēriju arī tad, ja iepirkuma procedūras dokumentos samazinājums ir paredzēts vienīgi atlīdzībai vai iespējamai uzņēmuma peļņai, neskarot darbaspēka izmaksas?”
+ar šo jautājumu iesniedzējtiesa būtībā vēlas noskaidrot, vai Direktīvas 2014/24 67. panta 2. punkts, kā arī samērīguma princips jāinterpretē tādējādi, ka tie nepieļauj valsts tiesisko regulējumu, saskaņā ar kuru tādu publisku līgumu gadījumā, kuru priekšmets ir pakalpojumi, kuriem ir standarta raksturlielumi, bet kuru kopējā vērtība veido vismaz pusi no darbaspēka izmaksām, līgumslēdzējai iestādei aizliegts izmantot cenu kā vienīgo šo līgumu slēgšanas tiesību piešķiršanas kritēriju pat tad, ja iepirkuma procedūrā paredzēts, ka jebkādai atlaidei, ko piedāvā pretendents, jāattiecas tikai uz atlīdzību par šiem pakalpojumiem un tā nedrīkst izraisīt pretendenta nodarbināto darbinieku atalgojuma samazinājumu.
+Tiesas atbilde:
+Eiropas Parlamenta un Padomes Direktīvas 2014/24/ES (2014. gada 26. februāris) par publisko iepirkumu un ar ko atceļ Direktīvu 2004/18/EK 67. panta 2. punkts, kā arī samērīguma princips jāinterpretē tādējādi, ka
+tie pieļauj valsts tiesisko regulējumu, saskaņā ar kuru tādu publisku līgumu gadījumā, kuru priekšmets ir pakalpojumi, kuriem ir standarta raksturlielumi, bet kuru kopējā vērtība veido vismaz pusi no darbaspēka izmaksām, līgumslēdzējai iestādei aizliegts izmantot cenu kā vienīgo šo līgumu slēgšanas tiesību piešķiršanas kritēriju. Šajā ziņā nav nozīmes tam, ka iepirkuma procedūrā paredzēts, ka jebkādai atlaidei, ko piedāvā pretendents, jāattiecas tikai uz atlīdzību par šiem pakalpojumiem un tā nedrīkst izraisīt pretendenta nodarbināto darbinieku atalgojuma samazinājumu.
+Cita starpā tiesā vērtēja arī tiesiskā regulējuma piemērošanu precēm, kuras ir netieši saistītas ar militārām vajadzībām, bet nav identificējamas kā militārās preces. [38] ajā lietā pamatlietas puses un Itālijas valdība uzsvērušas, ka tikai daļa no kravām, kas ir attiecīgo kravas apstrādes pakalpojumu priekšmets, ir militārais aprīkojums Direktīvas 2009/81 1. panta 6. punkta izpratnē, savukārt pārējās kravās ir preces, kas, lai gan paredzētas Itālijas armijai, tomēr nav izstrādātas vai pielāgotas militāriem mērķiem. Ievērojot šo informāciju – kas jāpārbauda iesniedzējtiesai – pamatlietā aplūkotais līgums kvalificējams kā “jaukts” līgums, jo attiecas gan uz iepirkumiem, kas ietilpst Direktīvas 2009/81 darbības jomā, gan uz iepirkumiem, kas ietilpst Direktīvas 2014/24 darbības jomā." [43] Pirmām kārtām, attiecībā uz jauktiem līgumiem, kuru dažādās daļas “nav objektīvi atdalāmas”, Direktīvas 2014/24 16. panta 4. punktā noteikts, ka “tiesības noslēgt šo līgumu var piešķirt, nepiemērojot šo direktīvu, ja tas ietver elementus, kuriem piemēro LESD 346. pantu”, un “citādi tā slēgšanas tiesības var piešķirt saskaņā ar Direktīvu [2009/81] [46] Otrām kārtām, saistībā ar jauktiem līgumiem, kuru dažādās daļas ir “objektīvi atdalāmas”, Direktīvas 2014/24 16. panta 2. punktā līgumslēdzējai iestādei ļauts piešķirt tiesības slēgt vai nu atsevišķus līgumus par atsevišķām daļām – katram līgumam piemērojamo direktīvu nosakot, pamatojoties uz attiecīgās atsevišķās daļas raksturlielumiem – vai slēgt vienu nedalītu līgumu, kas tādējādi saglabā “jaukta” līguma raksturu.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd\.mm\.yyyy\."/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
@@ -8777,51 +8802,51 @@
       <bottom style="medium">
         <color rgb="FFCCCCCC"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FFCCCCCC"/>
       </left>
       <right style="dotted">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
         <color rgb="FFCCCCCC"/>
       </top>
       <bottom style="medium">
         <color rgb="FFCCCCCC"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="48">
+  <cellXfs count="47">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -8914,54 +8939,51 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hipersaite" xfId="1" builtinId="8"/>
     <cellStyle name="Parasts" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
@@ -9153,55 +9175,55 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=160565&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=16590" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-92/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0299&amp;qid=1606893412183" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=201262&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=286814" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-17/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-81/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:62020CJ0642" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-298/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-412/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-26/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1578032767833&amp;uri=CELEX:62018CJ0465" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-701/15" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=154821&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=69362" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-76/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0486" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62020CJ0497&amp;qid=1641192814999" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-401/09%20P&amp;td=ALL" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-260/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0547_RES" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-421/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1561700069836&amp;uri=CELEX:62018CJ0264" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-117/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-373/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-19/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-18/93&amp;td=ALL" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0545" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=184344&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1000437" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=138387&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278144" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-331/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-536/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX:62023CJ0424" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-340/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=243101&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=25313090" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=163248&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=45630" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-337/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=45/87&amp;td=ALL" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1540993556544&amp;uri=CELEX:62017CJ0413" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=175666&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=867466" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-554/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-324/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=286568&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=8599413" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-462/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX:62023TJ1191" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1596432619578&amp;uri=CELEX:62018TJ0661" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-40/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-340/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-27/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=199808&amp;pageIndex=0&amp;doclang=en&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=184605" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130de5aa6491a489c4ff7aa86b5524083bf2e.e34KaxiLc3eQc40LaxqMbN4Ob3qQe0?text=&amp;docid=153501&amp;pageIndex=0&amp;doclang=EN&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=68879" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0213" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-407/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-532/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-249/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-43/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1575030422283&amp;uri=CELEX:62018CJ0402" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=190585&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=826409" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=145526&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=279552" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0631" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0561&amp;qid=1638363432846" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-568/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-382/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=277052&amp;pageIndex=0&amp;doclang=EN&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=3557083" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0175" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-226/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-4/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-439/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1559543224748&amp;uri=CELEX:62018CJ0259" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=183123&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=349576" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-297/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-331/92&amp;td=ALL" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=132363&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=272021" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-160/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-573/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0471" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-15/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=242035&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=25315817" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1540471318288&amp;uri=CELEX:62017CJ0124" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-225/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=53/85&amp;td=ALL" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=170749&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=375619" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=159248&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=227711" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-236/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-411/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62020CJ0436" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62023CA0715&amp;qid=1763971863463" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-357/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1593517866312&amp;uri=CELEX:62019CJ0429" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=199775&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=153977" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-385/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-225/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-340/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-232/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0403&amp;qid=1675666709781" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-195/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1572590328924&amp;uri=CELEX:62018CJ0285" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-410/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-5/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-298/15" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=169181&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=375825" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=144490&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=279143" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-570/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-71/92&amp;td=ALL" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=290691&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=5388151" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0927&amp;qid=1633065969473" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-480/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0186" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-234/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-470/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-97/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1559543224748&amp;uri=CELEX:62018CJ0253" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=181688&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=865715" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=161612&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=245913" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-183/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=76/81&amp;td=ALL" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-91/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0728" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=240226&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=8778765" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-454/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-400/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-145/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=E2D36D6DC9CC74BC1BB626F026B6D413?text=&amp;docid=205936&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=27235" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=157851&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=471006" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-103/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-465/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/HTML/?uri=CELEX:62020TJ0761&amp;qid=1664979087552&amp;from=EN" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-119/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-314/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1593517866312&amp;uri=CELEX:62019CJ0472" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=C-178%252F16%2B&amp;docid=198054&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=852237" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-367/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-355/15" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-306/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-54/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0383&amp;qid=1672924097180" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-456/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-195/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-214/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1569907736691&amp;uri=CELEX:62018CJ0333" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30dd7e2c9b1c9aab47478540922081d6cc80.e34KaxiLc3qMb40Rch0SaxuRchv0?text=&amp;docid=167921&amp;pageIndex=0&amp;doclang=FR&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=374546" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-237/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=C%25E2%2580%2591408%252F16&amp;docid=197488&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=852237" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130d5a10adf82381b475882e7f9e597753328.e34KaxiLc3eQc40LaxqMbN4Pa3qLe0?text=&amp;docid=181467&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=877707" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=142822&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278654" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-348/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-387/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-306/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-243/89&amp;td=ALL" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0416&amp;qid=1664980207823" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62022CJ0441&amp;qid=1704722457792" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0683" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62020CJ0110&amp;qid=1643378555683" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-538/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-507/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-264/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1590729531328&amp;uri=CELEX:62019CJ0263" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1556781118330&amp;uri=CELEX:62017CJ0699" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=160937&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=16029" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-230/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-411/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-365/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=204751&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=308704" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-171/15" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-158/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-629/11%20P&amp;td=ALL" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-95/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-451/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-107/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-43/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:62021CJ0195" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0769&amp;qid=1672924097180" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0452" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-17/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-393/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-220/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=%2B2014%252F24%252FES&amp;docid=237284&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=3628813" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1569907736691&amp;uri=CELEX:62017TJ0741" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-21/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-20/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1556524880889&amp;uri=CELEX:62017CJ0465" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=165631&amp;pageIndex=0&amp;doclang=EN&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=103659" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d695a8b21668a74bc7bb8eb32909295644.e34KaxiLc3qMb40Rch0SaxuObhn0?text=&amp;docid=157520&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=470668" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=142824&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278793" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-601/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-582/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-172/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-353/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-360/89&amp;td=ALL" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/lv/TXT/?uri=CELEX:62021CJ0068" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=280770&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=141036" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=OJ:C_202406624" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=195241&amp;pageIndex=0&amp;doclang=en&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1943966" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=179464&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1371192" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-504/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-237/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/docum%20ent.jsf?text=&amp;docid=302722&amp;pageIndex=0&amp;doclang=lv&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=646635" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62020CJ0347&amp;qid=1643378555683" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1590988293444&amp;uri=CELEX:62018CJ0796" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-458/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-448/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-211/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1569907736691&amp;uri=CELEX:62018CJ0063" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130d53237bf7b90b24865bfd8f6e27a9cb110.e34KaxiLc3eQc40LaxqMbN4ObhuLe0?text=&amp;docid=160939&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=15848" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-279/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-37/11&amp;td=ALL" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-274/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-169/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-275/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-87/94&amp;td=ALL" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/HTML/?uri=CELEX:62020CJ0461&amp;from=EN" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=203965&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=492811" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d58bed5f4b9728438c9e688a9c6f73bb97.e34KaxiLc3qMb40Rch0SaxyKaNb0?text=&amp;docid=184893&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=455605" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-70/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-455/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62022CJ0053&amp;qid=1677853421713" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=%2B2014%252F24%252FES&amp;docid=236425&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=3338039" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-337/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-244/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-414/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-424/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0175" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1583130126503&amp;uri=CELEX:62018CJ0298" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130d5f510e5ea37044227a02588cd6f4452b1.e34KaxiLc3eQc40LaxqMbN4ObNqLe0?text=&amp;docid=165056&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=103419" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=155063&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=69488" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=139404&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278497" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-57/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-324/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-360/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-24/91&amp;td=ALL" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1551423221320&amp;uri=CELEX:62017CJ0388" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=194433&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=506699" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=179463&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=865597" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-63/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=iepirkums*&amp;docid=267139&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=385757" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=280783&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=141036" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019TJ0849&amp;qid=1643377426916" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-489/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-241/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-29/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-252/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-513/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=288145&amp;pageIndex=0&amp;doclang=lv&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=507994" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/docum%20ent.jsf?text=&amp;docid=302721&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=646635" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=160564&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=16251" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=144963&amp;pageIndex=0&amp;doclang=FR&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278949" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-615/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-59/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-328/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-79/94&amp;td=ALL" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0049&amp;qid=1606893412183" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1564661133611&amp;uri=CELEX:62017CJ0620" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=202044&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=287950" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d58bed5f4b9728438c9e688a9c6f73bb97.e34KaxiLc3qMb40Rch0SaxyKaNb0?text=&amp;docid=184893&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=455605" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-589/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:62020CJ0532" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62022CJ0101&amp;qid=1685970111580" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-74/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-299/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-444/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-148/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-84/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-273/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=OJ:C_202407296" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-173/14%20P&amp;td=ALL" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=154820&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=69701" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-94/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0721&amp;qid=1633065969473" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1580881926845&amp;uri=CELEX:62018CJ0395" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1545401538896&amp;uri=CELEX:62017CJ0216" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-76/16" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=178824&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1370159" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=139104&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=278324" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-86/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-111/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-21/88&amp;td=ALL" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=268628&amp;pageIndex=0&amp;doclang=lv&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=201879" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=283022&amp;pageIndex=0&amp;doclang=lv&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=5477436" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62020TJ0546&amp;qid=1641192814999" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-251/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-125/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-492/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-129/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-283/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0737" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0652" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-285/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1564661133611&amp;uri=CELEX:62017CJ0697" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d58bed5f4b9728438c9e688a9c6f73bb97.e34KaxiLc3qMb40Rch0SaxyKaNb0?text=&amp;docid=184893&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=455605" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=145619&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=279902" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-359/93&amp;td=ALL" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021TJ0376&amp;qid=1688641112791" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-271/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-199/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-47/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=293799&amp;pageIndex=0&amp;doclang=lv&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=10399168" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130dea1de6a73c82a4e71878ccb51f5b1f3a2.e34KaxiLc3eQc40LaxqMbN4ObxiTe0?text=&amp;docid=163709&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=151164" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-327/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=243869&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=4073379" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1543822886789&amp;uri=CELEX:62017CJ0328" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=138855&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=277634" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-16/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=103/88&amp;td=ALL" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=281794&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=48341" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d506b16c7f71e04a42a860a22d8cafd770.e34KaxiLc3qMb40Rch0SaxyKax50?text=&amp;docid=178581&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1369436" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-368/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-213/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0422" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-231/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=230864&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=4925643" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130da099789dc523243fe9742b60a6dcf5389.e34KaxiLc3eQc40LaxqMbN4Pb3iPe0?text=&amp;docid=201263&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=286144" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=160262&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=16430" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-309/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=260994&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=15107017;" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-461/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-450/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-126/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1578032767833&amp;uri=CELEX:62018CJ0385" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=153811&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=69204" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-280/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-323/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-296/15" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-118/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-215/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0486" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0028" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0933&amp;qid=1638361511355" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-503/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-183/00&amp;td=ALL" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-399/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-272/91&amp;td=ALL" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1561700069836&amp;uri=CELEX:62018CJ0041" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130d5fa447989d22c4389b2e5fd04bf69930e.e34KaxiLc3eQc40LaxqMbN4Pa3ySe0?text=&amp;docid=183379&amp;pageIndex=0&amp;doclang=EN&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=347144" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=133102&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=272630" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62022CJ0510&amp;qid=1696506412098" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-149/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-196/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-410/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0578" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=243105&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=25313090" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=162829&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=45508" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-17/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-380/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1540993556544&amp;uri=CELEX:62017CJ0260" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=173519&amp;pageIndex=0&amp;doclang=en&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=867533" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=159290&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=227936" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=31/87&amp;td=ALL" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-599/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-406/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/SUM/?uri=CELEX%3A62024CJ0282_RES&amp;qid=1763971820750" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-247/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1593517866312&amp;uri=CELEX:62019CJ0003" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=200403&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-637/11&amp;td=ALL" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-108/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62021CJ0274" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-8/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-70/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?docid=267372&amp;mode=req&amp;pageIndex=10&amp;dir=&amp;occ=first&amp;part=1&amp;text=&amp;doclang=EN&amp;cid=167496" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-6/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1572590328924&amp;uri=CELEX:62018CJ0515" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=190329&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=1002821" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=170301&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=375378" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-315/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-44/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62019CJ0598&amp;qid=1635747419832" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=145244&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=279751" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-226/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0601&amp;qid=1696506412098" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=290609&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=5388151" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-331/04&amp;td=ALL" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1559543224748&amp;uri=CELEX:62018CJ0309" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-57/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-223/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-389/92&amp;td=ALL" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=183107&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=867893" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-30/12&amp;td=ALL" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-218/11&amp;td=ALL" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-423/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-300/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=274/83&amp;td=ALL" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0684" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-157/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=241465&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=9152398" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1540471318288&amp;uri=CELEX:62017CJ0606" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-394/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-13/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=170751&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=374909" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d2dc30d5e38e58f852144528bd218dc01f382715.e34KaxiLc3qMb40Rch0SaxuObNf0?text=&amp;docid=158433&amp;pageIndex=0&amp;doclang=ES&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=617192" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-574/10&amp;td=ALL" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?mode=DOC&amp;pageIndex=0&amp;docid=263724&amp;part=1&amp;doclang=EN&amp;text=&amp;dir=&amp;occ=first&amp;cid=1188051" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=OJ:C_202505304" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1593517866312&amp;uri=CELEX:62019CJ0219" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-337/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-212/02&amp;td=ALL" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-258/97&amp;td=ALL" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=9ea7d0f130deabd54ae971454d4f8b6682aa270df3d0.e34KaxiLc3eQc40LaxqMbN4Pb34Ne0?text=&amp;docid=199201&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=153602" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-297/11&amp;td=ALL" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-252/10%20P&amp;td=ALL" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-304/96&amp;td=ALL" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-406/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62021CJ0682&amp;qid=1675666709781" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-295/05&amp;td=ALL" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-18/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1572590328924&amp;uri=CELEX:62018CJ0267" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;num=C-391/15" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=169187&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=375169" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=144491&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=279408" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=181685&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=867211" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-314/09&amp;td=ALL" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-366/89&amp;td=ALL" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX%3A62022CJ0480&amp;qid=1701844392884" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0513" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-250/07&amp;td=ALL" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-525/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-40/01&amp;td=ALL" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-205/99&amp;td=ALL" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?qid=1556781118330&amp;uri=CELEX:62015TJ0182" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-667/11&amp;td=ALL" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=C-176/98&amp;td=ALL" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-591/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-577/08&amp;td=ALL" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=CELEX:62020CJ0116" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62022CJ0266" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-147/06&amp;td=ALL" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=T-160/03&amp;td=ALL" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F25%252FES&amp;docid=239242&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=4735817" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf;jsessionid=F0E439EAAB28E0E26CE9A35A75390392?text=&amp;docid=205929&amp;pageIndex=0&amp;doclang=lv&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=228791" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://curia.europa.eu/juris/document/document.jsf?text=&amp;docid=157805&amp;pageIndex=0&amp;doclang=LV&amp;mode=lst&amp;dir=&amp;occ=first&amp;part=1&amp;cid=471240" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FFF7CB4D"/>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:DR1091"/>
+  <dimension ref="A1:DR1092"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A37" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="E4" sqref="E4"/>
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="D2" sqref="D2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.44140625" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.88671875" style="36" customWidth="1"/>
     <col min="2" max="2" width="13" style="37" customWidth="1"/>
     <col min="3" max="3" width="31.5546875" style="19" customWidth="1"/>
     <col min="4" max="4" width="50.109375" style="37" customWidth="1"/>
     <col min="5" max="5" width="153.33203125" style="37" customWidth="1"/>
     <col min="6" max="6" width="15" style="42" customWidth="1"/>
     <col min="7" max="16384" width="14.44140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28" s="3" customFormat="1" ht="40.200000000000003" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="23" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="24" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="24" t="s">
         <v>3</v>
@@ -9213,918 +9235,824 @@
         <v>5</v>
       </c>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
       <c r="AA1" s="2"/>
       <c r="AB1" s="2"/>
     </row>
-    <row r="2" spans="1:28" s="3" customFormat="1" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2373</v>
+    <row r="2" spans="1:28" s="3" customFormat="1" ht="357" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="43" t="s">
+        <v>2387</v>
+      </c>
+      <c r="B2" s="43" t="s">
+        <v>2388</v>
+      </c>
+      <c r="C2" s="43" t="s">
+        <v>2389</v>
+      </c>
+      <c r="D2" s="43" t="s">
+        <v>2390</v>
+      </c>
+      <c r="E2" s="44" t="s">
+        <v>2392</v>
+      </c>
+      <c r="F2" s="43" t="s">
+        <v>2391</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
       <c r="Z2" s="2"/>
       <c r="AA2" s="2"/>
       <c r="AB2" s="2"/>
     </row>
-    <row r="3" spans="1:28" s="3" customFormat="1" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2386</v>
+    <row r="3" spans="1:28" s="3" customFormat="1" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="45" t="s">
+        <v>2368</v>
+      </c>
+      <c r="B3" s="45" t="s">
+        <v>2369</v>
+      </c>
+      <c r="C3" s="45" t="s">
+        <v>2370</v>
+      </c>
+      <c r="D3" s="45" t="s">
+        <v>2371</v>
+      </c>
+      <c r="E3" s="46" t="s">
+        <v>2372</v>
+      </c>
+      <c r="F3" s="39" t="s">
+        <v>2373</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
       <c r="P3" s="2"/>
       <c r="Q3" s="2"/>
       <c r="R3" s="2"/>
       <c r="S3" s="2"/>
       <c r="T3" s="2"/>
       <c r="U3" s="2"/>
       <c r="V3" s="2"/>
       <c r="W3" s="2"/>
       <c r="X3" s="2"/>
       <c r="Y3" s="2"/>
       <c r="Z3" s="2"/>
       <c r="AA3" s="2"/>
       <c r="AB3" s="2"/>
     </row>
-    <row r="4" spans="1:28" s="3" customFormat="1" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-[...13 lines deleted...]
-        <v>2378</v>
+    <row r="4" spans="1:28" s="3" customFormat="1" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="43" t="s">
+        <v>2381</v>
+      </c>
+      <c r="B4" s="43" t="s">
+        <v>2382</v>
+      </c>
+      <c r="C4" s="43" t="s">
+        <v>2383</v>
+      </c>
+      <c r="D4" s="43" t="s">
+        <v>2384</v>
+      </c>
+      <c r="E4" s="44" t="s">
+        <v>2385</v>
       </c>
       <c r="F4" s="21" t="s">
-        <v>2379</v>
+        <v>2386</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
       <c r="N4" s="2"/>
       <c r="O4" s="2"/>
       <c r="P4" s="2"/>
       <c r="Q4" s="2"/>
       <c r="R4" s="2"/>
       <c r="S4" s="2"/>
       <c r="T4" s="2"/>
       <c r="U4" s="2"/>
       <c r="V4" s="2"/>
       <c r="W4" s="2"/>
       <c r="X4" s="2"/>
       <c r="Y4" s="2"/>
       <c r="Z4" s="2"/>
       <c r="AA4" s="2"/>
       <c r="AB4" s="2"/>
     </row>
-    <row r="5" spans="1:28" s="3" customFormat="1" ht="409.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2366</v>
+    <row r="5" spans="1:28" s="3" customFormat="1" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="45" t="s">
+        <v>2374</v>
+      </c>
+      <c r="B5" s="45" t="s">
+        <v>2375</v>
+      </c>
+      <c r="C5" s="45" t="s">
+        <v>2376</v>
+      </c>
+      <c r="D5" s="45" t="s">
+        <v>2377</v>
+      </c>
+      <c r="E5" s="45" t="s">
+        <v>2378</v>
+      </c>
+      <c r="F5" s="21" t="s">
+        <v>2379</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
       <c r="J5" s="2"/>
       <c r="K5" s="2"/>
       <c r="L5" s="2"/>
       <c r="M5" s="2"/>
       <c r="N5" s="2"/>
       <c r="O5" s="2"/>
       <c r="P5" s="2"/>
       <c r="Q5" s="2"/>
       <c r="R5" s="2"/>
       <c r="S5" s="2"/>
       <c r="T5" s="2"/>
       <c r="U5" s="2"/>
       <c r="V5" s="2"/>
       <c r="W5" s="2"/>
       <c r="X5" s="2"/>
       <c r="Y5" s="2"/>
       <c r="Z5" s="2"/>
       <c r="AA5" s="2"/>
       <c r="AB5" s="2"/>
     </row>
-    <row r="6" spans="1:28" s="3" customFormat="1" ht="101.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2380</v>
+    <row r="6" spans="1:28" s="3" customFormat="1" ht="409.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="38" t="s">
+        <v>2362</v>
+      </c>
+      <c r="B6" s="38" t="s">
+        <v>2363</v>
+      </c>
+      <c r="C6" s="38" t="s">
+        <v>2364</v>
+      </c>
+      <c r="D6" s="38" t="s">
+        <v>2365</v>
+      </c>
+      <c r="E6" s="38" t="s">
+        <v>2367</v>
+      </c>
+      <c r="F6" s="20" t="s">
+        <v>2366</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
       <c r="J6" s="2"/>
       <c r="K6" s="2"/>
       <c r="L6" s="2"/>
       <c r="M6" s="2"/>
       <c r="N6" s="2"/>
       <c r="O6" s="2"/>
       <c r="P6" s="2"/>
       <c r="Q6" s="2"/>
       <c r="R6" s="2"/>
       <c r="S6" s="2"/>
       <c r="T6" s="2"/>
       <c r="U6" s="2"/>
       <c r="V6" s="2"/>
       <c r="W6" s="2"/>
       <c r="X6" s="2"/>
       <c r="Y6" s="2"/>
       <c r="Z6" s="2"/>
       <c r="AA6" s="2"/>
       <c r="AB6" s="2"/>
     </row>
-    <row r="7" spans="1:28" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2354</v>
+    <row r="7" spans="1:28" s="3" customFormat="1" ht="101.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="40" t="s">
+        <v>2334</v>
+      </c>
+      <c r="B7" s="40" t="s">
+        <v>2335</v>
+      </c>
+      <c r="C7" s="40" t="s">
+        <v>2336</v>
+      </c>
+      <c r="D7" s="40" t="s">
+        <v>2337</v>
+      </c>
+      <c r="E7" s="40" t="s">
+        <v>2338</v>
+      </c>
+      <c r="F7" s="39" t="s">
+        <v>2380</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="2"/>
       <c r="M7" s="2"/>
       <c r="N7" s="2"/>
       <c r="O7" s="2"/>
       <c r="P7" s="2"/>
       <c r="Q7" s="2"/>
       <c r="R7" s="2"/>
       <c r="S7" s="2"/>
       <c r="T7" s="2"/>
       <c r="U7" s="2"/>
       <c r="V7" s="2"/>
       <c r="W7" s="2"/>
       <c r="X7" s="2"/>
       <c r="Y7" s="2"/>
       <c r="Z7" s="2"/>
       <c r="AA7" s="2"/>
       <c r="AB7" s="2"/>
     </row>
     <row r="8" spans="1:28" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="40" t="s">
+      <c r="A8" s="8" t="s">
         <v>2339</v>
       </c>
-      <c r="B8" s="40" t="s">
-[...12 lines deleted...]
-        <v>2355</v>
+      <c r="B8" s="8" t="s">
+        <v>2340</v>
+      </c>
+      <c r="C8" s="8" t="s">
+        <v>2341</v>
+      </c>
+      <c r="D8" s="8" t="s">
+        <v>2342</v>
+      </c>
+      <c r="E8" s="8" t="s">
+        <v>2343</v>
+      </c>
+      <c r="F8" s="9" t="s">
+        <v>2354</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
       <c r="J8" s="2"/>
       <c r="K8" s="2"/>
       <c r="L8" s="2"/>
       <c r="M8" s="2"/>
       <c r="N8" s="2"/>
       <c r="O8" s="2"/>
       <c r="P8" s="2"/>
       <c r="Q8" s="2"/>
       <c r="R8" s="2"/>
       <c r="S8" s="2"/>
       <c r="T8" s="2"/>
       <c r="U8" s="2"/>
       <c r="V8" s="2"/>
       <c r="W8" s="2"/>
       <c r="X8" s="2"/>
       <c r="Y8" s="2"/>
       <c r="Z8" s="2"/>
       <c r="AA8" s="2"/>
       <c r="AB8" s="2"/>
     </row>
-    <row r="9" spans="1:28" s="3" customFormat="1" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2352</v>
+    <row r="9" spans="1:28" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="40" t="s">
+        <v>2339</v>
+      </c>
+      <c r="B9" s="40" t="s">
+        <v>2344</v>
+      </c>
+      <c r="C9" s="40" t="s">
+        <v>2345</v>
+      </c>
+      <c r="D9" s="40" t="s">
+        <v>2346</v>
+      </c>
+      <c r="E9" s="40" t="s">
+        <v>2347</v>
+      </c>
+      <c r="F9" s="39" t="s">
+        <v>2355</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
       <c r="J9" s="2"/>
       <c r="K9" s="2"/>
       <c r="L9" s="2"/>
       <c r="M9" s="2"/>
       <c r="N9" s="2"/>
       <c r="O9" s="2"/>
       <c r="P9" s="2"/>
       <c r="Q9" s="2"/>
       <c r="R9" s="2"/>
       <c r="S9" s="2"/>
       <c r="T9" s="2"/>
       <c r="U9" s="2"/>
       <c r="V9" s="2"/>
       <c r="W9" s="2"/>
       <c r="X9" s="2"/>
       <c r="Y9" s="2"/>
       <c r="Z9" s="2"/>
       <c r="AA9" s="2"/>
       <c r="AB9" s="2"/>
     </row>
-    <row r="10" spans="1:28" s="3" customFormat="1" ht="165.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2333</v>
+    <row r="10" spans="1:28" s="3" customFormat="1" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="8" t="s">
+        <v>2348</v>
+      </c>
+      <c r="B10" s="8" t="s">
+        <v>2349</v>
+      </c>
+      <c r="C10" s="8" t="s">
+        <v>2350</v>
+      </c>
+      <c r="D10" s="8" t="s">
+        <v>2351</v>
+      </c>
+      <c r="E10" s="8" t="s">
+        <v>2353</v>
+      </c>
+      <c r="F10" s="9" t="s">
+        <v>2352</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
       <c r="L10" s="2"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
       <c r="O10" s="2"/>
       <c r="P10" s="2"/>
       <c r="Q10" s="2"/>
       <c r="R10" s="2"/>
       <c r="S10" s="2"/>
       <c r="T10" s="2"/>
       <c r="U10" s="2"/>
       <c r="V10" s="2"/>
       <c r="W10" s="2"/>
       <c r="X10" s="2"/>
       <c r="Y10" s="2"/>
       <c r="Z10" s="2"/>
       <c r="AA10" s="2"/>
       <c r="AB10" s="2"/>
     </row>
-    <row r="11" spans="1:28" s="3" customFormat="1" ht="271.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2321</v>
+    <row r="11" spans="1:28" s="3" customFormat="1" ht="165.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="40" t="s">
+        <v>2328</v>
+      </c>
+      <c r="B11" s="40" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C11" s="40" t="s">
+        <v>2330</v>
+      </c>
+      <c r="D11" s="40" t="s">
+        <v>2331</v>
+      </c>
+      <c r="E11" s="40" t="s">
+        <v>2332</v>
+      </c>
+      <c r="F11" s="39" t="s">
+        <v>2333</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
       <c r="J11" s="2"/>
       <c r="K11" s="2"/>
       <c r="L11" s="2"/>
       <c r="M11" s="2"/>
       <c r="N11" s="2"/>
       <c r="O11" s="2"/>
       <c r="P11" s="2"/>
       <c r="Q11" s="2"/>
       <c r="R11" s="2"/>
       <c r="S11" s="2"/>
       <c r="T11" s="2"/>
       <c r="U11" s="2"/>
       <c r="V11" s="2"/>
       <c r="W11" s="2"/>
       <c r="X11" s="2"/>
       <c r="Y11" s="2"/>
       <c r="Z11" s="2"/>
       <c r="AA11" s="2"/>
       <c r="AB11" s="2"/>
     </row>
-    <row r="12" spans="1:28" s="3" customFormat="1" ht="166.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2327</v>
+    <row r="12" spans="1:28" s="3" customFormat="1" ht="271.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="8" t="s">
+        <v>2316</v>
+      </c>
+      <c r="B12" s="8" t="s">
+        <v>2317</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>2318</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>2319</v>
+      </c>
+      <c r="E12" s="8" t="s">
+        <v>2320</v>
+      </c>
+      <c r="F12" s="9" t="s">
+        <v>2321</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
       <c r="J12" s="2"/>
       <c r="K12" s="2"/>
       <c r="L12" s="2"/>
       <c r="M12" s="2"/>
       <c r="N12" s="2"/>
       <c r="O12" s="2"/>
       <c r="P12" s="2"/>
       <c r="Q12" s="2"/>
       <c r="R12" s="2"/>
       <c r="S12" s="2"/>
       <c r="T12" s="2"/>
       <c r="U12" s="2"/>
       <c r="V12" s="2"/>
       <c r="W12" s="2"/>
       <c r="X12" s="2"/>
       <c r="Y12" s="2"/>
       <c r="Z12" s="2"/>
       <c r="AA12" s="2"/>
       <c r="AB12" s="2"/>
     </row>
-    <row r="13" spans="1:28" s="3" customFormat="1" ht="275.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2309</v>
+    <row r="13" spans="1:28" s="3" customFormat="1" ht="166.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="40" t="s">
+        <v>2322</v>
+      </c>
+      <c r="B13" s="40" t="s">
+        <v>2323</v>
+      </c>
+      <c r="C13" s="40" t="s">
+        <v>2324</v>
+      </c>
+      <c r="D13" s="40" t="s">
+        <v>2325</v>
+      </c>
+      <c r="E13" s="40" t="s">
+        <v>2326</v>
+      </c>
+      <c r="F13" s="39" t="s">
+        <v>2327</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
       <c r="J13" s="2"/>
       <c r="K13" s="2"/>
       <c r="L13" s="2"/>
       <c r="M13" s="2"/>
       <c r="N13" s="2"/>
       <c r="O13" s="2"/>
       <c r="P13" s="2"/>
       <c r="Q13" s="2"/>
       <c r="R13" s="2"/>
       <c r="S13" s="2"/>
       <c r="T13" s="2"/>
       <c r="U13" s="2"/>
       <c r="V13" s="2"/>
       <c r="W13" s="2"/>
       <c r="X13" s="2"/>
       <c r="Y13" s="2"/>
       <c r="Z13" s="2"/>
       <c r="AA13" s="2"/>
       <c r="AB13" s="2"/>
     </row>
-    <row r="14" spans="1:28" s="3" customFormat="1" ht="269.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2315</v>
+    <row r="14" spans="1:28" s="3" customFormat="1" ht="275.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="8" t="s">
+        <v>2304</v>
+      </c>
+      <c r="B14" s="8" t="s">
+        <v>2305</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>2306</v>
+      </c>
+      <c r="D14" s="8" t="s">
+        <v>2307</v>
+      </c>
+      <c r="E14" s="8" t="s">
+        <v>2308</v>
+      </c>
+      <c r="F14" s="9" t="s">
+        <v>2309</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
       <c r="J14" s="2"/>
       <c r="K14" s="2"/>
       <c r="L14" s="2"/>
       <c r="M14" s="2"/>
       <c r="N14" s="2"/>
       <c r="O14" s="2"/>
       <c r="P14" s="2"/>
       <c r="Q14" s="2"/>
       <c r="R14" s="2"/>
       <c r="S14" s="2"/>
       <c r="T14" s="2"/>
       <c r="U14" s="2"/>
       <c r="V14" s="2"/>
       <c r="W14" s="2"/>
       <c r="X14" s="2"/>
       <c r="Y14" s="2"/>
       <c r="Z14" s="2"/>
       <c r="AA14" s="2"/>
       <c r="AB14" s="2"/>
     </row>
-    <row r="15" spans="1:28" s="3" customFormat="1" ht="201" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2296</v>
+    <row r="15" spans="1:28" s="3" customFormat="1" ht="269.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="40" t="s">
+        <v>2310</v>
+      </c>
+      <c r="B15" s="40" t="s">
+        <v>2311</v>
+      </c>
+      <c r="C15" s="40" t="s">
+        <v>2312</v>
+      </c>
+      <c r="D15" s="40" t="s">
+        <v>2313</v>
+      </c>
+      <c r="E15" s="40" t="s">
+        <v>2314</v>
+      </c>
+      <c r="F15" s="39" t="s">
+        <v>2315</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
       <c r="J15" s="2"/>
       <c r="K15" s="2"/>
       <c r="L15" s="2"/>
       <c r="M15" s="2"/>
       <c r="N15" s="2"/>
       <c r="O15" s="2"/>
       <c r="P15" s="2"/>
       <c r="Q15" s="2"/>
       <c r="R15" s="2"/>
       <c r="S15" s="2"/>
       <c r="T15" s="2"/>
       <c r="U15" s="2"/>
       <c r="V15" s="2"/>
       <c r="W15" s="2"/>
       <c r="X15" s="2"/>
       <c r="Y15" s="2"/>
       <c r="Z15" s="2"/>
       <c r="AA15" s="2"/>
       <c r="AB15" s="2"/>
     </row>
-    <row r="16" spans="1:28" s="3" customFormat="1" ht="139.19999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2301</v>
+    <row r="16" spans="1:28" s="3" customFormat="1" ht="201" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="8" t="s">
+        <v>2292</v>
+      </c>
+      <c r="B16" s="8" t="s">
+        <v>2293</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>2294</v>
+      </c>
+      <c r="D16" s="8" t="s">
+        <v>2295</v>
+      </c>
+      <c r="E16" s="8" t="s">
+        <v>2303</v>
+      </c>
+      <c r="F16" s="9" t="s">
+        <v>2296</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
       <c r="J16" s="2"/>
       <c r="K16" s="2"/>
       <c r="L16" s="2"/>
       <c r="M16" s="2"/>
       <c r="N16" s="2"/>
       <c r="O16" s="2"/>
       <c r="P16" s="2"/>
       <c r="Q16" s="2"/>
       <c r="R16" s="2"/>
       <c r="S16" s="2"/>
       <c r="T16" s="2"/>
       <c r="U16" s="2"/>
       <c r="V16" s="2"/>
       <c r="W16" s="2"/>
       <c r="X16" s="2"/>
       <c r="Y16" s="2"/>
       <c r="Z16" s="2"/>
       <c r="AA16" s="2"/>
       <c r="AB16" s="2"/>
     </row>
-    <row r="17" spans="1:122" s="3" customFormat="1" ht="125.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2191</v>
+    <row r="17" spans="1:122" s="3" customFormat="1" ht="139.19999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="4" t="s">
+        <v>2297</v>
+      </c>
+      <c r="B17" s="4" t="s">
+        <v>2298</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>2299</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>2300</v>
+      </c>
+      <c r="E17" s="4" t="s">
+        <v>2302</v>
+      </c>
+      <c r="F17" s="13" t="s">
+        <v>2301</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
       <c r="J17" s="2"/>
       <c r="K17" s="2"/>
       <c r="L17" s="2"/>
       <c r="M17" s="2"/>
       <c r="N17" s="2"/>
       <c r="O17" s="2"/>
       <c r="P17" s="2"/>
       <c r="Q17" s="2"/>
       <c r="R17" s="2"/>
       <c r="S17" s="2"/>
       <c r="T17" s="2"/>
       <c r="U17" s="2"/>
       <c r="V17" s="2"/>
       <c r="W17" s="2"/>
       <c r="X17" s="2"/>
       <c r="Y17" s="2"/>
       <c r="Z17" s="2"/>
       <c r="AA17" s="2"/>
       <c r="AB17" s="2"/>
     </row>
-    <row r="18" spans="1:122" s="3" customFormat="1" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2197</v>
+    <row r="18" spans="1:122" s="3" customFormat="1" ht="125.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="8" t="s">
+        <v>2186</v>
+      </c>
+      <c r="B18" s="8" t="s">
+        <v>2187</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>2188</v>
+      </c>
+      <c r="D18" s="8" t="s">
+        <v>2189</v>
+      </c>
+      <c r="E18" s="8" t="s">
+        <v>2190</v>
+      </c>
+      <c r="F18" s="9" t="s">
+        <v>2191</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
       <c r="J18" s="2"/>
       <c r="K18" s="2"/>
       <c r="L18" s="2"/>
       <c r="M18" s="2"/>
       <c r="N18" s="2"/>
       <c r="O18" s="2"/>
       <c r="P18" s="2"/>
       <c r="Q18" s="2"/>
       <c r="R18" s="2"/>
       <c r="S18" s="2"/>
       <c r="T18" s="2"/>
       <c r="U18" s="2"/>
       <c r="V18" s="2"/>
       <c r="W18" s="2"/>
       <c r="X18" s="2"/>
       <c r="Y18" s="2"/>
       <c r="Z18" s="2"/>
       <c r="AA18" s="2"/>
       <c r="AB18" s="2"/>
     </row>
-    <row r="19" spans="1:122" s="3" customFormat="1" ht="259.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2177</v>
+    <row r="19" spans="1:122" s="3" customFormat="1" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="4" t="s">
+        <v>2192</v>
+      </c>
+      <c r="B19" s="4" t="s">
+        <v>2193</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>2194</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>2195</v>
+      </c>
+      <c r="E19" s="4" t="s">
+        <v>2196</v>
+      </c>
+      <c r="F19" s="13" t="s">
+        <v>2197</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
       <c r="J19" s="2"/>
       <c r="K19" s="2"/>
       <c r="L19" s="2"/>
       <c r="M19" s="2"/>
       <c r="N19" s="2"/>
       <c r="O19" s="2"/>
       <c r="P19" s="2"/>
       <c r="Q19" s="2"/>
       <c r="R19" s="2"/>
       <c r="S19" s="2"/>
       <c r="T19" s="2"/>
       <c r="U19" s="2"/>
       <c r="V19" s="2"/>
       <c r="W19" s="2"/>
       <c r="X19" s="2"/>
       <c r="Y19" s="2"/>
       <c r="Z19" s="2"/>
       <c r="AA19" s="2"/>
       <c r="AB19" s="2"/>
-      <c r="AC19" s="2"/>
-[...111 lines deleted...]
-        <v>2183</v>
+    </row>
+    <row r="20" spans="1:122" s="3" customFormat="1" ht="259.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="38" t="s">
+        <v>2172</v>
+      </c>
+      <c r="B20" s="8" t="s">
+        <v>2173</v>
+      </c>
+      <c r="C20" s="8" t="s">
+        <v>2174</v>
+      </c>
+      <c r="D20" s="8" t="s">
+        <v>2175</v>
+      </c>
+      <c r="E20" s="8" t="s">
+        <v>2176</v>
+      </c>
+      <c r="F20" s="9" t="s">
+        <v>2177</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
       <c r="J20" s="2"/>
       <c r="K20" s="2"/>
       <c r="L20" s="2"/>
       <c r="M20" s="2"/>
       <c r="N20" s="2"/>
       <c r="O20" s="2"/>
       <c r="P20" s="2"/>
       <c r="Q20" s="2"/>
       <c r="R20" s="2"/>
       <c r="S20" s="2"/>
       <c r="T20" s="2"/>
       <c r="U20" s="2"/>
       <c r="V20" s="2"/>
       <c r="W20" s="2"/>
       <c r="X20" s="2"/>
       <c r="Y20" s="2"/>
       <c r="Z20" s="2"/>
       <c r="AA20" s="2"/>
       <c r="AB20" s="2"/>
       <c r="AC20" s="2"/>
       <c r="AD20" s="2"/>
@@ -10199,68 +10127,68 @@
       <c r="CU20" s="2"/>
       <c r="CV20" s="2"/>
       <c r="CW20" s="2"/>
       <c r="CX20" s="2"/>
       <c r="CY20" s="2"/>
       <c r="CZ20" s="2"/>
       <c r="DA20" s="2"/>
       <c r="DB20" s="2"/>
       <c r="DC20" s="2"/>
       <c r="DD20" s="2"/>
       <c r="DE20" s="2"/>
       <c r="DF20" s="2"/>
       <c r="DG20" s="2"/>
       <c r="DH20" s="2"/>
       <c r="DI20" s="2"/>
       <c r="DJ20" s="2"/>
       <c r="DK20" s="2"/>
       <c r="DL20" s="2"/>
       <c r="DM20" s="2"/>
       <c r="DN20" s="2"/>
       <c r="DO20" s="2"/>
       <c r="DP20" s="2"/>
       <c r="DQ20" s="2"/>
       <c r="DR20" s="2"/>
     </row>
-    <row r="21" spans="1:122" s="3" customFormat="1" ht="189" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2361</v>
+    <row r="21" spans="1:122" s="3" customFormat="1" ht="201.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="22" t="s">
+        <v>2178</v>
+      </c>
+      <c r="B21" s="22" t="s">
+        <v>2179</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>2180</v>
+      </c>
+      <c r="D21" s="22" t="s">
+        <v>2181</v>
+      </c>
+      <c r="E21" s="22" t="s">
+        <v>2182</v>
+      </c>
+      <c r="F21" s="39" t="s">
+        <v>2183</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
       <c r="J21" s="2"/>
       <c r="K21" s="2"/>
       <c r="L21" s="2"/>
       <c r="M21" s="2"/>
       <c r="N21" s="2"/>
       <c r="O21" s="2"/>
       <c r="P21" s="2"/>
       <c r="Q21" s="2"/>
       <c r="R21" s="2"/>
       <c r="S21" s="2"/>
       <c r="T21" s="2"/>
       <c r="U21" s="2"/>
       <c r="V21" s="2"/>
       <c r="W21" s="2"/>
       <c r="X21" s="2"/>
       <c r="Y21" s="2"/>
       <c r="Z21" s="2"/>
       <c r="AA21" s="2"/>
       <c r="AB21" s="2"/>
       <c r="AC21" s="2"/>
       <c r="AD21" s="2"/>
@@ -10335,68 +10263,68 @@
       <c r="CU21" s="2"/>
       <c r="CV21" s="2"/>
       <c r="CW21" s="2"/>
       <c r="CX21" s="2"/>
       <c r="CY21" s="2"/>
       <c r="CZ21" s="2"/>
       <c r="DA21" s="2"/>
       <c r="DB21" s="2"/>
       <c r="DC21" s="2"/>
       <c r="DD21" s="2"/>
       <c r="DE21" s="2"/>
       <c r="DF21" s="2"/>
       <c r="DG21" s="2"/>
       <c r="DH21" s="2"/>
       <c r="DI21" s="2"/>
       <c r="DJ21" s="2"/>
       <c r="DK21" s="2"/>
       <c r="DL21" s="2"/>
       <c r="DM21" s="2"/>
       <c r="DN21" s="2"/>
       <c r="DO21" s="2"/>
       <c r="DP21" s="2"/>
       <c r="DQ21" s="2"/>
       <c r="DR21" s="2"/>
     </row>
-    <row r="22" spans="1:122" s="3" customFormat="1" ht="138" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2171</v>
+    <row r="22" spans="1:122" s="3" customFormat="1" ht="189" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="38" t="s">
+        <v>2356</v>
+      </c>
+      <c r="B22" s="38" t="s">
+        <v>2357</v>
+      </c>
+      <c r="C22" s="38" t="s">
+        <v>2358</v>
+      </c>
+      <c r="D22" s="38" t="s">
+        <v>2359</v>
+      </c>
+      <c r="E22" s="38" t="s">
+        <v>2360</v>
+      </c>
+      <c r="F22" s="20" t="s">
+        <v>2361</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
       <c r="J22" s="2"/>
       <c r="K22" s="2"/>
       <c r="L22" s="2"/>
       <c r="M22" s="2"/>
       <c r="N22" s="2"/>
       <c r="O22" s="2"/>
       <c r="P22" s="2"/>
       <c r="Q22" s="2"/>
       <c r="R22" s="2"/>
       <c r="S22" s="2"/>
       <c r="T22" s="2"/>
       <c r="U22" s="2"/>
       <c r="V22" s="2"/>
       <c r="W22" s="2"/>
       <c r="X22" s="2"/>
       <c r="Y22" s="2"/>
       <c r="Z22" s="2"/>
       <c r="AA22" s="2"/>
       <c r="AB22" s="2"/>
       <c r="AC22" s="2"/>
       <c r="AD22" s="2"/>
@@ -10471,68 +10399,68 @@
       <c r="CU22" s="2"/>
       <c r="CV22" s="2"/>
       <c r="CW22" s="2"/>
       <c r="CX22" s="2"/>
       <c r="CY22" s="2"/>
       <c r="CZ22" s="2"/>
       <c r="DA22" s="2"/>
       <c r="DB22" s="2"/>
       <c r="DC22" s="2"/>
       <c r="DD22" s="2"/>
       <c r="DE22" s="2"/>
       <c r="DF22" s="2"/>
       <c r="DG22" s="2"/>
       <c r="DH22" s="2"/>
       <c r="DI22" s="2"/>
       <c r="DJ22" s="2"/>
       <c r="DK22" s="2"/>
       <c r="DL22" s="2"/>
       <c r="DM22" s="2"/>
       <c r="DN22" s="2"/>
       <c r="DO22" s="2"/>
       <c r="DP22" s="2"/>
       <c r="DQ22" s="2"/>
       <c r="DR22" s="2"/>
     </row>
-    <row r="23" spans="1:122" s="3" customFormat="1" ht="165" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2148</v>
+    <row r="23" spans="1:122" s="3" customFormat="1" ht="138" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="22" t="s">
+        <v>2149</v>
+      </c>
+      <c r="B23" s="22" t="s">
+        <v>2167</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>2184</v>
+      </c>
+      <c r="D23" s="22" t="s">
+        <v>2185</v>
+      </c>
+      <c r="E23" s="22" t="s">
+        <v>2198</v>
+      </c>
+      <c r="F23" s="21" t="s">
+        <v>2171</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
       <c r="J23" s="2"/>
       <c r="K23" s="2"/>
       <c r="L23" s="2"/>
       <c r="M23" s="2"/>
       <c r="N23" s="2"/>
       <c r="O23" s="2"/>
       <c r="P23" s="2"/>
       <c r="Q23" s="2"/>
       <c r="R23" s="2"/>
       <c r="S23" s="2"/>
       <c r="T23" s="2"/>
       <c r="U23" s="2"/>
       <c r="V23" s="2"/>
       <c r="W23" s="2"/>
       <c r="X23" s="2"/>
       <c r="Y23" s="2"/>
       <c r="Z23" s="2"/>
       <c r="AA23" s="2"/>
       <c r="AB23" s="2"/>
       <c r="AC23" s="2"/>
       <c r="AD23" s="2"/>
@@ -10607,9201 +10535,9329 @@
       <c r="CU23" s="2"/>
       <c r="CV23" s="2"/>
       <c r="CW23" s="2"/>
       <c r="CX23" s="2"/>
       <c r="CY23" s="2"/>
       <c r="CZ23" s="2"/>
       <c r="DA23" s="2"/>
       <c r="DB23" s="2"/>
       <c r="DC23" s="2"/>
       <c r="DD23" s="2"/>
       <c r="DE23" s="2"/>
       <c r="DF23" s="2"/>
       <c r="DG23" s="2"/>
       <c r="DH23" s="2"/>
       <c r="DI23" s="2"/>
       <c r="DJ23" s="2"/>
       <c r="DK23" s="2"/>
       <c r="DL23" s="2"/>
       <c r="DM23" s="2"/>
       <c r="DN23" s="2"/>
       <c r="DO23" s="2"/>
       <c r="DP23" s="2"/>
       <c r="DQ23" s="2"/>
       <c r="DR23" s="2"/>
     </row>
-    <row r="24" spans="1:122" s="3" customFormat="1" ht="162.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2154</v>
+    <row r="24" spans="1:122" s="3" customFormat="1" ht="165" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="25" t="s">
+        <v>2143</v>
+      </c>
+      <c r="B24" s="25" t="s">
+        <v>2144</v>
+      </c>
+      <c r="C24" s="8" t="s">
+        <v>2145</v>
+      </c>
+      <c r="D24" s="25" t="s">
+        <v>2146</v>
+      </c>
+      <c r="E24" s="25" t="s">
+        <v>2147</v>
+      </c>
+      <c r="F24" s="9" t="s">
+        <v>2148</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
       <c r="J24" s="2"/>
       <c r="K24" s="2"/>
       <c r="L24" s="2"/>
       <c r="M24" s="2"/>
       <c r="N24" s="2"/>
       <c r="O24" s="2"/>
       <c r="P24" s="2"/>
       <c r="Q24" s="2"/>
       <c r="R24" s="2"/>
       <c r="S24" s="2"/>
       <c r="T24" s="2"/>
       <c r="U24" s="2"/>
       <c r="V24" s="2"/>
       <c r="W24" s="2"/>
       <c r="X24" s="2"/>
       <c r="Y24" s="2"/>
       <c r="Z24" s="2"/>
       <c r="AA24" s="2"/>
       <c r="AB24" s="2"/>
-    </row>
-[...17 lines deleted...]
-        <v>2160</v>
+      <c r="AC24" s="2"/>
+      <c r="AD24" s="2"/>
+      <c r="AE24" s="2"/>
+      <c r="AF24" s="2"/>
+      <c r="AG24" s="2"/>
+      <c r="AH24" s="2"/>
+      <c r="AI24" s="2"/>
+      <c r="AJ24" s="2"/>
+      <c r="AK24" s="2"/>
+      <c r="AL24" s="2"/>
+      <c r="AM24" s="2"/>
+      <c r="AN24" s="2"/>
+      <c r="AO24" s="2"/>
+      <c r="AP24" s="2"/>
+      <c r="AQ24" s="2"/>
+      <c r="AR24" s="2"/>
+      <c r="AS24" s="2"/>
+      <c r="AT24" s="2"/>
+      <c r="AU24" s="2"/>
+      <c r="AV24" s="2"/>
+      <c r="AW24" s="2"/>
+      <c r="AX24" s="2"/>
+      <c r="AY24" s="2"/>
+      <c r="AZ24" s="2"/>
+      <c r="BA24" s="2"/>
+      <c r="BB24" s="2"/>
+      <c r="BC24" s="2"/>
+      <c r="BD24" s="2"/>
+      <c r="BE24" s="2"/>
+      <c r="BF24" s="2"/>
+      <c r="BG24" s="2"/>
+      <c r="BH24" s="2"/>
+      <c r="BI24" s="2"/>
+      <c r="BJ24" s="2"/>
+      <c r="BK24" s="2"/>
+      <c r="BL24" s="2"/>
+      <c r="BM24" s="2"/>
+      <c r="BN24" s="2"/>
+      <c r="BO24" s="2"/>
+      <c r="BP24" s="2"/>
+      <c r="BQ24" s="2"/>
+      <c r="BR24" s="2"/>
+      <c r="BS24" s="2"/>
+      <c r="BT24" s="2"/>
+      <c r="BU24" s="2"/>
+      <c r="BV24" s="2"/>
+      <c r="BW24" s="2"/>
+      <c r="BX24" s="2"/>
+      <c r="BY24" s="2"/>
+      <c r="BZ24" s="2"/>
+      <c r="CA24" s="2"/>
+      <c r="CB24" s="2"/>
+      <c r="CC24" s="2"/>
+      <c r="CD24" s="2"/>
+      <c r="CE24" s="2"/>
+      <c r="CF24" s="2"/>
+      <c r="CG24" s="2"/>
+      <c r="CH24" s="2"/>
+      <c r="CI24" s="2"/>
+      <c r="CJ24" s="2"/>
+      <c r="CK24" s="2"/>
+      <c r="CL24" s="2"/>
+      <c r="CM24" s="2"/>
+      <c r="CN24" s="2"/>
+      <c r="CO24" s="2"/>
+      <c r="CP24" s="2"/>
+      <c r="CQ24" s="2"/>
+      <c r="CR24" s="2"/>
+      <c r="CS24" s="2"/>
+      <c r="CT24" s="2"/>
+      <c r="CU24" s="2"/>
+      <c r="CV24" s="2"/>
+      <c r="CW24" s="2"/>
+      <c r="CX24" s="2"/>
+      <c r="CY24" s="2"/>
+      <c r="CZ24" s="2"/>
+      <c r="DA24" s="2"/>
+      <c r="DB24" s="2"/>
+      <c r="DC24" s="2"/>
+      <c r="DD24" s="2"/>
+      <c r="DE24" s="2"/>
+      <c r="DF24" s="2"/>
+      <c r="DG24" s="2"/>
+      <c r="DH24" s="2"/>
+      <c r="DI24" s="2"/>
+      <c r="DJ24" s="2"/>
+      <c r="DK24" s="2"/>
+      <c r="DL24" s="2"/>
+      <c r="DM24" s="2"/>
+      <c r="DN24" s="2"/>
+      <c r="DO24" s="2"/>
+      <c r="DP24" s="2"/>
+      <c r="DQ24" s="2"/>
+      <c r="DR24" s="2"/>
+    </row>
+    <row r="25" spans="1:122" s="3" customFormat="1" ht="162.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="22" t="s">
+        <v>2149</v>
+      </c>
+      <c r="B25" s="22" t="s">
+        <v>2150</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>2151</v>
+      </c>
+      <c r="D25" s="22" t="s">
+        <v>2152</v>
+      </c>
+      <c r="E25" s="22" t="s">
+        <v>2153</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>2154</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
       <c r="J25" s="2"/>
       <c r="K25" s="2"/>
       <c r="L25" s="2"/>
       <c r="M25" s="2"/>
       <c r="N25" s="2"/>
       <c r="O25" s="2"/>
       <c r="P25" s="2"/>
       <c r="Q25" s="2"/>
       <c r="R25" s="2"/>
       <c r="S25" s="2"/>
       <c r="T25" s="2"/>
       <c r="U25" s="2"/>
       <c r="V25" s="2"/>
       <c r="W25" s="2"/>
       <c r="X25" s="2"/>
       <c r="Y25" s="2"/>
       <c r="Z25" s="2"/>
       <c r="AA25" s="2"/>
       <c r="AB25" s="2"/>
     </row>
-    <row r="26" spans="1:122" s="3" customFormat="1" ht="212.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2166</v>
+    <row r="26" spans="1:122" s="3" customFormat="1" ht="100.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="25" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B26" s="28" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C26" s="8" t="s">
+        <v>2157</v>
+      </c>
+      <c r="D26" s="25" t="s">
+        <v>2158</v>
+      </c>
+      <c r="E26" s="25" t="s">
+        <v>2159</v>
+      </c>
+      <c r="F26" s="9" t="s">
+        <v>2160</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
       <c r="J26" s="2"/>
       <c r="K26" s="2"/>
       <c r="L26" s="2"/>
       <c r="M26" s="2"/>
       <c r="N26" s="2"/>
       <c r="O26" s="2"/>
       <c r="P26" s="2"/>
       <c r="Q26" s="2"/>
       <c r="R26" s="2"/>
       <c r="S26" s="2"/>
       <c r="T26" s="2"/>
       <c r="U26" s="2"/>
       <c r="V26" s="2"/>
       <c r="W26" s="2"/>
       <c r="X26" s="2"/>
       <c r="Y26" s="2"/>
       <c r="Z26" s="2"/>
       <c r="AA26" s="2"/>
       <c r="AB26" s="2"/>
     </row>
-    <row r="27" spans="1:122" s="3" customFormat="1" ht="201.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2171</v>
+    <row r="27" spans="1:122" s="3" customFormat="1" ht="212.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="22" t="s">
+        <v>2161</v>
+      </c>
+      <c r="B27" s="27" t="s">
+        <v>2162</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>2163</v>
+      </c>
+      <c r="D27" s="22" t="s">
+        <v>2164</v>
+      </c>
+      <c r="E27" s="22" t="s">
+        <v>2165</v>
+      </c>
+      <c r="F27" s="13" t="s">
+        <v>2166</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
       <c r="J27" s="2"/>
       <c r="K27" s="2"/>
       <c r="L27" s="2"/>
       <c r="M27" s="2"/>
       <c r="N27" s="2"/>
       <c r="O27" s="2"/>
       <c r="P27" s="2"/>
       <c r="Q27" s="2"/>
       <c r="R27" s="2"/>
       <c r="S27" s="2"/>
       <c r="T27" s="2"/>
       <c r="U27" s="2"/>
       <c r="V27" s="2"/>
       <c r="W27" s="2"/>
       <c r="X27" s="2"/>
       <c r="Y27" s="2"/>
       <c r="Z27" s="2"/>
       <c r="AA27" s="2"/>
       <c r="AB27" s="2"/>
     </row>
-    <row r="28" spans="1:122" s="3" customFormat="1" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2053</v>
+    <row r="28" spans="1:122" s="3" customFormat="1" ht="201.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="26" t="s">
+        <v>2149</v>
+      </c>
+      <c r="B28" s="26" t="s">
+        <v>2167</v>
+      </c>
+      <c r="C28" s="6" t="s">
+        <v>2168</v>
+      </c>
+      <c r="D28" s="26" t="s">
+        <v>2169</v>
+      </c>
+      <c r="E28" s="26" t="s">
+        <v>2170</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>2171</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
       <c r="J28" s="2"/>
       <c r="K28" s="2"/>
       <c r="L28" s="2"/>
       <c r="M28" s="2"/>
       <c r="N28" s="2"/>
       <c r="O28" s="2"/>
       <c r="P28" s="2"/>
       <c r="Q28" s="2"/>
       <c r="R28" s="2"/>
       <c r="S28" s="2"/>
       <c r="T28" s="2"/>
       <c r="U28" s="2"/>
       <c r="V28" s="2"/>
       <c r="W28" s="2"/>
       <c r="X28" s="2"/>
       <c r="Y28" s="2"/>
       <c r="Z28" s="2"/>
       <c r="AA28" s="2"/>
       <c r="AB28" s="2"/>
     </row>
-    <row r="29" spans="1:122" s="3" customFormat="1" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2058</v>
+    <row r="29" spans="1:122" s="3" customFormat="1" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="22" t="s">
+        <v>2049</v>
+      </c>
+      <c r="B29" s="22" t="s">
+        <v>2124</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>2050</v>
+      </c>
+      <c r="D29" s="22" t="s">
+        <v>2051</v>
+      </c>
+      <c r="E29" s="22" t="s">
+        <v>2052</v>
+      </c>
+      <c r="F29" s="5" t="s">
+        <v>2053</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
       <c r="J29" s="2"/>
       <c r="K29" s="2"/>
       <c r="L29" s="2"/>
       <c r="M29" s="2"/>
       <c r="N29" s="2"/>
       <c r="O29" s="2"/>
       <c r="P29" s="2"/>
       <c r="Q29" s="2"/>
       <c r="R29" s="2"/>
       <c r="S29" s="2"/>
       <c r="T29" s="2"/>
       <c r="U29" s="2"/>
       <c r="V29" s="2"/>
       <c r="W29" s="2"/>
       <c r="X29" s="2"/>
       <c r="Y29" s="2"/>
       <c r="Z29" s="2"/>
       <c r="AA29" s="2"/>
       <c r="AB29" s="2"/>
     </row>
-    <row r="30" spans="1:122" s="3" customFormat="1" ht="88.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2062</v>
+    <row r="30" spans="1:122" s="3" customFormat="1" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="26" t="s">
+        <v>2054</v>
+      </c>
+      <c r="B30" s="26" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C30" s="6" t="s">
+        <v>2056</v>
+      </c>
+      <c r="D30" s="25" t="s">
+        <v>2057</v>
+      </c>
+      <c r="E30" s="26" t="s">
+        <v>2064</v>
+      </c>
+      <c r="F30" s="7" t="s">
+        <v>2058</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
       <c r="I30" s="2"/>
       <c r="J30" s="2"/>
       <c r="K30" s="2"/>
       <c r="L30" s="2"/>
       <c r="M30" s="2"/>
       <c r="N30" s="2"/>
       <c r="O30" s="2"/>
       <c r="P30" s="2"/>
       <c r="Q30" s="2"/>
       <c r="R30" s="2"/>
       <c r="S30" s="2"/>
       <c r="T30" s="2"/>
       <c r="U30" s="2"/>
       <c r="V30" s="2"/>
       <c r="W30" s="2"/>
       <c r="X30" s="2"/>
       <c r="Y30" s="2"/>
       <c r="Z30" s="2"/>
       <c r="AA30" s="2"/>
       <c r="AB30" s="2"/>
     </row>
-    <row r="31" spans="1:122" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2048</v>
+    <row r="31" spans="1:122" s="3" customFormat="1" ht="88.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="22" t="s">
+        <v>2059</v>
+      </c>
+      <c r="B31" s="22" t="s">
+        <v>2060</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>2065</v>
+      </c>
+      <c r="D31" s="22" t="s">
+        <v>2061</v>
+      </c>
+      <c r="E31" s="22" t="s">
+        <v>2063</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>2062</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
       <c r="J31" s="2"/>
       <c r="K31" s="2"/>
       <c r="L31" s="2"/>
       <c r="M31" s="2"/>
       <c r="N31" s="2"/>
       <c r="O31" s="2"/>
       <c r="P31" s="2"/>
       <c r="Q31" s="2"/>
       <c r="R31" s="2"/>
       <c r="S31" s="2"/>
       <c r="T31" s="2"/>
       <c r="U31" s="2"/>
       <c r="V31" s="2"/>
       <c r="W31" s="2"/>
       <c r="X31" s="2"/>
       <c r="Y31" s="2"/>
       <c r="Z31" s="2"/>
       <c r="AA31" s="2"/>
       <c r="AB31" s="2"/>
     </row>
     <row r="32" spans="1:122" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A32" s="22" t="s">
-[...15 lines deleted...]
-        <v>2036</v>
+      <c r="A32" s="25" t="s">
+        <v>2043</v>
+      </c>
+      <c r="B32" s="25" t="s">
+        <v>2044</v>
+      </c>
+      <c r="C32" s="8" t="s">
+        <v>2045</v>
+      </c>
+      <c r="D32" s="25" t="s">
+        <v>2046</v>
+      </c>
+      <c r="E32" s="25" t="s">
+        <v>2047</v>
+      </c>
+      <c r="F32" s="9" t="s">
+        <v>2048</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
       <c r="J32" s="2"/>
       <c r="K32" s="2"/>
       <c r="L32" s="2"/>
       <c r="M32" s="2"/>
       <c r="N32" s="2"/>
       <c r="O32" s="2"/>
       <c r="P32" s="2"/>
       <c r="Q32" s="2"/>
       <c r="R32" s="2"/>
       <c r="S32" s="2"/>
       <c r="T32" s="2"/>
       <c r="U32" s="2"/>
       <c r="V32" s="2"/>
       <c r="W32" s="2"/>
       <c r="X32" s="2"/>
       <c r="Y32" s="2"/>
       <c r="Z32" s="2"/>
       <c r="AA32" s="2"/>
       <c r="AB32" s="2"/>
     </row>
-    <row r="33" spans="1:28" s="3" customFormat="1" ht="195.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2042</v>
+    <row r="33" spans="1:28" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="22" t="s">
+        <v>2031</v>
+      </c>
+      <c r="B33" s="22" t="s">
+        <v>2032</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>2033</v>
+      </c>
+      <c r="D33" s="22" t="s">
+        <v>2034</v>
+      </c>
+      <c r="E33" s="22" t="s">
+        <v>2035</v>
+      </c>
+      <c r="F33" s="5" t="s">
+        <v>2036</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
       <c r="I33" s="2"/>
       <c r="J33" s="2"/>
       <c r="K33" s="2"/>
       <c r="L33" s="2"/>
       <c r="M33" s="2"/>
       <c r="N33" s="2"/>
       <c r="O33" s="2"/>
       <c r="P33" s="2"/>
       <c r="Q33" s="2"/>
       <c r="R33" s="2"/>
       <c r="S33" s="2"/>
       <c r="T33" s="2"/>
       <c r="U33" s="2"/>
       <c r="V33" s="2"/>
       <c r="W33" s="2"/>
       <c r="X33" s="2"/>
       <c r="Y33" s="2"/>
       <c r="Z33" s="2"/>
       <c r="AA33" s="2"/>
       <c r="AB33" s="2"/>
     </row>
-    <row r="34" spans="1:28" s="3" customFormat="1" ht="176.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2028</v>
+    <row r="34" spans="1:28" s="3" customFormat="1" ht="195.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="25" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B34" s="25" t="s">
+        <v>2038</v>
+      </c>
+      <c r="C34" s="8" t="s">
+        <v>2039</v>
+      </c>
+      <c r="D34" s="25" t="s">
+        <v>2040</v>
+      </c>
+      <c r="E34" s="25" t="s">
+        <v>2041</v>
+      </c>
+      <c r="F34" s="9" t="s">
+        <v>2042</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
       <c r="I34" s="2"/>
       <c r="J34" s="2"/>
       <c r="K34" s="2"/>
       <c r="L34" s="2"/>
       <c r="M34" s="2"/>
       <c r="N34" s="2"/>
       <c r="O34" s="2"/>
       <c r="P34" s="2"/>
       <c r="Q34" s="2"/>
       <c r="R34" s="2"/>
       <c r="S34" s="2"/>
       <c r="T34" s="2"/>
       <c r="U34" s="2"/>
       <c r="V34" s="2"/>
       <c r="W34" s="2"/>
       <c r="X34" s="2"/>
       <c r="Y34" s="2"/>
       <c r="Z34" s="2"/>
       <c r="AA34" s="2"/>
       <c r="AB34" s="2"/>
     </row>
-    <row r="35" spans="1:28" s="3" customFormat="1" ht="182.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A35" s="25" t="s">
+    <row r="35" spans="1:28" s="3" customFormat="1" ht="176.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="22" t="s">
         <v>2020</v>
       </c>
-      <c r="B35" s="25" t="s">
-[...12 lines deleted...]
-        <v>2024</v>
+      <c r="B35" s="22" t="s">
+        <v>2025</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>2026</v>
+      </c>
+      <c r="D35" s="22" t="s">
+        <v>2027</v>
+      </c>
+      <c r="E35" s="22" t="s">
+        <v>2029</v>
+      </c>
+      <c r="F35" s="5" t="s">
+        <v>2028</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
       <c r="I35" s="2"/>
       <c r="J35" s="2"/>
       <c r="K35" s="2"/>
       <c r="L35" s="2"/>
       <c r="M35" s="2"/>
       <c r="N35" s="2"/>
       <c r="O35" s="2"/>
       <c r="P35" s="2"/>
       <c r="Q35" s="2"/>
       <c r="R35" s="2"/>
       <c r="S35" s="2"/>
       <c r="T35" s="2"/>
       <c r="U35" s="2"/>
       <c r="V35" s="2"/>
       <c r="W35" s="2"/>
       <c r="X35" s="2"/>
       <c r="Y35" s="2"/>
       <c r="Z35" s="2"/>
       <c r="AA35" s="2"/>
       <c r="AB35" s="2"/>
     </row>
-    <row r="36" spans="1:28" s="3" customFormat="1" ht="166.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2019</v>
+    <row r="36" spans="1:28" s="3" customFormat="1" ht="182.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="25" t="s">
+        <v>2020</v>
+      </c>
+      <c r="B36" s="25" t="s">
+        <v>2021</v>
+      </c>
+      <c r="C36" s="8" t="s">
+        <v>2022</v>
+      </c>
+      <c r="D36" s="25" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E36" s="25" t="s">
+        <v>2030</v>
+      </c>
+      <c r="F36" s="9" t="s">
+        <v>2024</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
       <c r="J36" s="2"/>
       <c r="K36" s="2"/>
       <c r="L36" s="2"/>
       <c r="M36" s="2"/>
       <c r="N36" s="2"/>
       <c r="O36" s="2"/>
       <c r="P36" s="2"/>
       <c r="Q36" s="2"/>
       <c r="R36" s="2"/>
       <c r="S36" s="2"/>
       <c r="T36" s="2"/>
       <c r="U36" s="2"/>
       <c r="V36" s="2"/>
       <c r="W36" s="2"/>
       <c r="X36" s="2"/>
       <c r="Y36" s="2"/>
       <c r="Z36" s="2"/>
       <c r="AA36" s="2"/>
       <c r="AB36" s="2"/>
     </row>
-    <row r="37" spans="1:28" s="3" customFormat="1" ht="182.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2013</v>
+    <row r="37" spans="1:28" s="3" customFormat="1" ht="166.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="22" t="s">
+        <v>2014</v>
+      </c>
+      <c r="B37" s="22" t="s">
+        <v>2015</v>
+      </c>
+      <c r="C37" s="10" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D37" s="27" t="s">
+        <v>2017</v>
+      </c>
+      <c r="E37" s="22" t="s">
+        <v>2018</v>
+      </c>
+      <c r="F37" s="5" t="s">
+        <v>2019</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
       <c r="J37" s="2"/>
       <c r="K37" s="2"/>
       <c r="L37" s="2"/>
       <c r="M37" s="2"/>
       <c r="N37" s="2"/>
       <c r="O37" s="2"/>
       <c r="P37" s="2"/>
       <c r="Q37" s="2"/>
       <c r="R37" s="2"/>
       <c r="S37" s="2"/>
       <c r="T37" s="2"/>
       <c r="U37" s="2"/>
       <c r="V37" s="2"/>
       <c r="W37" s="2"/>
       <c r="X37" s="2"/>
       <c r="Y37" s="2"/>
       <c r="Z37" s="2"/>
       <c r="AA37" s="2"/>
       <c r="AB37" s="2"/>
     </row>
-    <row r="38" spans="1:28" s="3" customFormat="1" ht="200.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2007</v>
+    <row r="38" spans="1:28" s="3" customFormat="1" ht="182.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="25" t="s">
+        <v>2008</v>
+      </c>
+      <c r="B38" s="25" t="s">
+        <v>2009</v>
+      </c>
+      <c r="C38" s="11" t="s">
+        <v>2010</v>
+      </c>
+      <c r="D38" s="28" t="s">
+        <v>2011</v>
+      </c>
+      <c r="E38" s="28" t="s">
+        <v>2012</v>
+      </c>
+      <c r="F38" s="9" t="s">
+        <v>2013</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
       <c r="J38" s="2"/>
       <c r="K38" s="2"/>
       <c r="L38" s="2"/>
       <c r="M38" s="2"/>
       <c r="N38" s="2"/>
       <c r="O38" s="2"/>
       <c r="P38" s="2"/>
       <c r="Q38" s="2"/>
       <c r="R38" s="2"/>
       <c r="S38" s="2"/>
       <c r="T38" s="2"/>
       <c r="U38" s="2"/>
       <c r="V38" s="2"/>
       <c r="W38" s="2"/>
       <c r="X38" s="2"/>
       <c r="Y38" s="2"/>
       <c r="Z38" s="2"/>
       <c r="AA38" s="2"/>
       <c r="AB38" s="2"/>
     </row>
-    <row r="39" spans="1:28" s="3" customFormat="1" ht="160.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1989</v>
+    <row r="39" spans="1:28" s="3" customFormat="1" ht="200.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="22" t="s">
+        <v>2002</v>
+      </c>
+      <c r="B39" s="22" t="s">
+        <v>2003</v>
+      </c>
+      <c r="C39" s="10" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D39" s="27" t="s">
+        <v>2005</v>
+      </c>
+      <c r="E39" s="27" t="s">
+        <v>2006</v>
+      </c>
+      <c r="F39" s="5" t="s">
+        <v>2007</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
       <c r="I39" s="2"/>
       <c r="J39" s="2"/>
       <c r="K39" s="2"/>
       <c r="L39" s="2"/>
       <c r="M39" s="2"/>
       <c r="N39" s="2"/>
       <c r="O39" s="2"/>
       <c r="P39" s="2"/>
       <c r="Q39" s="2"/>
       <c r="R39" s="2"/>
       <c r="S39" s="2"/>
       <c r="T39" s="2"/>
       <c r="U39" s="2"/>
       <c r="V39" s="2"/>
       <c r="W39" s="2"/>
       <c r="X39" s="2"/>
       <c r="Y39" s="2"/>
       <c r="Z39" s="2"/>
       <c r="AA39" s="2"/>
       <c r="AB39" s="2"/>
     </row>
-    <row r="40" spans="1:28" s="3" customFormat="1" ht="119.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1995</v>
+    <row r="40" spans="1:28" s="3" customFormat="1" ht="160.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="25" t="s">
+        <v>1984</v>
+      </c>
+      <c r="B40" s="25" t="s">
+        <v>1985</v>
+      </c>
+      <c r="C40" s="11" t="s">
+        <v>1986</v>
+      </c>
+      <c r="D40" s="28" t="s">
+        <v>1987</v>
+      </c>
+      <c r="E40" s="28" t="s">
+        <v>1988</v>
+      </c>
+      <c r="F40" s="9" t="s">
+        <v>1989</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
       <c r="I40" s="2"/>
       <c r="J40" s="2"/>
       <c r="K40" s="2"/>
       <c r="L40" s="2"/>
       <c r="M40" s="2"/>
       <c r="N40" s="2"/>
       <c r="O40" s="2"/>
       <c r="P40" s="2"/>
       <c r="Q40" s="2"/>
       <c r="R40" s="2"/>
       <c r="S40" s="2"/>
       <c r="T40" s="2"/>
       <c r="U40" s="2"/>
       <c r="V40" s="2"/>
       <c r="W40" s="2"/>
       <c r="X40" s="2"/>
       <c r="Y40" s="2"/>
       <c r="Z40" s="2"/>
       <c r="AA40" s="2"/>
       <c r="AB40" s="2"/>
     </row>
-    <row r="41" spans="1:28" s="3" customFormat="1" ht="188.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>2001</v>
+    <row r="41" spans="1:28" s="3" customFormat="1" ht="119.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="22" t="s">
+        <v>1990</v>
+      </c>
+      <c r="B41" s="22" t="s">
+        <v>1991</v>
+      </c>
+      <c r="C41" s="10" t="s">
+        <v>1992</v>
+      </c>
+      <c r="D41" s="27" t="s">
+        <v>1993</v>
+      </c>
+      <c r="E41" s="27" t="s">
+        <v>1994</v>
+      </c>
+      <c r="F41" s="5" t="s">
+        <v>1995</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
       <c r="J41" s="2"/>
       <c r="K41" s="2"/>
       <c r="L41" s="2"/>
       <c r="M41" s="2"/>
       <c r="N41" s="2"/>
       <c r="O41" s="2"/>
       <c r="P41" s="2"/>
       <c r="Q41" s="2"/>
       <c r="R41" s="2"/>
       <c r="S41" s="2"/>
       <c r="T41" s="2"/>
       <c r="U41" s="2"/>
       <c r="V41" s="2"/>
       <c r="W41" s="2"/>
       <c r="X41" s="2"/>
       <c r="Y41" s="2"/>
       <c r="Z41" s="2"/>
       <c r="AA41" s="2"/>
       <c r="AB41" s="2"/>
     </row>
-    <row r="42" spans="1:28" s="3" customFormat="1" ht="125.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1949</v>
+    <row r="42" spans="1:28" s="3" customFormat="1" ht="188.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="25" t="s">
+        <v>1996</v>
+      </c>
+      <c r="B42" s="25" t="s">
+        <v>1997</v>
+      </c>
+      <c r="C42" s="11" t="s">
+        <v>1998</v>
+      </c>
+      <c r="D42" s="28" t="s">
+        <v>1999</v>
+      </c>
+      <c r="E42" s="28" t="s">
+        <v>2000</v>
+      </c>
+      <c r="F42" s="9" t="s">
+        <v>2001</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
       <c r="J42" s="2"/>
       <c r="K42" s="2"/>
       <c r="L42" s="2"/>
       <c r="M42" s="2"/>
       <c r="N42" s="2"/>
       <c r="O42" s="2"/>
       <c r="P42" s="2"/>
       <c r="Q42" s="2"/>
       <c r="R42" s="2"/>
       <c r="S42" s="2"/>
       <c r="T42" s="2"/>
       <c r="U42" s="2"/>
       <c r="V42" s="2"/>
       <c r="W42" s="2"/>
       <c r="X42" s="2"/>
       <c r="Y42" s="2"/>
       <c r="Z42" s="2"/>
       <c r="AA42" s="2"/>
       <c r="AB42" s="2"/>
     </row>
-    <row r="43" spans="1:28" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1953</v>
+    <row r="43" spans="1:28" s="3" customFormat="1" ht="125.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="22" t="s">
+        <v>1944</v>
+      </c>
+      <c r="B43" s="22" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C43" s="10" t="s">
+        <v>1946</v>
+      </c>
+      <c r="D43" s="27" t="s">
+        <v>1947</v>
+      </c>
+      <c r="E43" s="27" t="s">
+        <v>1948</v>
+      </c>
+      <c r="F43" s="5" t="s">
+        <v>1949</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
       <c r="J43" s="2"/>
       <c r="K43" s="2"/>
       <c r="L43" s="2"/>
       <c r="M43" s="2"/>
       <c r="N43" s="2"/>
       <c r="O43" s="2"/>
       <c r="P43" s="2"/>
       <c r="Q43" s="2"/>
       <c r="R43" s="2"/>
       <c r="S43" s="2"/>
       <c r="T43" s="2"/>
       <c r="U43" s="2"/>
       <c r="V43" s="2"/>
       <c r="W43" s="2"/>
       <c r="X43" s="2"/>
       <c r="Y43" s="2"/>
       <c r="Z43" s="2"/>
       <c r="AA43" s="2"/>
       <c r="AB43" s="2"/>
     </row>
-    <row r="44" spans="1:28" s="3" customFormat="1" ht="121.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1943</v>
+    <row r="44" spans="1:28" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="25" t="s">
+        <v>1950</v>
+      </c>
+      <c r="B44" s="25" t="s">
+        <v>1951</v>
+      </c>
+      <c r="C44" s="11" t="s">
+        <v>1952</v>
+      </c>
+      <c r="D44" s="28" t="s">
+        <v>1982</v>
+      </c>
+      <c r="E44" s="28" t="s">
+        <v>1954</v>
+      </c>
+      <c r="F44" s="9" t="s">
+        <v>1953</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
       <c r="J44" s="2"/>
       <c r="K44" s="2"/>
       <c r="L44" s="2"/>
       <c r="M44" s="2"/>
       <c r="N44" s="2"/>
       <c r="O44" s="2"/>
       <c r="P44" s="2"/>
       <c r="Q44" s="2"/>
       <c r="R44" s="2"/>
       <c r="S44" s="2"/>
       <c r="T44" s="2"/>
       <c r="U44" s="2"/>
       <c r="V44" s="2"/>
       <c r="W44" s="2"/>
       <c r="X44" s="2"/>
       <c r="Y44" s="2"/>
       <c r="Z44" s="2"/>
       <c r="AA44" s="2"/>
       <c r="AB44" s="2"/>
     </row>
-    <row r="45" spans="1:28" s="3" customFormat="1" ht="142.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1937</v>
+    <row r="45" spans="1:28" s="3" customFormat="1" ht="121.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="22" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B45" s="27" t="s">
+        <v>1940</v>
+      </c>
+      <c r="C45" s="10" t="s">
+        <v>1941</v>
+      </c>
+      <c r="D45" s="27" t="s">
+        <v>1942</v>
+      </c>
+      <c r="E45" s="27" t="s">
+        <v>1983</v>
+      </c>
+      <c r="F45" s="5" t="s">
+        <v>1943</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
       <c r="I45" s="2"/>
       <c r="J45" s="2"/>
       <c r="K45" s="2"/>
       <c r="L45" s="2"/>
       <c r="M45" s="2"/>
       <c r="N45" s="2"/>
       <c r="O45" s="2"/>
       <c r="P45" s="2"/>
       <c r="Q45" s="2"/>
       <c r="R45" s="2"/>
       <c r="S45" s="2"/>
       <c r="T45" s="2"/>
       <c r="U45" s="2"/>
       <c r="V45" s="2"/>
       <c r="W45" s="2"/>
       <c r="X45" s="2"/>
       <c r="Y45" s="2"/>
       <c r="Z45" s="2"/>
       <c r="AA45" s="2"/>
       <c r="AB45" s="2"/>
     </row>
-    <row r="46" spans="1:28" s="3" customFormat="1" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1927</v>
+    <row r="46" spans="1:28" s="3" customFormat="1" ht="142.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="25" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B46" s="28" t="s">
+        <v>1934</v>
+      </c>
+      <c r="C46" s="11" t="s">
+        <v>1935</v>
+      </c>
+      <c r="D46" s="28" t="s">
+        <v>1936</v>
+      </c>
+      <c r="E46" s="28" t="s">
+        <v>1938</v>
+      </c>
+      <c r="F46" s="9" t="s">
+        <v>1937</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
       <c r="I46" s="2"/>
       <c r="J46" s="2"/>
       <c r="K46" s="2"/>
       <c r="L46" s="2"/>
       <c r="M46" s="2"/>
       <c r="N46" s="2"/>
       <c r="O46" s="2"/>
       <c r="P46" s="2"/>
       <c r="Q46" s="2"/>
       <c r="R46" s="2"/>
       <c r="S46" s="2"/>
       <c r="T46" s="2"/>
       <c r="U46" s="2"/>
       <c r="V46" s="2"/>
       <c r="W46" s="2"/>
       <c r="X46" s="2"/>
       <c r="Y46" s="2"/>
       <c r="Z46" s="2"/>
       <c r="AA46" s="2"/>
       <c r="AB46" s="2"/>
     </row>
-    <row r="47" spans="1:28" s="3" customFormat="1" ht="274.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A47" s="25" t="s">
+    <row r="47" spans="1:28" s="3" customFormat="1" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="22" t="s">
         <v>1922</v>
       </c>
-      <c r="B47" s="25" t="s">
-[...12 lines deleted...]
-        <v>1931</v>
+      <c r="B47" s="29" t="s">
+        <v>1923</v>
+      </c>
+      <c r="C47" s="12" t="s">
+        <v>1924</v>
+      </c>
+      <c r="D47" s="29" t="s">
+        <v>1925</v>
+      </c>
+      <c r="E47" s="29" t="s">
+        <v>1926</v>
+      </c>
+      <c r="F47" s="5" t="s">
+        <v>1927</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
       <c r="J47" s="2"/>
       <c r="K47" s="2"/>
       <c r="L47" s="2"/>
       <c r="M47" s="2"/>
       <c r="N47" s="2"/>
       <c r="O47" s="2"/>
       <c r="P47" s="2"/>
       <c r="Q47" s="2"/>
       <c r="R47" s="2"/>
       <c r="S47" s="2"/>
       <c r="T47" s="2"/>
       <c r="U47" s="2"/>
       <c r="V47" s="2"/>
       <c r="W47" s="2"/>
       <c r="X47" s="2"/>
       <c r="Y47" s="2"/>
       <c r="Z47" s="2"/>
       <c r="AA47" s="2"/>
       <c r="AB47" s="2"/>
     </row>
-    <row r="48" spans="1:28" s="3" customFormat="1" ht="172.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1852</v>
+    <row r="48" spans="1:28" s="3" customFormat="1" ht="274.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="25" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B48" s="25" t="s">
+        <v>1932</v>
+      </c>
+      <c r="C48" s="8" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D48" s="25" t="s">
+        <v>1929</v>
+      </c>
+      <c r="E48" s="25" t="s">
+        <v>1930</v>
+      </c>
+      <c r="F48" s="9" t="s">
+        <v>1931</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
       <c r="I48" s="2"/>
       <c r="J48" s="2"/>
       <c r="K48" s="2"/>
       <c r="L48" s="2"/>
       <c r="M48" s="2"/>
       <c r="N48" s="2"/>
       <c r="O48" s="2"/>
       <c r="P48" s="2"/>
       <c r="Q48" s="2"/>
       <c r="R48" s="2"/>
       <c r="S48" s="2"/>
       <c r="T48" s="2"/>
       <c r="U48" s="2"/>
       <c r="V48" s="2"/>
       <c r="W48" s="2"/>
       <c r="X48" s="2"/>
       <c r="Y48" s="2"/>
       <c r="Z48" s="2"/>
       <c r="AA48" s="2"/>
       <c r="AB48" s="2"/>
     </row>
-    <row r="49" spans="1:28" s="3" customFormat="1" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1848</v>
+    <row r="49" spans="1:28" s="3" customFormat="1" ht="172.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="30" t="s">
+        <v>1849</v>
+      </c>
+      <c r="B49" s="22" t="s">
+        <v>1853</v>
+      </c>
+      <c r="C49" s="4" t="s">
+        <v>1850</v>
+      </c>
+      <c r="D49" s="22" t="s">
+        <v>1851</v>
+      </c>
+      <c r="E49" s="22" t="s">
+        <v>1856</v>
+      </c>
+      <c r="F49" s="5" t="s">
+        <v>1852</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
       <c r="I49" s="2"/>
       <c r="J49" s="2"/>
       <c r="K49" s="2"/>
       <c r="L49" s="2"/>
       <c r="M49" s="2"/>
       <c r="N49" s="2"/>
       <c r="O49" s="2"/>
       <c r="P49" s="2"/>
       <c r="Q49" s="2"/>
       <c r="R49" s="2"/>
       <c r="S49" s="2"/>
       <c r="T49" s="2"/>
       <c r="U49" s="2"/>
       <c r="V49" s="2"/>
       <c r="W49" s="2"/>
       <c r="X49" s="2"/>
       <c r="Y49" s="2"/>
       <c r="Z49" s="2"/>
       <c r="AA49" s="2"/>
       <c r="AB49" s="2"/>
     </row>
-    <row r="50" spans="1:28" s="3" customFormat="1" ht="390" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1823</v>
+    <row r="50" spans="1:28" s="3" customFormat="1" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="31" t="s">
+        <v>1844</v>
+      </c>
+      <c r="B50" s="25" t="s">
+        <v>1845</v>
+      </c>
+      <c r="C50" s="8" t="s">
+        <v>1846</v>
+      </c>
+      <c r="D50" s="25" t="s">
+        <v>1847</v>
+      </c>
+      <c r="E50" s="25" t="s">
+        <v>1855</v>
+      </c>
+      <c r="F50" s="9" t="s">
+        <v>1848</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
       <c r="I50" s="2"/>
       <c r="J50" s="2"/>
       <c r="K50" s="2"/>
       <c r="L50" s="2"/>
       <c r="M50" s="2"/>
       <c r="N50" s="2"/>
       <c r="O50" s="2"/>
       <c r="P50" s="2"/>
       <c r="Q50" s="2"/>
       <c r="R50" s="2"/>
       <c r="S50" s="2"/>
       <c r="T50" s="2"/>
       <c r="U50" s="2"/>
       <c r="V50" s="2"/>
       <c r="W50" s="2"/>
       <c r="X50" s="2"/>
       <c r="Y50" s="2"/>
       <c r="Z50" s="2"/>
       <c r="AA50" s="2"/>
       <c r="AB50" s="2"/>
     </row>
-    <row r="51" spans="1:28" s="3" customFormat="1" ht="409.6" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1829</v>
+    <row r="51" spans="1:28" s="3" customFormat="1" ht="390" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="30" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B51" s="22" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C51" s="4" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D51" s="22" t="s">
+        <v>1821</v>
+      </c>
+      <c r="E51" s="22" t="s">
+        <v>1822</v>
+      </c>
+      <c r="F51" s="5" t="s">
+        <v>1823</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
       <c r="I51" s="2"/>
       <c r="J51" s="2"/>
       <c r="K51" s="2"/>
       <c r="L51" s="2"/>
       <c r="M51" s="2"/>
       <c r="N51" s="2"/>
       <c r="O51" s="2"/>
       <c r="P51" s="2"/>
       <c r="Q51" s="2"/>
       <c r="R51" s="2"/>
       <c r="S51" s="2"/>
       <c r="T51" s="2"/>
       <c r="U51" s="2"/>
       <c r="V51" s="2"/>
       <c r="W51" s="2"/>
       <c r="X51" s="2"/>
       <c r="Y51" s="2"/>
       <c r="Z51" s="2"/>
       <c r="AA51" s="2"/>
       <c r="AB51" s="2"/>
     </row>
     <row r="52" spans="1:28" s="3" customFormat="1" ht="409.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A52" s="30" t="s">
+      <c r="A52" s="31" t="s">
         <v>1824</v>
       </c>
-      <c r="B52" s="22" t="s">
+      <c r="B52" s="25" t="s">
         <v>1825</v>
       </c>
-      <c r="C52" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D52" s="22" t="s">
+      <c r="C52" s="8" t="s">
+        <v>1826</v>
+      </c>
+      <c r="D52" s="25" t="s">
         <v>1827</v>
       </c>
-      <c r="E52" s="22" t="s">
-[...2 lines deleted...]
-      <c r="F52" s="5" t="s">
+      <c r="E52" s="25" t="s">
+        <v>1828</v>
+      </c>
+      <c r="F52" s="9" t="s">
         <v>1829</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
       <c r="I52" s="2"/>
       <c r="J52" s="2"/>
       <c r="K52" s="2"/>
       <c r="L52" s="2"/>
       <c r="M52" s="2"/>
       <c r="N52" s="2"/>
       <c r="O52" s="2"/>
       <c r="P52" s="2"/>
       <c r="Q52" s="2"/>
       <c r="R52" s="2"/>
       <c r="S52" s="2"/>
       <c r="T52" s="2"/>
       <c r="U52" s="2"/>
       <c r="V52" s="2"/>
       <c r="W52" s="2"/>
       <c r="X52" s="2"/>
       <c r="Y52" s="2"/>
       <c r="Z52" s="2"/>
       <c r="AA52" s="2"/>
       <c r="AB52" s="2"/>
     </row>
-    <row r="53" spans="1:28" s="3" customFormat="1" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A53" s="31" t="s">
+    <row r="53" spans="1:28" s="3" customFormat="1" ht="409.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="30" t="s">
         <v>1824</v>
       </c>
-      <c r="B53" s="25" t="s">
-[...12 lines deleted...]
-        <v>1836</v>
+      <c r="B53" s="22" t="s">
+        <v>1825</v>
+      </c>
+      <c r="C53" s="4" t="s">
+        <v>1830</v>
+      </c>
+      <c r="D53" s="22" t="s">
+        <v>1827</v>
+      </c>
+      <c r="E53" s="22" t="s">
+        <v>1831</v>
+      </c>
+      <c r="F53" s="5" t="s">
+        <v>1829</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
       <c r="I53" s="2"/>
       <c r="J53" s="2"/>
       <c r="K53" s="2"/>
       <c r="L53" s="2"/>
       <c r="M53" s="2"/>
       <c r="N53" s="2"/>
       <c r="O53" s="2"/>
       <c r="P53" s="2"/>
       <c r="Q53" s="2"/>
       <c r="R53" s="2"/>
       <c r="S53" s="2"/>
       <c r="T53" s="2"/>
       <c r="U53" s="2"/>
       <c r="V53" s="2"/>
       <c r="W53" s="2"/>
       <c r="X53" s="2"/>
       <c r="Y53" s="2"/>
       <c r="Z53" s="2"/>
       <c r="AA53" s="2"/>
       <c r="AB53" s="2"/>
     </row>
-    <row r="54" spans="1:28" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1841</v>
+    <row r="54" spans="1:28" s="3" customFormat="1" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="31" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B54" s="25" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C54" s="8" t="s">
+        <v>1833</v>
+      </c>
+      <c r="D54" s="25" t="s">
+        <v>1834</v>
+      </c>
+      <c r="E54" s="25" t="s">
+        <v>1835</v>
+      </c>
+      <c r="F54" s="9" t="s">
+        <v>1836</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
       <c r="I54" s="2"/>
       <c r="J54" s="2"/>
       <c r="K54" s="2"/>
       <c r="L54" s="2"/>
       <c r="M54" s="2"/>
       <c r="N54" s="2"/>
       <c r="O54" s="2"/>
       <c r="P54" s="2"/>
       <c r="Q54" s="2"/>
       <c r="R54" s="2"/>
       <c r="S54" s="2"/>
       <c r="T54" s="2"/>
       <c r="U54" s="2"/>
       <c r="V54" s="2"/>
       <c r="W54" s="2"/>
       <c r="X54" s="2"/>
       <c r="Y54" s="2"/>
       <c r="Z54" s="2"/>
       <c r="AA54" s="2"/>
       <c r="AB54" s="2"/>
     </row>
-    <row r="55" spans="1:28" s="3" customFormat="1" ht="208.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1811</v>
+    <row r="55" spans="1:28" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="30" t="s">
+        <v>1837</v>
+      </c>
+      <c r="B55" s="22" t="s">
+        <v>1838</v>
+      </c>
+      <c r="C55" s="4" t="s">
+        <v>1839</v>
+      </c>
+      <c r="D55" s="22" t="s">
+        <v>1840</v>
+      </c>
+      <c r="E55" s="22" t="s">
+        <v>1843</v>
+      </c>
+      <c r="F55" s="5" t="s">
+        <v>1841</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
       <c r="I55" s="2"/>
       <c r="J55" s="2"/>
       <c r="K55" s="2"/>
       <c r="L55" s="2"/>
       <c r="M55" s="2"/>
       <c r="N55" s="2"/>
       <c r="O55" s="2"/>
       <c r="P55" s="2"/>
       <c r="Q55" s="2"/>
       <c r="R55" s="2"/>
       <c r="S55" s="2"/>
       <c r="T55" s="2"/>
       <c r="U55" s="2"/>
       <c r="V55" s="2"/>
       <c r="W55" s="2"/>
       <c r="X55" s="2"/>
       <c r="Y55" s="2"/>
       <c r="Z55" s="2"/>
       <c r="AA55" s="2"/>
       <c r="AB55" s="2"/>
     </row>
-    <row r="56" spans="1:28" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1817</v>
+    <row r="56" spans="1:28" s="3" customFormat="1" ht="208.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="31" t="s">
+        <v>1806</v>
+      </c>
+      <c r="B56" s="25" t="s">
+        <v>1807</v>
+      </c>
+      <c r="C56" s="8" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D56" s="25" t="s">
+        <v>1809</v>
+      </c>
+      <c r="E56" s="25" t="s">
+        <v>1810</v>
+      </c>
+      <c r="F56" s="9" t="s">
+        <v>1811</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
       <c r="I56" s="2"/>
       <c r="J56" s="2"/>
       <c r="K56" s="2"/>
       <c r="L56" s="2"/>
       <c r="M56" s="2"/>
       <c r="N56" s="2"/>
       <c r="O56" s="2"/>
       <c r="P56" s="2"/>
       <c r="Q56" s="2"/>
       <c r="R56" s="2"/>
       <c r="S56" s="2"/>
       <c r="T56" s="2"/>
       <c r="U56" s="2"/>
       <c r="V56" s="2"/>
       <c r="W56" s="2"/>
       <c r="X56" s="2"/>
       <c r="Y56" s="2"/>
       <c r="Z56" s="2"/>
       <c r="AA56" s="2"/>
       <c r="AB56" s="2"/>
     </row>
-    <row r="57" spans="1:28" s="3" customFormat="1" ht="220.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1805</v>
+    <row r="57" spans="1:28" s="3" customFormat="1" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="30" t="s">
+        <v>1812</v>
+      </c>
+      <c r="B57" s="22" t="s">
+        <v>1813</v>
+      </c>
+      <c r="C57" s="4" t="s">
+        <v>1814</v>
+      </c>
+      <c r="D57" s="22" t="s">
+        <v>1815</v>
+      </c>
+      <c r="E57" s="22" t="s">
+        <v>1816</v>
+      </c>
+      <c r="F57" s="5" t="s">
+        <v>1817</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
       <c r="I57" s="2"/>
       <c r="J57" s="2"/>
       <c r="K57" s="2"/>
       <c r="L57" s="2"/>
       <c r="M57" s="2"/>
       <c r="N57" s="2"/>
       <c r="O57" s="2"/>
       <c r="P57" s="2"/>
       <c r="Q57" s="2"/>
       <c r="R57" s="2"/>
       <c r="S57" s="2"/>
       <c r="T57" s="2"/>
       <c r="U57" s="2"/>
       <c r="V57" s="2"/>
       <c r="W57" s="2"/>
       <c r="X57" s="2"/>
       <c r="Y57" s="2"/>
       <c r="Z57" s="2"/>
       <c r="AA57" s="2"/>
       <c r="AB57" s="2"/>
     </row>
-    <row r="58" spans="1:28" s="3" customFormat="1" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1800</v>
+    <row r="58" spans="1:28" s="3" customFormat="1" ht="220.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="31" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B58" s="25" t="s">
+        <v>2125</v>
+      </c>
+      <c r="C58" s="8" t="s">
+        <v>1802</v>
+      </c>
+      <c r="D58" s="25" t="s">
+        <v>1803</v>
+      </c>
+      <c r="E58" s="25" t="s">
+        <v>1804</v>
+      </c>
+      <c r="F58" s="9" t="s">
+        <v>1805</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
       <c r="I58" s="2"/>
       <c r="J58" s="2"/>
       <c r="K58" s="2"/>
       <c r="L58" s="2"/>
       <c r="M58" s="2"/>
       <c r="N58" s="2"/>
       <c r="O58" s="2"/>
       <c r="P58" s="2"/>
       <c r="Q58" s="2"/>
       <c r="R58" s="2"/>
       <c r="S58" s="2"/>
       <c r="T58" s="2"/>
       <c r="U58" s="2"/>
       <c r="V58" s="2"/>
       <c r="W58" s="2"/>
       <c r="X58" s="2"/>
       <c r="Y58" s="2"/>
       <c r="Z58" s="2"/>
       <c r="AA58" s="2"/>
       <c r="AB58" s="2"/>
     </row>
-    <row r="59" spans="1:28" s="3" customFormat="1" ht="179.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1796</v>
+    <row r="59" spans="1:28" s="3" customFormat="1" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="30" t="s">
+        <v>1797</v>
+      </c>
+      <c r="B59" s="22" t="s">
+        <v>2126</v>
+      </c>
+      <c r="C59" s="4" t="s">
+        <v>1798</v>
+      </c>
+      <c r="D59" s="22" t="s">
+        <v>1799</v>
+      </c>
+      <c r="E59" s="22" t="s">
+        <v>133</v>
+      </c>
+      <c r="F59" s="5" t="s">
+        <v>1800</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
       <c r="I59" s="2"/>
       <c r="J59" s="2"/>
       <c r="K59" s="2"/>
       <c r="L59" s="2"/>
       <c r="M59" s="2"/>
       <c r="N59" s="2"/>
       <c r="O59" s="2"/>
       <c r="P59" s="2"/>
       <c r="Q59" s="2"/>
       <c r="R59" s="2"/>
       <c r="S59" s="2"/>
       <c r="T59" s="2"/>
       <c r="U59" s="2"/>
       <c r="V59" s="2"/>
       <c r="W59" s="2"/>
       <c r="X59" s="2"/>
       <c r="Y59" s="2"/>
       <c r="Z59" s="2"/>
       <c r="AA59" s="2"/>
       <c r="AB59" s="2"/>
     </row>
-    <row r="60" spans="1:28" s="3" customFormat="1" ht="166.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1790</v>
+    <row r="60" spans="1:28" s="3" customFormat="1" ht="179.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="31" t="s">
+        <v>1791</v>
+      </c>
+      <c r="B60" s="25" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C60" s="8" t="s">
+        <v>1793</v>
+      </c>
+      <c r="D60" s="25" t="s">
+        <v>1794</v>
+      </c>
+      <c r="E60" s="25" t="s">
+        <v>1795</v>
+      </c>
+      <c r="F60" s="9" t="s">
+        <v>1796</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
       <c r="I60" s="2"/>
       <c r="J60" s="2"/>
       <c r="K60" s="2"/>
       <c r="L60" s="2"/>
       <c r="M60" s="2"/>
       <c r="N60" s="2"/>
       <c r="O60" s="2"/>
       <c r="P60" s="2"/>
       <c r="Q60" s="2"/>
       <c r="R60" s="2"/>
       <c r="S60" s="2"/>
       <c r="T60" s="2"/>
       <c r="U60" s="2"/>
       <c r="V60" s="2"/>
       <c r="W60" s="2"/>
       <c r="X60" s="2"/>
       <c r="Y60" s="2"/>
       <c r="Z60" s="2"/>
       <c r="AA60" s="2"/>
       <c r="AB60" s="2"/>
     </row>
-    <row r="61" spans="1:28" s="3" customFormat="1" ht="388.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1785</v>
+    <row r="61" spans="1:28" s="3" customFormat="1" ht="166.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="30" t="s">
+        <v>1786</v>
+      </c>
+      <c r="B61" s="22" t="s">
+        <v>1787</v>
+      </c>
+      <c r="C61" s="4" t="s">
+        <v>1788</v>
+      </c>
+      <c r="D61" s="22" t="s">
+        <v>1789</v>
+      </c>
+      <c r="E61" s="22" t="s">
+        <v>1857</v>
+      </c>
+      <c r="F61" s="5" t="s">
+        <v>1790</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
       <c r="I61" s="2"/>
       <c r="J61" s="2"/>
       <c r="K61" s="2"/>
       <c r="L61" s="2"/>
       <c r="M61" s="2"/>
       <c r="N61" s="2"/>
       <c r="O61" s="2"/>
       <c r="P61" s="2"/>
       <c r="Q61" s="2"/>
       <c r="R61" s="2"/>
       <c r="S61" s="2"/>
       <c r="T61" s="2"/>
       <c r="U61" s="2"/>
       <c r="V61" s="2"/>
       <c r="W61" s="2"/>
       <c r="X61" s="2"/>
       <c r="Y61" s="2"/>
       <c r="Z61" s="2"/>
       <c r="AA61" s="2"/>
       <c r="AB61" s="2"/>
     </row>
-    <row r="62" spans="1:28" s="3" customFormat="1" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1779</v>
+    <row r="62" spans="1:28" s="3" customFormat="1" ht="388.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="31" t="s">
+        <v>1780</v>
+      </c>
+      <c r="B62" s="25" t="s">
+        <v>1781</v>
+      </c>
+      <c r="C62" s="8" t="s">
+        <v>1782</v>
+      </c>
+      <c r="D62" s="25" t="s">
+        <v>1783</v>
+      </c>
+      <c r="E62" s="25" t="s">
+        <v>1784</v>
+      </c>
+      <c r="F62" s="9" t="s">
+        <v>1785</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
       <c r="I62" s="2"/>
       <c r="J62" s="2"/>
       <c r="K62" s="2"/>
       <c r="L62" s="2"/>
       <c r="M62" s="2"/>
       <c r="N62" s="2"/>
       <c r="O62" s="2"/>
       <c r="P62" s="2"/>
       <c r="Q62" s="2"/>
       <c r="R62" s="2"/>
       <c r="S62" s="2"/>
       <c r="T62" s="2"/>
       <c r="U62" s="2"/>
       <c r="V62" s="2"/>
       <c r="W62" s="2"/>
       <c r="X62" s="2"/>
       <c r="Y62" s="2"/>
       <c r="Z62" s="2"/>
       <c r="AA62" s="2"/>
       <c r="AB62" s="2"/>
     </row>
-    <row r="63" spans="1:28" s="3" customFormat="1" ht="236.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1773</v>
+    <row r="63" spans="1:28" s="3" customFormat="1" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="30" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B63" s="22" t="s">
+        <v>1775</v>
+      </c>
+      <c r="C63" s="4" t="s">
+        <v>1776</v>
+      </c>
+      <c r="D63" s="22" t="s">
+        <v>1777</v>
+      </c>
+      <c r="E63" s="22" t="s">
+        <v>1778</v>
+      </c>
+      <c r="F63" s="5" t="s">
+        <v>1779</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
       <c r="I63" s="2"/>
       <c r="J63" s="2"/>
       <c r="K63" s="2"/>
       <c r="L63" s="2"/>
       <c r="M63" s="2"/>
       <c r="N63" s="2"/>
       <c r="O63" s="2"/>
       <c r="P63" s="2"/>
       <c r="Q63" s="2"/>
       <c r="R63" s="2"/>
       <c r="S63" s="2"/>
       <c r="T63" s="2"/>
       <c r="U63" s="2"/>
       <c r="V63" s="2"/>
       <c r="W63" s="2"/>
       <c r="X63" s="2"/>
       <c r="Y63" s="2"/>
       <c r="Z63" s="2"/>
       <c r="AA63" s="2"/>
       <c r="AB63" s="2"/>
     </row>
-    <row r="64" spans="1:28" s="3" customFormat="1" ht="124.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1769</v>
+    <row r="64" spans="1:28" s="3" customFormat="1" ht="236.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="31" t="s">
+        <v>1858</v>
+      </c>
+      <c r="B64" s="25" t="s">
+        <v>1770</v>
+      </c>
+      <c r="C64" s="8" t="s">
+        <v>1771</v>
+      </c>
+      <c r="D64" s="25" t="s">
+        <v>1772</v>
+      </c>
+      <c r="E64" s="25" t="s">
+        <v>1842</v>
+      </c>
+      <c r="F64" s="9" t="s">
+        <v>1773</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
       <c r="I64" s="2"/>
       <c r="J64" s="2"/>
       <c r="K64" s="2"/>
       <c r="L64" s="2"/>
       <c r="M64" s="2"/>
       <c r="N64" s="2"/>
       <c r="O64" s="2"/>
       <c r="P64" s="2"/>
       <c r="Q64" s="2"/>
       <c r="R64" s="2"/>
       <c r="S64" s="2"/>
       <c r="T64" s="2"/>
       <c r="U64" s="2"/>
       <c r="V64" s="2"/>
       <c r="W64" s="2"/>
       <c r="X64" s="2"/>
       <c r="Y64" s="2"/>
       <c r="Z64" s="2"/>
       <c r="AA64" s="2"/>
       <c r="AB64" s="2"/>
     </row>
-    <row r="65" spans="1:28" s="3" customFormat="1" ht="264.60000000000002" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1747</v>
+    <row r="65" spans="1:28" s="3" customFormat="1" ht="124.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="30" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B65" s="22" t="s">
+        <v>1765</v>
+      </c>
+      <c r="C65" s="4" t="s">
+        <v>1766</v>
+      </c>
+      <c r="D65" s="22" t="s">
+        <v>1767</v>
+      </c>
+      <c r="E65" s="22" t="s">
+        <v>1768</v>
+      </c>
+      <c r="F65" s="5" t="s">
+        <v>1769</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2"/>
       <c r="I65" s="2"/>
       <c r="J65" s="2"/>
       <c r="K65" s="2"/>
       <c r="L65" s="2"/>
       <c r="M65" s="2"/>
       <c r="N65" s="2"/>
       <c r="O65" s="2"/>
       <c r="P65" s="2"/>
       <c r="Q65" s="2"/>
       <c r="R65" s="2"/>
       <c r="S65" s="2"/>
       <c r="T65" s="2"/>
       <c r="U65" s="2"/>
       <c r="V65" s="2"/>
       <c r="W65" s="2"/>
       <c r="X65" s="2"/>
       <c r="Y65" s="2"/>
       <c r="Z65" s="2"/>
       <c r="AA65" s="2"/>
       <c r="AB65" s="2"/>
     </row>
-    <row r="66" spans="1:28" s="3" customFormat="1" ht="164.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1751</v>
+    <row r="66" spans="1:28" s="3" customFormat="1" ht="264.60000000000002" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="31" t="s">
+        <v>1860</v>
+      </c>
+      <c r="B66" s="25" t="s">
+        <v>1744</v>
+      </c>
+      <c r="C66" s="8" t="s">
+        <v>1745</v>
+      </c>
+      <c r="D66" s="25" t="s">
+        <v>1746</v>
+      </c>
+      <c r="E66" s="25" t="s">
+        <v>1763</v>
+      </c>
+      <c r="F66" s="9" t="s">
+        <v>1747</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
       <c r="I66" s="2"/>
       <c r="J66" s="2"/>
       <c r="K66" s="2"/>
       <c r="L66" s="2"/>
       <c r="M66" s="2"/>
       <c r="N66" s="2"/>
       <c r="O66" s="2"/>
       <c r="P66" s="2"/>
       <c r="Q66" s="2"/>
       <c r="R66" s="2"/>
       <c r="S66" s="2"/>
       <c r="T66" s="2"/>
       <c r="U66" s="2"/>
       <c r="V66" s="2"/>
       <c r="W66" s="2"/>
       <c r="X66" s="2"/>
       <c r="Y66" s="2"/>
       <c r="Z66" s="2"/>
       <c r="AA66" s="2"/>
       <c r="AB66" s="2"/>
     </row>
-    <row r="67" spans="1:28" s="3" customFormat="1" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1756</v>
+    <row r="67" spans="1:28" s="3" customFormat="1" ht="164.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="30" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B67" s="22" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C67" s="4" t="s">
+        <v>1749</v>
+      </c>
+      <c r="D67" s="22" t="s">
+        <v>1750</v>
+      </c>
+      <c r="E67" s="22" t="s">
+        <v>1764</v>
+      </c>
+      <c r="F67" s="13" t="s">
+        <v>1751</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
       <c r="I67" s="2"/>
       <c r="J67" s="2"/>
       <c r="K67" s="2"/>
       <c r="L67" s="2"/>
       <c r="M67" s="2"/>
       <c r="N67" s="2"/>
       <c r="O67" s="2"/>
       <c r="P67" s="2"/>
       <c r="Q67" s="2"/>
       <c r="R67" s="2"/>
       <c r="S67" s="2"/>
       <c r="T67" s="2"/>
       <c r="U67" s="2"/>
       <c r="V67" s="2"/>
       <c r="W67" s="2"/>
       <c r="X67" s="2"/>
       <c r="Y67" s="2"/>
       <c r="Z67" s="2"/>
       <c r="AA67" s="2"/>
       <c r="AB67" s="2"/>
     </row>
-    <row r="68" spans="1:28" s="3" customFormat="1" ht="135.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>1760</v>
+    <row r="68" spans="1:28" s="3" customFormat="1" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="31" t="s">
+        <v>1862</v>
+      </c>
+      <c r="B68" s="25" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C68" s="8" t="s">
+        <v>1753</v>
+      </c>
+      <c r="D68" s="25" t="s">
+        <v>1754</v>
+      </c>
+      <c r="E68" s="25" t="s">
+        <v>1755</v>
+      </c>
+      <c r="F68" s="9" t="s">
+        <v>1756</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
       <c r="I68" s="2"/>
       <c r="J68" s="2"/>
       <c r="K68" s="2"/>
       <c r="L68" s="2"/>
       <c r="M68" s="2"/>
       <c r="N68" s="2"/>
       <c r="O68" s="2"/>
       <c r="P68" s="2"/>
       <c r="Q68" s="2"/>
       <c r="R68" s="2"/>
       <c r="S68" s="2"/>
       <c r="T68" s="2"/>
       <c r="U68" s="2"/>
       <c r="V68" s="2"/>
       <c r="W68" s="2"/>
       <c r="X68" s="2"/>
       <c r="Y68" s="2"/>
       <c r="Z68" s="2"/>
       <c r="AA68" s="2"/>
       <c r="AB68" s="2"/>
     </row>
-    <row r="69" spans="1:28" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A69" s="31" t="s">
+    <row r="69" spans="1:28" s="3" customFormat="1" ht="135.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="30" t="s">
+        <v>1863</v>
+      </c>
+      <c r="B69" s="22" t="s">
+        <v>2127</v>
+      </c>
+      <c r="C69" s="4" t="s">
+        <v>1757</v>
+      </c>
+      <c r="D69" s="22" t="s">
+        <v>1758</v>
+      </c>
+      <c r="E69" s="22" t="s">
+        <v>1759</v>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>1760</v>
+      </c>
+      <c r="G69" s="2"/>
+      <c r="H69" s="2"/>
+      <c r="I69" s="2"/>
+      <c r="J69" s="2"/>
+      <c r="K69" s="2"/>
+      <c r="L69" s="2"/>
+      <c r="M69" s="2"/>
+      <c r="N69" s="2"/>
+      <c r="O69" s="2"/>
+      <c r="P69" s="2"/>
+      <c r="Q69" s="2"/>
+      <c r="R69" s="2"/>
+      <c r="S69" s="2"/>
+      <c r="T69" s="2"/>
+      <c r="U69" s="2"/>
+      <c r="V69" s="2"/>
+      <c r="W69" s="2"/>
+      <c r="X69" s="2"/>
+      <c r="Y69" s="2"/>
+      <c r="Z69" s="2"/>
+      <c r="AA69" s="2"/>
+      <c r="AB69" s="2"/>
+    </row>
+    <row r="70" spans="1:28" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="31" t="s">
         <v>1864</v>
       </c>
-      <c r="B69" s="25" t="s">
+      <c r="B70" s="25" t="s">
         <v>1737</v>
       </c>
-      <c r="C69" s="8" t="s">
+      <c r="C70" s="8" t="s">
         <v>1738</v>
       </c>
-      <c r="D69" s="25" t="s">
+      <c r="D70" s="25" t="s">
         <v>1739</v>
       </c>
-      <c r="E69" s="25" t="s">
+      <c r="E70" s="25" t="s">
         <v>1740</v>
       </c>
-      <c r="F69" s="9" t="s">
+      <c r="F70" s="9" t="s">
         <v>1741</v>
       </c>
     </row>
-    <row r="70" spans="1:28" ht="220.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A70" s="30" t="s">
+    <row r="71" spans="1:28" ht="220.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="30" t="s">
         <v>1865</v>
       </c>
-      <c r="B70" s="22" t="s">
+      <c r="B71" s="22" t="s">
         <v>1728</v>
       </c>
-      <c r="C70" s="4" t="s">
+      <c r="C71" s="4" t="s">
         <v>1729</v>
       </c>
-      <c r="D70" s="22" t="s">
+      <c r="D71" s="22" t="s">
         <v>1730</v>
       </c>
-      <c r="E70" s="22" t="s">
+      <c r="E71" s="22" t="s">
         <v>1761</v>
       </c>
-      <c r="F70" s="5" t="s">
+      <c r="F71" s="5" t="s">
         <v>1731</v>
       </c>
     </row>
-    <row r="71" spans="1:28" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A71" s="31" t="s">
+    <row r="72" spans="1:28" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="31" t="s">
         <v>1866</v>
       </c>
-      <c r="B71" s="25" t="s">
+      <c r="B72" s="25" t="s">
         <v>1732</v>
       </c>
-      <c r="C71" s="8" t="s">
+      <c r="C72" s="8" t="s">
         <v>1733</v>
       </c>
-      <c r="D71" s="25" t="s">
+      <c r="D72" s="25" t="s">
         <v>1734</v>
       </c>
-      <c r="E71" s="25" t="s">
+      <c r="E72" s="25" t="s">
         <v>1735</v>
       </c>
-      <c r="F71" s="9" t="s">
+      <c r="F72" s="9" t="s">
         <v>1736</v>
       </c>
     </row>
-    <row r="72" spans="1:28" ht="156.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A72" s="30" t="s">
+    <row r="73" spans="1:28" ht="156.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="30" t="s">
         <v>1867</v>
       </c>
-      <c r="B72" s="22" t="s">
+      <c r="B73" s="22" t="s">
         <v>1718</v>
       </c>
-      <c r="C72" s="4" t="s">
+      <c r="C73" s="4" t="s">
         <v>1719</v>
       </c>
-      <c r="D72" s="22" t="s">
+      <c r="D73" s="22" t="s">
         <v>1720</v>
       </c>
-      <c r="E72" s="22" t="s">
+      <c r="E73" s="22" t="s">
         <v>1727</v>
       </c>
-      <c r="F72" s="5" t="s">
+      <c r="F73" s="5" t="s">
         <v>1721</v>
       </c>
     </row>
-    <row r="73" spans="1:28" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A73" s="31" t="s">
+    <row r="74" spans="1:28" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="31" t="s">
         <v>1868</v>
       </c>
-      <c r="B73" s="25" t="s">
+      <c r="B74" s="25" t="s">
         <v>1722</v>
       </c>
-      <c r="C73" s="8" t="s">
+      <c r="C74" s="8" t="s">
         <v>1723</v>
       </c>
-      <c r="D73" s="25" t="s">
+      <c r="D74" s="25" t="s">
         <v>1724</v>
       </c>
-      <c r="E73" s="25" t="s">
+      <c r="E74" s="25" t="s">
         <v>1725</v>
       </c>
-      <c r="F73" s="9" t="s">
+      <c r="F74" s="9" t="s">
         <v>1726</v>
       </c>
     </row>
-    <row r="74" spans="1:28" ht="265.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A74" s="30" t="s">
+    <row r="75" spans="1:28" ht="265.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="30" t="s">
         <v>1869</v>
       </c>
-      <c r="B74" s="22" t="s">
+      <c r="B75" s="22" t="s">
         <v>1708</v>
       </c>
-      <c r="C74" s="4" t="s">
+      <c r="C75" s="4" t="s">
         <v>1709</v>
       </c>
-      <c r="D74" s="22" t="s">
+      <c r="D75" s="22" t="s">
         <v>1710</v>
       </c>
-      <c r="E74" s="22" t="s">
+      <c r="E75" s="22" t="s">
         <v>1711</v>
       </c>
-      <c r="F74" s="5" t="s">
+      <c r="F75" s="5" t="s">
         <v>1712</v>
       </c>
     </row>
-    <row r="75" spans="1:28" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A75" s="31" t="s">
+    <row r="76" spans="1:28" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="31" t="s">
         <v>1870</v>
       </c>
-      <c r="B75" s="25" t="s">
+      <c r="B76" s="25" t="s">
         <v>1713</v>
       </c>
-      <c r="C75" s="8" t="s">
+      <c r="C76" s="8" t="s">
         <v>1714</v>
       </c>
-      <c r="D75" s="25" t="s">
+      <c r="D76" s="25" t="s">
         <v>1715</v>
       </c>
-      <c r="E75" s="25" t="s">
+      <c r="E76" s="25" t="s">
         <v>1716</v>
       </c>
-      <c r="F75" s="9" t="s">
+      <c r="F76" s="9" t="s">
         <v>1717</v>
       </c>
     </row>
-    <row r="76" spans="1:28" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A76" s="30" t="s">
+    <row r="77" spans="1:28" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="30" t="s">
         <v>1854</v>
       </c>
-      <c r="B76" s="22" t="s">
+      <c r="B77" s="22" t="s">
         <v>1703</v>
       </c>
-      <c r="C76" s="4" t="s">
+      <c r="C77" s="4" t="s">
         <v>1704</v>
       </c>
-      <c r="D76" s="22" t="s">
+      <c r="D77" s="22" t="s">
         <v>1705</v>
       </c>
-      <c r="E76" s="22" t="s">
+      <c r="E77" s="22" t="s">
         <v>1706</v>
       </c>
-      <c r="F76" s="5" t="s">
+      <c r="F77" s="5" t="s">
         <v>1707</v>
       </c>
     </row>
-    <row r="77" spans="1:28" ht="408.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A77" s="31" t="s">
+    <row r="78" spans="1:28" ht="408.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="31" t="s">
         <v>1871</v>
       </c>
-      <c r="B77" s="25" t="s">
+      <c r="B78" s="25" t="s">
         <v>1695</v>
       </c>
-      <c r="C77" s="8" t="s">
+      <c r="C78" s="8" t="s">
         <v>1696</v>
       </c>
-      <c r="D77" s="25" t="s">
+      <c r="D78" s="25" t="s">
         <v>1697</v>
       </c>
-      <c r="E77" s="25" t="s">
+      <c r="E78" s="25" t="s">
         <v>1742</v>
       </c>
-      <c r="F77" s="9" t="s">
+      <c r="F78" s="9" t="s">
         <v>1698</v>
       </c>
     </row>
-    <row r="78" spans="1:28" ht="194.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A78" s="30" t="s">
+    <row r="79" spans="1:28" ht="194.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="30" t="s">
         <v>1872</v>
       </c>
-      <c r="B78" s="22" t="s">
+      <c r="B79" s="22" t="s">
         <v>1699</v>
       </c>
-      <c r="C78" s="4" t="s">
+      <c r="C79" s="4" t="s">
         <v>1700</v>
       </c>
-      <c r="D78" s="22" t="s">
+      <c r="D79" s="22" t="s">
         <v>1701</v>
       </c>
-      <c r="E78" s="22" t="s">
+      <c r="E79" s="22" t="s">
         <v>1762</v>
       </c>
-      <c r="F78" s="5" t="s">
+      <c r="F79" s="5" t="s">
         <v>1702</v>
       </c>
     </row>
-    <row r="79" spans="1:28" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A79" s="31" t="s">
+    <row r="80" spans="1:28" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="31" t="s">
         <v>1873</v>
       </c>
-      <c r="B79" s="25" t="s">
+      <c r="B80" s="25" t="s">
         <v>1272</v>
       </c>
-      <c r="C79" s="8" t="s">
+      <c r="C80" s="8" t="s">
         <v>1273</v>
       </c>
-      <c r="D79" s="25" t="s">
+      <c r="D80" s="25" t="s">
         <v>1274</v>
       </c>
-      <c r="E79" s="25" t="s">
+      <c r="E80" s="25" t="s">
         <v>1276</v>
       </c>
-      <c r="F79" s="9" t="s">
+      <c r="F80" s="9" t="s">
         <v>1275</v>
       </c>
     </row>
-    <row r="80" spans="1:28" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A80" s="30" t="s">
+    <row r="81" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="30" t="s">
         <v>1874</v>
       </c>
-      <c r="B80" s="22" t="s">
+      <c r="B81" s="22" t="s">
         <v>1262</v>
       </c>
-      <c r="C80" s="4" t="s">
+      <c r="C81" s="4" t="s">
         <v>1263</v>
       </c>
-      <c r="D80" s="22" t="s">
+      <c r="D81" s="22" t="s">
         <v>1264</v>
       </c>
-      <c r="E80" s="22" t="s">
+      <c r="E81" s="22" t="s">
         <v>1265</v>
       </c>
-      <c r="F80" s="5" t="s">
+      <c r="F81" s="5" t="s">
         <v>1266</v>
       </c>
     </row>
-    <row r="81" spans="1:6" ht="189.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A81" s="31" t="s">
+    <row r="82" spans="1:6" ht="189.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="31" t="s">
         <v>1874</v>
       </c>
-      <c r="B81" s="25" t="s">
+      <c r="B82" s="25" t="s">
         <v>1267</v>
       </c>
-      <c r="C81" s="8" t="s">
+      <c r="C82" s="8" t="s">
         <v>1268</v>
       </c>
-      <c r="D81" s="25" t="s">
+      <c r="D82" s="25" t="s">
         <v>1269</v>
       </c>
-      <c r="E81" s="25" t="s">
+      <c r="E82" s="25" t="s">
         <v>1743</v>
       </c>
-      <c r="F81" s="9" t="s">
+      <c r="F82" s="9" t="s">
         <v>1270</v>
       </c>
     </row>
-    <row r="82" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A82" s="30" t="s">
+    <row r="83" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="30" t="s">
         <v>1875</v>
       </c>
-      <c r="B82" s="22" t="s">
+      <c r="B83" s="22" t="s">
         <v>1258</v>
       </c>
-      <c r="C82" s="4" t="s">
+      <c r="C83" s="4" t="s">
         <v>1259</v>
       </c>
-      <c r="D82" s="22" t="s">
+      <c r="D83" s="22" t="s">
         <v>1260</v>
       </c>
-      <c r="E82" s="22" t="s">
+      <c r="E83" s="22" t="s">
         <v>1261</v>
       </c>
-      <c r="F82" s="5" t="s">
+      <c r="F83" s="5" t="s">
         <v>1271</v>
       </c>
     </row>
-    <row r="83" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A83" s="31" t="s">
+    <row r="84" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="31" t="s">
         <v>1876</v>
       </c>
-      <c r="B83" s="25" t="s">
+      <c r="B84" s="25" t="s">
         <v>1253</v>
       </c>
-      <c r="C83" s="8" t="s">
+      <c r="C84" s="8" t="s">
         <v>1254</v>
       </c>
-      <c r="D83" s="25" t="s">
+      <c r="D84" s="25" t="s">
         <v>1255</v>
       </c>
-      <c r="E83" s="25" t="s">
+      <c r="E84" s="25" t="s">
         <v>1256</v>
       </c>
-      <c r="F83" s="9" t="s">
+      <c r="F84" s="9" t="s">
         <v>1257</v>
       </c>
     </row>
-    <row r="84" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A84" s="30" t="s">
+    <row r="85" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="30" t="s">
         <v>1877</v>
       </c>
-      <c r="B84" s="22" t="s">
+      <c r="B85" s="22" t="s">
         <v>1249</v>
       </c>
-      <c r="C84" s="4" t="s">
+      <c r="C85" s="4" t="s">
         <v>1250</v>
       </c>
-      <c r="D84" s="22" t="s">
+      <c r="D85" s="22" t="s">
         <v>1251</v>
       </c>
-      <c r="E84" s="22" t="s">
+      <c r="E85" s="22" t="s">
         <v>1277</v>
       </c>
-      <c r="F84" s="5" t="s">
+      <c r="F85" s="5" t="s">
         <v>1252</v>
       </c>
     </row>
-    <row r="85" spans="1:6" ht="311.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A85" s="31" t="s">
+    <row r="86" spans="1:6" ht="311.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="31" t="s">
         <v>1878</v>
       </c>
-      <c r="B85" s="25" t="s">
+      <c r="B86" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="C85" s="8" t="s">
+      <c r="C86" s="8" t="s">
         <v>1278</v>
       </c>
-      <c r="D85" s="25" t="s">
+      <c r="D86" s="25" t="s">
         <v>7</v>
       </c>
-      <c r="E85" s="25" t="s">
+      <c r="E86" s="25" t="s">
         <v>8</v>
       </c>
-      <c r="F85" s="9" t="s">
+      <c r="F86" s="9" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="86" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A86" s="32" t="s">
+    <row r="87" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="32" t="s">
         <v>1879</v>
       </c>
-      <c r="B86" s="33" t="s">
+      <c r="B87" s="33" t="s">
         <v>10</v>
       </c>
-      <c r="C86" s="14" t="s">
+      <c r="C87" s="14" t="s">
         <v>11</v>
       </c>
-      <c r="D86" s="33" t="s">
+      <c r="D87" s="33" t="s">
         <v>12</v>
       </c>
-      <c r="E86" s="33" t="s">
+      <c r="E87" s="33" t="s">
         <v>13</v>
       </c>
-      <c r="F86" s="41" t="s">
+      <c r="F87" s="41" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="87" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A87" s="31" t="s">
+    <row r="88" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="31" t="s">
         <v>1880</v>
       </c>
-      <c r="B87" s="25" t="s">
+      <c r="B88" s="25" t="s">
         <v>15</v>
       </c>
-      <c r="C87" s="8" t="s">
+      <c r="C88" s="8" t="s">
         <v>1279</v>
       </c>
-      <c r="D87" s="25" t="s">
+      <c r="D88" s="25" t="s">
         <v>16</v>
       </c>
-      <c r="E87" s="25" t="s">
+      <c r="E88" s="25" t="s">
         <v>1280</v>
       </c>
-      <c r="F87" s="9" t="s">
+      <c r="F88" s="9" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="88" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A88" s="30" t="s">
+    <row r="89" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="30" t="s">
         <v>1881</v>
       </c>
-      <c r="B88" s="22" t="s">
+      <c r="B89" s="22" t="s">
         <v>18</v>
       </c>
-      <c r="C88" s="4" t="s">
+      <c r="C89" s="4" t="s">
         <v>1281</v>
       </c>
-      <c r="D88" s="22" t="s">
+      <c r="D89" s="22" t="s">
         <v>19</v>
       </c>
-      <c r="E88" s="22" t="s">
+      <c r="E89" s="22" t="s">
         <v>20</v>
       </c>
-      <c r="F88" s="5" t="s">
+      <c r="F89" s="5" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="89" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A89" s="31" t="s">
+    <row r="90" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="31" t="s">
         <v>1882</v>
       </c>
-      <c r="B89" s="25" t="s">
+      <c r="B90" s="25" t="s">
         <v>22</v>
       </c>
-      <c r="C89" s="8" t="s">
+      <c r="C90" s="8" t="s">
         <v>1282</v>
       </c>
-      <c r="D89" s="25" t="s">
+      <c r="D90" s="25" t="s">
         <v>23</v>
       </c>
-      <c r="E89" s="25" t="s">
+      <c r="E90" s="25" t="s">
         <v>24</v>
       </c>
-      <c r="F89" s="9" t="s">
+      <c r="F90" s="9" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="90" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A90" s="30" t="s">
+    <row r="91" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A91" s="30" t="s">
         <v>1883</v>
       </c>
-      <c r="B90" s="22" t="s">
+      <c r="B91" s="22" t="s">
         <v>26</v>
       </c>
-      <c r="C90" s="4" t="s">
+      <c r="C91" s="4" t="s">
         <v>1283</v>
       </c>
-      <c r="D90" s="22" t="s">
+      <c r="D91" s="22" t="s">
         <v>27</v>
       </c>
-      <c r="E90" s="22" t="s">
+      <c r="E91" s="22" t="s">
         <v>28</v>
       </c>
-      <c r="F90" s="4"/>
-[...2 lines deleted...]
-      <c r="A91" s="31" t="s">
+      <c r="F91" s="4"/>
+    </row>
+    <row r="92" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="31" t="s">
         <v>1884</v>
       </c>
-      <c r="B91" s="25" t="s">
+      <c r="B92" s="25" t="s">
         <v>29</v>
       </c>
-      <c r="C91" s="8" t="s">
+      <c r="C92" s="8" t="s">
         <v>1284</v>
       </c>
-      <c r="D91" s="25" t="s">
+      <c r="D92" s="25" t="s">
         <v>30</v>
       </c>
-      <c r="E91" s="25" t="s">
+      <c r="E92" s="25" t="s">
         <v>31</v>
       </c>
-      <c r="F91" s="9" t="s">
+      <c r="F92" s="9" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="92" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A92" s="30" t="s">
+    <row r="93" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="30" t="s">
         <v>1885</v>
       </c>
-      <c r="B92" s="22" t="s">
+      <c r="B93" s="22" t="s">
         <v>33</v>
       </c>
-      <c r="C92" s="4" t="s">
+      <c r="C93" s="4" t="s">
         <v>1285</v>
       </c>
-      <c r="D92" s="22" t="s">
+      <c r="D93" s="22" t="s">
         <v>34</v>
       </c>
-      <c r="E92" s="22" t="s">
+      <c r="E93" s="22" t="s">
         <v>35</v>
       </c>
-      <c r="F92" s="5" t="s">
+      <c r="F93" s="5" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="93" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A93" s="31" t="s">
+    <row r="94" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="31" t="s">
         <v>1886</v>
       </c>
-      <c r="B93" s="25" t="s">
+      <c r="B94" s="25" t="s">
         <v>37</v>
       </c>
-      <c r="C93" s="8" t="s">
+      <c r="C94" s="8" t="s">
         <v>1286</v>
       </c>
-      <c r="D93" s="25" t="s">
+      <c r="D94" s="25" t="s">
         <v>38</v>
       </c>
-      <c r="E93" s="25" t="s">
+      <c r="E94" s="25" t="s">
         <v>1287</v>
       </c>
-      <c r="F93" s="9" t="s">
+      <c r="F94" s="9" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="94" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A94" s="30" t="s">
+    <row r="95" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A95" s="30" t="s">
         <v>1886</v>
       </c>
-      <c r="B94" s="22" t="s">
+      <c r="B95" s="22" t="s">
         <v>40</v>
       </c>
-      <c r="C94" s="4" t="s">
+      <c r="C95" s="4" t="s">
         <v>1288</v>
       </c>
-      <c r="D94" s="22" t="s">
+      <c r="D95" s="22" t="s">
         <v>41</v>
       </c>
-      <c r="E94" s="22" t="s">
+      <c r="E95" s="22" t="s">
         <v>42</v>
       </c>
-      <c r="F94" s="5" t="s">
+      <c r="F95" s="5" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="95" spans="1:6" ht="120" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A95" s="31" t="s">
+    <row r="96" spans="1:6" ht="120" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="31" t="s">
         <v>1887</v>
       </c>
-      <c r="B95" s="25" t="s">
+      <c r="B96" s="25" t="s">
         <v>44</v>
       </c>
-      <c r="C95" s="8" t="s">
+      <c r="C96" s="8" t="s">
         <v>1289</v>
       </c>
-      <c r="D95" s="25" t="s">
+      <c r="D96" s="25" t="s">
         <v>45</v>
       </c>
-      <c r="E95" s="25" t="s">
+      <c r="E96" s="25" t="s">
         <v>46</v>
       </c>
-      <c r="F95" s="9" t="s">
+      <c r="F96" s="9" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="96" spans="1:6" ht="173.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A96" s="30" t="s">
+    <row r="97" spans="1:6" ht="173.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="30" t="s">
         <v>1887</v>
       </c>
-      <c r="B96" s="22" t="s">
+      <c r="B97" s="22" t="s">
         <v>48</v>
       </c>
-      <c r="C96" s="4" t="s">
+      <c r="C97" s="4" t="s">
         <v>1290</v>
       </c>
-      <c r="D96" s="22" t="s">
+      <c r="D97" s="22" t="s">
         <v>49</v>
       </c>
-      <c r="E96" s="22" t="s">
+      <c r="E97" s="22" t="s">
         <v>1291</v>
       </c>
-      <c r="F96" s="5" t="s">
+      <c r="F97" s="5" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="97" spans="1:6" ht="192" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A97" s="31" t="s">
+    <row r="98" spans="1:6" ht="192" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="31" t="s">
         <v>1888</v>
       </c>
-      <c r="B97" s="25" t="s">
+      <c r="B98" s="25" t="s">
         <v>51</v>
       </c>
-      <c r="C97" s="8" t="s">
+      <c r="C98" s="8" t="s">
         <v>1292</v>
       </c>
-      <c r="D97" s="25" t="s">
+      <c r="D98" s="25" t="s">
         <v>52</v>
       </c>
-      <c r="E97" s="25" t="s">
+      <c r="E98" s="25" t="s">
         <v>1293</v>
       </c>
-      <c r="F97" s="9" t="s">
+      <c r="F98" s="9" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="98" spans="1:6" ht="174.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A98" s="30" t="s">
+    <row r="99" spans="1:6" ht="174.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="30" t="s">
         <v>1889</v>
       </c>
-      <c r="B98" s="22" t="s">
+      <c r="B99" s="22" t="s">
         <v>54</v>
       </c>
-      <c r="C98" s="4" t="s">
+      <c r="C99" s="4" t="s">
         <v>1294</v>
       </c>
-      <c r="D98" s="22" t="s">
+      <c r="D99" s="22" t="s">
         <v>55</v>
       </c>
-      <c r="E98" s="22" t="s">
+      <c r="E99" s="22" t="s">
         <v>1295</v>
       </c>
-      <c r="F98" s="5" t="s">
+      <c r="F99" s="5" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="99" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A99" s="31" t="s">
+    <row r="100" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="31" t="s">
         <v>1890</v>
       </c>
-      <c r="B99" s="25" t="s">
+      <c r="B100" s="25" t="s">
         <v>57</v>
       </c>
-      <c r="C99" s="8" t="s">
+      <c r="C100" s="8" t="s">
         <v>58</v>
       </c>
-      <c r="D99" s="25" t="s">
+      <c r="D100" s="25" t="s">
         <v>59</v>
       </c>
-      <c r="E99" s="25" t="s">
+      <c r="E100" s="25" t="s">
         <v>60</v>
       </c>
-      <c r="F99" s="9" t="s">
+      <c r="F100" s="9" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="100" spans="1:6" ht="151.19999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A100" s="30" t="s">
+    <row r="101" spans="1:6" ht="151.19999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A101" s="30" t="s">
         <v>1891</v>
       </c>
-      <c r="B100" s="22" t="s">
+      <c r="B101" s="22" t="s">
         <v>62</v>
       </c>
-      <c r="C100" s="4" t="s">
+      <c r="C101" s="4" t="s">
         <v>1296</v>
       </c>
-      <c r="D100" s="22" t="s">
+      <c r="D101" s="22" t="s">
         <v>63</v>
       </c>
-      <c r="E100" s="22" t="s">
+      <c r="E101" s="22" t="s">
         <v>64</v>
       </c>
-      <c r="F100" s="5" t="s">
+      <c r="F101" s="5" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="101" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A101" s="31" t="s">
+    <row r="102" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A102" s="31" t="s">
         <v>1892</v>
       </c>
-      <c r="B101" s="25" t="s">
+      <c r="B102" s="25" t="s">
         <v>66</v>
       </c>
-      <c r="C101" s="8" t="s">
+      <c r="C102" s="8" t="s">
         <v>1297</v>
       </c>
-      <c r="D101" s="25" t="s">
+      <c r="D102" s="25" t="s">
         <v>67</v>
       </c>
-      <c r="E101" s="25" t="s">
+      <c r="E102" s="25" t="s">
         <v>68</v>
       </c>
-      <c r="F101" s="9" t="s">
+      <c r="F102" s="9" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="102" spans="1:6" ht="185.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A102" s="30" t="s">
+    <row r="103" spans="1:6" ht="185.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A103" s="30" t="s">
         <v>1892</v>
       </c>
-      <c r="B102" s="22" t="s">
+      <c r="B103" s="22" t="s">
         <v>70</v>
       </c>
-      <c r="C102" s="4" t="s">
+      <c r="C103" s="4" t="s">
         <v>1298</v>
       </c>
-      <c r="D102" s="22" t="s">
+      <c r="D103" s="22" t="s">
         <v>71</v>
       </c>
-      <c r="E102" s="22" t="s">
+      <c r="E103" s="22" t="s">
         <v>72</v>
       </c>
-      <c r="F102" s="5" t="s">
+      <c r="F103" s="5" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="103" spans="1:6" ht="136.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A103" s="31" t="s">
+    <row r="104" spans="1:6" ht="136.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A104" s="31" t="s">
         <v>1893</v>
       </c>
-      <c r="B103" s="25" t="s">
+      <c r="B104" s="25" t="s">
         <v>74</v>
       </c>
-      <c r="C103" s="8" t="s">
+      <c r="C104" s="8" t="s">
         <v>75</v>
       </c>
-      <c r="D103" s="25" t="s">
+      <c r="D104" s="25" t="s">
         <v>76</v>
       </c>
-      <c r="E103" s="25" t="s">
+      <c r="E104" s="25" t="s">
         <v>1299</v>
       </c>
-      <c r="F103" s="9" t="s">
+      <c r="F104" s="9" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="104" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A104" s="30" t="s">
+    <row r="105" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A105" s="30" t="s">
         <v>1894</v>
       </c>
-      <c r="B104" s="22" t="s">
+      <c r="B105" s="22" t="s">
         <v>78</v>
       </c>
-      <c r="C104" s="4" t="s">
+      <c r="C105" s="4" t="s">
         <v>1300</v>
       </c>
-      <c r="D104" s="22" t="s">
+      <c r="D105" s="22" t="s">
         <v>79</v>
       </c>
-      <c r="E104" s="22" t="s">
+      <c r="E105" s="22" t="s">
         <v>80</v>
       </c>
-      <c r="F104" s="5" t="s">
+      <c r="F105" s="5" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="105" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A105" s="31" t="s">
+    <row r="106" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A106" s="31" t="s">
         <v>1895</v>
       </c>
-      <c r="B105" s="25" t="s">
+      <c r="B106" s="25" t="s">
         <v>82</v>
       </c>
-      <c r="C105" s="8" t="s">
+      <c r="C106" s="8" t="s">
         <v>1301</v>
       </c>
-      <c r="D105" s="25" t="s">
+      <c r="D106" s="25" t="s">
         <v>83</v>
       </c>
-      <c r="E105" s="25" t="s">
+      <c r="E106" s="25" t="s">
         <v>1302</v>
       </c>
-      <c r="F105" s="9" t="s">
+      <c r="F106" s="9" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="106" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A106" s="30" t="s">
+    <row r="107" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A107" s="30" t="s">
         <v>1895</v>
       </c>
-      <c r="B106" s="22" t="s">
+      <c r="B107" s="22" t="s">
         <v>85</v>
       </c>
-      <c r="C106" s="4" t="s">
+      <c r="C107" s="4" t="s">
         <v>1303</v>
       </c>
-      <c r="D106" s="22" t="s">
+      <c r="D107" s="22" t="s">
         <v>86</v>
       </c>
-      <c r="E106" s="22" t="s">
+      <c r="E107" s="22" t="s">
         <v>87</v>
       </c>
-      <c r="F106" s="5" t="s">
+      <c r="F107" s="5" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="107" spans="1:6" ht="120" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A107" s="31" t="s">
+    <row r="108" spans="1:6" ht="120" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A108" s="31" t="s">
         <v>1896</v>
       </c>
-      <c r="B107" s="25" t="s">
+      <c r="B108" s="25" t="s">
         <v>89</v>
       </c>
-      <c r="C107" s="8" t="s">
+      <c r="C108" s="8" t="s">
         <v>90</v>
       </c>
-      <c r="D107" s="25" t="s">
+      <c r="D108" s="25" t="s">
         <v>91</v>
       </c>
-      <c r="E107" s="25" t="s">
+      <c r="E108" s="25" t="s">
         <v>92</v>
       </c>
-      <c r="F107" s="9" t="s">
+      <c r="F108" s="9" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="108" spans="1:6" ht="152.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A108" s="30" t="s">
+    <row r="109" spans="1:6" ht="152.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A109" s="30" t="s">
         <v>1897</v>
       </c>
-      <c r="B108" s="22" t="s">
+      <c r="B109" s="22" t="s">
         <v>94</v>
       </c>
-      <c r="C108" s="4" t="s">
+      <c r="C109" s="4" t="s">
         <v>1304</v>
       </c>
-      <c r="D108" s="22" t="s">
+      <c r="D109" s="22" t="s">
         <v>95</v>
       </c>
-      <c r="E108" s="22" t="s">
+      <c r="E109" s="22" t="s">
         <v>96</v>
       </c>
-      <c r="F108" s="5" t="s">
+      <c r="F109" s="5" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="109" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A109" s="31" t="s">
+    <row r="110" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A110" s="31" t="s">
         <v>1898</v>
       </c>
-      <c r="B109" s="25" t="s">
+      <c r="B110" s="25" t="s">
         <v>98</v>
       </c>
-      <c r="C109" s="8" t="s">
+      <c r="C110" s="8" t="s">
         <v>1305</v>
       </c>
-      <c r="D109" s="25" t="s">
+      <c r="D110" s="25" t="s">
         <v>99</v>
       </c>
-      <c r="E109" s="25" t="s">
+      <c r="E110" s="25" t="s">
         <v>100</v>
       </c>
-      <c r="F109" s="9" t="s">
+      <c r="F110" s="9" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="110" spans="1:6" ht="123" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A110" s="30" t="s">
+    <row r="111" spans="1:6" ht="123" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A111" s="30" t="s">
         <v>1899</v>
       </c>
-      <c r="B110" s="22" t="s">
+      <c r="B111" s="22" t="s">
         <v>102</v>
       </c>
-      <c r="C110" s="4" t="s">
+      <c r="C111" s="4" t="s">
         <v>1306</v>
       </c>
-      <c r="D110" s="22" t="s">
+      <c r="D111" s="22" t="s">
         <v>103</v>
       </c>
-      <c r="E110" s="22" t="s">
+      <c r="E111" s="22" t="s">
         <v>104</v>
       </c>
-      <c r="F110" s="5" t="s">
+      <c r="F111" s="5" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="111" spans="1:6" ht="117.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A111" s="31" t="s">
+    <row r="112" spans="1:6" ht="117.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A112" s="31" t="s">
         <v>1900</v>
       </c>
-      <c r="B111" s="25" t="s">
+      <c r="B112" s="25" t="s">
         <v>106</v>
       </c>
-      <c r="C111" s="8" t="s">
+      <c r="C112" s="8" t="s">
         <v>1307</v>
       </c>
-      <c r="D111" s="25" t="s">
+      <c r="D112" s="25" t="s">
         <v>107</v>
       </c>
-      <c r="E111" s="25" t="s">
+      <c r="E112" s="25" t="s">
         <v>108</v>
       </c>
-      <c r="F111" s="9" t="s">
+      <c r="F112" s="9" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="112" spans="1:6" ht="114" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A112" s="30" t="s">
+    <row r="113" spans="1:6" ht="114" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A113" s="30" t="s">
         <v>1901</v>
       </c>
-      <c r="B112" s="22" t="s">
+      <c r="B113" s="22" t="s">
         <v>110</v>
       </c>
-      <c r="C112" s="4" t="s">
+      <c r="C113" s="4" t="s">
         <v>1308</v>
       </c>
-      <c r="D112" s="22" t="s">
+      <c r="D113" s="22" t="s">
         <v>111</v>
       </c>
-      <c r="E112" s="22" t="s">
+      <c r="E113" s="22" t="s">
         <v>112</v>
       </c>
-      <c r="F112" s="5" t="s">
+      <c r="F113" s="5" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="113" spans="1:6" ht="132" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A113" s="31" t="s">
+    <row r="114" spans="1:6" ht="132" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A114" s="31" t="s">
         <v>1902</v>
       </c>
-      <c r="B113" s="25" t="s">
+      <c r="B114" s="25" t="s">
         <v>114</v>
       </c>
-      <c r="C113" s="8" t="s">
+      <c r="C114" s="8" t="s">
         <v>1309</v>
       </c>
-      <c r="D113" s="25" t="s">
+      <c r="D114" s="25" t="s">
         <v>115</v>
       </c>
-      <c r="E113" s="25" t="s">
+      <c r="E114" s="25" t="s">
         <v>116</v>
       </c>
-      <c r="F113" s="9" t="s">
+      <c r="F114" s="9" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="114" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A114" s="30" t="s">
+    <row r="115" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A115" s="30" t="s">
         <v>1903</v>
       </c>
-      <c r="B114" s="22" t="s">
+      <c r="B115" s="22" t="s">
         <v>118</v>
       </c>
-      <c r="C114" s="4" t="s">
+      <c r="C115" s="4" t="s">
         <v>1310</v>
       </c>
-      <c r="D114" s="22" t="s">
+      <c r="D115" s="22" t="s">
         <v>119</v>
       </c>
-      <c r="E114" s="22" t="s">
+      <c r="E115" s="22" t="s">
         <v>120</v>
       </c>
-      <c r="F114" s="5" t="s">
+      <c r="F115" s="5" t="s">
         <v>121</v>
       </c>
     </row>
-    <row r="115" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A115" s="31" t="s">
+    <row r="116" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A116" s="31" t="s">
         <v>1903</v>
       </c>
-      <c r="B115" s="25" t="s">
+      <c r="B116" s="25" t="s">
         <v>122</v>
       </c>
-      <c r="C115" s="8" t="s">
+      <c r="C116" s="8" t="s">
         <v>1311</v>
       </c>
-      <c r="D115" s="25" t="s">
+      <c r="D116" s="25" t="s">
         <v>123</v>
       </c>
-      <c r="E115" s="25" t="s">
+      <c r="E116" s="25" t="s">
         <v>124</v>
       </c>
-      <c r="F115" s="9" t="s">
+      <c r="F116" s="9" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="116" spans="1:6" ht="108.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A116" s="30" t="s">
+    <row r="117" spans="1:6" ht="108.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A117" s="30" t="s">
         <v>1904</v>
       </c>
-      <c r="B116" s="22" t="s">
+      <c r="B117" s="22" t="s">
         <v>126</v>
       </c>
-      <c r="C116" s="4" t="s">
+      <c r="C117" s="4" t="s">
         <v>1312</v>
       </c>
-      <c r="D116" s="22" t="s">
+      <c r="D117" s="22" t="s">
         <v>127</v>
       </c>
-      <c r="E116" s="22" t="s">
+      <c r="E117" s="22" t="s">
         <v>128</v>
       </c>
-      <c r="F116" s="5" t="s">
+      <c r="F117" s="5" t="s">
         <v>129</v>
       </c>
     </row>
-    <row r="117" spans="1:6" ht="159.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A117" s="31" t="s">
+    <row r="118" spans="1:6" ht="159.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A118" s="31" t="s">
         <v>1905</v>
       </c>
-      <c r="B117" s="25" t="s">
+      <c r="B118" s="25" t="s">
         <v>130</v>
       </c>
-      <c r="C117" s="8" t="s">
+      <c r="C118" s="8" t="s">
         <v>131</v>
       </c>
-      <c r="D117" s="25" t="s">
+      <c r="D118" s="25" t="s">
         <v>132</v>
       </c>
-      <c r="E117" s="25" t="s">
+      <c r="E118" s="25" t="s">
         <v>133</v>
       </c>
-      <c r="F117" s="9" t="s">
+      <c r="F118" s="9" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="118" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A118" s="30" t="s">
+    <row r="119" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A119" s="30" t="s">
         <v>1906</v>
       </c>
-      <c r="B118" s="22" t="s">
+      <c r="B119" s="22" t="s">
         <v>135</v>
       </c>
-      <c r="C118" s="4" t="s">
+      <c r="C119" s="4" t="s">
         <v>1313</v>
       </c>
-      <c r="D118" s="22" t="s">
+      <c r="D119" s="22" t="s">
         <v>136</v>
       </c>
-      <c r="E118" s="22" t="s">
+      <c r="E119" s="22" t="s">
         <v>137</v>
       </c>
-      <c r="F118" s="5" t="s">
+      <c r="F119" s="5" t="s">
         <v>138</v>
       </c>
     </row>
-    <row r="119" spans="1:6" ht="157.19999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A119" s="31" t="s">
+    <row r="120" spans="1:6" ht="157.19999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A120" s="31" t="s">
         <v>1907</v>
       </c>
-      <c r="B119" s="25" t="s">
+      <c r="B120" s="25" t="s">
         <v>139</v>
       </c>
-      <c r="C119" s="8" t="s">
+      <c r="C120" s="8" t="s">
         <v>1314</v>
       </c>
-      <c r="D119" s="25" t="s">
+      <c r="D120" s="25" t="s">
         <v>140</v>
       </c>
-      <c r="E119" s="25" t="s">
+      <c r="E120" s="25" t="s">
         <v>1315</v>
       </c>
-      <c r="F119" s="9" t="s">
+      <c r="F120" s="9" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="120" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A120" s="30" t="s">
+    <row r="121" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A121" s="30" t="s">
         <v>1908</v>
       </c>
-      <c r="B120" s="22" t="s">
+      <c r="B121" s="22" t="s">
         <v>142</v>
       </c>
-      <c r="C120" s="4" t="s">
+      <c r="C121" s="4" t="s">
         <v>1316</v>
       </c>
-      <c r="D120" s="22" t="s">
+      <c r="D121" s="22" t="s">
         <v>143</v>
       </c>
-      <c r="E120" s="22" t="s">
+      <c r="E121" s="22" t="s">
         <v>1317</v>
       </c>
-      <c r="F120" s="5" t="s">
+      <c r="F121" s="5" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="121" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A121" s="31" t="s">
+    <row r="122" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A122" s="31" t="s">
         <v>1909</v>
       </c>
-      <c r="B121" s="25" t="s">
+      <c r="B122" s="25" t="s">
         <v>145</v>
       </c>
-      <c r="C121" s="8" t="s">
+      <c r="C122" s="8" t="s">
         <v>1318</v>
       </c>
-      <c r="D121" s="25" t="s">
+      <c r="D122" s="25" t="s">
         <v>146</v>
       </c>
-      <c r="E121" s="25" t="s">
+      <c r="E122" s="25" t="s">
         <v>1319</v>
       </c>
-      <c r="F121" s="9" t="s">
+      <c r="F122" s="9" t="s">
         <v>147</v>
       </c>
     </row>
-    <row r="122" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A122" s="30" t="s">
+    <row r="123" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A123" s="30" t="s">
         <v>1910</v>
       </c>
-      <c r="B122" s="22" t="s">
+      <c r="B123" s="22" t="s">
         <v>148</v>
       </c>
-      <c r="C122" s="4" t="s">
+      <c r="C123" s="4" t="s">
         <v>149</v>
       </c>
-      <c r="D122" s="22" t="s">
+      <c r="D123" s="22" t="s">
         <v>150</v>
       </c>
-      <c r="E122" s="22" t="s">
+      <c r="E123" s="22" t="s">
         <v>1320</v>
       </c>
-      <c r="F122" s="5" t="s">
+      <c r="F123" s="5" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="123" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A123" s="31" t="s">
+    <row r="124" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A124" s="31" t="s">
         <v>1911</v>
       </c>
-      <c r="B123" s="25" t="s">
+      <c r="B124" s="25" t="s">
         <v>152</v>
       </c>
-      <c r="C123" s="8" t="s">
+      <c r="C124" s="8" t="s">
         <v>153</v>
       </c>
-      <c r="D123" s="25" t="s">
+      <c r="D124" s="25" t="s">
         <v>154</v>
       </c>
-      <c r="E123" s="25" t="s">
+      <c r="E124" s="25" t="s">
         <v>155</v>
       </c>
-      <c r="F123" s="9" t="s">
+      <c r="F124" s="9" t="s">
         <v>156</v>
       </c>
     </row>
-    <row r="124" spans="1:6" ht="185.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A124" s="30" t="s">
+    <row r="125" spans="1:6" ht="185.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A125" s="30" t="s">
         <v>1911</v>
       </c>
-      <c r="B124" s="22" t="s">
+      <c r="B125" s="22" t="s">
         <v>157</v>
       </c>
-      <c r="C124" s="4" t="s">
+      <c r="C125" s="4" t="s">
         <v>1321</v>
       </c>
-      <c r="D124" s="22" t="s">
+      <c r="D125" s="22" t="s">
         <v>158</v>
       </c>
-      <c r="E124" s="22" t="s">
+      <c r="E125" s="22" t="s">
         <v>1322</v>
       </c>
-      <c r="F124" s="5" t="s">
+      <c r="F125" s="5" t="s">
         <v>159</v>
       </c>
     </row>
-    <row r="125" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A125" s="31" t="s">
+    <row r="126" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A126" s="31" t="s">
         <v>1912</v>
       </c>
-      <c r="B125" s="25" t="s">
+      <c r="B126" s="25" t="s">
         <v>160</v>
       </c>
-      <c r="C125" s="8" t="s">
+      <c r="C126" s="8" t="s">
         <v>161</v>
       </c>
-      <c r="D125" s="25" t="s">
+      <c r="D126" s="25" t="s">
         <v>162</v>
       </c>
-      <c r="E125" s="25" t="s">
+      <c r="E126" s="25" t="s">
         <v>163</v>
       </c>
-      <c r="F125" s="9" t="s">
+      <c r="F126" s="9" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="126" spans="1:6" ht="150" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A126" s="30" t="s">
+    <row r="127" spans="1:6" ht="150" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A127" s="30" t="s">
         <v>1913</v>
       </c>
-      <c r="B126" s="22" t="s">
+      <c r="B127" s="22" t="s">
         <v>165</v>
       </c>
-      <c r="C126" s="4" t="s">
+      <c r="C127" s="4" t="s">
         <v>166</v>
       </c>
-      <c r="D126" s="22" t="s">
+      <c r="D127" s="22" t="s">
         <v>167</v>
       </c>
-      <c r="E126" s="22" t="s">
+      <c r="E127" s="22" t="s">
         <v>168</v>
       </c>
-      <c r="F126" s="5" t="s">
+      <c r="F127" s="5" t="s">
         <v>169</v>
       </c>
     </row>
-    <row r="127" spans="1:6" ht="367.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A127" s="31" t="s">
+    <row r="128" spans="1:6" ht="367.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A128" s="31" t="s">
         <v>1914</v>
       </c>
-      <c r="B127" s="25" t="s">
+      <c r="B128" s="25" t="s">
         <v>170</v>
       </c>
-      <c r="C127" s="8" t="s">
+      <c r="C128" s="8" t="s">
         <v>171</v>
       </c>
-      <c r="D127" s="25" t="s">
+      <c r="D128" s="25" t="s">
         <v>1323</v>
       </c>
-      <c r="E127" s="25" t="s">
+      <c r="E128" s="25" t="s">
         <v>1324</v>
       </c>
-      <c r="F127" s="9" t="s">
+      <c r="F128" s="9" t="s">
         <v>172</v>
       </c>
     </row>
-    <row r="128" spans="1:6" ht="366.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A128" s="30" t="s">
+    <row r="129" spans="1:6" ht="366.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A129" s="30" t="s">
         <v>1914</v>
       </c>
-      <c r="B128" s="22" t="s">
+      <c r="B129" s="22" t="s">
         <v>173</v>
       </c>
-      <c r="C128" s="4" t="s">
+      <c r="C129" s="4" t="s">
         <v>174</v>
       </c>
-      <c r="D128" s="22" t="s">
+      <c r="D129" s="22" t="s">
         <v>1325</v>
       </c>
-      <c r="E128" s="22" t="s">
+      <c r="E129" s="22" t="s">
         <v>1326</v>
       </c>
-      <c r="F128" s="5" t="s">
+      <c r="F129" s="5" t="s">
         <v>175</v>
       </c>
     </row>
-    <row r="129" spans="1:6" ht="387" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A129" s="31" t="s">
+    <row r="130" spans="1:6" ht="387" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A130" s="31" t="s">
         <v>1915</v>
       </c>
-      <c r="B129" s="25" t="s">
+      <c r="B130" s="25" t="s">
         <v>176</v>
       </c>
-      <c r="C129" s="8" t="s">
+      <c r="C130" s="8" t="s">
         <v>1327</v>
       </c>
-      <c r="D129" s="25" t="s">
+      <c r="D130" s="25" t="s">
         <v>1328</v>
       </c>
-      <c r="E129" s="25" t="s">
+      <c r="E130" s="25" t="s">
         <v>177</v>
       </c>
-      <c r="F129" s="9" t="s">
+      <c r="F130" s="9" t="s">
         <v>178</v>
       </c>
     </row>
-    <row r="130" spans="1:6" ht="138.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A130" s="30" t="s">
+    <row r="131" spans="1:6" ht="138.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A131" s="30" t="s">
         <v>1915</v>
       </c>
-      <c r="B130" s="22" t="s">
+      <c r="B131" s="22" t="s">
         <v>179</v>
       </c>
-      <c r="C130" s="4" t="s">
+      <c r="C131" s="4" t="s">
         <v>180</v>
       </c>
-      <c r="D130" s="22" t="s">
+      <c r="D131" s="22" t="s">
         <v>1329</v>
       </c>
-      <c r="E130" s="22" t="s">
+      <c r="E131" s="22" t="s">
         <v>181</v>
       </c>
-      <c r="F130" s="5" t="s">
+      <c r="F131" s="5" t="s">
         <v>182</v>
       </c>
     </row>
-    <row r="131" spans="1:6" ht="409.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A131" s="31" t="s">
+    <row r="132" spans="1:6" ht="409.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A132" s="31" t="s">
         <v>1916</v>
       </c>
-      <c r="B131" s="25" t="s">
+      <c r="B132" s="25" t="s">
         <v>183</v>
       </c>
-      <c r="C131" s="8" t="s">
+      <c r="C132" s="8" t="s">
         <v>184</v>
       </c>
-      <c r="D131" s="25" t="s">
+      <c r="D132" s="25" t="s">
         <v>1330</v>
       </c>
-      <c r="E131" s="25" t="s">
+      <c r="E132" s="25" t="s">
         <v>1331</v>
       </c>
-      <c r="F131" s="9" t="s">
+      <c r="F132" s="9" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="132" spans="1:6" ht="365.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A132" s="30" t="s">
+    <row r="133" spans="1:6" ht="365.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A133" s="30" t="s">
         <v>1917</v>
       </c>
-      <c r="B132" s="22" t="s">
+      <c r="B133" s="22" t="s">
         <v>186</v>
       </c>
-      <c r="C132" s="4" t="s">
+      <c r="C133" s="4" t="s">
         <v>187</v>
       </c>
-      <c r="D132" s="22" t="s">
+      <c r="D133" s="22" t="s">
         <v>1332</v>
       </c>
-      <c r="E132" s="22" t="s">
+      <c r="E133" s="22" t="s">
         <v>1333</v>
       </c>
-      <c r="F132" s="5" t="s">
+      <c r="F133" s="5" t="s">
         <v>188</v>
       </c>
     </row>
-    <row r="133" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A133" s="31" t="s">
+    <row r="134" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A134" s="31" t="s">
         <v>1917</v>
       </c>
-      <c r="B133" s="25" t="s">
+      <c r="B134" s="25" t="s">
         <v>189</v>
       </c>
-      <c r="C133" s="8" t="s">
+      <c r="C134" s="8" t="s">
         <v>190</v>
       </c>
-      <c r="D133" s="25" t="s">
+      <c r="D134" s="25" t="s">
         <v>1334</v>
       </c>
-      <c r="E133" s="25" t="s">
+      <c r="E134" s="25" t="s">
         <v>1335</v>
       </c>
-      <c r="F133" s="9" t="s">
+      <c r="F134" s="9" t="s">
         <v>191</v>
       </c>
     </row>
-    <row r="134" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A134" s="30" t="s">
+    <row r="135" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A135" s="30" t="s">
         <v>1918</v>
       </c>
-      <c r="B134" s="22" t="s">
+      <c r="B135" s="22" t="s">
         <v>192</v>
       </c>
-      <c r="C134" s="4" t="s">
+      <c r="C135" s="4" t="s">
         <v>193</v>
       </c>
-      <c r="D134" s="22" t="s">
+      <c r="D135" s="22" t="s">
         <v>194</v>
       </c>
-      <c r="E134" s="22" t="s">
+      <c r="E135" s="22" t="s">
         <v>195</v>
       </c>
-      <c r="F134" s="5" t="s">
+      <c r="F135" s="5" t="s">
         <v>196</v>
       </c>
     </row>
-    <row r="135" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A135" s="31" t="s">
+    <row r="136" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A136" s="31" t="s">
         <v>1919</v>
       </c>
-      <c r="B135" s="25" t="s">
+      <c r="B136" s="25" t="s">
         <v>197</v>
       </c>
-      <c r="C135" s="8" t="s">
+      <c r="C136" s="8" t="s">
         <v>198</v>
       </c>
-      <c r="D135" s="25" t="s">
+      <c r="D136" s="25" t="s">
         <v>199</v>
       </c>
-      <c r="E135" s="25" t="s">
+      <c r="E136" s="25" t="s">
         <v>1336</v>
       </c>
-      <c r="F135" s="9" t="s">
+      <c r="F136" s="9" t="s">
         <v>200</v>
       </c>
     </row>
-    <row r="136" spans="1:6" ht="291" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A136" s="30" t="s">
+    <row r="137" spans="1:6" ht="291" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A137" s="30" t="s">
         <v>1920</v>
       </c>
-      <c r="B136" s="22" t="s">
+      <c r="B137" s="22" t="s">
         <v>201</v>
       </c>
-      <c r="C136" s="4" t="s">
+      <c r="C137" s="4" t="s">
         <v>202</v>
       </c>
-      <c r="D136" s="22" t="s">
+      <c r="D137" s="22" t="s">
         <v>2066</v>
       </c>
-      <c r="E136" s="22" t="s">
+      <c r="E137" s="22" t="s">
         <v>1337</v>
       </c>
-      <c r="F136" s="5" t="s">
+      <c r="F137" s="5" t="s">
         <v>203</v>
       </c>
     </row>
-    <row r="137" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A137" s="31" t="s">
+    <row r="138" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A138" s="31" t="s">
         <v>1921</v>
       </c>
-      <c r="B137" s="25" t="s">
+      <c r="B138" s="25" t="s">
         <v>204</v>
       </c>
-      <c r="C137" s="8" t="s">
+      <c r="C138" s="8" t="s">
         <v>205</v>
       </c>
-      <c r="D137" s="25" t="s">
+      <c r="D138" s="25" t="s">
         <v>206</v>
       </c>
-      <c r="E137" s="25" t="s">
+      <c r="E138" s="25" t="s">
         <v>207</v>
       </c>
-      <c r="F137" s="9" t="s">
+      <c r="F138" s="9" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="138" spans="1:6" ht="237" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A138" s="30" t="s">
+    <row r="139" spans="1:6" ht="237" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A139" s="30" t="s">
         <v>1955</v>
       </c>
-      <c r="B138" s="22" t="s">
+      <c r="B139" s="22" t="s">
         <v>209</v>
       </c>
-      <c r="C138" s="4" t="s">
+      <c r="C139" s="4" t="s">
         <v>210</v>
       </c>
-      <c r="D138" s="22" t="s">
+      <c r="D139" s="22" t="s">
         <v>211</v>
       </c>
-      <c r="E138" s="22" t="s">
+      <c r="E139" s="22" t="s">
         <v>1338</v>
       </c>
-      <c r="F138" s="5" t="s">
+      <c r="F139" s="5" t="s">
         <v>212</v>
       </c>
     </row>
-    <row r="139" spans="1:6" ht="290.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A139" s="31" t="s">
+    <row r="140" spans="1:6" ht="290.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A140" s="31" t="s">
         <v>1956</v>
       </c>
-      <c r="B139" s="25" t="s">
+      <c r="B140" s="25" t="s">
         <v>213</v>
       </c>
-      <c r="C139" s="8" t="s">
+      <c r="C140" s="8" t="s">
         <v>214</v>
       </c>
-      <c r="D139" s="25" t="s">
+      <c r="D140" s="25" t="s">
         <v>1339</v>
       </c>
-      <c r="E139" s="25" t="s">
+      <c r="E140" s="25" t="s">
         <v>1340</v>
       </c>
-      <c r="F139" s="9" t="s">
+      <c r="F140" s="9" t="s">
         <v>215</v>
       </c>
     </row>
-    <row r="140" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A140" s="30" t="s">
+    <row r="141" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A141" s="30" t="s">
         <v>1957</v>
       </c>
-      <c r="B140" s="22" t="s">
+      <c r="B141" s="22" t="s">
         <v>216</v>
       </c>
-      <c r="C140" s="4" t="s">
+      <c r="C141" s="4" t="s">
         <v>217</v>
       </c>
-      <c r="D140" s="22" t="s">
+      <c r="D141" s="22" t="s">
         <v>218</v>
       </c>
-      <c r="E140" s="22" t="s">
+      <c r="E141" s="22" t="s">
         <v>219</v>
       </c>
-      <c r="F140" s="5" t="s">
+      <c r="F141" s="5" t="s">
         <v>220</v>
       </c>
     </row>
-    <row r="141" spans="1:6" ht="137.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A141" s="31" t="s">
+    <row r="142" spans="1:6" ht="137.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A142" s="31" t="s">
         <v>1958</v>
       </c>
-      <c r="B141" s="25" t="s">
+      <c r="B142" s="25" t="s">
         <v>221</v>
       </c>
-      <c r="C141" s="8" t="s">
+      <c r="C142" s="8" t="s">
         <v>222</v>
       </c>
-      <c r="D141" s="25" t="s">
+      <c r="D142" s="25" t="s">
         <v>223</v>
       </c>
-      <c r="E141" s="25" t="s">
+      <c r="E142" s="25" t="s">
         <v>224</v>
       </c>
-      <c r="F141" s="9" t="s">
+      <c r="F142" s="9" t="s">
         <v>225</v>
       </c>
     </row>
-    <row r="142" spans="1:6" ht="100.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A142" s="30" t="s">
+    <row r="143" spans="1:6" ht="100.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A143" s="30" t="s">
         <v>1959</v>
       </c>
-      <c r="B142" s="22" t="s">
+      <c r="B143" s="22" t="s">
         <v>226</v>
       </c>
-      <c r="C142" s="4" t="s">
+      <c r="C143" s="4" t="s">
         <v>1341</v>
       </c>
-      <c r="D142" s="22" t="s">
+      <c r="D143" s="22" t="s">
         <v>227</v>
       </c>
-      <c r="E142" s="22"/>
-      <c r="F142" s="5" t="s">
+      <c r="E143" s="22"/>
+      <c r="F143" s="5" t="s">
         <v>228</v>
       </c>
     </row>
-    <row r="143" spans="1:6" ht="126" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A143" s="31" t="s">
+    <row r="144" spans="1:6" ht="126" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A144" s="31" t="s">
         <v>1959</v>
       </c>
-      <c r="B143" s="25" t="s">
+      <c r="B144" s="25" t="s">
         <v>229</v>
       </c>
-      <c r="C143" s="8" t="s">
+      <c r="C144" s="8" t="s">
         <v>1342</v>
       </c>
-      <c r="D143" s="25" t="s">
+      <c r="D144" s="25" t="s">
         <v>230</v>
       </c>
-      <c r="E143" s="25" t="s">
+      <c r="E144" s="25" t="s">
         <v>231</v>
       </c>
-      <c r="F143" s="9" t="s">
+      <c r="F144" s="9" t="s">
         <v>232</v>
       </c>
     </row>
-    <row r="144" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A144" s="30" t="s">
+    <row r="145" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A145" s="30" t="s">
         <v>1960</v>
       </c>
-      <c r="B144" s="22" t="s">
+      <c r="B145" s="22" t="s">
         <v>233</v>
       </c>
-      <c r="C144" s="4" t="s">
+      <c r="C145" s="4" t="s">
         <v>1343</v>
       </c>
-      <c r="D144" s="22" t="s">
+      <c r="D145" s="22" t="s">
         <v>1344</v>
       </c>
-      <c r="E144" s="22" t="s">
+      <c r="E145" s="22" t="s">
         <v>234</v>
       </c>
-      <c r="F144" s="5" t="s">
+      <c r="F145" s="5" t="s">
         <v>235</v>
       </c>
     </row>
-    <row r="145" spans="1:6" ht="192" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A145" s="31" t="s">
+    <row r="146" spans="1:6" ht="192" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A146" s="31" t="s">
         <v>1961</v>
       </c>
-      <c r="B145" s="25" t="s">
+      <c r="B146" s="25" t="s">
         <v>236</v>
       </c>
-      <c r="C145" s="8" t="s">
+      <c r="C146" s="8" t="s">
         <v>237</v>
       </c>
-      <c r="D145" s="25" t="s">
+      <c r="D146" s="25" t="s">
         <v>238</v>
       </c>
-      <c r="E145" s="25" t="s">
+      <c r="E146" s="25" t="s">
         <v>1345</v>
       </c>
-      <c r="F145" s="9" t="s">
+      <c r="F146" s="9" t="s">
         <v>239</v>
       </c>
     </row>
-    <row r="146" spans="1:6" ht="280.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A146" s="30" t="s">
+    <row r="147" spans="1:6" ht="280.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A147" s="30" t="s">
         <v>1962</v>
       </c>
-      <c r="B146" s="22" t="s">
+      <c r="B147" s="22" t="s">
         <v>240</v>
       </c>
-      <c r="C146" s="4" t="s">
+      <c r="C147" s="4" t="s">
         <v>241</v>
       </c>
-      <c r="D146" s="22" t="s">
+      <c r="D147" s="22" t="s">
         <v>242</v>
       </c>
-      <c r="E146" s="22" t="s">
+      <c r="E147" s="22" t="s">
         <v>1346</v>
       </c>
-      <c r="F146" s="5" t="s">
+      <c r="F147" s="5" t="s">
         <v>243</v>
       </c>
     </row>
-    <row r="147" spans="1:6" ht="207.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A147" s="31" t="s">
+    <row r="148" spans="1:6" ht="207.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A148" s="31" t="s">
         <v>1963</v>
       </c>
-      <c r="B147" s="25" t="s">
+      <c r="B148" s="25" t="s">
         <v>244</v>
       </c>
-      <c r="C147" s="8" t="s">
+      <c r="C148" s="8" t="s">
         <v>1347</v>
       </c>
-      <c r="D147" s="25" t="s">
+      <c r="D148" s="25" t="s">
         <v>245</v>
       </c>
-      <c r="E147" s="25" t="s">
+      <c r="E148" s="25" t="s">
         <v>1348</v>
       </c>
-      <c r="F147" s="9" t="s">
+      <c r="F148" s="9" t="s">
         <v>246</v>
       </c>
     </row>
-    <row r="148" spans="1:6" ht="97.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A148" s="30" t="s">
+    <row r="149" spans="1:6" ht="97.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A149" s="30" t="s">
         <v>1963</v>
       </c>
-      <c r="B148" s="22" t="s">
+      <c r="B149" s="22" t="s">
         <v>247</v>
       </c>
-      <c r="C148" s="4" t="s">
+      <c r="C149" s="4" t="s">
         <v>1349</v>
       </c>
-      <c r="D148" s="22" t="s">
+      <c r="D149" s="22" t="s">
         <v>248</v>
       </c>
-      <c r="E148" s="22" t="s">
+      <c r="E149" s="22" t="s">
         <v>1350</v>
       </c>
-      <c r="F148" s="5" t="s">
+      <c r="F149" s="5" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="149" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A149" s="31" t="s">
+    <row r="150" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A150" s="31" t="s">
         <v>1964</v>
       </c>
-      <c r="B149" s="25" t="s">
+      <c r="B150" s="25" t="s">
         <v>250</v>
       </c>
-      <c r="C149" s="8" t="s">
+      <c r="C150" s="8" t="s">
         <v>251</v>
       </c>
-      <c r="D149" s="25" t="s">
+      <c r="D150" s="25" t="s">
         <v>252</v>
       </c>
-      <c r="E149" s="25" t="s">
+      <c r="E150" s="25" t="s">
         <v>253</v>
       </c>
-      <c r="F149" s="9" t="s">
+      <c r="F150" s="9" t="s">
         <v>254</v>
       </c>
     </row>
-    <row r="150" spans="1:6" ht="132.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A150" s="30" t="s">
+    <row r="151" spans="1:6" ht="132.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A151" s="30" t="s">
         <v>1965</v>
       </c>
-      <c r="B150" s="22" t="s">
+      <c r="B151" s="22" t="s">
         <v>255</v>
       </c>
-      <c r="C150" s="4" t="s">
+      <c r="C151" s="4" t="s">
         <v>256</v>
       </c>
-      <c r="D150" s="22" t="s">
+      <c r="D151" s="22" t="s">
         <v>257</v>
       </c>
-      <c r="E150" s="22" t="s">
+      <c r="E151" s="22" t="s">
         <v>1351</v>
       </c>
-      <c r="F150" s="5" t="s">
+      <c r="F151" s="5" t="s">
         <v>258</v>
       </c>
     </row>
-    <row r="151" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A151" s="31" t="s">
+    <row r="152" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A152" s="31" t="s">
         <v>1966</v>
       </c>
-      <c r="B151" s="25" t="s">
+      <c r="B152" s="25" t="s">
         <v>259</v>
       </c>
-      <c r="C151" s="8" t="s">
+      <c r="C152" s="8" t="s">
         <v>1352</v>
       </c>
-      <c r="D151" s="25" t="s">
+      <c r="D152" s="25" t="s">
         <v>260</v>
       </c>
-      <c r="E151" s="25" t="s">
+      <c r="E152" s="25" t="s">
         <v>1353</v>
       </c>
-      <c r="F151" s="9" t="s">
+      <c r="F152" s="9" t="s">
         <v>261</v>
       </c>
     </row>
-    <row r="152" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A152" s="30" t="s">
+    <row r="153" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A153" s="30" t="s">
         <v>1967</v>
       </c>
-      <c r="B152" s="22" t="s">
+      <c r="B153" s="22" t="s">
         <v>262</v>
       </c>
-      <c r="C152" s="4" t="s">
+      <c r="C153" s="4" t="s">
         <v>1354</v>
       </c>
-      <c r="D152" s="22" t="s">
+      <c r="D153" s="22" t="s">
         <v>263</v>
       </c>
-      <c r="E152" s="22" t="s">
+      <c r="E153" s="22" t="s">
         <v>264</v>
       </c>
-      <c r="F152" s="5" t="s">
+      <c r="F153" s="5" t="s">
         <v>261</v>
       </c>
     </row>
-    <row r="153" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A153" s="31" t="s">
+    <row r="154" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A154" s="31" t="s">
         <v>1968</v>
       </c>
-      <c r="B153" s="25" t="s">
+      <c r="B154" s="25" t="s">
         <v>265</v>
       </c>
-      <c r="C153" s="8" t="s">
+      <c r="C154" s="8" t="s">
         <v>266</v>
       </c>
-      <c r="D153" s="25" t="s">
+      <c r="D154" s="25" t="s">
         <v>267</v>
       </c>
-      <c r="E153" s="25" t="s">
+      <c r="E154" s="25" t="s">
         <v>1355</v>
       </c>
-      <c r="F153" s="9" t="s">
+      <c r="F154" s="9" t="s">
         <v>261</v>
       </c>
     </row>
-    <row r="154" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A154" s="30" t="s">
+    <row r="155" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A155" s="30" t="s">
         <v>1969</v>
       </c>
-      <c r="B154" s="22" t="s">
+      <c r="B155" s="22" t="s">
         <v>268</v>
       </c>
-      <c r="C154" s="4" t="s">
+      <c r="C155" s="4" t="s">
         <v>269</v>
       </c>
-      <c r="D154" s="22" t="s">
+      <c r="D155" s="22" t="s">
         <v>270</v>
       </c>
-      <c r="E154" s="22" t="s">
+      <c r="E155" s="22" t="s">
         <v>271</v>
       </c>
-      <c r="F154" s="5" t="s">
+      <c r="F155" s="5" t="s">
         <v>272</v>
       </c>
     </row>
-    <row r="155" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A155" s="31" t="s">
+    <row r="156" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A156" s="31" t="s">
         <v>1970</v>
       </c>
-      <c r="B155" s="25" t="s">
+      <c r="B156" s="25" t="s">
         <v>273</v>
       </c>
-      <c r="C155" s="8" t="s">
+      <c r="C156" s="8" t="s">
         <v>274</v>
       </c>
-      <c r="D155" s="25" t="s">
+      <c r="D156" s="25" t="s">
         <v>275</v>
       </c>
-      <c r="E155" s="25" t="s">
+      <c r="E156" s="25" t="s">
         <v>20</v>
       </c>
-      <c r="F155" s="9" t="s">
+      <c r="F156" s="9" t="s">
         <v>276</v>
       </c>
     </row>
-    <row r="156" spans="1:6" ht="133.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A156" s="30" t="s">
+    <row r="157" spans="1:6" ht="133.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A157" s="30" t="s">
         <v>1971</v>
       </c>
-      <c r="B156" s="22" t="s">
+      <c r="B157" s="22" t="s">
         <v>277</v>
       </c>
-      <c r="C156" s="4" t="s">
+      <c r="C157" s="4" t="s">
         <v>278</v>
       </c>
-      <c r="D156" s="22" t="s">
+      <c r="D157" s="22" t="s">
         <v>279</v>
       </c>
-      <c r="E156" s="22" t="s">
+      <c r="E157" s="22" t="s">
         <v>1356</v>
       </c>
-      <c r="F156" s="5" t="s">
+      <c r="F157" s="5" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="157" spans="1:6" ht="130.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A157" s="31" t="s">
+    <row r="158" spans="1:6" ht="130.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A158" s="31" t="s">
         <v>1972</v>
       </c>
-      <c r="B157" s="25" t="s">
+      <c r="B158" s="25" t="s">
         <v>281</v>
       </c>
-      <c r="C157" s="8" t="s">
+      <c r="C158" s="8" t="s">
         <v>1357</v>
       </c>
-      <c r="D157" s="25" t="s">
+      <c r="D158" s="25" t="s">
         <v>282</v>
       </c>
-      <c r="E157" s="25" t="s">
+      <c r="E158" s="25" t="s">
         <v>283</v>
       </c>
-      <c r="F157" s="9" t="s">
+      <c r="F158" s="9" t="s">
         <v>284</v>
       </c>
     </row>
-    <row r="158" spans="1:6" ht="150.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A158" s="30" t="s">
+    <row r="159" spans="1:6" ht="150.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A159" s="30" t="s">
         <v>1973</v>
       </c>
-      <c r="B158" s="22" t="s">
+      <c r="B159" s="22" t="s">
         <v>285</v>
       </c>
-      <c r="C158" s="4" t="s">
+      <c r="C159" s="4" t="s">
         <v>1358</v>
       </c>
-      <c r="D158" s="22" t="s">
+      <c r="D159" s="22" t="s">
         <v>286</v>
       </c>
-      <c r="E158" s="22" t="s">
+      <c r="E159" s="22" t="s">
         <v>1359</v>
       </c>
-      <c r="F158" s="5" t="s">
+      <c r="F159" s="5" t="s">
         <v>287</v>
       </c>
     </row>
-    <row r="159" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A159" s="31" t="s">
+    <row r="160" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A160" s="31" t="s">
         <v>1973</v>
       </c>
-      <c r="B159" s="25" t="s">
+      <c r="B160" s="25" t="s">
         <v>288</v>
       </c>
-      <c r="C159" s="8" t="s">
+      <c r="C160" s="8" t="s">
         <v>1360</v>
       </c>
-      <c r="D159" s="25" t="s">
+      <c r="D160" s="25" t="s">
         <v>289</v>
       </c>
-      <c r="E159" s="25" t="s">
+      <c r="E160" s="25" t="s">
         <v>290</v>
       </c>
-      <c r="F159" s="9" t="s">
+      <c r="F160" s="9" t="s">
         <v>291</v>
       </c>
     </row>
-    <row r="160" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A160" s="30" t="s">
+    <row r="161" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A161" s="30" t="s">
         <v>1974</v>
       </c>
-      <c r="B160" s="22" t="s">
+      <c r="B161" s="22" t="s">
         <v>292</v>
       </c>
-      <c r="C160" s="4" t="s">
+      <c r="C161" s="4" t="s">
         <v>1361</v>
       </c>
-      <c r="D160" s="22" t="s">
+      <c r="D161" s="22" t="s">
         <v>293</v>
       </c>
-      <c r="E160" s="22" t="s">
+      <c r="E161" s="22" t="s">
         <v>1362</v>
       </c>
-      <c r="F160" s="5" t="s">
+      <c r="F161" s="5" t="s">
         <v>294</v>
       </c>
     </row>
-    <row r="161" spans="1:6" ht="199.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A161" s="31" t="s">
+    <row r="162" spans="1:6" ht="199.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A162" s="31" t="s">
         <v>1975</v>
       </c>
-      <c r="B161" s="25" t="s">
+      <c r="B162" s="25" t="s">
         <v>295</v>
       </c>
-      <c r="C161" s="8" t="s">
+      <c r="C162" s="8" t="s">
         <v>296</v>
       </c>
-      <c r="D161" s="25" t="s">
+      <c r="D162" s="25" t="s">
         <v>297</v>
       </c>
-      <c r="E161" s="25" t="s">
+      <c r="E162" s="25" t="s">
         <v>1363</v>
       </c>
-      <c r="F161" s="9" t="s">
+      <c r="F162" s="9" t="s">
         <v>298</v>
       </c>
     </row>
-    <row r="162" spans="1:6" ht="129" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A162" s="30" t="s">
+    <row r="163" spans="1:6" ht="129" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A163" s="30" t="s">
         <v>1975</v>
       </c>
-      <c r="B162" s="22" t="s">
+      <c r="B163" s="22" t="s">
         <v>299</v>
       </c>
-      <c r="C162" s="4" t="s">
+      <c r="C163" s="4" t="s">
         <v>1364</v>
       </c>
-      <c r="D162" s="22" t="s">
+      <c r="D163" s="22" t="s">
         <v>300</v>
       </c>
-      <c r="E162" s="22" t="s">
+      <c r="E163" s="22" t="s">
         <v>1365</v>
       </c>
-      <c r="F162" s="5" t="s">
+      <c r="F163" s="5" t="s">
         <v>301</v>
       </c>
     </row>
-    <row r="163" spans="1:6" ht="205.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A163" s="34" t="s">
+    <row r="164" spans="1:6" ht="205.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A164" s="34" t="s">
         <v>1976</v>
       </c>
-      <c r="B163" s="25" t="s">
+      <c r="B164" s="25" t="s">
         <v>302</v>
       </c>
-      <c r="C163" s="8" t="s">
+      <c r="C164" s="8" t="s">
         <v>303</v>
       </c>
-      <c r="D163" s="25" t="s">
+      <c r="D164" s="25" t="s">
         <v>304</v>
       </c>
-      <c r="E163" s="25" t="s">
+      <c r="E164" s="25" t="s">
         <v>1366</v>
       </c>
-      <c r="F163" s="15" t="s">
+      <c r="F164" s="15" t="s">
         <v>305</v>
       </c>
     </row>
-    <row r="164" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A164" s="35" t="s">
+    <row r="165" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A165" s="35" t="s">
         <v>1977</v>
       </c>
-      <c r="B164" s="22" t="s">
+      <c r="B165" s="22" t="s">
         <v>306</v>
       </c>
-      <c r="C164" s="4" t="s">
+      <c r="C165" s="4" t="s">
         <v>307</v>
       </c>
-      <c r="D164" s="22" t="s">
+      <c r="D165" s="22" t="s">
         <v>308</v>
       </c>
-      <c r="E164" s="22" t="s">
+      <c r="E165" s="22" t="s">
         <v>309</v>
       </c>
-      <c r="F164" s="16" t="s">
+      <c r="F165" s="16" t="s">
         <v>310</v>
       </c>
     </row>
-    <row r="165" spans="1:6" ht="291" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A165" s="31" t="s">
+    <row r="166" spans="1:6" ht="291" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A166" s="31" t="s">
         <v>1978</v>
       </c>
-      <c r="B165" s="25" t="s">
+      <c r="B166" s="25" t="s">
         <v>311</v>
       </c>
-      <c r="C165" s="8" t="s">
+      <c r="C166" s="8" t="s">
         <v>1367</v>
       </c>
-      <c r="D165" s="25" t="s">
+      <c r="D166" s="25" t="s">
         <v>312</v>
       </c>
-      <c r="E165" s="25" t="s">
+      <c r="E166" s="25" t="s">
         <v>1368</v>
       </c>
-      <c r="F165" s="9" t="s">
+      <c r="F166" s="9" t="s">
         <v>313</v>
       </c>
     </row>
-    <row r="166" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A166" s="30" t="s">
+    <row r="167" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A167" s="30" t="s">
         <v>1979</v>
       </c>
-      <c r="B166" s="22" t="s">
+      <c r="B167" s="22" t="s">
         <v>314</v>
       </c>
-      <c r="C166" s="4" t="s">
+      <c r="C167" s="4" t="s">
         <v>1369</v>
       </c>
-      <c r="D166" s="22" t="s">
+      <c r="D167" s="22" t="s">
         <v>315</v>
       </c>
-      <c r="E166" s="22" t="s">
+      <c r="E167" s="22" t="s">
         <v>316</v>
       </c>
-      <c r="F166" s="5" t="s">
+      <c r="F167" s="5" t="s">
         <v>317</v>
       </c>
     </row>
-    <row r="167" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A167" s="31" t="s">
+    <row r="168" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A168" s="31" t="s">
         <v>1980</v>
       </c>
-      <c r="B167" s="25" t="s">
+      <c r="B168" s="25" t="s">
         <v>318</v>
       </c>
-      <c r="C167" s="8" t="s">
+      <c r="C168" s="8" t="s">
         <v>319</v>
       </c>
-      <c r="D167" s="25" t="s">
+      <c r="D168" s="25" t="s">
         <v>320</v>
       </c>
-      <c r="E167" s="25" t="s">
+      <c r="E168" s="25" t="s">
         <v>1370</v>
       </c>
-      <c r="F167" s="9" t="s">
+      <c r="F168" s="9" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="168" spans="1:6" ht="123.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A168" s="30" t="s">
+    <row r="169" spans="1:6" ht="123.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A169" s="30" t="s">
         <v>1980</v>
       </c>
-      <c r="B168" s="22" t="s">
+      <c r="B169" s="22" t="s">
         <v>322</v>
       </c>
-      <c r="C168" s="4" t="s">
+      <c r="C169" s="4" t="s">
         <v>323</v>
       </c>
-      <c r="D168" s="22" t="s">
+      <c r="D169" s="22" t="s">
         <v>324</v>
       </c>
-      <c r="E168" s="22" t="s">
+      <c r="E169" s="22" t="s">
         <v>1371</v>
       </c>
-      <c r="F168" s="5" t="s">
+      <c r="F169" s="5" t="s">
         <v>325</v>
       </c>
     </row>
-    <row r="169" spans="1:6" ht="126" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A169" s="31" t="s">
+    <row r="170" spans="1:6" ht="126" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A170" s="31" t="s">
         <v>1981</v>
       </c>
-      <c r="B169" s="25" t="s">
+      <c r="B170" s="25" t="s">
         <v>326</v>
       </c>
-      <c r="C169" s="8" t="s">
+      <c r="C170" s="8" t="s">
         <v>327</v>
       </c>
-      <c r="D169" s="25" t="s">
+      <c r="D170" s="25" t="s">
         <v>328</v>
       </c>
-      <c r="E169" s="25" t="s">
+      <c r="E170" s="25" t="s">
         <v>329</v>
       </c>
-      <c r="F169" s="9" t="s">
+      <c r="F170" s="9" t="s">
         <v>330</v>
       </c>
     </row>
-    <row r="170" spans="1:6" ht="141" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...19 lines deleted...]
-    <row r="171" spans="1:6" ht="125.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="171" spans="1:6" ht="141" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A171" s="30" t="s">
         <v>2067</v>
       </c>
-      <c r="B171" s="25" t="s">
+      <c r="B171" s="22" t="s">
+        <v>331</v>
+      </c>
+      <c r="C171" s="4" t="s">
+        <v>332</v>
+      </c>
+      <c r="D171" s="22" t="s">
+        <v>333</v>
+      </c>
+      <c r="E171" s="22" t="s">
+        <v>1372</v>
+      </c>
+      <c r="F171" s="5" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="172" spans="1:6" ht="125.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A172" s="30" t="s">
+        <v>2067</v>
+      </c>
+      <c r="B172" s="25" t="s">
         <v>335</v>
       </c>
-      <c r="C171" s="8" t="s">
+      <c r="C172" s="8" t="s">
         <v>336</v>
       </c>
-      <c r="D171" s="25" t="s">
+      <c r="D172" s="25" t="s">
         <v>337</v>
       </c>
-      <c r="E171" s="25" t="s">
+      <c r="E172" s="25" t="s">
         <v>1373</v>
       </c>
-      <c r="F171" s="9" t="s">
+      <c r="F172" s="9" t="s">
         <v>338</v>
       </c>
     </row>
-    <row r="172" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A172" s="30" t="s">
+    <row r="173" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A173" s="30" t="s">
         <v>2068</v>
       </c>
-      <c r="B172" s="22" t="s">
+      <c r="B173" s="22" t="s">
         <v>339</v>
       </c>
-      <c r="C172" s="4" t="s">
+      <c r="C173" s="4" t="s">
         <v>340</v>
       </c>
-      <c r="D172" s="22" t="s">
+      <c r="D173" s="22" t="s">
         <v>341</v>
       </c>
-      <c r="E172" s="22" t="s">
+      <c r="E173" s="22" t="s">
         <v>341</v>
       </c>
-      <c r="F172" s="5" t="s">
+      <c r="F173" s="5" t="s">
         <v>342</v>
       </c>
     </row>
-    <row r="173" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A173" s="31" t="s">
+    <row r="174" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A174" s="31" t="s">
         <v>2069</v>
       </c>
-      <c r="B173" s="25" t="s">
+      <c r="B174" s="25" t="s">
         <v>343</v>
       </c>
-      <c r="C173" s="8" t="s">
+      <c r="C174" s="8" t="s">
         <v>344</v>
       </c>
-      <c r="D173" s="25" t="s">
+      <c r="D174" s="25" t="s">
         <v>345</v>
       </c>
-      <c r="E173" s="25" t="s">
+      <c r="E174" s="25" t="s">
         <v>346</v>
       </c>
-      <c r="F173" s="9" t="s">
+      <c r="F174" s="9" t="s">
         <v>347</v>
       </c>
     </row>
-    <row r="174" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A174" s="30" t="s">
+    <row r="175" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A175" s="30" t="s">
         <v>2070</v>
       </c>
-      <c r="B174" s="22" t="s">
+      <c r="B175" s="22" t="s">
         <v>348</v>
       </c>
-      <c r="C174" s="4" t="s">
+      <c r="C175" s="4" t="s">
         <v>349</v>
       </c>
-      <c r="D174" s="22" t="s">
+      <c r="D175" s="22" t="s">
         <v>350</v>
       </c>
-      <c r="E174" s="22" t="s">
+      <c r="E175" s="22" t="s">
         <v>1374</v>
       </c>
-      <c r="F174" s="5" t="s">
+      <c r="F175" s="5" t="s">
         <v>351</v>
       </c>
     </row>
-    <row r="175" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A175" s="31" t="s">
+    <row r="176" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A176" s="31" t="s">
         <v>2071</v>
       </c>
-      <c r="B175" s="25" t="s">
+      <c r="B176" s="25" t="s">
         <v>352</v>
       </c>
-      <c r="C175" s="8" t="s">
+      <c r="C176" s="8" t="s">
         <v>353</v>
       </c>
-      <c r="D175" s="25" t="s">
+      <c r="D176" s="25" t="s">
         <v>341</v>
       </c>
-      <c r="E175" s="25" t="s">
+      <c r="E176" s="25" t="s">
         <v>341</v>
       </c>
-      <c r="F175" s="9" t="s">
+      <c r="F176" s="9" t="s">
         <v>354</v>
       </c>
     </row>
-    <row r="176" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A176" s="30" t="s">
+    <row r="177" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A177" s="30" t="s">
         <v>2071</v>
       </c>
-      <c r="B176" s="22" t="s">
+      <c r="B177" s="22" t="s">
         <v>355</v>
       </c>
-      <c r="C176" s="4" t="s">
+      <c r="C177" s="4" t="s">
         <v>356</v>
       </c>
-      <c r="D176" s="22" t="s">
+      <c r="D177" s="22" t="s">
         <v>357</v>
       </c>
-      <c r="E176" s="22" t="s">
+      <c r="E177" s="22" t="s">
         <v>358</v>
       </c>
-      <c r="F176" s="5" t="s">
+      <c r="F177" s="5" t="s">
         <v>359</v>
       </c>
     </row>
-    <row r="177" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A177" s="31" t="s">
+    <row r="178" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A178" s="31" t="s">
         <v>2072</v>
       </c>
-      <c r="B177" s="25" t="s">
+      <c r="B178" s="25" t="s">
         <v>360</v>
       </c>
-      <c r="C177" s="8" t="s">
+      <c r="C178" s="8" t="s">
         <v>361</v>
       </c>
-      <c r="D177" s="25" t="s">
+      <c r="D178" s="25" t="s">
         <v>362</v>
       </c>
-      <c r="E177" s="25" t="s">
+      <c r="E178" s="25" t="s">
         <v>363</v>
       </c>
-      <c r="F177" s="9" t="s">
+      <c r="F178" s="9" t="s">
         <v>364</v>
       </c>
     </row>
-    <row r="178" spans="1:6" ht="221.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A178" s="30" t="s">
+    <row r="179" spans="1:6" ht="221.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A179" s="30" t="s">
         <v>2073</v>
       </c>
-      <c r="B178" s="22" t="s">
+      <c r="B179" s="22" t="s">
         <v>365</v>
       </c>
-      <c r="C178" s="4" t="s">
+      <c r="C179" s="4" t="s">
         <v>366</v>
       </c>
-      <c r="D178" s="22" t="s">
+      <c r="D179" s="22" t="s">
         <v>367</v>
       </c>
-      <c r="E178" s="22" t="s">
+      <c r="E179" s="22" t="s">
         <v>1375</v>
       </c>
-      <c r="F178" s="5" t="s">
+      <c r="F179" s="5" t="s">
         <v>368</v>
       </c>
     </row>
-    <row r="179" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A179" s="31" t="s">
+    <row r="180" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A180" s="31" t="s">
         <v>2074</v>
       </c>
-      <c r="B179" s="25" t="s">
+      <c r="B180" s="25" t="s">
         <v>369</v>
       </c>
-      <c r="C179" s="8" t="s">
+      <c r="C180" s="8" t="s">
         <v>370</v>
       </c>
-      <c r="D179" s="25" t="s">
+      <c r="D180" s="25" t="s">
         <v>341</v>
       </c>
-      <c r="E179" s="25" t="s">
+      <c r="E180" s="25" t="s">
         <v>341</v>
       </c>
-      <c r="F179" s="9" t="s">
+      <c r="F180" s="9" t="s">
         <v>371</v>
       </c>
     </row>
-    <row r="180" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A180" s="30" t="s">
+    <row r="181" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A181" s="30" t="s">
         <v>2075</v>
       </c>
-      <c r="B180" s="22" t="s">
+      <c r="B181" s="22" t="s">
         <v>372</v>
       </c>
-      <c r="C180" s="4" t="s">
+      <c r="C181" s="4" t="s">
         <v>373</v>
       </c>
-      <c r="D180" s="22" t="s">
+      <c r="D181" s="22" t="s">
         <v>341</v>
       </c>
-      <c r="E180" s="22" t="s">
+      <c r="E181" s="22" t="s">
         <v>341</v>
       </c>
-      <c r="F180" s="5" t="s">
+      <c r="F181" s="5" t="s">
         <v>374</v>
       </c>
     </row>
-    <row r="181" spans="1:6" ht="133.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A181" s="31" t="s">
+    <row r="182" spans="1:6" ht="133.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A182" s="31" t="s">
         <v>2076</v>
       </c>
-      <c r="B181" s="25" t="s">
+      <c r="B182" s="25" t="s">
         <v>375</v>
       </c>
-      <c r="C181" s="8" t="s">
+      <c r="C182" s="8" t="s">
         <v>376</v>
       </c>
-      <c r="D181" s="25" t="s">
+      <c r="D182" s="25" t="s">
         <v>377</v>
       </c>
-      <c r="E181" s="25" t="s">
+      <c r="E182" s="25" t="s">
         <v>378</v>
       </c>
-      <c r="F181" s="9" t="s">
+      <c r="F182" s="9" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="182" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A182" s="30" t="s">
+    <row r="183" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A183" s="30" t="s">
         <v>2077</v>
       </c>
-      <c r="B182" s="22" t="s">
+      <c r="B183" s="22" t="s">
         <v>380</v>
       </c>
-      <c r="C182" s="4" t="s">
+      <c r="C183" s="4" t="s">
         <v>381</v>
       </c>
-      <c r="D182" s="22" t="s">
+      <c r="D183" s="22" t="s">
         <v>341</v>
       </c>
-      <c r="E182" s="22" t="s">
+      <c r="E183" s="22" t="s">
         <v>341</v>
       </c>
-      <c r="F182" s="5" t="s">
+      <c r="F183" s="5" t="s">
         <v>382</v>
       </c>
     </row>
-    <row r="183" spans="1:6" ht="169.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A183" s="31" t="s">
+    <row r="184" spans="1:6" ht="169.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A184" s="31" t="s">
         <v>2078</v>
       </c>
-      <c r="B183" s="25" t="s">
+      <c r="B184" s="25" t="s">
         <v>383</v>
       </c>
-      <c r="C183" s="8" t="s">
+      <c r="C184" s="8" t="s">
         <v>384</v>
       </c>
-      <c r="D183" s="25" t="s">
+      <c r="D184" s="25" t="s">
         <v>385</v>
       </c>
-      <c r="E183" s="25" t="s">
+      <c r="E184" s="25" t="s">
         <v>1376</v>
       </c>
-      <c r="F183" s="9" t="s">
+      <c r="F184" s="9" t="s">
         <v>386</v>
       </c>
     </row>
-    <row r="184" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A184" s="30" t="s">
+    <row r="185" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A185" s="30" t="s">
         <v>2078</v>
       </c>
-      <c r="B184" s="22" t="s">
+      <c r="B185" s="22" t="s">
         <v>387</v>
       </c>
-      <c r="C184" s="4" t="s">
+      <c r="C185" s="4" t="s">
         <v>388</v>
       </c>
-      <c r="D184" s="22" t="s">
+      <c r="D185" s="22" t="s">
         <v>389</v>
       </c>
-      <c r="E184" s="22" t="s">
+      <c r="E185" s="22" t="s">
         <v>390</v>
       </c>
-      <c r="F184" s="5" t="s">
+      <c r="F185" s="5" t="s">
         <v>391</v>
       </c>
     </row>
-    <row r="185" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A185" s="31" t="s">
+    <row r="186" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A186" s="31" t="s">
         <v>2079</v>
       </c>
-      <c r="B185" s="25" t="s">
+      <c r="B186" s="25" t="s">
         <v>392</v>
       </c>
-      <c r="C185" s="8" t="s">
+      <c r="C186" s="8" t="s">
         <v>393</v>
       </c>
-      <c r="D185" s="25" t="s">
+      <c r="D186" s="25" t="s">
         <v>394</v>
       </c>
-      <c r="E185" s="25" t="s">
+      <c r="E186" s="25" t="s">
         <v>1377</v>
       </c>
-      <c r="F185" s="9" t="s">
+      <c r="F186" s="9" t="s">
         <v>395</v>
       </c>
     </row>
-    <row r="186" spans="1:6" ht="173.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A186" s="30" t="s">
+    <row r="187" spans="1:6" ht="173.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A187" s="30" t="s">
         <v>2079</v>
       </c>
-      <c r="B186" s="22" t="s">
+      <c r="B187" s="22" t="s">
         <v>396</v>
       </c>
-      <c r="C186" s="4" t="s">
+      <c r="C187" s="4" t="s">
         <v>397</v>
       </c>
-      <c r="D186" s="22" t="s">
+      <c r="D187" s="22" t="s">
         <v>398</v>
       </c>
-      <c r="E186" s="22" t="s">
+      <c r="E187" s="22" t="s">
         <v>399</v>
       </c>
-      <c r="F186" s="5" t="s">
+      <c r="F187" s="5" t="s">
         <v>400</v>
       </c>
     </row>
-    <row r="187" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A187" s="31" t="s">
+    <row r="188" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A188" s="31" t="s">
         <v>2080</v>
       </c>
-      <c r="B187" s="25" t="s">
+      <c r="B188" s="25" t="s">
         <v>401</v>
       </c>
-      <c r="C187" s="8" t="s">
+      <c r="C188" s="8" t="s">
         <v>402</v>
       </c>
-      <c r="D187" s="25" t="s">
+      <c r="D188" s="25" t="s">
         <v>403</v>
       </c>
-      <c r="E187" s="25" t="s">
+      <c r="E188" s="25" t="s">
         <v>20</v>
       </c>
-      <c r="F187" s="9" t="s">
+      <c r="F188" s="9" t="s">
         <v>404</v>
       </c>
     </row>
-    <row r="188" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A188" s="30" t="s">
+    <row r="189" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A189" s="30" t="s">
         <v>2081</v>
       </c>
-      <c r="B188" s="22" t="s">
+      <c r="B189" s="22" t="s">
         <v>405</v>
       </c>
-      <c r="C188" s="4" t="s">
+      <c r="C189" s="4" t="s">
         <v>406</v>
       </c>
-      <c r="D188" s="22" t="s">
+      <c r="D189" s="22" t="s">
         <v>407</v>
       </c>
-      <c r="E188" s="22" t="s">
+      <c r="E189" s="22" t="s">
         <v>407</v>
       </c>
-      <c r="F188" s="5" t="s">
+      <c r="F189" s="5" t="s">
         <v>408</v>
       </c>
     </row>
-    <row r="189" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A189" s="31" t="s">
+    <row r="190" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A190" s="31" t="s">
         <v>2082</v>
       </c>
-      <c r="B189" s="25" t="s">
+      <c r="B190" s="25" t="s">
         <v>409</v>
       </c>
-      <c r="C189" s="8" t="s">
+      <c r="C190" s="8" t="s">
         <v>410</v>
       </c>
-      <c r="D189" s="25" t="s">
+      <c r="D190" s="25" t="s">
         <v>411</v>
       </c>
-      <c r="E189" s="25" t="s">
+      <c r="E190" s="25" t="s">
         <v>412</v>
       </c>
-      <c r="F189" s="9" t="s">
+      <c r="F190" s="9" t="s">
         <v>413</v>
       </c>
     </row>
-    <row r="190" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A190" s="30" t="s">
+    <row r="191" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A191" s="30" t="s">
         <v>2083</v>
       </c>
-      <c r="B190" s="22" t="s">
+      <c r="B191" s="22" t="s">
         <v>414</v>
       </c>
-      <c r="C190" s="4" t="s">
+      <c r="C191" s="4" t="s">
         <v>415</v>
       </c>
-      <c r="D190" s="22" t="s">
+      <c r="D191" s="22" t="s">
         <v>416</v>
       </c>
-      <c r="E190" s="22" t="s">
+      <c r="E191" s="22" t="s">
         <v>20</v>
       </c>
-      <c r="F190" s="5" t="s">
+      <c r="F191" s="5" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="191" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A191" s="31" t="s">
+    <row r="192" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A192" s="31" t="s">
         <v>2084</v>
       </c>
-      <c r="B191" s="25" t="s">
+      <c r="B192" s="25" t="s">
         <v>418</v>
       </c>
-      <c r="C191" s="8" t="s">
+      <c r="C192" s="8" t="s">
         <v>419</v>
       </c>
-      <c r="D191" s="25" t="s">
+      <c r="D192" s="25" t="s">
         <v>407</v>
       </c>
-      <c r="E191" s="25" t="s">
+      <c r="E192" s="25" t="s">
         <v>407</v>
       </c>
-      <c r="F191" s="9" t="s">
+      <c r="F192" s="9" t="s">
         <v>420</v>
       </c>
     </row>
-    <row r="192" spans="1:6" ht="127.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A192" s="30" t="s">
+    <row r="193" spans="1:6" ht="127.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A193" s="30" t="s">
         <v>2085</v>
       </c>
-      <c r="B192" s="22" t="s">
+      <c r="B193" s="22" t="s">
         <v>421</v>
       </c>
-      <c r="C192" s="4" t="s">
+      <c r="C193" s="4" t="s">
         <v>422</v>
       </c>
-      <c r="D192" s="22" t="s">
+      <c r="D193" s="22" t="s">
         <v>423</v>
       </c>
-      <c r="E192" s="22" t="s">
+      <c r="E193" s="22" t="s">
         <v>424</v>
       </c>
-      <c r="F192" s="5" t="s">
+      <c r="F193" s="5" t="s">
         <v>425</v>
       </c>
     </row>
-    <row r="193" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A193" s="31" t="s">
+    <row r="194" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A194" s="31" t="s">
         <v>2086</v>
       </c>
-      <c r="B193" s="25" t="s">
+      <c r="B194" s="25" t="s">
         <v>426</v>
       </c>
-      <c r="C193" s="8" t="s">
+      <c r="C194" s="8" t="s">
         <v>427</v>
       </c>
-      <c r="D193" s="25" t="s">
+      <c r="D194" s="25" t="s">
         <v>428</v>
       </c>
-      <c r="E193" s="25" t="s">
+      <c r="E194" s="25" t="s">
         <v>429</v>
       </c>
-      <c r="F193" s="9" t="s">
+      <c r="F194" s="9" t="s">
         <v>430</v>
       </c>
     </row>
-    <row r="194" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A194" s="30" t="s">
+    <row r="195" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A195" s="30" t="s">
         <v>2087</v>
       </c>
-      <c r="B194" s="22" t="s">
+      <c r="B195" s="22" t="s">
         <v>431</v>
       </c>
-      <c r="C194" s="4" t="s">
+      <c r="C195" s="4" t="s">
         <v>432</v>
       </c>
-      <c r="D194" s="22" t="s">
+      <c r="D195" s="22" t="s">
         <v>433</v>
       </c>
-      <c r="E194" s="22" t="s">
+      <c r="E195" s="22" t="s">
         <v>1378</v>
       </c>
-      <c r="F194" s="5" t="s">
+      <c r="F195" s="5" t="s">
         <v>434</v>
       </c>
     </row>
-    <row r="195" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A195" s="31" t="s">
+    <row r="196" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A196" s="31" t="s">
         <v>2088</v>
       </c>
-      <c r="B195" s="25" t="s">
+      <c r="B196" s="25" t="s">
         <v>435</v>
       </c>
-      <c r="C195" s="8" t="s">
+      <c r="C196" s="8" t="s">
         <v>436</v>
       </c>
-      <c r="D195" s="25" t="s">
+      <c r="D196" s="25" t="s">
         <v>437</v>
       </c>
-      <c r="E195" s="25" t="s">
+      <c r="E196" s="25" t="s">
         <v>1379</v>
       </c>
-      <c r="F195" s="9" t="s">
+      <c r="F196" s="9" t="s">
         <v>438</v>
       </c>
     </row>
-    <row r="196" spans="1:6" ht="154.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A196" s="30" t="s">
+    <row r="197" spans="1:6" ht="154.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A197" s="30" t="s">
         <v>2089</v>
       </c>
-      <c r="B196" s="22" t="s">
+      <c r="B197" s="22" t="s">
         <v>439</v>
       </c>
-      <c r="C196" s="4" t="s">
+      <c r="C197" s="4" t="s">
         <v>440</v>
       </c>
-      <c r="D196" s="22" t="s">
+      <c r="D197" s="22" t="s">
         <v>441</v>
       </c>
-      <c r="E196" s="22" t="s">
+      <c r="E197" s="22" t="s">
         <v>442</v>
       </c>
-      <c r="F196" s="5" t="s">
+      <c r="F197" s="5" t="s">
         <v>443</v>
       </c>
     </row>
-    <row r="197" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A197" s="31" t="s">
+    <row r="198" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A198" s="31" t="s">
         <v>2089</v>
       </c>
-      <c r="B197" s="25" t="s">
+      <c r="B198" s="25" t="s">
         <v>444</v>
       </c>
-      <c r="C197" s="8" t="s">
+      <c r="C198" s="8" t="s">
         <v>445</v>
       </c>
-      <c r="D197" s="25" t="s">
+      <c r="D198" s="25" t="s">
         <v>446</v>
       </c>
-      <c r="E197" s="25" t="s">
+      <c r="E198" s="25" t="s">
         <v>1380</v>
       </c>
-      <c r="F197" s="9" t="s">
+      <c r="F198" s="9" t="s">
         <v>447</v>
       </c>
     </row>
-    <row r="198" spans="1:6" ht="172.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A198" s="30" t="s">
+    <row r="199" spans="1:6" ht="172.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A199" s="30" t="s">
         <v>2090</v>
       </c>
-      <c r="B198" s="22" t="s">
+      <c r="B199" s="22" t="s">
         <v>448</v>
       </c>
-      <c r="C198" s="4" t="s">
+      <c r="C199" s="4" t="s">
         <v>449</v>
       </c>
-      <c r="D198" s="22" t="s">
+      <c r="D199" s="22" t="s">
         <v>450</v>
       </c>
-      <c r="E198" s="22" t="s">
+      <c r="E199" s="22" t="s">
         <v>451</v>
       </c>
-      <c r="F198" s="5" t="s">
+      <c r="F199" s="5" t="s">
         <v>452</v>
       </c>
     </row>
-    <row r="199" spans="1:6" ht="175.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A199" s="31" t="s">
+    <row r="200" spans="1:6" ht="175.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A200" s="31" t="s">
         <v>2091</v>
       </c>
-      <c r="B199" s="25" t="s">
+      <c r="B200" s="25" t="s">
         <v>453</v>
       </c>
-      <c r="C199" s="8" t="s">
+      <c r="C200" s="8" t="s">
         <v>454</v>
       </c>
-      <c r="D199" s="25" t="s">
+      <c r="D200" s="25" t="s">
         <v>455</v>
       </c>
-      <c r="E199" s="25" t="s">
+      <c r="E200" s="25" t="s">
         <v>456</v>
       </c>
-      <c r="F199" s="9" t="s">
+      <c r="F200" s="9" t="s">
         <v>457</v>
       </c>
     </row>
-    <row r="200" spans="1:6" ht="171.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A200" s="30" t="s">
+    <row r="201" spans="1:6" ht="171.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A201" s="30" t="s">
         <v>2092</v>
       </c>
-      <c r="B200" s="22" t="s">
+      <c r="B201" s="22" t="s">
         <v>458</v>
       </c>
-      <c r="C200" s="4" t="s">
+      <c r="C201" s="4" t="s">
         <v>459</v>
       </c>
-      <c r="D200" s="22" t="s">
+      <c r="D201" s="22" t="s">
         <v>460</v>
       </c>
-      <c r="E200" s="22" t="s">
+      <c r="E201" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F200" s="5" t="s">
+      <c r="F201" s="5" t="s">
         <v>462</v>
       </c>
     </row>
-    <row r="201" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A201" s="31" t="s">
+    <row r="202" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A202" s="31" t="s">
         <v>2093</v>
       </c>
-      <c r="B201" s="25" t="s">
+      <c r="B202" s="25" t="s">
         <v>463</v>
       </c>
-      <c r="C201" s="8" t="s">
+      <c r="C202" s="8" t="s">
         <v>464</v>
       </c>
-      <c r="D201" s="25" t="s">
+      <c r="D202" s="25" t="s">
         <v>465</v>
       </c>
-      <c r="E201" s="25" t="s">
+      <c r="E202" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F201" s="9" t="s">
+      <c r="F202" s="9" t="s">
         <v>466</v>
       </c>
     </row>
-    <row r="202" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A202" s="30" t="s">
+    <row r="203" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A203" s="30" t="s">
         <v>2094</v>
       </c>
-      <c r="B202" s="22" t="s">
+      <c r="B203" s="22" t="s">
         <v>467</v>
       </c>
-      <c r="C202" s="4" t="s">
+      <c r="C203" s="4" t="s">
         <v>468</v>
       </c>
-      <c r="D202" s="22" t="s">
+      <c r="D203" s="22" t="s">
         <v>469</v>
       </c>
-      <c r="E202" s="22" t="s">
+      <c r="E203" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F202" s="5" t="s">
+      <c r="F203" s="5" t="s">
         <v>470</v>
       </c>
     </row>
-    <row r="203" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A203" s="31" t="s">
+    <row r="204" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A204" s="31" t="s">
         <v>2095</v>
       </c>
-      <c r="B203" s="25" t="s">
+      <c r="B204" s="25" t="s">
         <v>471</v>
       </c>
-      <c r="C203" s="8" t="s">
+      <c r="C204" s="8" t="s">
         <v>472</v>
       </c>
-      <c r="D203" s="25" t="s">
+      <c r="D204" s="25" t="s">
         <v>473</v>
       </c>
-      <c r="E203" s="25" t="s">
+      <c r="E204" s="25" t="s">
         <v>474</v>
       </c>
-      <c r="F203" s="9" t="s">
+      <c r="F204" s="9" t="s">
         <v>475</v>
       </c>
     </row>
-    <row r="204" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A204" s="30" t="s">
+    <row r="205" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A205" s="30" t="s">
         <v>2096</v>
       </c>
-      <c r="B204" s="22" t="s">
+      <c r="B205" s="22" t="s">
         <v>476</v>
       </c>
-      <c r="C204" s="4" t="s">
+      <c r="C205" s="4" t="s">
         <v>353</v>
       </c>
-      <c r="D204" s="22" t="s">
+      <c r="D205" s="22" t="s">
         <v>407</v>
       </c>
-      <c r="E204" s="22" t="s">
+      <c r="E205" s="22" t="s">
         <v>407</v>
       </c>
-      <c r="F204" s="5" t="s">
+      <c r="F205" s="5" t="s">
         <v>477</v>
       </c>
     </row>
-    <row r="205" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A205" s="31" t="s">
+    <row r="206" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A206" s="31" t="s">
         <v>2097</v>
       </c>
-      <c r="B205" s="25" t="s">
+      <c r="B206" s="25" t="s">
         <v>478</v>
       </c>
-      <c r="C205" s="8" t="s">
+      <c r="C206" s="8" t="s">
         <v>479</v>
       </c>
-      <c r="D205" s="25" t="s">
+      <c r="D206" s="25" t="s">
         <v>407</v>
       </c>
-      <c r="E205" s="25" t="s">
+      <c r="E206" s="25" t="s">
         <v>407</v>
       </c>
-      <c r="F205" s="9" t="s">
+      <c r="F206" s="9" t="s">
         <v>480</v>
       </c>
     </row>
-    <row r="206" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A206" s="30" t="s">
+    <row r="207" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A207" s="30" t="s">
         <v>2098</v>
       </c>
-      <c r="B206" s="22" t="s">
+      <c r="B207" s="22" t="s">
         <v>481</v>
       </c>
-      <c r="C206" s="4" t="s">
+      <c r="C207" s="4" t="s">
         <v>482</v>
       </c>
-      <c r="D206" s="22" t="s">
+      <c r="D207" s="22" t="s">
         <v>483</v>
       </c>
-      <c r="E206" s="22" t="s">
+      <c r="E207" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F206" s="5" t="s">
+      <c r="F207" s="5" t="s">
         <v>484</v>
       </c>
     </row>
-    <row r="207" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A207" s="31" t="s">
+    <row r="208" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A208" s="31" t="s">
         <v>2099</v>
       </c>
-      <c r="B207" s="25" t="s">
+      <c r="B208" s="25" t="s">
         <v>485</v>
       </c>
-      <c r="C207" s="8" t="s">
+      <c r="C208" s="8" t="s">
         <v>486</v>
       </c>
-      <c r="D207" s="25" t="s">
+      <c r="D208" s="25" t="s">
         <v>487</v>
       </c>
-      <c r="E207" s="25" t="s">
+      <c r="E208" s="25" t="s">
         <v>488</v>
       </c>
-      <c r="F207" s="9" t="s">
+      <c r="F208" s="9" t="s">
         <v>489</v>
       </c>
     </row>
-    <row r="208" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A208" s="30" t="s">
+    <row r="209" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A209" s="30" t="s">
         <v>2100</v>
       </c>
-      <c r="B208" s="22" t="s">
+      <c r="B209" s="22" t="s">
         <v>490</v>
       </c>
-      <c r="C208" s="4" t="s">
+      <c r="C209" s="4" t="s">
         <v>491</v>
       </c>
-      <c r="D208" s="22" t="s">
+      <c r="D209" s="22" t="s">
         <v>407</v>
       </c>
-      <c r="E208" s="22" t="s">
+      <c r="E209" s="22" t="s">
         <v>407</v>
       </c>
-      <c r="F208" s="5" t="s">
+      <c r="F209" s="5" t="s">
         <v>492</v>
       </c>
     </row>
-    <row r="209" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A209" s="31" t="s">
+    <row r="210" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A210" s="31" t="s">
         <v>2100</v>
       </c>
-      <c r="B209" s="25" t="s">
+      <c r="B210" s="25" t="s">
         <v>493</v>
       </c>
-      <c r="C209" s="8" t="s">
+      <c r="C210" s="8" t="s">
         <v>491</v>
       </c>
-      <c r="D209" s="25" t="s">
+      <c r="D210" s="25" t="s">
         <v>407</v>
       </c>
-      <c r="E209" s="25" t="s">
+      <c r="E210" s="25" t="s">
         <v>407</v>
       </c>
-      <c r="F209" s="9" t="s">
+      <c r="F210" s="9" t="s">
         <v>494</v>
       </c>
     </row>
-    <row r="210" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A210" s="30" t="s">
+    <row r="211" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A211" s="30" t="s">
         <v>2100</v>
       </c>
-      <c r="B210" s="22" t="s">
+      <c r="B211" s="22" t="s">
         <v>495</v>
       </c>
-      <c r="C210" s="4" t="s">
+      <c r="C211" s="4" t="s">
         <v>496</v>
       </c>
-      <c r="D210" s="22" t="s">
+      <c r="D211" s="22" t="s">
         <v>497</v>
       </c>
-      <c r="E210" s="22" t="s">
+      <c r="E211" s="22" t="s">
         <v>1381</v>
       </c>
-      <c r="F210" s="5" t="s">
+      <c r="F211" s="5" t="s">
         <v>498</v>
       </c>
     </row>
-    <row r="211" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A211" s="31" t="s">
+    <row r="212" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A212" s="31" t="s">
         <v>2101</v>
       </c>
-      <c r="B211" s="25" t="s">
+      <c r="B212" s="25" t="s">
         <v>499</v>
       </c>
-      <c r="C211" s="8" t="s">
+      <c r="C212" s="8" t="s">
         <v>500</v>
       </c>
-      <c r="D211" s="25" t="s">
+      <c r="D212" s="25" t="s">
         <v>501</v>
       </c>
-      <c r="E211" s="25" t="s">
+      <c r="E212" s="25" t="s">
         <v>502</v>
       </c>
-      <c r="F211" s="9" t="s">
+      <c r="F212" s="9" t="s">
         <v>503</v>
       </c>
     </row>
-    <row r="212" spans="1:6" ht="179.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A212" s="30" t="s">
+    <row r="213" spans="1:6" ht="179.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A213" s="30" t="s">
         <v>2102</v>
       </c>
-      <c r="B212" s="22" t="s">
+      <c r="B213" s="22" t="s">
         <v>504</v>
       </c>
-      <c r="C212" s="4" t="s">
+      <c r="C213" s="4" t="s">
         <v>505</v>
       </c>
-      <c r="D212" s="22" t="s">
+      <c r="D213" s="22" t="s">
         <v>506</v>
       </c>
-      <c r="E212" s="22" t="s">
+      <c r="E213" s="22" t="s">
         <v>1382</v>
       </c>
-      <c r="F212" s="5" t="s">
+      <c r="F213" s="5" t="s">
         <v>507</v>
       </c>
     </row>
-    <row r="213" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A213" s="31" t="s">
+    <row r="214" spans="1:6" ht="211.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A214" s="31" t="s">
         <v>2103</v>
       </c>
-      <c r="B213" s="25" t="s">
+      <c r="B214" s="25" t="s">
         <v>508</v>
       </c>
-      <c r="C213" s="8" t="s">
+      <c r="C214" s="8" t="s">
         <v>509</v>
       </c>
-      <c r="D213" s="25" t="s">
+      <c r="D214" s="25" t="s">
         <v>510</v>
       </c>
-      <c r="E213" s="25" t="s">
+      <c r="E214" s="25" t="s">
         <v>1383</v>
       </c>
-      <c r="F213" s="9" t="s">
+      <c r="F214" s="9" t="s">
         <v>511</v>
       </c>
     </row>
-    <row r="214" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A214" s="30" t="s">
+    <row r="215" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A215" s="30" t="s">
         <v>2104</v>
       </c>
-      <c r="B214" s="22" t="s">
+      <c r="B215" s="22" t="s">
         <v>512</v>
       </c>
-      <c r="C214" s="4" t="s">
+      <c r="C215" s="4" t="s">
         <v>513</v>
       </c>
-      <c r="D214" s="22" t="s">
+      <c r="D215" s="22" t="s">
         <v>514</v>
       </c>
-      <c r="E214" s="22" t="s">
+      <c r="E215" s="22" t="s">
         <v>515</v>
       </c>
-      <c r="F214" s="5" t="s">
+      <c r="F215" s="5" t="s">
         <v>516</v>
       </c>
     </row>
-    <row r="215" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A215" s="31" t="s">
+    <row r="216" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A216" s="31" t="s">
         <v>2104</v>
       </c>
-      <c r="B215" s="25" t="s">
+      <c r="B216" s="25" t="s">
         <v>517</v>
       </c>
-      <c r="C215" s="8" t="s">
+      <c r="C216" s="8" t="s">
         <v>518</v>
       </c>
-      <c r="D215" s="25" t="s">
+      <c r="D216" s="25" t="s">
         <v>519</v>
       </c>
-      <c r="E215" s="25" t="s">
+      <c r="E216" s="25" t="s">
         <v>520</v>
       </c>
-      <c r="F215" s="9" t="s">
+      <c r="F216" s="9" t="s">
         <v>521</v>
       </c>
     </row>
-    <row r="216" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A216" s="30" t="s">
+    <row r="217" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A217" s="30" t="s">
         <v>2105</v>
       </c>
-      <c r="B216" s="22" t="s">
+      <c r="B217" s="22" t="s">
         <v>522</v>
       </c>
-      <c r="C216" s="4" t="s">
+      <c r="C217" s="4" t="s">
         <v>523</v>
       </c>
-      <c r="D216" s="22" t="s">
+      <c r="D217" s="22" t="s">
         <v>524</v>
       </c>
-      <c r="E216" s="22" t="s">
+      <c r="E217" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F216" s="5" t="s">
+      <c r="F217" s="5" t="s">
         <v>525</v>
       </c>
     </row>
-    <row r="217" spans="1:6" ht="204" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A217" s="31" t="s">
+    <row r="218" spans="1:6" ht="204" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A218" s="31" t="s">
         <v>2106</v>
       </c>
-      <c r="B217" s="25" t="s">
+      <c r="B218" s="25" t="s">
         <v>526</v>
       </c>
-      <c r="C217" s="8" t="s">
+      <c r="C218" s="8" t="s">
         <v>527</v>
       </c>
-      <c r="D217" s="25" t="s">
+      <c r="D218" s="25" t="s">
         <v>528</v>
       </c>
-      <c r="E217" s="25" t="s">
+      <c r="E218" s="25" t="s">
         <v>529</v>
       </c>
-      <c r="F217" s="9" t="s">
+      <c r="F218" s="9" t="s">
         <v>530</v>
       </c>
     </row>
-    <row r="218" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A218" s="30" t="s">
+    <row r="219" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A219" s="30" t="s">
         <v>2107</v>
       </c>
-      <c r="B218" s="22" t="s">
+      <c r="B219" s="22" t="s">
         <v>531</v>
       </c>
-      <c r="C218" s="4" t="s">
+      <c r="C219" s="4" t="s">
         <v>532</v>
       </c>
-      <c r="D218" s="22" t="s">
+      <c r="D219" s="22" t="s">
         <v>533</v>
       </c>
-      <c r="E218" s="22" t="s">
+      <c r="E219" s="22" t="s">
         <v>534</v>
       </c>
-      <c r="F218" s="5" t="s">
+      <c r="F219" s="5" t="s">
         <v>535</v>
       </c>
     </row>
-    <row r="219" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A219" s="31" t="s">
+    <row r="220" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A220" s="31" t="s">
         <v>2108</v>
       </c>
-      <c r="B219" s="25" t="s">
+      <c r="B220" s="25" t="s">
         <v>536</v>
       </c>
-      <c r="C219" s="8" t="s">
+      <c r="C220" s="8" t="s">
         <v>537</v>
       </c>
-      <c r="D219" s="25" t="s">
+      <c r="D220" s="25" t="s">
         <v>538</v>
       </c>
-      <c r="E219" s="25" t="s">
+      <c r="E220" s="25" t="s">
         <v>539</v>
       </c>
-      <c r="F219" s="9" t="s">
+      <c r="F220" s="9" t="s">
         <v>540</v>
       </c>
     </row>
-    <row r="220" spans="1:6" ht="133.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A220" s="30" t="s">
+    <row r="221" spans="1:6" ht="133.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A221" s="30" t="s">
         <v>2109</v>
       </c>
-      <c r="B220" s="22" t="s">
+      <c r="B221" s="22" t="s">
         <v>541</v>
       </c>
-      <c r="C220" s="4" t="s">
+      <c r="C221" s="4" t="s">
         <v>542</v>
       </c>
-      <c r="D220" s="22" t="s">
+      <c r="D221" s="22" t="s">
         <v>543</v>
       </c>
-      <c r="E220" s="22" t="s">
+      <c r="E221" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F220" s="5" t="s">
+      <c r="F221" s="5" t="s">
         <v>544</v>
       </c>
     </row>
-    <row r="221" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A221" s="31" t="s">
+    <row r="222" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A222" s="31" t="s">
         <v>2110</v>
       </c>
-      <c r="B221" s="25" t="s">
+      <c r="B222" s="25" t="s">
         <v>545</v>
       </c>
-      <c r="C221" s="8" t="s">
+      <c r="C222" s="8" t="s">
         <v>546</v>
       </c>
-      <c r="D221" s="25" t="s">
+      <c r="D222" s="25" t="s">
         <v>547</v>
       </c>
-      <c r="E221" s="25" t="s">
+      <c r="E222" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F221" s="9" t="s">
+      <c r="F222" s="9" t="s">
         <v>548</v>
       </c>
     </row>
-    <row r="222" spans="1:6" ht="186" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A222" s="30" t="s">
+    <row r="223" spans="1:6" ht="186" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A223" s="30" t="s">
         <v>2111</v>
       </c>
-      <c r="B222" s="22" t="s">
+      <c r="B223" s="22" t="s">
         <v>549</v>
       </c>
-      <c r="C222" s="4" t="s">
+      <c r="C223" s="4" t="s">
         <v>1384</v>
       </c>
-      <c r="D222" s="22" t="s">
+      <c r="D223" s="22" t="s">
         <v>550</v>
       </c>
-      <c r="E222" s="22" t="s">
+      <c r="E223" s="22" t="s">
         <v>1385</v>
       </c>
-      <c r="F222" s="5" t="s">
+      <c r="F223" s="5" t="s">
         <v>551</v>
       </c>
     </row>
-    <row r="223" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A223" s="31" t="s">
+    <row r="224" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A224" s="31" t="s">
         <v>2104</v>
       </c>
-      <c r="B223" s="25" t="s">
+      <c r="B224" s="25" t="s">
         <v>552</v>
       </c>
-      <c r="C223" s="8" t="s">
+      <c r="C224" s="8" t="s">
         <v>1386</v>
       </c>
-      <c r="D223" s="25" t="s">
+      <c r="D224" s="25" t="s">
         <v>407</v>
       </c>
-      <c r="E223" s="25" t="s">
+      <c r="E224" s="25" t="s">
         <v>407</v>
       </c>
-      <c r="F223" s="9" t="s">
+      <c r="F224" s="9" t="s">
         <v>553</v>
       </c>
     </row>
-    <row r="224" spans="1:6" ht="108.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A224" s="30" t="s">
+    <row r="225" spans="1:6" ht="108.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A225" s="30" t="s">
         <v>2112</v>
       </c>
-      <c r="B224" s="22" t="s">
+      <c r="B225" s="22" t="s">
         <v>554</v>
       </c>
-      <c r="C224" s="4" t="s">
+      <c r="C225" s="4" t="s">
         <v>1387</v>
       </c>
-      <c r="D224" s="22" t="s">
+      <c r="D225" s="22" t="s">
         <v>555</v>
       </c>
-      <c r="E224" s="22" t="s">
+      <c r="E225" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F224" s="5" t="s">
+      <c r="F225" s="5" t="s">
         <v>556</v>
       </c>
     </row>
-    <row r="225" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A225" s="31" t="s">
+    <row r="226" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A226" s="31" t="s">
         <v>2113</v>
       </c>
-      <c r="B225" s="25" t="s">
+      <c r="B226" s="25" t="s">
         <v>557</v>
       </c>
-      <c r="C225" s="8" t="s">
+      <c r="C226" s="8" t="s">
         <v>1387</v>
       </c>
-      <c r="D225" s="25" t="s">
+      <c r="D226" s="25" t="s">
         <v>558</v>
       </c>
-      <c r="E225" s="25" t="s">
+      <c r="E226" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F225" s="9" t="s">
+      <c r="F226" s="9" t="s">
         <v>559</v>
       </c>
     </row>
-    <row r="226" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A226" s="30" t="s">
+    <row r="227" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A227" s="30" t="s">
         <v>2114</v>
       </c>
-      <c r="B226" s="22" t="s">
+      <c r="B227" s="22" t="s">
         <v>560</v>
       </c>
-      <c r="C226" s="4" t="s">
+      <c r="C227" s="4" t="s">
         <v>1388</v>
       </c>
-      <c r="D226" s="22" t="s">
+      <c r="D227" s="22" t="s">
         <v>561</v>
       </c>
-      <c r="E226" s="22" t="s">
+      <c r="E227" s="22" t="s">
         <v>407</v>
       </c>
-      <c r="F226" s="5" t="s">
+      <c r="F227" s="5" t="s">
         <v>562</v>
       </c>
     </row>
-    <row r="227" spans="1:6" ht="141" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A227" s="31" t="s">
+    <row r="228" spans="1:6" ht="141" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A228" s="31" t="s">
         <v>2115</v>
       </c>
-      <c r="B227" s="25" t="s">
+      <c r="B228" s="25" t="s">
         <v>563</v>
       </c>
-      <c r="C227" s="8" t="s">
+      <c r="C228" s="8" t="s">
         <v>1389</v>
       </c>
-      <c r="D227" s="25" t="s">
+      <c r="D228" s="25" t="s">
         <v>564</v>
       </c>
-      <c r="E227" s="25" t="s">
+      <c r="E228" s="25" t="s">
         <v>565</v>
       </c>
-      <c r="F227" s="9" t="s">
+      <c r="F228" s="9" t="s">
         <v>566</v>
       </c>
     </row>
-    <row r="228" spans="1:6" ht="149.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A228" s="30" t="s">
+    <row r="229" spans="1:6" ht="149.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A229" s="30" t="s">
         <v>2116</v>
       </c>
-      <c r="B228" s="22" t="s">
+      <c r="B229" s="22" t="s">
         <v>567</v>
       </c>
-      <c r="C228" s="4" t="s">
+      <c r="C229" s="4" t="s">
         <v>1390</v>
       </c>
-      <c r="D228" s="22" t="s">
+      <c r="D229" s="22" t="s">
         <v>568</v>
       </c>
-      <c r="E228" s="22" t="s">
+      <c r="E229" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F228" s="5" t="s">
+      <c r="F229" s="5" t="s">
         <v>569</v>
       </c>
     </row>
-    <row r="229" spans="1:6" ht="251.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A229" s="31" t="s">
+    <row r="230" spans="1:6" ht="251.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A230" s="31" t="s">
         <v>2117</v>
       </c>
-      <c r="B229" s="25" t="s">
+      <c r="B230" s="25" t="s">
         <v>570</v>
       </c>
-      <c r="C229" s="8" t="s">
+      <c r="C230" s="8" t="s">
         <v>523</v>
       </c>
-      <c r="D229" s="25" t="s">
+      <c r="D230" s="25" t="s">
         <v>571</v>
       </c>
-      <c r="E229" s="25" t="s">
+      <c r="E230" s="25" t="s">
         <v>1391</v>
       </c>
-      <c r="F229" s="9" t="s">
+      <c r="F230" s="9" t="s">
         <v>572</v>
       </c>
     </row>
-    <row r="230" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A230" s="30" t="s">
+    <row r="231" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A231" s="30" t="s">
         <v>2118</v>
       </c>
-      <c r="B230" s="22" t="s">
+      <c r="B231" s="22" t="s">
         <v>573</v>
       </c>
-      <c r="C230" s="4" t="s">
+      <c r="C231" s="4" t="s">
         <v>464</v>
       </c>
-      <c r="D230" s="22" t="s">
+      <c r="D231" s="22" t="s">
         <v>574</v>
       </c>
-      <c r="E230" s="22" t="s">
+      <c r="E231" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F230" s="5" t="s">
+      <c r="F231" s="5" t="s">
         <v>575</v>
       </c>
     </row>
-    <row r="231" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A231" s="31" t="s">
+    <row r="232" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A232" s="31" t="s">
         <v>2119</v>
       </c>
-      <c r="B231" s="25" t="s">
+      <c r="B232" s="25" t="s">
         <v>576</v>
       </c>
-      <c r="C231" s="8" t="s">
+      <c r="C232" s="8" t="s">
         <v>577</v>
       </c>
-      <c r="D231" s="25" t="s">
+      <c r="D232" s="25" t="s">
         <v>578</v>
       </c>
-      <c r="E231" s="25" t="s">
+      <c r="E232" s="25" t="s">
         <v>1392</v>
       </c>
-      <c r="F231" s="9" t="s">
+      <c r="F232" s="9" t="s">
         <v>579</v>
       </c>
     </row>
-    <row r="232" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A232" s="30" t="s">
+    <row r="233" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A233" s="30" t="s">
         <v>2120</v>
       </c>
-      <c r="B232" s="22" t="s">
+      <c r="B233" s="22" t="s">
         <v>580</v>
       </c>
-      <c r="C232" s="4" t="s">
+      <c r="C233" s="4" t="s">
         <v>464</v>
       </c>
-      <c r="D232" s="22" t="s">
+      <c r="D233" s="22" t="s">
         <v>581</v>
       </c>
-      <c r="E232" s="22" t="s">
+      <c r="E233" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F232" s="5" t="s">
+      <c r="F233" s="5" t="s">
         <v>582</v>
       </c>
     </row>
-    <row r="233" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A233" s="31" t="s">
+    <row r="234" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A234" s="31" t="s">
         <v>2120</v>
       </c>
-      <c r="B233" s="25" t="s">
+      <c r="B234" s="25" t="s">
         <v>583</v>
       </c>
-      <c r="C233" s="8" t="s">
+      <c r="C234" s="8" t="s">
         <v>584</v>
       </c>
-      <c r="D233" s="25" t="s">
+      <c r="D234" s="25" t="s">
         <v>585</v>
       </c>
-      <c r="E233" s="25" t="s">
+      <c r="E234" s="25" t="s">
         <v>585</v>
       </c>
-      <c r="F233" s="9" t="s">
+      <c r="F234" s="9" t="s">
         <v>586</v>
       </c>
     </row>
-    <row r="234" spans="1:6" ht="278.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A234" s="30" t="s">
+    <row r="235" spans="1:6" ht="278.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A235" s="30" t="s">
         <v>2121</v>
       </c>
-      <c r="B234" s="22" t="s">
+      <c r="B235" s="22" t="s">
         <v>587</v>
       </c>
-      <c r="C234" s="4" t="s">
+      <c r="C235" s="4" t="s">
         <v>1393</v>
       </c>
-      <c r="D234" s="22" t="s">
+      <c r="D235" s="22" t="s">
         <v>588</v>
       </c>
-      <c r="E234" s="22" t="s">
+      <c r="E235" s="22" t="s">
         <v>1394</v>
       </c>
-      <c r="F234" s="5" t="s">
+      <c r="F235" s="5" t="s">
         <v>589</v>
       </c>
     </row>
-    <row r="235" spans="1:6" ht="175.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A235" s="31" t="s">
+    <row r="236" spans="1:6" ht="175.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A236" s="31" t="s">
         <v>2122</v>
       </c>
-      <c r="B235" s="25" t="s">
+      <c r="B236" s="25" t="s">
         <v>590</v>
       </c>
-      <c r="C235" s="8" t="s">
+      <c r="C236" s="8" t="s">
         <v>1395</v>
       </c>
-      <c r="D235" s="25" t="s">
+      <c r="D236" s="25" t="s">
         <v>591</v>
       </c>
-      <c r="E235" s="25" t="s">
+      <c r="E236" s="25" t="s">
         <v>1396</v>
       </c>
-      <c r="F235" s="9" t="s">
+      <c r="F236" s="9" t="s">
         <v>592</v>
       </c>
     </row>
-    <row r="236" spans="1:6" ht="110.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A236" s="30" t="s">
+    <row r="237" spans="1:6" ht="110.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A237" s="30" t="s">
         <v>2123</v>
       </c>
-      <c r="B236" s="22" t="s">
+      <c r="B237" s="22" t="s">
         <v>593</v>
       </c>
-      <c r="C236" s="4" t="s">
+      <c r="C237" s="4" t="s">
         <v>1397</v>
       </c>
-      <c r="D236" s="22" t="s">
+      <c r="D237" s="22" t="s">
         <v>1398</v>
       </c>
-      <c r="E236" s="22" t="s">
+      <c r="E237" s="22" t="s">
         <v>1399</v>
       </c>
-      <c r="F236" s="5" t="s">
+      <c r="F237" s="5" t="s">
         <v>594</v>
       </c>
     </row>
-    <row r="237" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A237" s="31" t="s">
+    <row r="238" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A238" s="31" t="s">
         <v>2128</v>
       </c>
-      <c r="B237" s="25" t="s">
+      <c r="B238" s="25" t="s">
         <v>595</v>
       </c>
-      <c r="C237" s="8" t="s">
+      <c r="C238" s="8" t="s">
         <v>1400</v>
       </c>
-      <c r="D237" s="25" t="s">
+      <c r="D238" s="25" t="s">
         <v>1401</v>
       </c>
-      <c r="E237" s="25" t="s">
+      <c r="E238" s="25" t="s">
         <v>1402</v>
       </c>
-      <c r="F237" s="9" t="s">
+      <c r="F238" s="9" t="s">
         <v>596</v>
       </c>
     </row>
-    <row r="238" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A238" s="30" t="s">
+    <row r="239" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A239" s="30" t="s">
         <v>2129</v>
       </c>
-      <c r="B238" s="22" t="s">
+      <c r="B239" s="22" t="s">
         <v>597</v>
       </c>
-      <c r="C238" s="4" t="s">
+      <c r="C239" s="4" t="s">
         <v>1387</v>
       </c>
-      <c r="D238" s="22" t="s">
+      <c r="D239" s="22" t="s">
         <v>598</v>
       </c>
-      <c r="E238" s="22" t="s">
+      <c r="E239" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F238" s="5" t="s">
+      <c r="F239" s="5" t="s">
         <v>599</v>
       </c>
     </row>
-    <row r="239" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A239" s="31" t="s">
+    <row r="240" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A240" s="31" t="s">
         <v>2130</v>
       </c>
-      <c r="B239" s="25" t="s">
+      <c r="B240" s="25" t="s">
         <v>600</v>
       </c>
-      <c r="C239" s="8" t="s">
+      <c r="C240" s="8" t="s">
         <v>1387</v>
       </c>
-      <c r="D239" s="25" t="s">
+      <c r="D240" s="25" t="s">
         <v>601</v>
       </c>
-      <c r="E239" s="25" t="s">
+      <c r="E240" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F239" s="9" t="s">
+      <c r="F240" s="9" t="s">
         <v>602</v>
       </c>
     </row>
-    <row r="240" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A240" s="30" t="s">
+    <row r="241" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A241" s="30" t="s">
         <v>2130</v>
       </c>
-      <c r="B240" s="22" t="s">
+      <c r="B241" s="22" t="s">
         <v>603</v>
       </c>
-      <c r="C240" s="4" t="s">
+      <c r="C241" s="4" t="s">
         <v>1403</v>
       </c>
-      <c r="D240" s="22" t="s">
+      <c r="D241" s="22" t="s">
         <v>1404</v>
       </c>
-      <c r="E240" s="22" t="s">
+      <c r="E241" s="22" t="s">
         <v>604</v>
       </c>
-      <c r="F240" s="5" t="s">
+      <c r="F241" s="5" t="s">
         <v>605</v>
       </c>
     </row>
-    <row r="241" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A241" s="31" t="s">
+    <row r="242" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A242" s="31" t="s">
         <v>2131</v>
       </c>
-      <c r="B241" s="25" t="s">
+      <c r="B242" s="25" t="s">
         <v>606</v>
       </c>
-      <c r="C241" s="8" t="s">
+      <c r="C242" s="8" t="s">
         <v>1405</v>
       </c>
-      <c r="D241" s="25" t="s">
+      <c r="D242" s="25" t="s">
         <v>607</v>
       </c>
-      <c r="E241" s="25" t="s">
+      <c r="E242" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F241" s="9" t="s">
+      <c r="F242" s="9" t="s">
         <v>608</v>
       </c>
     </row>
-    <row r="242" spans="1:6" ht="210" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A242" s="30" t="s">
+    <row r="243" spans="1:6" ht="210" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A243" s="30" t="s">
         <v>2132</v>
       </c>
-      <c r="B242" s="22" t="s">
+      <c r="B243" s="22" t="s">
         <v>609</v>
       </c>
-      <c r="C242" s="4" t="s">
+      <c r="C243" s="4" t="s">
         <v>1406</v>
       </c>
-      <c r="D242" s="22" t="s">
+      <c r="D243" s="22" t="s">
         <v>610</v>
       </c>
-      <c r="E242" s="22" t="s">
+      <c r="E243" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F242" s="5" t="s">
+      <c r="F243" s="5" t="s">
         <v>611</v>
       </c>
     </row>
-    <row r="243" spans="1:6" ht="166.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A243" s="31" t="s">
+    <row r="244" spans="1:6" ht="166.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A244" s="31" t="s">
         <v>2133</v>
       </c>
-      <c r="B243" s="25" t="s">
+      <c r="B244" s="25" t="s">
         <v>612</v>
       </c>
-      <c r="C243" s="8" t="s">
+      <c r="C244" s="8" t="s">
         <v>1387</v>
       </c>
-      <c r="D243" s="25" t="s">
+      <c r="D244" s="25" t="s">
         <v>613</v>
       </c>
-      <c r="E243" s="25" t="s">
+      <c r="E244" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F243" s="9" t="s">
+      <c r="F244" s="9" t="s">
         <v>614</v>
       </c>
     </row>
-    <row r="244" spans="1:6" ht="113.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A244" s="30" t="s">
+    <row r="245" spans="1:6" ht="113.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A245" s="30" t="s">
         <v>2134</v>
       </c>
-      <c r="B244" s="22" t="s">
+      <c r="B245" s="22" t="s">
         <v>615</v>
       </c>
-      <c r="C244" s="4" t="s">
+      <c r="C245" s="4" t="s">
         <v>616</v>
       </c>
-      <c r="D244" s="22" t="s">
+      <c r="D245" s="22" t="s">
         <v>617</v>
       </c>
-      <c r="E244" s="22" t="s">
+      <c r="E245" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F244" s="5" t="s">
+      <c r="F245" s="5" t="s">
         <v>618</v>
       </c>
     </row>
-    <row r="245" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A245" s="31" t="s">
+    <row r="246" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A246" s="31" t="s">
         <v>2135</v>
       </c>
-      <c r="B245" s="25" t="s">
+      <c r="B246" s="25" t="s">
         <v>619</v>
       </c>
-      <c r="C245" s="8" t="s">
+      <c r="C246" s="8" t="s">
         <v>1407</v>
       </c>
-      <c r="D245" s="25" t="s">
+      <c r="D246" s="25" t="s">
         <v>1408</v>
       </c>
-      <c r="E245" s="25" t="s">
+      <c r="E246" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F245" s="9" t="s">
+      <c r="F246" s="9" t="s">
         <v>620</v>
       </c>
     </row>
-    <row r="246" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A246" s="30" t="s">
+    <row r="247" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A247" s="30" t="s">
         <v>2136</v>
       </c>
-      <c r="B246" s="22" t="s">
+      <c r="B247" s="22" t="s">
         <v>621</v>
       </c>
-      <c r="C246" s="4" t="s">
+      <c r="C247" s="4" t="s">
         <v>1409</v>
       </c>
-      <c r="D246" s="22" t="s">
+      <c r="D247" s="22" t="s">
         <v>622</v>
       </c>
-      <c r="E246" s="22" t="s">
+      <c r="E247" s="22" t="s">
         <v>623</v>
       </c>
-      <c r="F246" s="5" t="s">
+      <c r="F247" s="5" t="s">
         <v>624</v>
       </c>
     </row>
-    <row r="247" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A247" s="31" t="s">
+    <row r="248" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A248" s="31" t="s">
         <v>2137</v>
       </c>
-      <c r="B247" s="25" t="s">
+      <c r="B248" s="25" t="s">
         <v>625</v>
       </c>
-      <c r="C247" s="8" t="s">
+      <c r="C248" s="8" t="s">
         <v>1410</v>
       </c>
-      <c r="D247" s="25" t="s">
+      <c r="D248" s="25" t="s">
         <v>626</v>
       </c>
-      <c r="E247" s="25" t="s">
+      <c r="E248" s="25" t="s">
         <v>627</v>
       </c>
-      <c r="F247" s="9" t="s">
+      <c r="F248" s="9" t="s">
         <v>628</v>
       </c>
     </row>
-    <row r="248" spans="1:6" ht="97.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A248" s="30" t="s">
+    <row r="249" spans="1:6" ht="97.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A249" s="30" t="s">
         <v>2138</v>
       </c>
-      <c r="B248" s="22" t="s">
+      <c r="B249" s="22" t="s">
         <v>629</v>
       </c>
-      <c r="C248" s="4" t="s">
+      <c r="C249" s="4" t="s">
         <v>1387</v>
       </c>
-      <c r="D248" s="22" t="s">
+      <c r="D249" s="22" t="s">
         <v>630</v>
       </c>
-      <c r="E248" s="22" t="s">
+      <c r="E249" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F248" s="5" t="s">
+      <c r="F249" s="5" t="s">
         <v>631</v>
       </c>
     </row>
-    <row r="249" spans="1:6" ht="124.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A249" s="31" t="s">
+    <row r="250" spans="1:6" ht="124.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A250" s="31" t="s">
         <v>2139</v>
       </c>
-      <c r="B249" s="25" t="s">
+      <c r="B250" s="25" t="s">
         <v>632</v>
       </c>
-      <c r="C249" s="8" t="s">
+      <c r="C250" s="8" t="s">
         <v>1411</v>
       </c>
-      <c r="D249" s="25" t="s">
+      <c r="D250" s="25" t="s">
         <v>1412</v>
       </c>
-      <c r="E249" s="25" t="s">
+      <c r="E250" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F249" s="9" t="s">
+      <c r="F250" s="9" t="s">
         <v>633</v>
       </c>
     </row>
-    <row r="250" spans="1:6" ht="105" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A250" s="30" t="s">
+    <row r="251" spans="1:6" ht="105" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A251" s="30" t="s">
         <v>2139</v>
       </c>
-      <c r="B250" s="22" t="s">
+      <c r="B251" s="22" t="s">
         <v>634</v>
       </c>
-      <c r="C250" s="4" t="s">
+      <c r="C251" s="4" t="s">
         <v>1411</v>
       </c>
-      <c r="D250" s="22" t="s">
+      <c r="D251" s="22" t="s">
         <v>1413</v>
       </c>
-      <c r="E250" s="22" t="s">
+      <c r="E251" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F250" s="5" t="s">
+      <c r="F251" s="5" t="s">
         <v>635</v>
       </c>
     </row>
-    <row r="251" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A251" s="31" t="s">
+    <row r="252" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A252" s="31" t="s">
         <v>2140</v>
       </c>
-      <c r="B251" s="25" t="s">
+      <c r="B252" s="25" t="s">
         <v>636</v>
       </c>
-      <c r="C251" s="8" t="s">
+      <c r="C252" s="8" t="s">
         <v>1414</v>
       </c>
-      <c r="D251" s="25" t="s">
+      <c r="D252" s="25" t="s">
         <v>637</v>
       </c>
-      <c r="E251" s="25" t="s">
+      <c r="E252" s="25" t="s">
         <v>638</v>
       </c>
-      <c r="F251" s="9" t="s">
+      <c r="F252" s="9" t="s">
         <v>639</v>
       </c>
     </row>
-    <row r="252" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A252" s="30" t="s">
+    <row r="253" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A253" s="30" t="s">
         <v>2141</v>
       </c>
-      <c r="B252" s="22" t="s">
+      <c r="B253" s="22" t="s">
         <v>640</v>
       </c>
-      <c r="C252" s="4" t="s">
+      <c r="C253" s="4" t="s">
         <v>1415</v>
       </c>
-      <c r="D252" s="22" t="s">
+      <c r="D253" s="22" t="s">
         <v>641</v>
       </c>
-      <c r="E252" s="22" t="s">
+      <c r="E253" s="22" t="s">
         <v>1416</v>
       </c>
-      <c r="F252" s="5" t="s">
+      <c r="F253" s="5" t="s">
         <v>642</v>
       </c>
     </row>
-    <row r="253" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A253" s="31" t="s">
+    <row r="254" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A254" s="31" t="s">
         <v>2142</v>
       </c>
-      <c r="B253" s="25" t="s">
+      <c r="B254" s="25" t="s">
         <v>643</v>
       </c>
-      <c r="C253" s="8" t="s">
+      <c r="C254" s="8" t="s">
         <v>1417</v>
       </c>
-      <c r="D253" s="25" t="s">
+      <c r="D254" s="25" t="s">
         <v>1418</v>
       </c>
-      <c r="E253" s="25" t="s">
+      <c r="E254" s="25" t="s">
         <v>1419</v>
       </c>
-      <c r="F253" s="9" t="s">
+      <c r="F254" s="9" t="s">
         <v>644</v>
       </c>
     </row>
-    <row r="254" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A254" s="30" t="s">
+    <row r="255" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A255" s="30" t="s">
         <v>2199</v>
       </c>
-      <c r="B254" s="22" t="s">
+      <c r="B255" s="22" t="s">
         <v>645</v>
       </c>
-      <c r="C254" s="4" t="s">
+      <c r="C255" s="4" t="s">
         <v>1420</v>
       </c>
-      <c r="D254" s="22" t="s">
+      <c r="D255" s="22" t="s">
         <v>646</v>
       </c>
-      <c r="E254" s="22" t="s">
+      <c r="E255" s="22" t="s">
         <v>647</v>
       </c>
-      <c r="F254" s="5" t="s">
+      <c r="F255" s="5" t="s">
         <v>648</v>
       </c>
     </row>
-    <row r="255" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A255" s="31" t="s">
+    <row r="256" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A256" s="31" t="s">
         <v>2200</v>
       </c>
-      <c r="B255" s="25" t="s">
+      <c r="B256" s="25" t="s">
         <v>649</v>
       </c>
-      <c r="C255" s="8" t="s">
+      <c r="C256" s="8" t="s">
         <v>1421</v>
       </c>
-      <c r="D255" s="25" t="s">
+      <c r="D256" s="25" t="s">
         <v>650</v>
       </c>
-      <c r="E255" s="25" t="s">
+      <c r="E256" s="25" t="s">
         <v>651</v>
       </c>
-      <c r="F255" s="9" t="s">
+      <c r="F256" s="9" t="s">
         <v>652</v>
       </c>
     </row>
-    <row r="256" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A256" s="30" t="s">
+    <row r="257" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A257" s="30" t="s">
         <v>2201</v>
       </c>
-      <c r="B256" s="22" t="s">
+      <c r="B257" s="22" t="s">
         <v>653</v>
       </c>
-      <c r="C256" s="4" t="s">
+      <c r="C257" s="4" t="s">
         <v>1387</v>
       </c>
-      <c r="D256" s="22" t="s">
+      <c r="D257" s="22" t="s">
         <v>654</v>
       </c>
-      <c r="E256" s="22" t="s">
+      <c r="E257" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F256" s="5" t="s">
+      <c r="F257" s="5" t="s">
         <v>655</v>
       </c>
     </row>
-    <row r="257" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A257" s="31" t="s">
+    <row r="258" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A258" s="31" t="s">
         <v>2201</v>
       </c>
-      <c r="B257" s="25" t="s">
+      <c r="B258" s="25" t="s">
         <v>656</v>
       </c>
-      <c r="C257" s="8" t="s">
+      <c r="C258" s="8" t="s">
         <v>1422</v>
       </c>
-      <c r="D257" s="25" t="s">
+      <c r="D258" s="25" t="s">
         <v>1423</v>
       </c>
-      <c r="E257" s="25" t="s">
+      <c r="E258" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F257" s="9" t="s">
+      <c r="F258" s="9" t="s">
         <v>657</v>
       </c>
     </row>
-    <row r="258" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A258" s="30" t="s">
+    <row r="259" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A259" s="30" t="s">
         <v>2201</v>
       </c>
-      <c r="B258" s="22" t="s">
+      <c r="B259" s="22" t="s">
         <v>658</v>
       </c>
-      <c r="C258" s="4" t="s">
+      <c r="C259" s="4" t="s">
         <v>1424</v>
       </c>
-      <c r="D258" s="22" t="s">
+      <c r="D259" s="22" t="s">
         <v>1425</v>
       </c>
-      <c r="E258" s="22" t="s">
+      <c r="E259" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F258" s="5" t="s">
+      <c r="F259" s="5" t="s">
         <v>659</v>
       </c>
     </row>
-    <row r="259" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A259" s="31" t="s">
+    <row r="260" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A260" s="31" t="s">
         <v>2202</v>
       </c>
-      <c r="B259" s="25" t="s">
+      <c r="B260" s="25" t="s">
         <v>660</v>
       </c>
-      <c r="C259" s="8" t="s">
+      <c r="C260" s="8" t="s">
         <v>1426</v>
       </c>
-      <c r="D259" s="25" t="s">
+      <c r="D260" s="25" t="s">
         <v>1427</v>
       </c>
-      <c r="E259" s="25" t="s">
+      <c r="E260" s="25" t="s">
         <v>1428</v>
       </c>
-      <c r="F259" s="9" t="s">
+      <c r="F260" s="9" t="s">
         <v>661</v>
       </c>
     </row>
-    <row r="260" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A260" s="30" t="s">
+    <row r="261" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A261" s="30" t="s">
         <v>2202</v>
       </c>
-      <c r="B260" s="22" t="s">
+      <c r="B261" s="22" t="s">
         <v>662</v>
       </c>
-      <c r="C260" s="4" t="s">
+      <c r="C261" s="4" t="s">
         <v>1429</v>
       </c>
-      <c r="D260" s="22" t="s">
+      <c r="D261" s="22" t="s">
         <v>663</v>
       </c>
-      <c r="E260" s="22" t="s">
+      <c r="E261" s="22" t="s">
         <v>664</v>
       </c>
-      <c r="F260" s="5" t="s">
+      <c r="F261" s="5" t="s">
         <v>665</v>
       </c>
     </row>
-    <row r="261" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A261" s="31" t="s">
+    <row r="262" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A262" s="31" t="s">
         <v>2203</v>
       </c>
-      <c r="B261" s="25" t="s">
+      <c r="B262" s="25" t="s">
         <v>666</v>
       </c>
-      <c r="C261" s="8" t="s">
+      <c r="C262" s="8" t="s">
         <v>1430</v>
       </c>
-      <c r="D261" s="25" t="s">
+      <c r="D262" s="25" t="s">
         <v>1431</v>
       </c>
-      <c r="E261" s="25" t="s">
+      <c r="E262" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F261" s="9" t="s">
+      <c r="F262" s="9" t="s">
         <v>667</v>
       </c>
     </row>
-    <row r="262" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A262" s="30" t="s">
+    <row r="263" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A263" s="30" t="s">
         <v>2204</v>
       </c>
-      <c r="B262" s="22" t="s">
+      <c r="B263" s="22" t="s">
         <v>668</v>
       </c>
-      <c r="C262" s="4" t="s">
+      <c r="C263" s="4" t="s">
         <v>1432</v>
       </c>
-      <c r="D262" s="22" t="s">
+      <c r="D263" s="22" t="s">
         <v>669</v>
       </c>
-      <c r="E262" s="22" t="s">
+      <c r="E263" s="22" t="s">
         <v>1433</v>
       </c>
-      <c r="F262" s="5" t="s">
+      <c r="F263" s="5" t="s">
         <v>670</v>
       </c>
     </row>
-    <row r="263" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A263" s="31" t="s">
+    <row r="264" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A264" s="31" t="s">
         <v>2205</v>
       </c>
-      <c r="B263" s="25" t="s">
+      <c r="B264" s="25" t="s">
         <v>671</v>
       </c>
-      <c r="C263" s="8" t="s">
+      <c r="C264" s="8" t="s">
         <v>1429</v>
       </c>
-      <c r="D263" s="25" t="s">
+      <c r="D264" s="25" t="s">
         <v>1434</v>
       </c>
-      <c r="E263" s="25" t="s">
+      <c r="E264" s="25" t="s">
         <v>672</v>
       </c>
-      <c r="F263" s="9" t="s">
+      <c r="F264" s="9" t="s">
         <v>673</v>
       </c>
     </row>
-    <row r="264" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A264" s="30" t="s">
+    <row r="265" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A265" s="30" t="s">
         <v>2206</v>
       </c>
-      <c r="B264" s="22" t="s">
+      <c r="B265" s="22" t="s">
         <v>674</v>
       </c>
-      <c r="C264" s="4" t="s">
+      <c r="C265" s="4" t="s">
         <v>1407</v>
       </c>
-      <c r="D264" s="22" t="s">
+      <c r="D265" s="22" t="s">
         <v>1435</v>
       </c>
-      <c r="E264" s="22" t="s">
+      <c r="E265" s="22" t="s">
         <v>1436</v>
       </c>
-      <c r="F264" s="5" t="s">
+      <c r="F265" s="5" t="s">
         <v>675</v>
       </c>
     </row>
-    <row r="265" spans="1:6" ht="277.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A265" s="31" t="s">
+    <row r="266" spans="1:6" ht="277.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A266" s="31" t="s">
         <v>2207</v>
       </c>
-      <c r="B265" s="25" t="s">
+      <c r="B266" s="25" t="s">
         <v>676</v>
       </c>
-      <c r="C265" s="8" t="s">
+      <c r="C266" s="8" t="s">
         <v>1437</v>
       </c>
-      <c r="D265" s="25" t="s">
+      <c r="D266" s="25" t="s">
         <v>1438</v>
       </c>
-      <c r="E265" s="25" t="s">
+      <c r="E266" s="25" t="s">
         <v>1439</v>
       </c>
-      <c r="F265" s="9" t="s">
+      <c r="F266" s="9" t="s">
         <v>677</v>
       </c>
     </row>
-    <row r="266" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A266" s="30" t="s">
+    <row r="267" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A267" s="30" t="s">
         <v>2208</v>
       </c>
-      <c r="B266" s="22" t="s">
+      <c r="B267" s="22" t="s">
         <v>678</v>
       </c>
-      <c r="C266" s="4" t="s">
+      <c r="C267" s="4" t="s">
         <v>1440</v>
       </c>
-      <c r="D266" s="22" t="s">
+      <c r="D267" s="22" t="s">
         <v>1441</v>
       </c>
-      <c r="E266" s="22" t="s">
+      <c r="E267" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F266" s="5" t="s">
+      <c r="F267" s="5" t="s">
         <v>679</v>
       </c>
     </row>
-    <row r="267" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A267" s="31" t="s">
+    <row r="268" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A268" s="31" t="s">
         <v>2209</v>
       </c>
-      <c r="B267" s="25" t="s">
+      <c r="B268" s="25" t="s">
         <v>680</v>
       </c>
-      <c r="C267" s="8" t="s">
+      <c r="C268" s="8" t="s">
         <v>1442</v>
       </c>
-      <c r="D267" s="25" t="s">
+      <c r="D268" s="25" t="s">
         <v>681</v>
       </c>
-      <c r="E267" s="25" t="s">
+      <c r="E268" s="25" t="s">
         <v>1443</v>
       </c>
-      <c r="F267" s="9" t="s">
+      <c r="F268" s="9" t="s">
         <v>682</v>
       </c>
     </row>
-    <row r="268" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A268" s="30" t="s">
+    <row r="269" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A269" s="30" t="s">
         <v>2210</v>
       </c>
-      <c r="B268" s="22" t="s">
+      <c r="B269" s="22" t="s">
         <v>683</v>
       </c>
-      <c r="C268" s="4" t="s">
+      <c r="C269" s="4" t="s">
         <v>1444</v>
       </c>
-      <c r="D268" s="22" t="s">
+      <c r="D269" s="22" t="s">
         <v>1445</v>
       </c>
-      <c r="E268" s="22" t="s">
+      <c r="E269" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F268" s="5" t="s">
+      <c r="F269" s="5" t="s">
         <v>684</v>
       </c>
     </row>
-    <row r="269" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A269" s="31" t="s">
+    <row r="270" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A270" s="31" t="s">
         <v>2211</v>
       </c>
-      <c r="B269" s="25" t="s">
+      <c r="B270" s="25" t="s">
         <v>685</v>
       </c>
-      <c r="C269" s="8" t="s">
+      <c r="C270" s="8" t="s">
         <v>1446</v>
       </c>
-      <c r="D269" s="25" t="s">
+      <c r="D270" s="25" t="s">
         <v>1447</v>
       </c>
-      <c r="E269" s="25" t="s">
+      <c r="E270" s="25" t="s">
         <v>1448</v>
       </c>
-      <c r="F269" s="9" t="s">
+      <c r="F270" s="9" t="s">
         <v>686</v>
       </c>
     </row>
-    <row r="270" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A270" s="30" t="s">
+    <row r="271" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A271" s="30" t="s">
         <v>2211</v>
       </c>
-      <c r="B270" s="22" t="s">
+      <c r="B271" s="22" t="s">
         <v>687</v>
       </c>
-      <c r="C270" s="4" t="s">
+      <c r="C271" s="4" t="s">
         <v>1417</v>
       </c>
-      <c r="D270" s="22" t="s">
+      <c r="D271" s="22" t="s">
         <v>1449</v>
       </c>
-      <c r="E270" s="22" t="s">
+      <c r="E271" s="22" t="s">
         <v>604</v>
       </c>
-      <c r="F270" s="5" t="s">
+      <c r="F271" s="5" t="s">
         <v>688</v>
       </c>
     </row>
-    <row r="271" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A271" s="31" t="s">
+    <row r="272" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A272" s="31" t="s">
         <v>2212</v>
       </c>
-      <c r="B271" s="25" t="s">
+      <c r="B272" s="25" t="s">
         <v>689</v>
       </c>
-      <c r="C271" s="8" t="s">
+      <c r="C272" s="8" t="s">
         <v>1429</v>
       </c>
-      <c r="D271" s="25" t="s">
+      <c r="D272" s="25" t="s">
         <v>1450</v>
       </c>
-      <c r="E271" s="25" t="s">
+      <c r="E272" s="25" t="s">
         <v>604</v>
       </c>
-      <c r="F271" s="9" t="s">
+      <c r="F272" s="9" t="s">
         <v>690</v>
       </c>
     </row>
-    <row r="272" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A272" s="30" t="s">
+    <row r="273" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A273" s="30" t="s">
         <v>2213</v>
       </c>
-      <c r="B272" s="22" t="s">
+      <c r="B273" s="22" t="s">
         <v>691</v>
       </c>
-      <c r="C272" s="4" t="s">
+      <c r="C273" s="4" t="s">
         <v>1417</v>
       </c>
-      <c r="D272" s="22" t="s">
+      <c r="D273" s="22" t="s">
         <v>1451</v>
       </c>
-      <c r="E272" s="22" t="s">
+      <c r="E273" s="22" t="s">
         <v>1452</v>
       </c>
-      <c r="F272" s="5" t="s">
+      <c r="F273" s="5" t="s">
         <v>692</v>
       </c>
     </row>
-    <row r="273" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A273" s="31" t="s">
+    <row r="274" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A274" s="31" t="s">
         <v>2214</v>
       </c>
-      <c r="B273" s="25" t="s">
+      <c r="B274" s="25" t="s">
         <v>693</v>
       </c>
-      <c r="C273" s="8" t="s">
+      <c r="C274" s="8" t="s">
         <v>1453</v>
       </c>
-      <c r="D273" s="25" t="s">
+      <c r="D274" s="25" t="s">
         <v>694</v>
       </c>
-      <c r="E273" s="25" t="s">
+      <c r="E274" s="25" t="s">
         <v>1454</v>
       </c>
-      <c r="F273" s="9" t="s">
+      <c r="F274" s="9" t="s">
         <v>695</v>
       </c>
     </row>
-    <row r="274" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A274" s="30" t="s">
+    <row r="275" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A275" s="30" t="s">
         <v>2215</v>
       </c>
-      <c r="B274" s="22" t="s">
+      <c r="B275" s="22" t="s">
         <v>696</v>
       </c>
-      <c r="C274" s="4" t="s">
+      <c r="C275" s="4" t="s">
         <v>1455</v>
       </c>
-      <c r="D274" s="22" t="s">
+      <c r="D275" s="22" t="s">
         <v>697</v>
       </c>
-      <c r="E274" s="22" t="s">
+      <c r="E275" s="22" t="s">
         <v>1456</v>
       </c>
-      <c r="F274" s="5" t="s">
+      <c r="F275" s="5" t="s">
         <v>698</v>
       </c>
     </row>
-    <row r="275" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A275" s="31" t="s">
+    <row r="276" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A276" s="31" t="s">
         <v>2216</v>
       </c>
-      <c r="B275" s="25" t="s">
+      <c r="B276" s="25" t="s">
         <v>699</v>
       </c>
-      <c r="C275" s="8" t="s">
+      <c r="C276" s="8" t="s">
         <v>1457</v>
       </c>
-      <c r="D275" s="25" t="s">
+      <c r="D276" s="25" t="s">
         <v>1458</v>
       </c>
-      <c r="E275" s="25" t="s">
+      <c r="E276" s="25" t="s">
         <v>604</v>
       </c>
-      <c r="F275" s="9" t="s">
+      <c r="F276" s="9" t="s">
         <v>700</v>
       </c>
     </row>
-    <row r="276" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A276" s="30" t="s">
+    <row r="277" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A277" s="30" t="s">
         <v>2217</v>
       </c>
-      <c r="B276" s="22" t="s">
+      <c r="B277" s="22" t="s">
         <v>701</v>
       </c>
-      <c r="C276" s="4" t="s">
+      <c r="C277" s="4" t="s">
         <v>1459</v>
       </c>
-      <c r="D276" s="22" t="s">
+      <c r="D277" s="22" t="s">
         <v>702</v>
       </c>
-      <c r="E276" s="22" t="s">
+      <c r="E277" s="22" t="s">
         <v>703</v>
       </c>
-      <c r="F276" s="5" t="s">
+      <c r="F277" s="5" t="s">
         <v>704</v>
       </c>
     </row>
-    <row r="277" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A277" s="31" t="s">
+    <row r="278" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A278" s="31" t="s">
         <v>2218</v>
       </c>
-      <c r="B277" s="25" t="s">
+      <c r="B278" s="25" t="s">
         <v>705</v>
       </c>
-      <c r="C277" s="8" t="s">
+      <c r="C278" s="8" t="s">
         <v>1460</v>
       </c>
-      <c r="D277" s="25" t="s">
+      <c r="D278" s="25" t="s">
         <v>706</v>
       </c>
-      <c r="E277" s="25" t="s">
+      <c r="E278" s="25" t="s">
         <v>1461</v>
       </c>
-      <c r="F277" s="9" t="s">
+      <c r="F278" s="9" t="s">
         <v>707</v>
       </c>
     </row>
-    <row r="278" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A278" s="30" t="s">
+    <row r="279" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A279" s="30" t="s">
         <v>2219</v>
       </c>
-      <c r="B278" s="22" t="s">
+      <c r="B279" s="22" t="s">
         <v>708</v>
       </c>
-      <c r="C278" s="4" t="s">
+      <c r="C279" s="4" t="s">
         <v>1462</v>
       </c>
-      <c r="D278" s="22" t="s">
+      <c r="D279" s="22" t="s">
         <v>1463</v>
       </c>
-      <c r="E278" s="22" t="s">
+      <c r="E279" s="22" t="s">
         <v>1464</v>
       </c>
-      <c r="F278" s="5" t="s">
+      <c r="F279" s="5" t="s">
         <v>709</v>
       </c>
     </row>
-    <row r="279" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A279" s="31" t="s">
+    <row r="280" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A280" s="31" t="s">
         <v>2220</v>
       </c>
-      <c r="B279" s="25" t="s">
+      <c r="B280" s="25" t="s">
         <v>710</v>
       </c>
-      <c r="C279" s="8" t="s">
+      <c r="C280" s="8" t="s">
         <v>1457</v>
       </c>
-      <c r="D279" s="25" t="s">
+      <c r="D280" s="25" t="s">
         <v>1465</v>
       </c>
-      <c r="E279" s="25" t="s">
+      <c r="E280" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F279" s="9" t="s">
+      <c r="F280" s="9" t="s">
         <v>711</v>
       </c>
     </row>
-    <row r="280" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A280" s="30" t="s">
+    <row r="281" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A281" s="30" t="s">
         <v>2221</v>
       </c>
-      <c r="B280" s="22" t="s">
+      <c r="B281" s="22" t="s">
         <v>712</v>
       </c>
-      <c r="C280" s="4" t="s">
+      <c r="C281" s="4" t="s">
         <v>1455</v>
       </c>
-      <c r="D280" s="22" t="s">
+      <c r="D281" s="22" t="s">
         <v>1466</v>
       </c>
-      <c r="E280" s="22" t="s">
+      <c r="E281" s="22" t="s">
         <v>1467</v>
       </c>
-      <c r="F280" s="5" t="s">
+      <c r="F281" s="5" t="s">
         <v>713</v>
       </c>
     </row>
-    <row r="281" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A281" s="31" t="s">
+    <row r="282" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A282" s="31" t="s">
         <v>2222</v>
       </c>
-      <c r="B281" s="25" t="s">
+      <c r="B282" s="25" t="s">
         <v>714</v>
       </c>
-      <c r="C281" s="8" t="s">
+      <c r="C282" s="8" t="s">
         <v>1468</v>
       </c>
-      <c r="D281" s="25" t="s">
+      <c r="D282" s="25" t="s">
         <v>1469</v>
       </c>
-      <c r="E281" s="25" t="s">
+      <c r="E282" s="25" t="s">
         <v>1470</v>
       </c>
-      <c r="F281" s="9" t="s">
+      <c r="F282" s="9" t="s">
         <v>715</v>
       </c>
     </row>
-    <row r="282" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A282" s="30" t="s">
+    <row r="283" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A283" s="30" t="s">
         <v>2223</v>
       </c>
-      <c r="B282" s="22" t="s">
+      <c r="B283" s="22" t="s">
         <v>716</v>
       </c>
-      <c r="C282" s="4" t="s">
+      <c r="C283" s="4" t="s">
         <v>1471</v>
       </c>
-      <c r="D282" s="22" t="s">
+      <c r="D283" s="22" t="s">
         <v>1472</v>
       </c>
-      <c r="E282" s="22" t="s">
+      <c r="E283" s="22" t="s">
         <v>1473</v>
       </c>
-      <c r="F282" s="5" t="s">
+      <c r="F283" s="5" t="s">
         <v>717</v>
       </c>
     </row>
-    <row r="283" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A283" s="31" t="s">
+    <row r="284" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A284" s="31" t="s">
         <v>2224</v>
       </c>
-      <c r="B283" s="25" t="s">
+      <c r="B284" s="25" t="s">
         <v>718</v>
       </c>
-      <c r="C283" s="8" t="s">
+      <c r="C284" s="8" t="s">
         <v>1455</v>
       </c>
-      <c r="D283" s="25" t="s">
+      <c r="D284" s="25" t="s">
         <v>1474</v>
       </c>
-      <c r="E283" s="25" t="s">
+      <c r="E284" s="25" t="s">
         <v>604</v>
       </c>
-      <c r="F283" s="9" t="s">
+      <c r="F284" s="9" t="s">
         <v>719</v>
       </c>
     </row>
-    <row r="284" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A284" s="30" t="s">
+    <row r="285" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A285" s="30" t="s">
         <v>2225</v>
       </c>
-      <c r="B284" s="22" t="s">
+      <c r="B285" s="22" t="s">
         <v>720</v>
       </c>
-      <c r="C284" s="4" t="s">
+      <c r="C285" s="4" t="s">
         <v>1475</v>
       </c>
-      <c r="D284" s="22" t="s">
+      <c r="D285" s="22" t="s">
         <v>721</v>
       </c>
-      <c r="E284" s="22" t="s">
+      <c r="E285" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F284" s="5" t="s">
+      <c r="F285" s="5" t="s">
         <v>722</v>
       </c>
     </row>
-    <row r="285" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A285" s="31" t="s">
+    <row r="286" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A286" s="31" t="s">
         <v>2226</v>
       </c>
-      <c r="B285" s="25" t="s">
+      <c r="B286" s="25" t="s">
         <v>723</v>
       </c>
-      <c r="C285" s="8" t="s">
+      <c r="C286" s="8" t="s">
         <v>1476</v>
       </c>
-      <c r="D285" s="25" t="s">
+      <c r="D286" s="25" t="s">
         <v>724</v>
       </c>
-      <c r="E285" s="25" t="s">
+      <c r="E286" s="25" t="s">
         <v>1477</v>
       </c>
-      <c r="F285" s="9" t="s">
+      <c r="F286" s="9" t="s">
         <v>725</v>
       </c>
     </row>
-    <row r="286" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A286" s="30" t="s">
+    <row r="287" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A287" s="30" t="s">
         <v>2227</v>
       </c>
-      <c r="B286" s="22" t="s">
+      <c r="B287" s="22" t="s">
         <v>726</v>
       </c>
-      <c r="C286" s="17" t="s">
+      <c r="C287" s="17" t="s">
         <v>1478</v>
       </c>
-      <c r="D286" s="22" t="s">
+      <c r="D287" s="22" t="s">
         <v>727</v>
       </c>
-      <c r="E286" s="22" t="s">
+      <c r="E287" s="22" t="s">
         <v>1479</v>
       </c>
-      <c r="F286" s="5" t="s">
+      <c r="F287" s="5" t="s">
         <v>728</v>
       </c>
     </row>
-    <row r="287" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A287" s="31" t="s">
+    <row r="288" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A288" s="31" t="s">
         <v>2228</v>
       </c>
-      <c r="B287" s="25" t="s">
+      <c r="B288" s="25" t="s">
         <v>729</v>
       </c>
-      <c r="C287" s="8" t="s">
+      <c r="C288" s="8" t="s">
         <v>1480</v>
       </c>
-      <c r="D287" s="25" t="s">
+      <c r="D288" s="25" t="s">
         <v>730</v>
       </c>
-      <c r="E287" s="25" t="s">
+      <c r="E288" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F287" s="9" t="s">
+      <c r="F288" s="9" t="s">
         <v>731</v>
       </c>
     </row>
-    <row r="288" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A288" s="30" t="s">
+    <row r="289" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A289" s="30" t="s">
         <v>2229</v>
       </c>
-      <c r="B288" s="22" t="s">
+      <c r="B289" s="22" t="s">
         <v>732</v>
       </c>
-      <c r="C288" s="4" t="s">
+      <c r="C289" s="4" t="s">
         <v>1481</v>
       </c>
-      <c r="D288" s="22" t="s">
+      <c r="D289" s="22" t="s">
         <v>733</v>
       </c>
-      <c r="E288" s="22" t="s">
+      <c r="E289" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F288" s="5" t="s">
+      <c r="F289" s="5" t="s">
         <v>734</v>
       </c>
     </row>
-    <row r="289" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A289" s="31" t="s">
+    <row r="290" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A290" s="31" t="s">
         <v>2230</v>
       </c>
-      <c r="B289" s="25" t="s">
+      <c r="B290" s="25" t="s">
         <v>735</v>
       </c>
-      <c r="C289" s="8" t="s">
+      <c r="C290" s="8" t="s">
         <v>1482</v>
       </c>
-      <c r="D289" s="25" t="s">
+      <c r="D290" s="25" t="s">
         <v>736</v>
       </c>
-      <c r="E289" s="25" t="s">
+      <c r="E290" s="25" t="s">
         <v>604</v>
       </c>
-      <c r="F289" s="9" t="s">
+      <c r="F290" s="9" t="s">
         <v>737</v>
       </c>
     </row>
-    <row r="290" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A290" s="30" t="s">
+    <row r="291" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A291" s="30" t="s">
         <v>2231</v>
       </c>
-      <c r="B290" s="22" t="s">
+      <c r="B291" s="22" t="s">
         <v>738</v>
       </c>
-      <c r="C290" s="4" t="s">
+      <c r="C291" s="4" t="s">
         <v>1483</v>
       </c>
-      <c r="D290" s="22" t="s">
+      <c r="D291" s="22" t="s">
         <v>739</v>
       </c>
-      <c r="E290" s="22" t="s">
+      <c r="E291" s="22" t="s">
         <v>1484</v>
       </c>
-      <c r="F290" s="5" t="s">
+      <c r="F291" s="5" t="s">
         <v>740</v>
       </c>
     </row>
-    <row r="291" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A291" s="31" t="s">
+    <row r="292" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A292" s="31" t="s">
         <v>2232</v>
       </c>
-      <c r="B291" s="25" t="s">
+      <c r="B292" s="25" t="s">
         <v>741</v>
       </c>
-      <c r="C291" s="8" t="s">
+      <c r="C292" s="8" t="s">
         <v>1485</v>
       </c>
-      <c r="D291" s="25" t="s">
+      <c r="D292" s="25" t="s">
         <v>742</v>
       </c>
-      <c r="E291" s="25" t="s">
+      <c r="E292" s="25" t="s">
         <v>1486</v>
       </c>
-      <c r="F291" s="9" t="s">
+      <c r="F292" s="9" t="s">
         <v>743</v>
       </c>
     </row>
-    <row r="292" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A292" s="30" t="s">
+    <row r="293" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A293" s="30" t="s">
         <v>2233</v>
       </c>
-      <c r="B292" s="22" t="s">
+      <c r="B293" s="22" t="s">
         <v>744</v>
       </c>
-      <c r="C292" s="4" t="s">
+      <c r="C293" s="4" t="s">
         <v>1487</v>
       </c>
-      <c r="D292" s="22" t="s">
+      <c r="D293" s="22" t="s">
         <v>742</v>
       </c>
-      <c r="E292" s="22" t="s">
+      <c r="E293" s="22" t="s">
         <v>1488</v>
       </c>
-      <c r="F292" s="5" t="s">
+      <c r="F293" s="5" t="s">
         <v>745</v>
       </c>
     </row>
-    <row r="293" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A293" s="31" t="s">
+    <row r="294" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A294" s="31" t="s">
         <v>2234</v>
       </c>
-      <c r="B293" s="25" t="s">
+      <c r="B294" s="25" t="s">
         <v>746</v>
       </c>
-      <c r="C293" s="8" t="s">
+      <c r="C294" s="8" t="s">
         <v>1482</v>
       </c>
-      <c r="D293" s="25" t="s">
+      <c r="D294" s="25" t="s">
         <v>747</v>
       </c>
-      <c r="E293" s="25" t="s">
+      <c r="E294" s="25" t="s">
         <v>748</v>
       </c>
-      <c r="F293" s="9" t="s">
+      <c r="F294" s="9" t="s">
         <v>749</v>
       </c>
     </row>
-    <row r="294" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A294" s="30" t="s">
+    <row r="295" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A295" s="30" t="s">
         <v>2235</v>
       </c>
-      <c r="B294" s="22" t="s">
+      <c r="B295" s="22" t="s">
         <v>750</v>
       </c>
-      <c r="C294" s="4" t="s">
+      <c r="C295" s="4" t="s">
         <v>1489</v>
       </c>
-      <c r="D294" s="22" t="s">
+      <c r="D295" s="22" t="s">
         <v>751</v>
       </c>
-      <c r="E294" s="22" t="s">
+      <c r="E295" s="22" t="s">
         <v>1490</v>
       </c>
-      <c r="F294" s="5" t="s">
+      <c r="F295" s="5" t="s">
         <v>752</v>
       </c>
     </row>
-    <row r="295" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A295" s="31" t="s">
+    <row r="296" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A296" s="31" t="s">
         <v>2236</v>
       </c>
-      <c r="B295" s="25" t="s">
+      <c r="B296" s="25" t="s">
         <v>753</v>
       </c>
-      <c r="C295" s="8" t="s">
+      <c r="C296" s="8" t="s">
         <v>1482</v>
       </c>
-      <c r="D295" s="25" t="s">
+      <c r="D296" s="25" t="s">
         <v>754</v>
       </c>
-      <c r="E295" s="25" t="s">
+      <c r="E296" s="25" t="s">
         <v>755</v>
       </c>
-      <c r="F295" s="9" t="s">
+      <c r="F296" s="9" t="s">
         <v>756</v>
       </c>
     </row>
-    <row r="296" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A296" s="30" t="s">
+    <row r="297" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A297" s="30" t="s">
         <v>2237</v>
       </c>
-      <c r="B296" s="22" t="s">
+      <c r="B297" s="22" t="s">
         <v>757</v>
       </c>
-      <c r="C296" s="4" t="s">
+      <c r="C297" s="4" t="s">
         <v>1491</v>
       </c>
-      <c r="D296" s="22" t="s">
+      <c r="D297" s="22" t="s">
         <v>758</v>
       </c>
-      <c r="E296" s="22" t="s">
+      <c r="E297" s="22" t="s">
         <v>759</v>
       </c>
-      <c r="F296" s="5" t="s">
+      <c r="F297" s="5" t="s">
         <v>760</v>
       </c>
     </row>
-    <row r="297" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A297" s="31" t="s">
+    <row r="298" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A298" s="31" t="s">
         <v>2238</v>
       </c>
-      <c r="B297" s="25" t="s">
+      <c r="B298" s="25" t="s">
         <v>761</v>
       </c>
-      <c r="C297" s="8" t="s">
+      <c r="C298" s="8" t="s">
         <v>1492</v>
       </c>
-      <c r="D297" s="25" t="s">
+      <c r="D298" s="25" t="s">
         <v>762</v>
       </c>
-      <c r="E297" s="25" t="s">
+      <c r="E298" s="25" t="s">
         <v>763</v>
       </c>
-      <c r="F297" s="9" t="s">
+      <c r="F298" s="9" t="s">
         <v>764</v>
       </c>
     </row>
-    <row r="298" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A298" s="30" t="s">
+    <row r="299" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A299" s="30" t="s">
         <v>2239</v>
       </c>
-      <c r="B298" s="22" t="s">
+      <c r="B299" s="22" t="s">
         <v>765</v>
       </c>
-      <c r="C298" s="4" t="s">
+      <c r="C299" s="4" t="s">
         <v>1493</v>
       </c>
-      <c r="D298" s="22" t="s">
+      <c r="D299" s="22" t="s">
         <v>766</v>
       </c>
-      <c r="E298" s="22" t="s">
+      <c r="E299" s="22" t="s">
         <v>767</v>
       </c>
-      <c r="F298" s="5" t="s">
+      <c r="F299" s="5" t="s">
         <v>768</v>
       </c>
     </row>
-    <row r="299" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A299" s="31" t="s">
+    <row r="300" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A300" s="31" t="s">
         <v>2240</v>
       </c>
-      <c r="B299" s="25" t="s">
+      <c r="B300" s="25" t="s">
         <v>769</v>
       </c>
-      <c r="C299" s="8" t="s">
+      <c r="C300" s="8" t="s">
         <v>1494</v>
       </c>
-      <c r="D299" s="25" t="s">
+      <c r="D300" s="25" t="s">
         <v>770</v>
       </c>
-      <c r="E299" s="25" t="s">
+      <c r="E300" s="25" t="s">
         <v>771</v>
       </c>
-      <c r="F299" s="9" t="s">
+      <c r="F300" s="9" t="s">
         <v>772</v>
       </c>
     </row>
-    <row r="300" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A300" s="30" t="s">
+    <row r="301" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A301" s="30" t="s">
         <v>2241</v>
       </c>
-      <c r="B300" s="22" t="s">
+      <c r="B301" s="22" t="s">
         <v>773</v>
       </c>
-      <c r="C300" s="4" t="s">
+      <c r="C301" s="4" t="s">
         <v>1495</v>
       </c>
-      <c r="D300" s="22" t="s">
+      <c r="D301" s="22" t="s">
         <v>774</v>
       </c>
-      <c r="E300" s="22" t="s">
+      <c r="E301" s="22" t="s">
         <v>1496</v>
       </c>
-      <c r="F300" s="5" t="s">
+      <c r="F301" s="5" t="s">
         <v>775</v>
       </c>
     </row>
-    <row r="301" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A301" s="31" t="s">
+    <row r="302" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A302" s="31" t="s">
         <v>2242</v>
       </c>
-      <c r="B301" s="25" t="s">
+      <c r="B302" s="25" t="s">
         <v>776</v>
       </c>
-      <c r="C301" s="8" t="s">
+      <c r="C302" s="8" t="s">
         <v>1497</v>
       </c>
-      <c r="D301" s="25" t="s">
+      <c r="D302" s="25" t="s">
         <v>777</v>
       </c>
-      <c r="E301" s="25" t="s">
+      <c r="E302" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F301" s="9" t="s">
+      <c r="F302" s="9" t="s">
         <v>778</v>
       </c>
     </row>
-    <row r="302" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A302" s="30" t="s">
+    <row r="303" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A303" s="30" t="s">
         <v>2243</v>
       </c>
-      <c r="B302" s="22" t="s">
+      <c r="B303" s="22" t="s">
         <v>779</v>
       </c>
-      <c r="C302" s="4" t="s">
+      <c r="C303" s="4" t="s">
         <v>1498</v>
       </c>
-      <c r="D302" s="22" t="s">
+      <c r="D303" s="22" t="s">
         <v>780</v>
       </c>
-      <c r="E302" s="22" t="s">
+      <c r="E303" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F302" s="5" t="s">
+      <c r="F303" s="5" t="s">
         <v>781</v>
       </c>
     </row>
-    <row r="303" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A303" s="31" t="s">
+    <row r="304" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A304" s="31" t="s">
         <v>2244</v>
       </c>
-      <c r="B303" s="25" t="s">
+      <c r="B304" s="25" t="s">
         <v>782</v>
       </c>
-      <c r="C303" s="8" t="s">
+      <c r="C304" s="8" t="s">
         <v>1455</v>
       </c>
-      <c r="D303" s="25" t="s">
+      <c r="D304" s="25" t="s">
         <v>783</v>
       </c>
-      <c r="E303" s="25" t="s">
+      <c r="E304" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F303" s="9" t="s">
+      <c r="F304" s="9" t="s">
         <v>784</v>
       </c>
     </row>
-    <row r="304" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A304" s="30" t="s">
+    <row r="305" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A305" s="30" t="s">
         <v>2244</v>
       </c>
-      <c r="B304" s="22" t="s">
+      <c r="B305" s="22" t="s">
         <v>785</v>
       </c>
-      <c r="C304" s="4" t="s">
+      <c r="C305" s="4" t="s">
         <v>1499</v>
       </c>
-      <c r="D304" s="22" t="s">
+      <c r="D305" s="22" t="s">
         <v>1500</v>
       </c>
-      <c r="E304" s="22" t="s">
+      <c r="E305" s="22" t="s">
         <v>1501</v>
       </c>
-      <c r="F304" s="5" t="s">
+      <c r="F305" s="5" t="s">
         <v>786</v>
       </c>
     </row>
-    <row r="305" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A305" s="31" t="s">
+    <row r="306" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A306" s="31" t="s">
         <v>2245</v>
       </c>
-      <c r="B305" s="25" t="s">
+      <c r="B306" s="25" t="s">
         <v>787</v>
       </c>
-      <c r="C305" s="8" t="s">
+      <c r="C306" s="8" t="s">
         <v>1502</v>
       </c>
-      <c r="D305" s="25" t="s">
+      <c r="D306" s="25" t="s">
         <v>788</v>
       </c>
-      <c r="E305" s="25" t="s">
+      <c r="E306" s="25" t="s">
         <v>789</v>
       </c>
-      <c r="F305" s="9" t="s">
+      <c r="F306" s="9" t="s">
         <v>790</v>
       </c>
     </row>
-    <row r="306" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A306" s="30" t="s">
+    <row r="307" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A307" s="30" t="s">
         <v>2246</v>
       </c>
-      <c r="B306" s="22" t="s">
+      <c r="B307" s="22" t="s">
         <v>791</v>
       </c>
-      <c r="C306" s="4" t="s">
+      <c r="C307" s="4" t="s">
         <v>1482</v>
       </c>
-      <c r="D306" s="22" t="s">
+      <c r="D307" s="22" t="s">
         <v>792</v>
       </c>
-      <c r="E306" s="22" t="s">
+      <c r="E307" s="22" t="s">
         <v>793</v>
       </c>
-      <c r="F306" s="5" t="s">
+      <c r="F307" s="5" t="s">
         <v>794</v>
       </c>
     </row>
-    <row r="307" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A307" s="31" t="s">
+    <row r="308" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A308" s="31" t="s">
         <v>2247</v>
       </c>
-      <c r="B307" s="25" t="s">
+      <c r="B308" s="25" t="s">
         <v>795</v>
       </c>
-      <c r="C307" s="8" t="s">
+      <c r="C308" s="8" t="s">
         <v>1503</v>
       </c>
-      <c r="D307" s="25" t="s">
+      <c r="D308" s="25" t="s">
         <v>796</v>
       </c>
-      <c r="E307" s="25" t="s">
+      <c r="E308" s="25" t="s">
         <v>1504</v>
       </c>
-      <c r="F307" s="9" t="s">
+      <c r="F308" s="9" t="s">
         <v>797</v>
       </c>
     </row>
-    <row r="308" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A308" s="30" t="s">
+    <row r="309" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A309" s="30" t="s">
         <v>2247</v>
       </c>
-      <c r="B308" s="22" t="s">
+      <c r="B309" s="22" t="s">
         <v>798</v>
       </c>
-      <c r="C308" s="4" t="s">
+      <c r="C309" s="4" t="s">
         <v>1482</v>
       </c>
-      <c r="D308" s="22" t="s">
+      <c r="D309" s="22" t="s">
         <v>799</v>
       </c>
-      <c r="E308" s="22" t="s">
+      <c r="E309" s="22" t="s">
         <v>604</v>
       </c>
-      <c r="F308" s="5" t="s">
+      <c r="F309" s="5" t="s">
         <v>800</v>
       </c>
     </row>
-    <row r="309" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A309" s="31" t="s">
+    <row r="310" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A310" s="31" t="s">
         <v>2248</v>
       </c>
-      <c r="B309" s="25" t="s">
+      <c r="B310" s="25" t="s">
         <v>801</v>
       </c>
-      <c r="C309" s="8" t="s">
+      <c r="C310" s="8" t="s">
         <v>1505</v>
       </c>
-      <c r="D309" s="25" t="s">
+      <c r="D310" s="25" t="s">
         <v>802</v>
       </c>
-      <c r="E309" s="25" t="s">
+      <c r="E310" s="25" t="s">
         <v>1506</v>
       </c>
-      <c r="F309" s="9" t="s">
+      <c r="F310" s="9" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="310" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A310" s="30" t="s">
+    <row r="311" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A311" s="30" t="s">
         <v>2249</v>
       </c>
-      <c r="B310" s="22" t="s">
+      <c r="B311" s="22" t="s">
         <v>804</v>
       </c>
-      <c r="C310" s="4" t="s">
+      <c r="C311" s="4" t="s">
         <v>1507</v>
       </c>
-      <c r="D310" s="22" t="s">
+      <c r="D311" s="22" t="s">
         <v>805</v>
       </c>
-      <c r="E310" s="22" t="s">
+      <c r="E311" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F310" s="5" t="s">
+      <c r="F311" s="5" t="s">
         <v>806</v>
       </c>
     </row>
-    <row r="311" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A311" s="31" t="s">
+    <row r="312" spans="1:6" ht="172.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A312" s="31" t="s">
         <v>2250</v>
       </c>
-      <c r="B311" s="25" t="s">
+      <c r="B312" s="25" t="s">
         <v>807</v>
       </c>
-      <c r="C311" s="8" t="s">
+      <c r="C312" s="8" t="s">
         <v>1508</v>
       </c>
-      <c r="D311" s="25" t="s">
+      <c r="D312" s="25" t="s">
         <v>808</v>
       </c>
-      <c r="E311" s="25" t="s">
+      <c r="E312" s="25" t="s">
         <v>809</v>
       </c>
-      <c r="F311" s="9" t="s">
+      <c r="F312" s="9" t="s">
         <v>810</v>
       </c>
     </row>
-    <row r="312" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A312" s="30" t="s">
+    <row r="313" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A313" s="30" t="s">
         <v>2251</v>
       </c>
-      <c r="B312" s="22" t="s">
+      <c r="B313" s="22" t="s">
         <v>811</v>
       </c>
-      <c r="C312" s="4" t="s">
+      <c r="C313" s="4" t="s">
         <v>1509</v>
       </c>
-      <c r="D312" s="22" t="s">
+      <c r="D313" s="22" t="s">
         <v>812</v>
       </c>
-      <c r="E312" s="22" t="s">
+      <c r="E313" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F312" s="5" t="s">
+      <c r="F313" s="5" t="s">
         <v>813</v>
       </c>
     </row>
-    <row r="313" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A313" s="31" t="s">
+    <row r="314" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A314" s="31" t="s">
         <v>2252</v>
       </c>
-      <c r="B313" s="25" t="s">
+      <c r="B314" s="25" t="s">
         <v>814</v>
       </c>
-      <c r="C313" s="8" t="s">
+      <c r="C314" s="8" t="s">
         <v>1510</v>
       </c>
-      <c r="D313" s="25" t="s">
+      <c r="D314" s="25" t="s">
         <v>815</v>
       </c>
-      <c r="E313" s="25" t="s">
+      <c r="E314" s="25" t="s">
         <v>1511</v>
       </c>
-      <c r="F313" s="9" t="s">
+      <c r="F314" s="9" t="s">
         <v>816</v>
       </c>
     </row>
-    <row r="314" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A314" s="30" t="s">
+    <row r="315" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A315" s="30" t="s">
         <v>2253</v>
       </c>
-      <c r="B314" s="22" t="s">
+      <c r="B315" s="22" t="s">
         <v>817</v>
       </c>
-      <c r="C314" s="4" t="s">
+      <c r="C315" s="4" t="s">
         <v>1512</v>
       </c>
-      <c r="D314" s="22" t="s">
+      <c r="D315" s="22" t="s">
         <v>818</v>
       </c>
-      <c r="E314" s="22" t="s">
+      <c r="E315" s="22" t="s">
         <v>819</v>
       </c>
-      <c r="F314" s="5" t="s">
+      <c r="F315" s="5" t="s">
         <v>820</v>
       </c>
     </row>
-    <row r="315" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A315" s="31" t="s">
+    <row r="316" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A316" s="31" t="s">
         <v>2254</v>
       </c>
-      <c r="B315" s="25" t="s">
+      <c r="B316" s="25" t="s">
         <v>821</v>
       </c>
-      <c r="C315" s="8" t="s">
+      <c r="C316" s="8" t="s">
         <v>1513</v>
       </c>
-      <c r="D315" s="25" t="s">
+      <c r="D316" s="25" t="s">
         <v>822</v>
       </c>
-      <c r="E315" s="25" t="s">
+      <c r="E316" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F315" s="9" t="s">
+      <c r="F316" s="9" t="s">
         <v>823</v>
       </c>
     </row>
-    <row r="316" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A316" s="30" t="s">
+    <row r="317" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A317" s="30" t="s">
         <v>2255</v>
       </c>
-      <c r="B316" s="22" t="s">
+      <c r="B317" s="22" t="s">
         <v>824</v>
       </c>
-      <c r="C316" s="4" t="s">
+      <c r="C317" s="4" t="s">
         <v>1514</v>
       </c>
-      <c r="D316" s="22" t="s">
+      <c r="D317" s="22" t="s">
         <v>825</v>
       </c>
-      <c r="E316" s="22" t="s">
+      <c r="E317" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F316" s="5" t="s">
+      <c r="F317" s="5" t="s">
         <v>826</v>
       </c>
     </row>
-    <row r="317" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A317" s="31" t="s">
+    <row r="318" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A318" s="31" t="s">
         <v>2256</v>
       </c>
-      <c r="B317" s="25" t="s">
+      <c r="B318" s="25" t="s">
         <v>827</v>
       </c>
-      <c r="C317" s="8" t="s">
+      <c r="C318" s="8" t="s">
         <v>1515</v>
       </c>
-      <c r="D317" s="25" t="s">
+      <c r="D318" s="25" t="s">
         <v>828</v>
       </c>
-      <c r="E317" s="25" t="s">
+      <c r="E318" s="25" t="s">
         <v>1516</v>
       </c>
-      <c r="F317" s="9" t="s">
+      <c r="F318" s="9" t="s">
         <v>829</v>
       </c>
     </row>
-    <row r="318" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A318" s="30" t="s">
+    <row r="319" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A319" s="30" t="s">
         <v>2257</v>
       </c>
-      <c r="B318" s="22" t="s">
+      <c r="B319" s="22" t="s">
         <v>830</v>
       </c>
-      <c r="C318" s="4" t="s">
+      <c r="C319" s="4" t="s">
         <v>1517</v>
       </c>
-      <c r="D318" s="22" t="s">
+      <c r="D319" s="22" t="s">
         <v>831</v>
       </c>
-      <c r="E318" s="22" t="s">
+      <c r="E319" s="22" t="s">
         <v>832</v>
       </c>
-      <c r="F318" s="5" t="s">
+      <c r="F319" s="5" t="s">
         <v>833</v>
       </c>
     </row>
-    <row r="319" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A319" s="31" t="s">
+    <row r="320" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A320" s="31" t="s">
         <v>2258</v>
       </c>
-      <c r="B319" s="25" t="s">
+      <c r="B320" s="25" t="s">
         <v>834</v>
       </c>
-      <c r="C319" s="8" t="s">
+      <c r="C320" s="8" t="s">
         <v>1518</v>
       </c>
-      <c r="D319" s="25" t="s">
+      <c r="D320" s="25" t="s">
         <v>1519</v>
       </c>
-      <c r="E319" s="25" t="s">
+      <c r="E320" s="25" t="s">
         <v>1520</v>
       </c>
-      <c r="F319" s="9" t="s">
+      <c r="F320" s="9" t="s">
         <v>835</v>
       </c>
     </row>
-    <row r="320" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A320" s="30" t="s">
+    <row r="321" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A321" s="30" t="s">
         <v>2259</v>
       </c>
-      <c r="B320" s="22" t="s">
+      <c r="B321" s="22" t="s">
         <v>836</v>
       </c>
-      <c r="C320" s="4" t="s">
+      <c r="C321" s="4" t="s">
         <v>1521</v>
       </c>
-      <c r="D320" s="22" t="s">
+      <c r="D321" s="22" t="s">
         <v>837</v>
       </c>
-      <c r="E320" s="22" t="s">
+      <c r="E321" s="22" t="s">
         <v>1522</v>
       </c>
-      <c r="F320" s="5" t="s">
+      <c r="F321" s="5" t="s">
         <v>838</v>
       </c>
     </row>
-    <row r="321" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A321" s="31" t="s">
+    <row r="322" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A322" s="31" t="s">
         <v>2260</v>
       </c>
-      <c r="B321" s="25" t="s">
+      <c r="B322" s="25" t="s">
         <v>839</v>
       </c>
-      <c r="C321" s="8" t="s">
+      <c r="C322" s="8" t="s">
         <v>1523</v>
       </c>
-      <c r="D321" s="25" t="s">
+      <c r="D322" s="25" t="s">
         <v>840</v>
       </c>
-      <c r="E321" s="25" t="s">
+      <c r="E322" s="25" t="s">
         <v>1524</v>
       </c>
-      <c r="F321" s="9" t="s">
+      <c r="F322" s="9" t="s">
         <v>841</v>
       </c>
     </row>
-    <row r="322" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A322" s="30" t="s">
+    <row r="323" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A323" s="30" t="s">
         <v>2260</v>
       </c>
-      <c r="B322" s="22" t="s">
+      <c r="B323" s="22" t="s">
         <v>842</v>
       </c>
-      <c r="C322" s="4" t="s">
+      <c r="C323" s="4" t="s">
         <v>1482</v>
       </c>
-      <c r="D322" s="22" t="s">
+      <c r="D323" s="22" t="s">
         <v>843</v>
       </c>
-      <c r="E322" s="22" t="s">
+      <c r="E323" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F322" s="5" t="s">
+      <c r="F323" s="5" t="s">
         <v>844</v>
       </c>
     </row>
-    <row r="323" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A323" s="31" t="s">
+    <row r="324" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A324" s="31" t="s">
         <v>2261</v>
       </c>
-      <c r="B323" s="25" t="s">
+      <c r="B324" s="25" t="s">
         <v>845</v>
       </c>
-      <c r="C323" s="8" t="s">
+      <c r="C324" s="8" t="s">
         <v>1525</v>
       </c>
-      <c r="D323" s="25" t="s">
+      <c r="D324" s="25" t="s">
         <v>846</v>
       </c>
-      <c r="E323" s="25" t="s">
+      <c r="E324" s="25" t="s">
         <v>847</v>
       </c>
-      <c r="F323" s="9" t="s">
+      <c r="F324" s="9" t="s">
         <v>848</v>
       </c>
     </row>
-    <row r="324" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A324" s="30" t="s">
+    <row r="325" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A325" s="30" t="s">
         <v>2262</v>
       </c>
-      <c r="B324" s="22" t="s">
+      <c r="B325" s="22" t="s">
         <v>849</v>
       </c>
-      <c r="C324" s="4" t="s">
+      <c r="C325" s="4" t="s">
         <v>1526</v>
       </c>
-      <c r="D324" s="22" t="s">
+      <c r="D325" s="22" t="s">
         <v>850</v>
       </c>
-      <c r="E324" s="22" t="s">
+      <c r="E325" s="22" t="s">
         <v>1527</v>
       </c>
-      <c r="F324" s="5" t="s">
+      <c r="F325" s="5" t="s">
         <v>851</v>
       </c>
     </row>
-    <row r="325" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A325" s="31" t="s">
+    <row r="326" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A326" s="31" t="s">
         <v>2263</v>
       </c>
-      <c r="B325" s="25" t="s">
+      <c r="B326" s="25" t="s">
         <v>852</v>
       </c>
-      <c r="C325" s="8" t="s">
+      <c r="C326" s="8" t="s">
         <v>1528</v>
       </c>
-      <c r="D325" s="25" t="s">
+      <c r="D326" s="25" t="s">
         <v>853</v>
       </c>
-      <c r="E325" s="25" t="s">
+      <c r="E326" s="25" t="s">
         <v>854</v>
       </c>
-      <c r="F325" s="9" t="s">
+      <c r="F326" s="9" t="s">
         <v>855</v>
       </c>
     </row>
-    <row r="326" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A326" s="30" t="s">
+    <row r="327" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A327" s="30" t="s">
         <v>2264</v>
       </c>
-      <c r="B326" s="22" t="s">
+      <c r="B327" s="22" t="s">
         <v>856</v>
       </c>
-      <c r="C326" s="4" t="s">
+      <c r="C327" s="4" t="s">
         <v>1529</v>
       </c>
-      <c r="D326" s="22" t="s">
+      <c r="D327" s="22" t="s">
         <v>857</v>
       </c>
-      <c r="E326" s="22" t="s">
+      <c r="E327" s="22" t="s">
         <v>1530</v>
       </c>
-      <c r="F326" s="5" t="s">
+      <c r="F327" s="5" t="s">
         <v>858</v>
       </c>
     </row>
-    <row r="327" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A327" s="31" t="s">
+    <row r="328" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A328" s="31" t="s">
         <v>2265</v>
       </c>
-      <c r="B327" s="25" t="s">
+      <c r="B328" s="25" t="s">
         <v>859</v>
       </c>
-      <c r="C327" s="8" t="s">
+      <c r="C328" s="8" t="s">
         <v>1531</v>
       </c>
-      <c r="D327" s="25" t="s">
+      <c r="D328" s="25" t="s">
         <v>860</v>
       </c>
-      <c r="E327" s="25" t="s">
+      <c r="E328" s="25" t="s">
         <v>861</v>
       </c>
-      <c r="F327" s="9" t="s">
+      <c r="F328" s="9" t="s">
         <v>862</v>
       </c>
     </row>
-    <row r="328" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A328" s="30" t="s">
+    <row r="329" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A329" s="30" t="s">
         <v>863</v>
       </c>
-      <c r="B328" s="22" t="s">
+      <c r="B329" s="22" t="s">
         <v>864</v>
       </c>
-      <c r="C328" s="4" t="s">
+      <c r="C329" s="4" t="s">
         <v>1532</v>
       </c>
-      <c r="D328" s="22" t="s">
+      <c r="D329" s="22" t="s">
         <v>865</v>
       </c>
-      <c r="E328" s="22" t="s">
+      <c r="E329" s="22" t="s">
         <v>866</v>
       </c>
-      <c r="F328" s="5" t="s">
+      <c r="F329" s="5" t="s">
         <v>867</v>
       </c>
     </row>
-    <row r="329" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A329" s="31" t="s">
+    <row r="330" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A330" s="31" t="s">
         <v>2266</v>
       </c>
-      <c r="B329" s="25" t="s">
+      <c r="B330" s="25" t="s">
         <v>868</v>
       </c>
-      <c r="C329" s="8" t="s">
+      <c r="C330" s="8" t="s">
         <v>1533</v>
       </c>
-      <c r="D329" s="25" t="s">
+      <c r="D330" s="25" t="s">
         <v>869</v>
       </c>
-      <c r="E329" s="25" t="s">
+      <c r="E330" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F329" s="9" t="s">
+      <c r="F330" s="9" t="s">
         <v>870</v>
       </c>
     </row>
-    <row r="330" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A330" s="30" t="s">
+    <row r="331" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A331" s="30" t="s">
         <v>2267</v>
       </c>
-      <c r="B330" s="22" t="s">
+      <c r="B331" s="22" t="s">
         <v>871</v>
       </c>
-      <c r="C330" s="4" t="s">
+      <c r="C331" s="4" t="s">
         <v>1534</v>
       </c>
-      <c r="D330" s="22" t="s">
+      <c r="D331" s="22" t="s">
         <v>872</v>
       </c>
-      <c r="E330" s="22" t="s">
+      <c r="E331" s="22" t="s">
         <v>873</v>
       </c>
-      <c r="F330" s="5" t="s">
+      <c r="F331" s="5" t="s">
         <v>874</v>
       </c>
     </row>
-    <row r="331" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A331" s="31" t="s">
+    <row r="332" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A332" s="31" t="s">
         <v>2267</v>
       </c>
-      <c r="B331" s="25" t="s">
+      <c r="B332" s="25" t="s">
         <v>875</v>
       </c>
-      <c r="C331" s="8" t="s">
+      <c r="C332" s="8" t="s">
         <v>1455</v>
       </c>
-      <c r="D331" s="25" t="s">
+      <c r="D332" s="25" t="s">
         <v>876</v>
       </c>
-      <c r="E331" s="25" t="s">
+      <c r="E332" s="25" t="s">
         <v>877</v>
       </c>
-      <c r="F331" s="9" t="s">
+      <c r="F332" s="9" t="s">
         <v>878</v>
       </c>
     </row>
-    <row r="332" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A332" s="30" t="s">
+    <row r="333" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A333" s="30" t="s">
         <v>2268</v>
       </c>
-      <c r="B332" s="22" t="s">
+      <c r="B333" s="22" t="s">
         <v>879</v>
       </c>
-      <c r="C332" s="4" t="s">
+      <c r="C333" s="4" t="s">
         <v>1535</v>
       </c>
-      <c r="D332" s="22" t="s">
+      <c r="D333" s="22" t="s">
         <v>880</v>
       </c>
-      <c r="E332" s="22" t="s">
+      <c r="E333" s="22" t="s">
         <v>1536</v>
       </c>
-      <c r="F332" s="5" t="s">
+      <c r="F333" s="5" t="s">
         <v>881</v>
       </c>
     </row>
-    <row r="333" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A333" s="31" t="s">
+    <row r="334" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A334" s="31" t="s">
         <v>2269</v>
       </c>
-      <c r="B333" s="25" t="s">
+      <c r="B334" s="25" t="s">
         <v>882</v>
       </c>
-      <c r="C333" s="8" t="s">
+      <c r="C334" s="8" t="s">
         <v>1537</v>
       </c>
-      <c r="D333" s="25" t="s">
+      <c r="D334" s="25" t="s">
         <v>883</v>
       </c>
-      <c r="E333" s="25" t="s">
+      <c r="E334" s="25" t="s">
         <v>1538</v>
       </c>
-      <c r="F333" s="9" t="s">
+      <c r="F334" s="9" t="s">
         <v>884</v>
       </c>
     </row>
-    <row r="334" spans="1:6" ht="238.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A334" s="30" t="s">
+    <row r="335" spans="1:6" ht="238.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A335" s="30" t="s">
         <v>2270</v>
       </c>
-      <c r="B334" s="22" t="s">
+      <c r="B335" s="22" t="s">
         <v>885</v>
       </c>
-      <c r="C334" s="4" t="s">
+      <c r="C335" s="4" t="s">
         <v>1539</v>
       </c>
-      <c r="D334" s="22" t="s">
+      <c r="D335" s="22" t="s">
         <v>1540</v>
       </c>
-      <c r="E334" s="22" t="s">
+      <c r="E335" s="22" t="s">
         <v>1541</v>
       </c>
-      <c r="F334" s="5" t="s">
+      <c r="F335" s="5" t="s">
         <v>886</v>
       </c>
     </row>
-    <row r="335" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A335" s="31" t="s">
+    <row r="336" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A336" s="31" t="s">
         <v>2270</v>
       </c>
-      <c r="B335" s="25" t="s">
+      <c r="B336" s="25" t="s">
         <v>887</v>
       </c>
-      <c r="C335" s="8" t="s">
+      <c r="C336" s="8" t="s">
         <v>1542</v>
       </c>
-      <c r="D335" s="25" t="s">
+      <c r="D336" s="25" t="s">
         <v>1543</v>
       </c>
-      <c r="E335" s="25" t="s">
+      <c r="E336" s="25" t="s">
         <v>888</v>
       </c>
-      <c r="F335" s="9" t="s">
+      <c r="F336" s="9" t="s">
         <v>889</v>
       </c>
     </row>
-    <row r="336" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A336" s="30" t="s">
+    <row r="337" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A337" s="30" t="s">
         <v>2271</v>
       </c>
-      <c r="B336" s="22" t="s">
+      <c r="B337" s="22" t="s">
         <v>890</v>
       </c>
-      <c r="C336" s="4" t="s">
+      <c r="C337" s="4" t="s">
         <v>1544</v>
       </c>
-      <c r="D336" s="22" t="s">
+      <c r="D337" s="22" t="s">
         <v>1545</v>
       </c>
-      <c r="E336" s="22" t="s">
+      <c r="E337" s="22" t="s">
         <v>1546</v>
       </c>
-      <c r="F336" s="5" t="s">
+      <c r="F337" s="5" t="s">
         <v>891</v>
       </c>
     </row>
-    <row r="337" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A337" s="31" t="s">
+    <row r="338" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A338" s="31" t="s">
         <v>2272</v>
       </c>
-      <c r="B337" s="25" t="s">
+      <c r="B338" s="25" t="s">
         <v>892</v>
       </c>
-      <c r="C337" s="18" t="s">
+      <c r="C338" s="18" t="s">
         <v>1547</v>
       </c>
-      <c r="D337" s="25" t="s">
+      <c r="D338" s="25" t="s">
         <v>1548</v>
       </c>
-      <c r="E337" s="25" t="s">
+      <c r="E338" s="25" t="s">
         <v>1549</v>
       </c>
-      <c r="F337" s="9" t="s">
+      <c r="F338" s="9" t="s">
         <v>893</v>
       </c>
     </row>
-    <row r="338" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A338" s="30" t="s">
+    <row r="339" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A339" s="30" t="s">
         <v>2273</v>
       </c>
-      <c r="B338" s="22" t="s">
+      <c r="B339" s="22" t="s">
         <v>894</v>
       </c>
-      <c r="C338" s="4" t="s">
+      <c r="C339" s="4" t="s">
         <v>1457</v>
       </c>
-      <c r="D338" s="22" t="s">
+      <c r="D339" s="22" t="s">
         <v>895</v>
       </c>
-      <c r="E338" s="22" t="s">
+      <c r="E339" s="22" t="s">
         <v>896</v>
       </c>
-      <c r="F338" s="5" t="s">
+      <c r="F339" s="5" t="s">
         <v>897</v>
       </c>
     </row>
-    <row r="339" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A339" s="31" t="s">
+    <row r="340" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A340" s="31" t="s">
         <v>2274</v>
       </c>
-      <c r="B339" s="25" t="s">
+      <c r="B340" s="25" t="s">
         <v>898</v>
       </c>
-      <c r="C339" s="8" t="s">
+      <c r="C340" s="8" t="s">
         <v>1525</v>
       </c>
-      <c r="D339" s="25" t="s">
+      <c r="D340" s="25" t="s">
         <v>899</v>
       </c>
-      <c r="E339" s="25" t="s">
+      <c r="E340" s="25" t="s">
         <v>900</v>
       </c>
-      <c r="F339" s="9" t="s">
+      <c r="F340" s="9" t="s">
         <v>901</v>
       </c>
     </row>
-    <row r="340" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A340" s="30" t="s">
+    <row r="341" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A341" s="30" t="s">
         <v>2275</v>
       </c>
-      <c r="B340" s="22" t="s">
+      <c r="B341" s="22" t="s">
         <v>902</v>
       </c>
-      <c r="C340" s="4" t="s">
+      <c r="C341" s="4" t="s">
         <v>1550</v>
       </c>
-      <c r="D340" s="22" t="s">
+      <c r="D341" s="22" t="s">
         <v>903</v>
       </c>
-      <c r="E340" s="22" t="s">
+      <c r="E341" s="22" t="s">
         <v>904</v>
       </c>
-      <c r="F340" s="5" t="s">
+      <c r="F341" s="5" t="s">
         <v>905</v>
       </c>
     </row>
-    <row r="341" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A341" s="31" t="s">
+    <row r="342" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A342" s="31" t="s">
         <v>2276</v>
       </c>
-      <c r="B341" s="25" t="s">
+      <c r="B342" s="25" t="s">
         <v>906</v>
       </c>
-      <c r="C341" s="8" t="s">
+      <c r="C342" s="8" t="s">
         <v>1482</v>
       </c>
-      <c r="D341" s="25" t="s">
+      <c r="D342" s="25" t="s">
         <v>1551</v>
       </c>
-      <c r="E341" s="25" t="s">
+      <c r="E342" s="25" t="s">
         <v>1552</v>
       </c>
-      <c r="F341" s="9" t="s">
+      <c r="F342" s="9" t="s">
         <v>907</v>
       </c>
     </row>
-    <row r="342" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A342" s="30" t="s">
+    <row r="343" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A343" s="30" t="s">
         <v>2277</v>
       </c>
-      <c r="B342" s="22" t="s">
+      <c r="B343" s="22" t="s">
         <v>908</v>
       </c>
-      <c r="C342" s="4" t="s">
+      <c r="C343" s="4" t="s">
         <v>1553</v>
       </c>
-      <c r="D342" s="22" t="s">
+      <c r="D343" s="22" t="s">
         <v>1554</v>
       </c>
-      <c r="E342" s="22" t="s">
+      <c r="E343" s="22" t="s">
         <v>909</v>
       </c>
-      <c r="F342" s="5" t="s">
+      <c r="F343" s="5" t="s">
         <v>910</v>
       </c>
     </row>
-    <row r="343" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A343" s="31" t="s">
+    <row r="344" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A344" s="31" t="s">
         <v>2278</v>
       </c>
-      <c r="B343" s="25" t="s">
+      <c r="B344" s="25" t="s">
         <v>911</v>
       </c>
-      <c r="C343" s="8" t="s">
+      <c r="C344" s="8" t="s">
         <v>1555</v>
       </c>
-      <c r="D343" s="25" t="s">
+      <c r="D344" s="25" t="s">
         <v>912</v>
       </c>
-      <c r="E343" s="25" t="s">
+      <c r="E344" s="25" t="s">
         <v>913</v>
       </c>
-      <c r="F343" s="9" t="s">
+      <c r="F344" s="9" t="s">
         <v>914</v>
       </c>
     </row>
-    <row r="344" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A344" s="30" t="s">
+    <row r="345" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A345" s="30" t="s">
         <v>2279</v>
       </c>
-      <c r="B344" s="22" t="s">
+      <c r="B345" s="22" t="s">
         <v>915</v>
       </c>
-      <c r="C344" s="4" t="s">
+      <c r="C345" s="4" t="s">
         <v>1556</v>
       </c>
-      <c r="D344" s="22" t="s">
+      <c r="D345" s="22" t="s">
         <v>916</v>
       </c>
-      <c r="E344" s="22" t="s">
+      <c r="E345" s="22" t="s">
         <v>1557</v>
       </c>
-      <c r="F344" s="5" t="s">
+      <c r="F345" s="5" t="s">
         <v>917</v>
       </c>
     </row>
-    <row r="345" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A345" s="31" t="s">
+    <row r="346" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A346" s="31" t="s">
         <v>2280</v>
       </c>
-      <c r="B345" s="25" t="s">
+      <c r="B346" s="25" t="s">
         <v>918</v>
       </c>
-      <c r="C345" s="8" t="s">
+      <c r="C346" s="8" t="s">
         <v>1558</v>
       </c>
-      <c r="D345" s="25" t="s">
+      <c r="D346" s="25" t="s">
         <v>919</v>
       </c>
-      <c r="E345" s="25" t="s">
+      <c r="E346" s="25" t="s">
         <v>1559</v>
       </c>
-      <c r="F345" s="9" t="s">
+      <c r="F346" s="9" t="s">
         <v>920</v>
       </c>
     </row>
-    <row r="346" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A346" s="30" t="s">
+    <row r="347" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A347" s="30" t="s">
         <v>2281</v>
       </c>
-      <c r="B346" s="22" t="s">
+      <c r="B347" s="22" t="s">
         <v>921</v>
       </c>
-      <c r="C346" s="4" t="s">
+      <c r="C347" s="4" t="s">
         <v>1560</v>
       </c>
-      <c r="D346" s="22" t="s">
+      <c r="D347" s="22" t="s">
         <v>922</v>
       </c>
-      <c r="E346" s="22" t="s">
+      <c r="E347" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F346" s="5" t="s">
+      <c r="F347" s="5" t="s">
         <v>923</v>
       </c>
     </row>
-    <row r="347" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A347" s="31" t="s">
+    <row r="348" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A348" s="31" t="s">
         <v>2281</v>
       </c>
-      <c r="B347" s="25" t="s">
+      <c r="B348" s="25" t="s">
         <v>924</v>
       </c>
-      <c r="C347" s="8" t="s">
+      <c r="C348" s="8" t="s">
         <v>1544</v>
       </c>
-      <c r="D347" s="25" t="s">
+      <c r="D348" s="25" t="s">
         <v>925</v>
       </c>
-      <c r="E347" s="25" t="s">
+      <c r="E348" s="25" t="s">
         <v>1561</v>
       </c>
-      <c r="F347" s="9" t="s">
+      <c r="F348" s="9" t="s">
         <v>926</v>
       </c>
     </row>
-    <row r="348" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A348" s="30" t="s">
+    <row r="349" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A349" s="30" t="s">
         <v>2281</v>
       </c>
-      <c r="B348" s="22" t="s">
+      <c r="B349" s="22" t="s">
         <v>927</v>
       </c>
-      <c r="C348" s="4" t="s">
+      <c r="C349" s="4" t="s">
         <v>1562</v>
       </c>
-      <c r="D348" s="22" t="s">
+      <c r="D349" s="22" t="s">
         <v>928</v>
       </c>
-      <c r="E348" s="22" t="s">
+      <c r="E349" s="22" t="s">
         <v>1563</v>
       </c>
-      <c r="F348" s="5" t="s">
+      <c r="F349" s="5" t="s">
         <v>929</v>
       </c>
     </row>
-    <row r="349" spans="1:6" ht="264.60000000000002" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A349" s="31" t="s">
+    <row r="350" spans="1:6" ht="264.60000000000002" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A350" s="31" t="s">
         <v>2282</v>
       </c>
-      <c r="B349" s="25" t="s">
+      <c r="B350" s="25" t="s">
         <v>930</v>
       </c>
-      <c r="C349" s="8" t="s">
+      <c r="C350" s="8" t="s">
         <v>1564</v>
       </c>
-      <c r="D349" s="25" t="s">
+      <c r="D350" s="25" t="s">
         <v>931</v>
       </c>
-      <c r="E349" s="25" t="s">
+      <c r="E350" s="25" t="s">
         <v>1565</v>
       </c>
-      <c r="F349" s="9" t="s">
+      <c r="F350" s="9" t="s">
         <v>932</v>
       </c>
     </row>
-    <row r="350" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A350" s="30" t="s">
+    <row r="351" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A351" s="30" t="s">
         <v>2283</v>
       </c>
-      <c r="B350" s="22" t="s">
+      <c r="B351" s="22" t="s">
         <v>933</v>
       </c>
-      <c r="C350" s="4" t="s">
+      <c r="C351" s="4" t="s">
         <v>1566</v>
       </c>
-      <c r="D350" s="22" t="s">
+      <c r="D351" s="22" t="s">
         <v>934</v>
       </c>
-      <c r="E350" s="22" t="s">
+      <c r="E351" s="22" t="s">
         <v>1567</v>
       </c>
-      <c r="F350" s="5" t="s">
+      <c r="F351" s="5" t="s">
         <v>935</v>
       </c>
     </row>
-    <row r="351" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A351" s="31" t="s">
+    <row r="352" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A352" s="31" t="s">
         <v>2283</v>
       </c>
-      <c r="B351" s="25" t="s">
+      <c r="B352" s="25" t="s">
         <v>936</v>
       </c>
-      <c r="C351" s="8" t="s">
+      <c r="C352" s="8" t="s">
         <v>1568</v>
       </c>
-      <c r="D351" s="25" t="s">
+      <c r="D352" s="25" t="s">
         <v>937</v>
       </c>
-      <c r="E351" s="25" t="s">
+      <c r="E352" s="25" t="s">
         <v>1569</v>
       </c>
-      <c r="F351" s="9" t="s">
+      <c r="F352" s="9" t="s">
         <v>938</v>
       </c>
     </row>
-    <row r="352" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A352" s="30" t="s">
+    <row r="353" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A353" s="30" t="s">
         <v>2283</v>
       </c>
-      <c r="B352" s="22" t="s">
+      <c r="B353" s="22" t="s">
         <v>939</v>
       </c>
-      <c r="C352" s="4" t="s">
+      <c r="C353" s="4" t="s">
         <v>1570</v>
       </c>
-      <c r="D352" s="22" t="s">
+      <c r="D353" s="22" t="s">
         <v>940</v>
       </c>
-      <c r="E352" s="22" t="s">
+      <c r="E353" s="22" t="s">
         <v>941</v>
       </c>
-      <c r="F352" s="5" t="s">
+      <c r="F353" s="5" t="s">
         <v>942</v>
       </c>
     </row>
-    <row r="353" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A353" s="31" t="s">
+    <row r="354" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A354" s="31" t="s">
         <v>2284</v>
       </c>
-      <c r="B353" s="25" t="s">
+      <c r="B354" s="25" t="s">
         <v>943</v>
       </c>
-      <c r="C353" s="8" t="s">
+      <c r="C354" s="8" t="s">
         <v>1571</v>
       </c>
-      <c r="D353" s="25" t="s">
+      <c r="D354" s="25" t="s">
         <v>944</v>
       </c>
-      <c r="E353" s="25" t="s">
+      <c r="E354" s="25" t="s">
         <v>1572</v>
       </c>
-      <c r="F353" s="9" t="s">
+      <c r="F354" s="9" t="s">
         <v>945</v>
       </c>
     </row>
-    <row r="354" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A354" s="30" t="s">
+    <row r="355" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A355" s="30" t="s">
         <v>2285</v>
       </c>
-      <c r="B354" s="22" t="s">
+      <c r="B355" s="22" t="s">
         <v>946</v>
       </c>
-      <c r="C354" s="4" t="s">
+      <c r="C355" s="4" t="s">
         <v>1544</v>
       </c>
-      <c r="D354" s="22" t="s">
+      <c r="D355" s="22" t="s">
         <v>947</v>
       </c>
-      <c r="E354" s="22" t="s">
+      <c r="E355" s="22" t="s">
         <v>1573</v>
       </c>
-      <c r="F354" s="5" t="s">
+      <c r="F355" s="5" t="s">
         <v>948</v>
       </c>
     </row>
-    <row r="355" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A355" s="31" t="s">
+    <row r="356" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A356" s="31" t="s">
         <v>2286</v>
       </c>
-      <c r="B355" s="25" t="s">
+      <c r="B356" s="25" t="s">
         <v>949</v>
       </c>
-      <c r="C355" s="8" t="s">
+      <c r="C356" s="8" t="s">
         <v>1574</v>
       </c>
-      <c r="D355" s="25" t="s">
+      <c r="D356" s="25" t="s">
         <v>950</v>
       </c>
-      <c r="E355" s="25" t="s">
+      <c r="E356" s="25" t="s">
         <v>1575</v>
       </c>
-      <c r="F355" s="9" t="s">
+      <c r="F356" s="9" t="s">
         <v>951</v>
       </c>
     </row>
-    <row r="356" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A356" s="30" t="s">
+    <row r="357" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A357" s="30" t="s">
         <v>2287</v>
       </c>
-      <c r="B356" s="22" t="s">
+      <c r="B357" s="22" t="s">
         <v>952</v>
       </c>
-      <c r="C356" s="4" t="s">
+      <c r="C357" s="4" t="s">
         <v>1576</v>
       </c>
-      <c r="D356" s="22" t="s">
+      <c r="D357" s="22" t="s">
         <v>953</v>
       </c>
-      <c r="E356" s="22" t="s">
+      <c r="E357" s="22" t="s">
         <v>954</v>
       </c>
-      <c r="F356" s="5" t="s">
+      <c r="F357" s="5" t="s">
         <v>955</v>
       </c>
     </row>
-    <row r="357" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A357" s="31" t="s">
+    <row r="358" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A358" s="31" t="s">
         <v>2288</v>
       </c>
-      <c r="B357" s="25" t="s">
+      <c r="B358" s="25" t="s">
         <v>956</v>
       </c>
-      <c r="C357" s="8" t="s">
+      <c r="C358" s="8" t="s">
         <v>1577</v>
       </c>
-      <c r="D357" s="25" t="s">
+      <c r="D358" s="25" t="s">
         <v>957</v>
       </c>
-      <c r="E357" s="25" t="s">
+      <c r="E358" s="25" t="s">
         <v>20</v>
       </c>
-      <c r="F357" s="9" t="s">
+      <c r="F358" s="9" t="s">
         <v>958</v>
       </c>
     </row>
-    <row r="358" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A358" s="30" t="s">
+    <row r="359" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A359" s="30" t="s">
         <v>2289</v>
       </c>
-      <c r="B358" s="22" t="s">
+      <c r="B359" s="22" t="s">
         <v>959</v>
       </c>
-      <c r="C358" s="4" t="s">
+      <c r="C359" s="4" t="s">
         <v>1578</v>
       </c>
-      <c r="D358" s="22" t="s">
+      <c r="D359" s="22" t="s">
         <v>960</v>
       </c>
-      <c r="E358" s="22" t="s">
+      <c r="E359" s="22" t="s">
         <v>961</v>
       </c>
-      <c r="F358" s="5" t="s">
+      <c r="F359" s="5" t="s">
         <v>962</v>
       </c>
     </row>
-    <row r="359" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A359" s="31" t="s">
+    <row r="360" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A360" s="31" t="s">
         <v>2289</v>
       </c>
-      <c r="B359" s="25" t="s">
+      <c r="B360" s="25" t="s">
         <v>963</v>
       </c>
-      <c r="C359" s="8" t="s">
+      <c r="C360" s="8" t="s">
         <v>1579</v>
       </c>
-      <c r="D359" s="25" t="s">
+      <c r="D360" s="25" t="s">
         <v>964</v>
       </c>
-      <c r="E359" s="25" t="s">
+      <c r="E360" s="25" t="s">
         <v>1580</v>
       </c>
-      <c r="F359" s="9" t="s">
+      <c r="F360" s="9" t="s">
         <v>965</v>
       </c>
     </row>
-    <row r="360" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A360" s="30" t="s">
+    <row r="361" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A361" s="30" t="s">
         <v>2290</v>
       </c>
-      <c r="B360" s="22" t="s">
+      <c r="B361" s="22" t="s">
         <v>966</v>
       </c>
-      <c r="C360" s="4" t="s">
+      <c r="C361" s="4" t="s">
         <v>1581</v>
       </c>
-      <c r="D360" s="22" t="s">
+      <c r="D361" s="22" t="s">
         <v>967</v>
       </c>
-      <c r="E360" s="22" t="s">
+      <c r="E361" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F360" s="5" t="s">
+      <c r="F361" s="5" t="s">
         <v>968</v>
       </c>
     </row>
-    <row r="361" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A361" s="31" t="s">
+    <row r="362" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A362" s="31" t="s">
         <v>2290</v>
       </c>
-      <c r="B361" s="25" t="s">
+      <c r="B362" s="25" t="s">
         <v>969</v>
       </c>
-      <c r="C361" s="8" t="s">
+      <c r="C362" s="8" t="s">
         <v>1582</v>
       </c>
-      <c r="D361" s="25" t="s">
+      <c r="D362" s="25" t="s">
         <v>970</v>
       </c>
-      <c r="E361" s="25" t="s">
+      <c r="E362" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F361" s="9" t="s">
+      <c r="F362" s="9" t="s">
         <v>971</v>
       </c>
     </row>
-    <row r="362" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A362" s="30" t="s">
+    <row r="363" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A363" s="30" t="s">
         <v>2291</v>
       </c>
-      <c r="B362" s="22" t="s">
+      <c r="B363" s="22" t="s">
         <v>972</v>
       </c>
-      <c r="C362" s="4" t="s">
+      <c r="C363" s="4" t="s">
         <v>1583</v>
       </c>
-      <c r="D362" s="22" t="s">
+      <c r="D363" s="22" t="s">
         <v>973</v>
       </c>
-      <c r="E362" s="22" t="s">
+      <c r="E363" s="22" t="s">
         <v>1584</v>
       </c>
-      <c r="F362" s="5" t="s">
+      <c r="F363" s="5" t="s">
         <v>974</v>
       </c>
     </row>
-    <row r="363" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A363" s="31" t="s">
+    <row r="364" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A364" s="31" t="s">
         <v>1585</v>
       </c>
-      <c r="B363" s="25" t="s">
+      <c r="B364" s="25" t="s">
         <v>975</v>
       </c>
-      <c r="C363" s="8" t="s">
+      <c r="C364" s="8" t="s">
         <v>1586</v>
       </c>
-      <c r="D363" s="25" t="s">
+      <c r="D364" s="25" t="s">
         <v>976</v>
       </c>
-      <c r="E363" s="25" t="s">
+      <c r="E364" s="25" t="s">
         <v>1587</v>
       </c>
-      <c r="F363" s="9" t="s">
+      <c r="F364" s="9" t="s">
         <v>977</v>
       </c>
     </row>
-    <row r="364" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A364" s="30" t="s">
+    <row r="365" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A365" s="30" t="s">
         <v>978</v>
       </c>
-      <c r="B364" s="22" t="s">
+      <c r="B365" s="22" t="s">
         <v>979</v>
       </c>
-      <c r="C364" s="4" t="s">
+      <c r="C365" s="4" t="s">
         <v>1588</v>
       </c>
-      <c r="D364" s="22" t="s">
+      <c r="D365" s="22" t="s">
         <v>980</v>
       </c>
-      <c r="E364" s="22" t="s">
+      <c r="E365" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F364" s="5" t="s">
+      <c r="F365" s="5" t="s">
         <v>981</v>
       </c>
     </row>
-    <row r="365" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A365" s="31" t="s">
+    <row r="366" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A366" s="31" t="s">
         <v>982</v>
       </c>
-      <c r="B365" s="25" t="s">
+      <c r="B366" s="25" t="s">
         <v>983</v>
       </c>
-      <c r="C365" s="8" t="s">
+      <c r="C366" s="8" t="s">
         <v>1589</v>
       </c>
-      <c r="D365" s="25" t="s">
+      <c r="D366" s="25" t="s">
         <v>984</v>
       </c>
-      <c r="E365" s="25" t="s">
+      <c r="E366" s="25" t="s">
         <v>1590</v>
       </c>
-      <c r="F365" s="9" t="s">
+      <c r="F366" s="9" t="s">
         <v>985</v>
       </c>
     </row>
-    <row r="366" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A366" s="30" t="s">
+    <row r="367" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A367" s="30" t="s">
         <v>986</v>
       </c>
-      <c r="B366" s="22" t="s">
+      <c r="B367" s="22" t="s">
         <v>987</v>
       </c>
-      <c r="C366" s="4" t="s">
+      <c r="C367" s="4" t="s">
         <v>1591</v>
       </c>
-      <c r="D366" s="22" t="s">
+      <c r="D367" s="22" t="s">
         <v>988</v>
       </c>
-      <c r="E366" s="22" t="s">
+      <c r="E367" s="22" t="s">
         <v>1592</v>
       </c>
-      <c r="F366" s="5" t="s">
+      <c r="F367" s="5" t="s">
         <v>989</v>
       </c>
     </row>
-    <row r="367" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A367" s="31" t="s">
+    <row r="368" spans="1:6" ht="132.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A368" s="31" t="s">
         <v>990</v>
       </c>
-      <c r="B367" s="25" t="s">
+      <c r="B368" s="25" t="s">
         <v>991</v>
       </c>
-      <c r="C367" s="8" t="s">
+      <c r="C368" s="8" t="s">
         <v>1593</v>
       </c>
-      <c r="D367" s="25" t="s">
+      <c r="D368" s="25" t="s">
         <v>992</v>
       </c>
-      <c r="E367" s="25" t="s">
+      <c r="E368" s="25" t="s">
         <v>1594</v>
       </c>
-      <c r="F367" s="9" t="s">
+      <c r="F368" s="9" t="s">
         <v>993</v>
       </c>
     </row>
-    <row r="368" spans="1:6" ht="138" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A368" s="30" t="s">
+    <row r="369" spans="1:6" ht="138" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A369" s="30" t="s">
         <v>994</v>
       </c>
-      <c r="B368" s="22" t="s">
+      <c r="B369" s="22" t="s">
         <v>995</v>
       </c>
-      <c r="C368" s="4" t="s">
+      <c r="C369" s="4" t="s">
         <v>1595</v>
       </c>
-      <c r="D368" s="22" t="s">
+      <c r="D369" s="22" t="s">
         <v>996</v>
       </c>
-      <c r="E368" s="22" t="s">
+      <c r="E369" s="22" t="s">
         <v>1596</v>
       </c>
-      <c r="F368" s="5" t="s">
+      <c r="F369" s="5" t="s">
         <v>997</v>
       </c>
     </row>
-    <row r="369" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A369" s="31" t="s">
+    <row r="370" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A370" s="31" t="s">
         <v>1597</v>
       </c>
-      <c r="B369" s="25" t="s">
+      <c r="B370" s="25" t="s">
         <v>998</v>
       </c>
-      <c r="C369" s="8" t="s">
+      <c r="C370" s="8" t="s">
         <v>1598</v>
       </c>
-      <c r="D369" s="25" t="s">
+      <c r="D370" s="25" t="s">
         <v>999</v>
       </c>
-      <c r="E369" s="25" t="s">
+      <c r="E370" s="25" t="s">
         <v>1599</v>
       </c>
-      <c r="F369" s="9" t="s">
+      <c r="F370" s="9" t="s">
         <v>1000</v>
       </c>
     </row>
-    <row r="370" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A370" s="30" t="s">
+    <row r="371" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A371" s="30" t="s">
         <v>1001</v>
       </c>
-      <c r="B370" s="22" t="s">
+      <c r="B371" s="22" t="s">
         <v>1002</v>
       </c>
-      <c r="C370" s="4" t="s">
+      <c r="C371" s="4" t="s">
         <v>1600</v>
       </c>
-      <c r="D370" s="22" t="s">
+      <c r="D371" s="22" t="s">
         <v>1003</v>
       </c>
-      <c r="E370" s="22" t="s">
+      <c r="E371" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F370" s="5" t="s">
+      <c r="F371" s="5" t="s">
         <v>1004</v>
       </c>
     </row>
-    <row r="371" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A371" s="31" t="s">
+    <row r="372" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A372" s="31" t="s">
         <v>1601</v>
       </c>
-      <c r="B371" s="25" t="s">
+      <c r="B372" s="25" t="s">
         <v>1005</v>
       </c>
-      <c r="C371" s="8" t="s">
+      <c r="C372" s="8" t="s">
         <v>1602</v>
       </c>
-      <c r="D371" s="25" t="s">
+      <c r="D372" s="25" t="s">
         <v>1006</v>
       </c>
-      <c r="E371" s="25" t="s">
+      <c r="E372" s="25" t="s">
         <v>1007</v>
       </c>
-      <c r="F371" s="9" t="s">
+      <c r="F372" s="9" t="s">
         <v>1008</v>
       </c>
     </row>
-    <row r="372" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A372" s="30" t="s">
+    <row r="373" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A373" s="30" t="s">
         <v>1009</v>
       </c>
-      <c r="B372" s="22" t="s">
+      <c r="B373" s="22" t="s">
         <v>1010</v>
       </c>
-      <c r="C372" s="4" t="s">
+      <c r="C373" s="4" t="s">
         <v>1603</v>
       </c>
-      <c r="D372" s="22" t="s">
+      <c r="D373" s="22" t="s">
         <v>1011</v>
       </c>
-      <c r="E372" s="22" t="s">
+      <c r="E373" s="22" t="s">
         <v>1604</v>
       </c>
-      <c r="F372" s="5" t="s">
+      <c r="F373" s="5" t="s">
         <v>1012</v>
       </c>
     </row>
-    <row r="373" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A373" s="31" t="s">
+    <row r="374" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A374" s="31" t="s">
         <v>1013</v>
       </c>
-      <c r="B373" s="25" t="s">
+      <c r="B374" s="25" t="s">
         <v>1014</v>
       </c>
-      <c r="C373" s="8" t="s">
+      <c r="C374" s="8" t="s">
         <v>1605</v>
       </c>
-      <c r="D373" s="25" t="s">
+      <c r="D374" s="25" t="s">
         <v>1015</v>
       </c>
-      <c r="E373" s="25" t="s">
+      <c r="E374" s="25" t="s">
         <v>1606</v>
       </c>
-      <c r="F373" s="9" t="s">
+      <c r="F374" s="9" t="s">
         <v>1016</v>
       </c>
     </row>
-    <row r="374" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A374" s="30" t="s">
+    <row r="375" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A375" s="30" t="s">
         <v>1607</v>
       </c>
-      <c r="B374" s="22" t="s">
+      <c r="B375" s="22" t="s">
         <v>1017</v>
       </c>
-      <c r="C374" s="4" t="s">
+      <c r="C375" s="4" t="s">
         <v>1608</v>
       </c>
-      <c r="D374" s="22" t="s">
+      <c r="D375" s="22" t="s">
         <v>1018</v>
       </c>
-      <c r="E374" s="22" t="s">
+      <c r="E375" s="22" t="s">
         <v>1019</v>
       </c>
-      <c r="F374" s="5" t="s">
+      <c r="F375" s="5" t="s">
         <v>1020</v>
       </c>
     </row>
-    <row r="375" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A375" s="31" t="s">
+    <row r="376" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A376" s="31" t="s">
         <v>1021</v>
       </c>
-      <c r="B375" s="25" t="s">
+      <c r="B376" s="25" t="s">
         <v>1022</v>
       </c>
-      <c r="C375" s="8" t="s">
+      <c r="C376" s="8" t="s">
         <v>1609</v>
       </c>
-      <c r="D375" s="25" t="s">
+      <c r="D376" s="25" t="s">
         <v>1023</v>
       </c>
-      <c r="E375" s="25" t="s">
+      <c r="E376" s="25" t="s">
         <v>1610</v>
       </c>
-      <c r="F375" s="9" t="s">
+      <c r="F376" s="9" t="s">
         <v>1024</v>
       </c>
     </row>
-    <row r="376" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A376" s="30" t="s">
+    <row r="377" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A377" s="30" t="s">
         <v>1611</v>
       </c>
-      <c r="B376" s="22" t="s">
+      <c r="B377" s="22" t="s">
         <v>1025</v>
       </c>
-      <c r="C376" s="4" t="s">
+      <c r="C377" s="4" t="s">
         <v>1612</v>
       </c>
-      <c r="D376" s="22" t="s">
+      <c r="D377" s="22" t="s">
         <v>1026</v>
       </c>
-      <c r="E376" s="22" t="s">
+      <c r="E377" s="22" t="s">
         <v>1613</v>
       </c>
-      <c r="F376" s="5" t="s">
+      <c r="F377" s="5" t="s">
         <v>1027</v>
       </c>
     </row>
-    <row r="377" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A377" s="31" t="s">
+    <row r="378" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A378" s="31" t="s">
         <v>1614</v>
       </c>
-      <c r="B377" s="25" t="s">
+      <c r="B378" s="25" t="s">
         <v>1028</v>
       </c>
-      <c r="C377" s="8" t="s">
+      <c r="C378" s="8" t="s">
         <v>1609</v>
       </c>
-      <c r="D377" s="25" t="s">
+      <c r="D378" s="25" t="s">
         <v>1029</v>
       </c>
-      <c r="E377" s="25" t="s">
+      <c r="E378" s="25" t="s">
         <v>1615</v>
       </c>
-      <c r="F377" s="9" t="s">
+      <c r="F378" s="9" t="s">
         <v>1030</v>
       </c>
     </row>
-    <row r="378" spans="1:6" ht="187.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A378" s="30" t="s">
+    <row r="379" spans="1:6" ht="187.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A379" s="30" t="s">
         <v>1031</v>
       </c>
-      <c r="B378" s="22" t="s">
+      <c r="B379" s="22" t="s">
         <v>1032</v>
       </c>
-      <c r="C378" s="4" t="s">
+      <c r="C379" s="4" t="s">
         <v>1616</v>
       </c>
-      <c r="D378" s="22" t="s">
+      <c r="D379" s="22" t="s">
         <v>1033</v>
       </c>
-      <c r="E378" s="22" t="s">
+      <c r="E379" s="22" t="s">
         <v>1617</v>
       </c>
-      <c r="F378" s="5" t="s">
+      <c r="F379" s="5" t="s">
         <v>1034</v>
       </c>
     </row>
-    <row r="379" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A379" s="31" t="s">
+    <row r="380" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A380" s="31" t="s">
         <v>1618</v>
       </c>
-      <c r="B379" s="25" t="s">
+      <c r="B380" s="25" t="s">
         <v>1035</v>
       </c>
-      <c r="C379" s="8" t="s">
+      <c r="C380" s="8" t="s">
         <v>1609</v>
       </c>
-      <c r="D379" s="25" t="s">
+      <c r="D380" s="25" t="s">
         <v>1036</v>
       </c>
-      <c r="E379" s="25" t="s">
+      <c r="E380" s="25" t="s">
         <v>1037</v>
       </c>
-      <c r="F379" s="9" t="s">
+      <c r="F380" s="9" t="s">
         <v>1038</v>
       </c>
     </row>
-    <row r="380" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A380" s="30" t="s">
+    <row r="381" spans="1:6" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A381" s="30" t="s">
         <v>1039</v>
       </c>
-      <c r="B380" s="22" t="s">
+      <c r="B381" s="22" t="s">
         <v>1040</v>
       </c>
-      <c r="C380" s="4" t="s">
+      <c r="C381" s="4" t="s">
         <v>1619</v>
       </c>
-      <c r="D380" s="22" t="s">
+      <c r="D381" s="22" t="s">
         <v>1041</v>
       </c>
-      <c r="E380" s="22" t="s">
+      <c r="E381" s="22" t="s">
         <v>1620</v>
       </c>
-      <c r="F380" s="5" t="s">
+      <c r="F381" s="5" t="s">
         <v>1042</v>
       </c>
     </row>
-    <row r="381" spans="1:6" ht="185.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A381" s="31" t="s">
+    <row r="382" spans="1:6" ht="185.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A382" s="31" t="s">
         <v>1621</v>
       </c>
-      <c r="B381" s="25" t="s">
+      <c r="B382" s="25" t="s">
         <v>1043</v>
       </c>
-      <c r="C381" s="8" t="s">
+      <c r="C382" s="8" t="s">
         <v>1622</v>
       </c>
-      <c r="D381" s="25" t="s">
+      <c r="D382" s="25" t="s">
         <v>1044</v>
       </c>
-      <c r="E381" s="25" t="s">
+      <c r="E382" s="25" t="s">
         <v>1623</v>
       </c>
-      <c r="F381" s="9" t="s">
+      <c r="F382" s="9" t="s">
         <v>1045</v>
       </c>
     </row>
-    <row r="382" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A382" s="30" t="s">
+    <row r="383" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A383" s="30" t="s">
         <v>1621</v>
       </c>
-      <c r="B382" s="22" t="s">
+      <c r="B383" s="22" t="s">
         <v>1046</v>
       </c>
-      <c r="C382" s="4" t="s">
+      <c r="C383" s="4" t="s">
         <v>1624</v>
       </c>
-      <c r="D382" s="22" t="s">
+      <c r="D383" s="22" t="s">
         <v>1047</v>
       </c>
-      <c r="E382" s="22" t="s">
+      <c r="E383" s="22" t="s">
         <v>1625</v>
       </c>
-      <c r="F382" s="5" t="s">
+      <c r="F383" s="5" t="s">
         <v>1048</v>
       </c>
     </row>
-    <row r="383" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A383" s="31" t="s">
+    <row r="384" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A384" s="31" t="s">
         <v>1626</v>
       </c>
-      <c r="B383" s="25" t="s">
+      <c r="B384" s="25" t="s">
         <v>1049</v>
       </c>
-      <c r="C383" s="8" t="s">
+      <c r="C384" s="8" t="s">
         <v>1609</v>
       </c>
-      <c r="D383" s="25" t="s">
+      <c r="D384" s="25" t="s">
         <v>1050</v>
       </c>
-      <c r="E383" s="25" t="s">
+      <c r="E384" s="25" t="s">
         <v>1627</v>
       </c>
-      <c r="F383" s="9" t="s">
+      <c r="F384" s="9" t="s">
         <v>1051</v>
       </c>
     </row>
-    <row r="384" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A384" s="30" t="s">
+    <row r="385" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A385" s="30" t="s">
         <v>1626</v>
       </c>
-      <c r="B384" s="22" t="s">
+      <c r="B385" s="22" t="s">
         <v>1052</v>
       </c>
-      <c r="C384" s="4" t="s">
+      <c r="C385" s="4" t="s">
         <v>1628</v>
       </c>
-      <c r="D384" s="22" t="s">
+      <c r="D385" s="22" t="s">
         <v>1053</v>
       </c>
-      <c r="E384" s="22" t="s">
+      <c r="E385" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F384" s="5" t="s">
+      <c r="F385" s="5" t="s">
         <v>1054</v>
       </c>
     </row>
-    <row r="385" spans="1:6" ht="185.4" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A385" s="31" t="s">
+    <row r="386" spans="1:6" ht="185.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A386" s="31" t="s">
         <v>1629</v>
       </c>
-      <c r="B385" s="25" t="s">
+      <c r="B386" s="25" t="s">
         <v>1055</v>
       </c>
-      <c r="C385" s="8" t="s">
+      <c r="C386" s="8" t="s">
         <v>1630</v>
       </c>
-      <c r="D385" s="25" t="s">
+      <c r="D386" s="25" t="s">
         <v>1056</v>
       </c>
-      <c r="E385" s="25" t="s">
+      <c r="E386" s="25" t="s">
         <v>1631</v>
       </c>
-      <c r="F385" s="9" t="s">
+      <c r="F386" s="9" t="s">
         <v>1057</v>
       </c>
     </row>
-    <row r="386" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A386" s="30" t="s">
+    <row r="387" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A387" s="30" t="s">
         <v>1058</v>
       </c>
-      <c r="B386" s="22" t="s">
+      <c r="B387" s="22" t="s">
         <v>1059</v>
       </c>
-      <c r="C386" s="4" t="s">
+      <c r="C387" s="4" t="s">
         <v>1609</v>
       </c>
-      <c r="D386" s="22" t="s">
+      <c r="D387" s="22" t="s">
         <v>1060</v>
       </c>
-      <c r="E386" s="22" t="s">
+      <c r="E387" s="22" t="s">
         <v>1632</v>
       </c>
-      <c r="F386" s="5" t="s">
+      <c r="F387" s="5" t="s">
         <v>1061</v>
       </c>
     </row>
-    <row r="387" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A387" s="31" t="s">
+    <row r="388" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A388" s="31" t="s">
         <v>1062</v>
       </c>
-      <c r="B387" s="25" t="s">
+      <c r="B388" s="25" t="s">
         <v>1063</v>
       </c>
-      <c r="C387" s="8" t="s">
+      <c r="C388" s="8" t="s">
         <v>1633</v>
       </c>
-      <c r="D387" s="25" t="s">
+      <c r="D388" s="25" t="s">
         <v>1064</v>
       </c>
-      <c r="E387" s="25" t="s">
+      <c r="E388" s="25" t="s">
         <v>461</v>
       </c>
-      <c r="F387" s="9" t="s">
+      <c r="F388" s="9" t="s">
         <v>1065</v>
       </c>
     </row>
-    <row r="388" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A388" s="30" t="s">
+    <row r="389" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A389" s="30" t="s">
         <v>1066</v>
       </c>
-      <c r="B388" s="22" t="s">
+      <c r="B389" s="22" t="s">
         <v>1067</v>
       </c>
-      <c r="C388" s="4" t="s">
+      <c r="C389" s="4" t="s">
         <v>1634</v>
       </c>
-      <c r="D388" s="22" t="s">
+      <c r="D389" s="22" t="s">
         <v>1068</v>
       </c>
-      <c r="E388" s="22" t="s">
+      <c r="E389" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F388" s="5" t="s">
+      <c r="F389" s="5" t="s">
         <v>1069</v>
       </c>
     </row>
-    <row r="389" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A389" s="31" t="s">
+    <row r="390" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A390" s="31" t="s">
         <v>1635</v>
       </c>
-      <c r="B389" s="25" t="s">
+      <c r="B390" s="25" t="s">
         <v>1070</v>
       </c>
-      <c r="C389" s="8" t="s">
+      <c r="C390" s="8" t="s">
         <v>1636</v>
       </c>
-      <c r="D389" s="25" t="s">
+      <c r="D390" s="25" t="s">
         <v>1071</v>
       </c>
-      <c r="E389" s="25" t="s">
+      <c r="E390" s="25" t="s">
         <v>1072</v>
       </c>
-      <c r="F389" s="9" t="s">
+      <c r="F390" s="9" t="s">
         <v>1073</v>
       </c>
     </row>
-    <row r="390" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A390" s="30" t="s">
+    <row r="391" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A391" s="30" t="s">
         <v>1074</v>
       </c>
-      <c r="B390" s="22" t="s">
+      <c r="B391" s="22" t="s">
         <v>1075</v>
       </c>
-      <c r="C390" s="4" t="s">
+      <c r="C391" s="4" t="s">
         <v>1637</v>
       </c>
-      <c r="D390" s="22" t="s">
+      <c r="D391" s="22" t="s">
         <v>1076</v>
       </c>
-      <c r="E390" s="22" t="s">
+      <c r="E391" s="22" t="s">
         <v>1077</v>
       </c>
-      <c r="F390" s="5" t="s">
+      <c r="F391" s="5" t="s">
         <v>1078</v>
       </c>
     </row>
-    <row r="391" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A391" s="31" t="s">
+    <row r="392" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A392" s="31" t="s">
         <v>1074</v>
       </c>
-      <c r="B391" s="25" t="s">
+      <c r="B392" s="25" t="s">
         <v>1079</v>
       </c>
-      <c r="C391" s="8" t="s">
+      <c r="C392" s="8" t="s">
         <v>1638</v>
       </c>
-      <c r="D391" s="25" t="s">
+      <c r="D392" s="25" t="s">
         <v>1080</v>
       </c>
-      <c r="E391" s="25" t="s">
+      <c r="E392" s="25" t="s">
         <v>1639</v>
       </c>
-      <c r="F391" s="9" t="s">
+      <c r="F392" s="9" t="s">
         <v>1081</v>
       </c>
     </row>
-    <row r="392" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A392" s="30" t="s">
+    <row r="393" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A393" s="30" t="s">
         <v>1082</v>
       </c>
-      <c r="B392" s="22" t="s">
+      <c r="B393" s="22" t="s">
         <v>1083</v>
       </c>
-      <c r="C392" s="4" t="s">
+      <c r="C393" s="4" t="s">
         <v>1553</v>
       </c>
-      <c r="D392" s="22" t="s">
+      <c r="D393" s="22" t="s">
         <v>1084</v>
       </c>
-      <c r="E392" s="22" t="s">
+      <c r="E393" s="22" t="s">
         <v>1085</v>
       </c>
-      <c r="F392" s="5" t="s">
+      <c r="F393" s="5" t="s">
         <v>1086</v>
       </c>
     </row>
-    <row r="393" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A393" s="31" t="s">
+    <row r="394" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A394" s="31" t="s">
         <v>1082</v>
       </c>
-      <c r="B393" s="25" t="s">
+      <c r="B394" s="25" t="s">
         <v>1087</v>
       </c>
-      <c r="C393" s="8" t="s">
+      <c r="C394" s="8" t="s">
         <v>1640</v>
       </c>
-      <c r="D393" s="25" t="s">
+      <c r="D394" s="25" t="s">
         <v>1088</v>
       </c>
-      <c r="E393" s="25" t="s">
+      <c r="E394" s="25" t="s">
         <v>1641</v>
       </c>
-      <c r="F393" s="9" t="s">
+      <c r="F394" s="9" t="s">
         <v>1089</v>
       </c>
     </row>
-    <row r="394" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A394" s="30" t="s">
+    <row r="395" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A395" s="30" t="s">
         <v>1090</v>
       </c>
-      <c r="B394" s="22" t="s">
+      <c r="B395" s="22" t="s">
         <v>1091</v>
       </c>
-      <c r="C394" s="4" t="s">
+      <c r="C395" s="4" t="s">
         <v>1642</v>
       </c>
-      <c r="D394" s="22" t="s">
+      <c r="D395" s="22" t="s">
         <v>1092</v>
       </c>
-      <c r="E394" s="22" t="s">
+      <c r="E395" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F394" s="5" t="s">
+      <c r="F395" s="5" t="s">
         <v>1093</v>
       </c>
     </row>
-    <row r="395" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A395" s="31" t="s">
+    <row r="396" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A396" s="31" t="s">
         <v>1094</v>
       </c>
-      <c r="B395" s="25" t="s">
+      <c r="B396" s="25" t="s">
         <v>1095</v>
       </c>
-      <c r="C395" s="8" t="s">
+      <c r="C396" s="8" t="s">
         <v>1643</v>
       </c>
-      <c r="D395" s="25" t="s">
+      <c r="D396" s="25" t="s">
         <v>1096</v>
       </c>
-      <c r="E395" s="25" t="s">
+      <c r="E396" s="25" t="s">
         <v>1644</v>
       </c>
-      <c r="F395" s="9" t="s">
+      <c r="F396" s="9" t="s">
         <v>1097</v>
       </c>
     </row>
-    <row r="396" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A396" s="30" t="s">
+    <row r="397" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A397" s="30" t="s">
         <v>1645</v>
       </c>
-      <c r="B396" s="22" t="s">
+      <c r="B397" s="22" t="s">
         <v>1098</v>
       </c>
-      <c r="C396" s="4" t="s">
+      <c r="C397" s="4" t="s">
         <v>1646</v>
       </c>
-      <c r="D396" s="22" t="s">
+      <c r="D397" s="22" t="s">
         <v>1099</v>
       </c>
-      <c r="E396" s="22" t="s">
+      <c r="E397" s="22" t="s">
         <v>1100</v>
       </c>
-      <c r="F396" s="5" t="s">
+      <c r="F397" s="5" t="s">
         <v>1101</v>
       </c>
     </row>
-    <row r="397" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A397" s="31" t="s">
+    <row r="398" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A398" s="31" t="s">
         <v>1102</v>
       </c>
-      <c r="B397" s="25" t="s">
+      <c r="B398" s="25" t="s">
         <v>1103</v>
       </c>
-      <c r="C397" s="8" t="s">
+      <c r="C398" s="8" t="s">
         <v>1609</v>
       </c>
-      <c r="D397" s="25" t="s">
+      <c r="D398" s="25" t="s">
         <v>1104</v>
       </c>
-      <c r="E397" s="25" t="s">
+      <c r="E398" s="25" t="s">
         <v>1647</v>
       </c>
-      <c r="F397" s="9" t="s">
+      <c r="F398" s="9" t="s">
         <v>1105</v>
       </c>
     </row>
-    <row r="398" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A398" s="30" t="s">
+    <row r="399" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A399" s="30" t="s">
         <v>1648</v>
       </c>
-      <c r="B398" s="22" t="s">
+      <c r="B399" s="22" t="s">
         <v>1106</v>
       </c>
-      <c r="C398" s="4" t="s">
+      <c r="C399" s="4" t="s">
         <v>1649</v>
       </c>
-      <c r="D398" s="22" t="s">
+      <c r="D399" s="22" t="s">
         <v>1107</v>
       </c>
-      <c r="E398" s="22" t="s">
+      <c r="E399" s="22" t="s">
         <v>1650</v>
       </c>
-      <c r="F398" s="5" t="s">
+      <c r="F399" s="5" t="s">
         <v>1108</v>
       </c>
     </row>
-    <row r="399" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A399" s="31" t="s">
+    <row r="400" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A400" s="31" t="s">
         <v>1651</v>
       </c>
-      <c r="B399" s="25" t="s">
+      <c r="B400" s="25" t="s">
         <v>1109</v>
       </c>
-      <c r="C399" s="8" t="s">
+      <c r="C400" s="8" t="s">
         <v>1652</v>
       </c>
-      <c r="D399" s="25" t="s">
+      <c r="D400" s="25" t="s">
         <v>1110</v>
       </c>
-      <c r="E399" s="25" t="s">
+      <c r="E400" s="25" t="s">
         <v>1111</v>
       </c>
-      <c r="F399" s="9" t="s">
+      <c r="F400" s="9" t="s">
         <v>1112</v>
       </c>
     </row>
-    <row r="400" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A400" s="30" t="s">
+    <row r="401" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A401" s="30" t="s">
         <v>1113</v>
       </c>
-      <c r="B400" s="22" t="s">
+      <c r="B401" s="22" t="s">
         <v>1114</v>
       </c>
-      <c r="C400" s="4" t="s">
+      <c r="C401" s="4" t="s">
         <v>1653</v>
       </c>
-      <c r="D400" s="22" t="s">
+      <c r="D401" s="22" t="s">
         <v>1115</v>
       </c>
-      <c r="E400" s="22" t="s">
+      <c r="E401" s="22" t="s">
         <v>1116</v>
       </c>
-      <c r="F400" s="5" t="s">
+      <c r="F401" s="5" t="s">
         <v>1117</v>
       </c>
     </row>
-    <row r="401" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A401" s="31" t="s">
+    <row r="402" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A402" s="31" t="s">
         <v>1113</v>
       </c>
-      <c r="B401" s="25" t="s">
+      <c r="B402" s="25" t="s">
         <v>1118</v>
       </c>
-      <c r="C401" s="8" t="s">
+      <c r="C402" s="8" t="s">
         <v>1654</v>
       </c>
-      <c r="D401" s="25" t="s">
+      <c r="D402" s="25" t="s">
         <v>1119</v>
       </c>
-      <c r="E401" s="25" t="s">
+      <c r="E402" s="25" t="s">
         <v>1120</v>
       </c>
-      <c r="F401" s="9" t="s">
+      <c r="F402" s="9" t="s">
         <v>1121</v>
       </c>
     </row>
-    <row r="402" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A402" s="30" t="s">
+    <row r="403" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A403" s="30" t="s">
         <v>1655</v>
       </c>
-      <c r="B402" s="22" t="s">
+      <c r="B403" s="22" t="s">
         <v>1122</v>
       </c>
-      <c r="C402" s="4" t="s">
+      <c r="C403" s="4" t="s">
         <v>1656</v>
       </c>
-      <c r="D402" s="22" t="s">
+      <c r="D403" s="22" t="s">
         <v>1123</v>
       </c>
-      <c r="E402" s="22" t="s">
+      <c r="E403" s="22" t="s">
         <v>1124</v>
       </c>
-      <c r="F402" s="5" t="s">
+      <c r="F403" s="5" t="s">
         <v>1125</v>
       </c>
     </row>
-    <row r="403" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A403" s="31" t="s">
+    <row r="404" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A404" s="31" t="s">
         <v>1126</v>
       </c>
-      <c r="B403" s="25" t="s">
+      <c r="B404" s="25" t="s">
         <v>1127</v>
       </c>
-      <c r="C403" s="8" t="s">
+      <c r="C404" s="8" t="s">
         <v>1657</v>
       </c>
-      <c r="D403" s="25" t="s">
+      <c r="D404" s="25" t="s">
         <v>1128</v>
       </c>
-      <c r="E403" s="25" t="s">
+      <c r="E404" s="25" t="s">
         <v>1129</v>
       </c>
-      <c r="F403" s="9" t="s">
+      <c r="F404" s="9" t="s">
         <v>1130</v>
       </c>
     </row>
-    <row r="404" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A404" s="30" t="s">
+    <row r="405" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A405" s="30" t="s">
         <v>1126</v>
       </c>
-      <c r="B404" s="22" t="s">
+      <c r="B405" s="22" t="s">
         <v>1131</v>
       </c>
-      <c r="C404" s="4" t="s">
+      <c r="C405" s="4" t="s">
         <v>1658</v>
       </c>
-      <c r="D404" s="22" t="s">
+      <c r="D405" s="22" t="s">
         <v>1132</v>
       </c>
-      <c r="E404" s="22" t="s">
+      <c r="E405" s="22" t="s">
         <v>1659</v>
       </c>
-      <c r="F404" s="5" t="s">
+      <c r="F405" s="5" t="s">
         <v>1133</v>
       </c>
     </row>
-    <row r="405" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A405" s="31" t="s">
+    <row r="406" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A406" s="31" t="s">
         <v>1134</v>
       </c>
-      <c r="B405" s="25" t="s">
+      <c r="B406" s="25" t="s">
         <v>1135</v>
       </c>
-      <c r="C405" s="8" t="s">
+      <c r="C406" s="8" t="s">
         <v>1560</v>
       </c>
-      <c r="D405" s="25" t="s">
+      <c r="D406" s="25" t="s">
         <v>1136</v>
       </c>
-      <c r="E405" s="25" t="s">
+      <c r="E406" s="25" t="s">
         <v>1660</v>
       </c>
-      <c r="F405" s="9" t="s">
+      <c r="F406" s="9" t="s">
         <v>1137</v>
       </c>
     </row>
-    <row r="406" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A406" s="30" t="s">
+    <row r="407" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A407" s="30" t="s">
         <v>1138</v>
       </c>
-      <c r="B406" s="22" t="s">
+      <c r="B407" s="22" t="s">
         <v>1139</v>
       </c>
-      <c r="C406" s="4" t="s">
+      <c r="C407" s="4" t="s">
         <v>1609</v>
       </c>
-      <c r="D406" s="22" t="s">
+      <c r="D407" s="22" t="s">
         <v>1140</v>
       </c>
-      <c r="E406" s="22" t="s">
+      <c r="E407" s="22" t="s">
         <v>461</v>
       </c>
-      <c r="F406" s="5" t="s">
+      <c r="F407" s="5" t="s">
         <v>1141</v>
       </c>
     </row>
-    <row r="407" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A407" s="31" t="s">
+    <row r="408" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A408" s="31" t="s">
         <v>1661</v>
       </c>
-      <c r="B407" s="25" t="s">
+      <c r="B408" s="25" t="s">
         <v>1142</v>
       </c>
-      <c r="C407" s="8" t="s">
+      <c r="C408" s="8" t="s">
         <v>1662</v>
       </c>
-      <c r="D407" s="25" t="s">
+      <c r="D408" s="25" t="s">
         <v>1143</v>
       </c>
-      <c r="E407" s="25" t="s">
+      <c r="E408" s="25" t="s">
         <v>1663</v>
       </c>
-      <c r="F407" s="8"/>
-[...2 lines deleted...]
-      <c r="A408" s="30" t="s">
+      <c r="F408" s="8"/>
+    </row>
+    <row r="409" spans="1:6" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A409" s="30" t="s">
         <v>1144</v>
       </c>
-      <c r="B408" s="22" t="s">
+      <c r="B409" s="22" t="s">
         <v>1145</v>
       </c>
-      <c r="C408" s="4" t="s">
+      <c r="C409" s="4" t="s">
         <v>1664</v>
       </c>
-      <c r="D408" s="22" t="s">
+      <c r="D409" s="22" t="s">
         <v>1146</v>
       </c>
-      <c r="E408" s="22" t="s">
+      <c r="E409" s="22" t="s">
         <v>1665</v>
       </c>
-      <c r="F408" s="5" t="s">
+      <c r="F409" s="5" t="s">
         <v>1147</v>
       </c>
     </row>
-    <row r="409" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A409" s="31" t="s">
+    <row r="410" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A410" s="31" t="s">
         <v>1148</v>
       </c>
-      <c r="B409" s="25" t="s">
+      <c r="B410" s="25" t="s">
         <v>1149</v>
       </c>
-      <c r="C409" s="8" t="s">
+      <c r="C410" s="8" t="s">
         <v>1666</v>
       </c>
-      <c r="D409" s="25" t="s">
+      <c r="D410" s="25" t="s">
         <v>1150</v>
       </c>
-      <c r="E409" s="25" t="s">
+      <c r="E410" s="25" t="s">
         <v>1151</v>
       </c>
-      <c r="F409" s="9" t="s">
+      <c r="F410" s="9" t="s">
         <v>1152</v>
       </c>
     </row>
-    <row r="410" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A410" s="30" t="s">
+    <row r="411" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A411" s="30" t="s">
         <v>1153</v>
       </c>
-      <c r="B410" s="22" t="s">
+      <c r="B411" s="22" t="s">
         <v>1154</v>
       </c>
-      <c r="C410" s="4" t="s">
+      <c r="C411" s="4" t="s">
         <v>1667</v>
       </c>
-      <c r="D410" s="22" t="s">
+      <c r="D411" s="22" t="s">
         <v>1155</v>
       </c>
-      <c r="E410" s="22" t="s">
+      <c r="E411" s="22" t="s">
         <v>1156</v>
       </c>
-      <c r="F410" s="5" t="s">
+      <c r="F411" s="5" t="s">
         <v>1157</v>
       </c>
     </row>
-    <row r="411" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A411" s="31" t="s">
+    <row r="412" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A412" s="31" t="s">
         <v>1158</v>
       </c>
-      <c r="B411" s="25" t="s">
+      <c r="B412" s="25" t="s">
         <v>1159</v>
       </c>
-      <c r="C411" s="8" t="s">
+      <c r="C412" s="8" t="s">
         <v>1668</v>
       </c>
-      <c r="D411" s="25" t="s">
+      <c r="D412" s="25" t="s">
         <v>1160</v>
       </c>
-      <c r="E411" s="25" t="s">
+      <c r="E412" s="25" t="s">
         <v>1161</v>
       </c>
-      <c r="F411" s="9" t="s">
+      <c r="F412" s="9" t="s">
         <v>1162</v>
       </c>
     </row>
-    <row r="412" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A412" s="30" t="s">
+    <row r="413" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A413" s="30" t="s">
         <v>1163</v>
       </c>
-      <c r="B412" s="22" t="s">
+      <c r="B413" s="22" t="s">
         <v>1164</v>
       </c>
-      <c r="C412" s="4" t="s">
+      <c r="C413" s="4" t="s">
         <v>1497</v>
       </c>
-      <c r="D412" s="22" t="s">
+      <c r="D413" s="22" t="s">
         <v>1165</v>
       </c>
-      <c r="E412" s="22" t="s">
+      <c r="E413" s="22" t="s">
         <v>1669</v>
       </c>
-      <c r="F412" s="5" t="s">
+      <c r="F413" s="5" t="s">
         <v>1166</v>
       </c>
     </row>
-    <row r="413" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A413" s="31" t="s">
+    <row r="414" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A414" s="31" t="s">
         <v>1167</v>
       </c>
-      <c r="B413" s="25" t="s">
+      <c r="B414" s="25" t="s">
         <v>1168</v>
       </c>
-      <c r="C413" s="8" t="s">
+      <c r="C414" s="8" t="s">
         <v>1560</v>
       </c>
-      <c r="D413" s="25" t="s">
+      <c r="D414" s="25" t="s">
         <v>1169</v>
       </c>
-      <c r="E413" s="25" t="s">
+      <c r="E414" s="25" t="s">
         <v>1670</v>
       </c>
-      <c r="F413" s="9" t="s">
+      <c r="F414" s="9" t="s">
         <v>1170</v>
       </c>
     </row>
-    <row r="414" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A414" s="30" t="s">
+    <row r="415" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A415" s="30" t="s">
         <v>1671</v>
       </c>
-      <c r="B414" s="22" t="s">
+      <c r="B415" s="22" t="s">
         <v>1171</v>
       </c>
-      <c r="C414" s="4" t="s">
+      <c r="C415" s="4" t="s">
         <v>1672</v>
       </c>
-      <c r="D414" s="22" t="s">
+      <c r="D415" s="22" t="s">
         <v>1172</v>
       </c>
-      <c r="E414" s="22" t="s">
+      <c r="E415" s="22" t="s">
         <v>1673</v>
       </c>
-      <c r="F414" s="5" t="s">
+      <c r="F415" s="5" t="s">
         <v>1173</v>
       </c>
     </row>
-    <row r="415" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A415" s="31" t="s">
+    <row r="416" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A416" s="31" t="s">
         <v>1174</v>
       </c>
-      <c r="B415" s="25" t="s">
+      <c r="B416" s="25" t="s">
         <v>1175</v>
       </c>
-      <c r="C415" s="8" t="s">
+      <c r="C416" s="8" t="s">
         <v>1674</v>
       </c>
-      <c r="D415" s="25" t="s">
+      <c r="D416" s="25" t="s">
         <v>1176</v>
       </c>
-      <c r="E415" s="25" t="s">
+      <c r="E416" s="25" t="s">
         <v>1675</v>
       </c>
-      <c r="F415" s="9" t="s">
+      <c r="F416" s="9" t="s">
         <v>1177</v>
       </c>
     </row>
-    <row r="416" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A416" s="30" t="s">
+    <row r="417" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A417" s="30" t="s">
         <v>1178</v>
       </c>
-      <c r="B416" s="22" t="s">
+      <c r="B417" s="22" t="s">
         <v>1179</v>
       </c>
-      <c r="C416" s="4" t="s">
+      <c r="C417" s="4" t="s">
         <v>1676</v>
       </c>
-      <c r="D416" s="22" t="s">
+      <c r="D417" s="22" t="s">
         <v>1180</v>
       </c>
-      <c r="E416" s="22" t="s">
+      <c r="E417" s="22" t="s">
         <v>1677</v>
       </c>
-      <c r="F416" s="5" t="s">
+      <c r="F417" s="5" t="s">
         <v>1181</v>
       </c>
     </row>
-    <row r="417" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A417" s="31" t="s">
+    <row r="418" spans="1:6" ht="93" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A418" s="31" t="s">
         <v>1182</v>
       </c>
-      <c r="B417" s="25" t="s">
+      <c r="B418" s="25" t="s">
         <v>1183</v>
       </c>
-      <c r="C417" s="8" t="s">
+      <c r="C418" s="8" t="s">
         <v>1678</v>
       </c>
-      <c r="D417" s="25" t="s">
+      <c r="D418" s="25" t="s">
         <v>1184</v>
       </c>
-      <c r="E417" s="25" t="s">
+      <c r="E418" s="25" t="s">
         <v>1679</v>
       </c>
-      <c r="F417" s="9" t="s">
+      <c r="F418" s="9" t="s">
         <v>1185</v>
       </c>
     </row>
-    <row r="418" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A418" s="30" t="s">
+    <row r="419" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A419" s="30" t="s">
         <v>1186</v>
       </c>
-      <c r="B418" s="22" t="s">
+      <c r="B419" s="22" t="s">
         <v>1187</v>
       </c>
-      <c r="C418" s="4" t="s">
+      <c r="C419" s="4" t="s">
         <v>1680</v>
       </c>
-      <c r="D418" s="22" t="s">
+      <c r="D419" s="22" t="s">
         <v>1188</v>
       </c>
-      <c r="E418" s="22" t="s">
+      <c r="E419" s="22" t="s">
         <v>1189</v>
       </c>
-      <c r="F418" s="5" t="s">
+      <c r="F419" s="5" t="s">
         <v>1190</v>
       </c>
     </row>
-    <row r="419" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A419" s="31" t="s">
+    <row r="420" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A420" s="31" t="s">
         <v>1191</v>
       </c>
-      <c r="B419" s="25" t="s">
+      <c r="B420" s="25" t="s">
         <v>1192</v>
       </c>
-      <c r="C419" s="8" t="s">
+      <c r="C420" s="8" t="s">
         <v>1681</v>
       </c>
-      <c r="D419" s="25" t="s">
+      <c r="D420" s="25" t="s">
         <v>1193</v>
       </c>
-      <c r="E419" s="25" t="s">
+      <c r="E420" s="25" t="s">
         <v>1194</v>
       </c>
-      <c r="F419" s="9" t="s">
+      <c r="F420" s="9" t="s">
         <v>1195</v>
       </c>
     </row>
-    <row r="420" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A420" s="30" t="s">
+    <row r="421" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A421" s="30" t="s">
         <v>1196</v>
       </c>
-      <c r="B420" s="22" t="s">
+      <c r="B421" s="22" t="s">
         <v>1197</v>
       </c>
-      <c r="C420" s="4" t="s">
+      <c r="C421" s="4" t="s">
         <v>1544</v>
       </c>
-      <c r="D420" s="22" t="s">
+      <c r="D421" s="22" t="s">
         <v>1198</v>
       </c>
-      <c r="E420" s="22" t="s">
+      <c r="E421" s="22" t="s">
         <v>1682</v>
       </c>
-      <c r="F420" s="5" t="s">
+      <c r="F421" s="5" t="s">
         <v>1199</v>
       </c>
     </row>
-    <row r="421" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A421" s="31" t="s">
+    <row r="422" spans="1:6" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A422" s="31" t="s">
         <v>1683</v>
       </c>
-      <c r="B421" s="25" t="s">
+      <c r="B422" s="25" t="s">
         <v>1200</v>
       </c>
-      <c r="C421" s="8" t="s">
+      <c r="C422" s="8" t="s">
         <v>1497</v>
       </c>
-      <c r="D421" s="25" t="s">
+      <c r="D422" s="25" t="s">
         <v>1201</v>
       </c>
-      <c r="E421" s="25" t="s">
+      <c r="E422" s="25" t="s">
         <v>1684</v>
       </c>
-      <c r="F421" s="9" t="s">
+      <c r="F422" s="9" t="s">
         <v>1202</v>
       </c>
     </row>
-    <row r="422" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A422" s="30" t="s">
+    <row r="423" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A423" s="30" t="s">
         <v>1203</v>
       </c>
-      <c r="B422" s="22" t="s">
+      <c r="B423" s="22" t="s">
         <v>1204</v>
       </c>
-      <c r="C422" s="4" t="s">
+      <c r="C423" s="4" t="s">
         <v>1685</v>
       </c>
-      <c r="D422" s="22" t="s">
+      <c r="D423" s="22" t="s">
         <v>1205</v>
       </c>
-      <c r="E422" s="22" t="s">
+      <c r="E423" s="22" t="s">
         <v>1206</v>
       </c>
-      <c r="F422" s="5" t="s">
+      <c r="F423" s="5" t="s">
         <v>1207</v>
       </c>
     </row>
-    <row r="423" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A423" s="31" t="s">
+    <row r="424" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A424" s="31" t="s">
         <v>1686</v>
       </c>
-      <c r="B423" s="25" t="s">
+      <c r="B424" s="25" t="s">
         <v>1208</v>
       </c>
-      <c r="C423" s="8" t="s">
+      <c r="C424" s="8" t="s">
         <v>1497</v>
       </c>
-      <c r="D423" s="25" t="s">
+      <c r="D424" s="25" t="s">
         <v>1209</v>
       </c>
-      <c r="E423" s="25" t="s">
+      <c r="E424" s="25" t="s">
         <v>1210</v>
       </c>
-      <c r="F423" s="9" t="s">
+      <c r="F424" s="9" t="s">
         <v>1211</v>
       </c>
     </row>
-    <row r="424" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A424" s="30" t="s">
+    <row r="425" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A425" s="30" t="s">
         <v>1212</v>
       </c>
-      <c r="B424" s="22" t="s">
+      <c r="B425" s="22" t="s">
         <v>1213</v>
       </c>
-      <c r="C424" s="4" t="s">
+      <c r="C425" s="4" t="s">
         <v>1544</v>
       </c>
-      <c r="D424" s="22" t="s">
+      <c r="D425" s="22" t="s">
         <v>1214</v>
       </c>
-      <c r="E424" s="22" t="s">
+      <c r="E425" s="22" t="s">
         <v>1215</v>
       </c>
-      <c r="F424" s="5" t="s">
+      <c r="F425" s="5" t="s">
         <v>1216</v>
       </c>
     </row>
-    <row r="425" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A425" s="31" t="s">
+    <row r="426" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A426" s="31" t="s">
         <v>1217</v>
       </c>
-      <c r="B425" s="25" t="s">
+      <c r="B426" s="25" t="s">
         <v>1218</v>
       </c>
-      <c r="C425" s="8" t="s">
+      <c r="C426" s="8" t="s">
         <v>1687</v>
       </c>
-      <c r="D425" s="25" t="s">
+      <c r="D426" s="25" t="s">
         <v>1219</v>
       </c>
-      <c r="E425" s="25" t="s">
+      <c r="E426" s="25" t="s">
         <v>1220</v>
       </c>
-      <c r="F425" s="9" t="s">
+      <c r="F426" s="9" t="s">
         <v>1221</v>
       </c>
     </row>
-    <row r="426" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A426" s="30" t="s">
+    <row r="427" spans="1:6" ht="106.2" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A427" s="30" t="s">
         <v>1222</v>
       </c>
-      <c r="B426" s="22" t="s">
+      <c r="B427" s="22" t="s">
         <v>1223</v>
       </c>
-      <c r="C426" s="4" t="s">
+      <c r="C427" s="4" t="s">
         <v>1688</v>
       </c>
-      <c r="D426" s="22" t="s">
+      <c r="D427" s="22" t="s">
         <v>1224</v>
       </c>
-      <c r="E426" s="22" t="s">
+      <c r="E427" s="22" t="s">
         <v>1225</v>
       </c>
-      <c r="F426" s="5" t="s">
+      <c r="F427" s="5" t="s">
         <v>1226</v>
       </c>
     </row>
-    <row r="427" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A427" s="31" t="s">
+    <row r="428" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A428" s="31" t="s">
         <v>1227</v>
       </c>
-      <c r="B427" s="25" t="s">
+      <c r="B428" s="25" t="s">
         <v>1228</v>
       </c>
-      <c r="C427" s="8" t="s">
+      <c r="C428" s="8" t="s">
         <v>1654</v>
       </c>
-      <c r="D427" s="25" t="s">
+      <c r="D428" s="25" t="s">
         <v>1229</v>
       </c>
-      <c r="E427" s="25" t="s">
+      <c r="E428" s="25" t="s">
         <v>1230</v>
       </c>
-      <c r="F427" s="9" t="s">
+      <c r="F428" s="9" t="s">
         <v>1231</v>
       </c>
     </row>
-    <row r="428" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A428" s="30" t="s">
+    <row r="429" spans="1:6" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A429" s="30" t="s">
         <v>1232</v>
       </c>
-      <c r="B428" s="22" t="s">
+      <c r="B429" s="22" t="s">
         <v>1233</v>
       </c>
-      <c r="C428" s="4" t="s">
+      <c r="C429" s="4" t="s">
         <v>1689</v>
       </c>
-      <c r="D428" s="22" t="s">
+      <c r="D429" s="22" t="s">
         <v>1234</v>
       </c>
-      <c r="E428" s="22" t="s">
+      <c r="E429" s="22" t="s">
         <v>1690</v>
       </c>
-      <c r="F428" s="5" t="s">
+      <c r="F429" s="5" t="s">
         <v>1235</v>
       </c>
     </row>
-    <row r="429" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A429" s="31" t="s">
+    <row r="430" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A430" s="31" t="s">
         <v>1236</v>
       </c>
-      <c r="B429" s="25" t="s">
+      <c r="B430" s="25" t="s">
         <v>1237</v>
       </c>
-      <c r="C429" s="8" t="s">
+      <c r="C430" s="8" t="s">
         <v>1691</v>
       </c>
-      <c r="D429" s="25" t="s">
+      <c r="D430" s="25" t="s">
         <v>1238</v>
       </c>
-      <c r="E429" s="25" t="s">
+      <c r="E430" s="25" t="s">
         <v>1239</v>
       </c>
-      <c r="F429" s="9" t="s">
+      <c r="F430" s="9" t="s">
         <v>1240</v>
       </c>
     </row>
-    <row r="430" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A430" s="30" t="s">
+    <row r="431" spans="1:6" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A431" s="30" t="s">
         <v>1241</v>
       </c>
-      <c r="B430" s="22" t="s">
+      <c r="B431" s="22" t="s">
         <v>1242</v>
       </c>
-      <c r="C430" s="4" t="s">
+      <c r="C431" s="4" t="s">
         <v>1497</v>
       </c>
-      <c r="D430" s="22" t="s">
+      <c r="D431" s="22" t="s">
         <v>1243</v>
       </c>
-      <c r="E430" s="22" t="s">
+      <c r="E431" s="22" t="s">
         <v>1244</v>
       </c>
-      <c r="F430" s="5" t="s">
+      <c r="F431" s="5" t="s">
         <v>1245</v>
       </c>
     </row>
-    <row r="431" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A431" s="31" t="s">
+    <row r="432" spans="1:6" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A432" s="31" t="s">
         <v>1692</v>
       </c>
-      <c r="B431" s="25" t="s">
+      <c r="B432" s="25" t="s">
         <v>1246</v>
       </c>
-      <c r="C431" s="8" t="s">
+      <c r="C432" s="8" t="s">
         <v>1693</v>
       </c>
-      <c r="D431" s="25" t="s">
+      <c r="D432" s="25" t="s">
         <v>1247</v>
       </c>
-      <c r="E431" s="25" t="s">
+      <c r="E432" s="25" t="s">
         <v>1694</v>
       </c>
-      <c r="F431" s="9" t="s">
+      <c r="F432" s="9" t="s">
         <v>1248</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="F432" s="4"/>
     </row>
     <row r="433" spans="1:6" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A433" s="30"/>
       <c r="B433" s="22"/>
       <c r="C433" s="4"/>
       <c r="D433" s="22"/>
       <c r="E433" s="22"/>
       <c r="F433" s="4"/>
     </row>
     <row r="434" spans="1:6" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A434" s="30"/>
       <c r="B434" s="22"/>
       <c r="C434" s="4"/>
       <c r="D434" s="22"/>
       <c r="E434" s="22"/>
       <c r="F434" s="4"/>
     </row>
     <row r="435" spans="1:6" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A435" s="30"/>
       <c r="B435" s="22"/>
       <c r="C435" s="4"/>
       <c r="D435" s="22"/>
       <c r="E435" s="22"/>
       <c r="F435" s="4"/>
     </row>
@@ -25031,510 +25087,529 @@
     </row>
     <row r="1089" spans="1:6" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1089" s="30"/>
       <c r="B1089" s="22"/>
       <c r="C1089" s="4"/>
       <c r="D1089" s="22"/>
       <c r="E1089" s="22"/>
       <c r="F1089" s="4"/>
     </row>
     <row r="1090" spans="1:6" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1090" s="30"/>
       <c r="B1090" s="22"/>
       <c r="C1090" s="4"/>
       <c r="D1090" s="22"/>
       <c r="E1090" s="22"/>
       <c r="F1090" s="4"/>
     </row>
     <row r="1091" spans="1:6" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1091" s="30"/>
       <c r="B1091" s="22"/>
       <c r="C1091" s="4"/>
       <c r="D1091" s="22"/>
       <c r="E1091" s="22"/>
       <c r="F1091" s="4"/>
     </row>
+    <row r="1092" spans="1:6" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1092" s="30"/>
+      <c r="B1092" s="22"/>
+      <c r="C1092" s="4"/>
+      <c r="D1092" s="22"/>
+      <c r="E1092" s="22"/>
+      <c r="F1092" s="4"/>
+    </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="F69" r:id="rId1" xr:uid="{5E50D945-A86D-43C0-80F7-71F447CA1CCB}"/>
-[...425 lines deleted...]
-    <hyperlink ref="F3" r:id="rId427" xr:uid="{CF426ABD-1A66-4F92-B9FB-B02170D8EACA}"/>
+    <hyperlink ref="F70" r:id="rId1" xr:uid="{5E50D945-A86D-43C0-80F7-71F447CA1CCB}"/>
+    <hyperlink ref="F71" r:id="rId2" xr:uid="{91E3C399-0BAD-4DBC-B9DA-2D92216B45CE}"/>
+    <hyperlink ref="F72" r:id="rId3" xr:uid="{582F8E14-E895-4E8B-A9DC-D99AC574E13A}"/>
+    <hyperlink ref="F73" r:id="rId4" xr:uid="{A544497B-A4FC-41A6-908F-61F59BA65AC1}"/>
+    <hyperlink ref="F74" r:id="rId5" xr:uid="{45037501-7617-4DFD-A1D1-6F895C0D6384}"/>
+    <hyperlink ref="F75" r:id="rId6" xr:uid="{4E6D00ED-5C25-4E94-8736-5F07FB9218AD}"/>
+    <hyperlink ref="F76" r:id="rId7" xr:uid="{F7A5801A-DC49-42FD-A76B-3E6985369F20}"/>
+    <hyperlink ref="F77" r:id="rId8" xr:uid="{81968111-29B5-44F6-A454-CBCAE7AF48F9}"/>
+    <hyperlink ref="F78" r:id="rId9" xr:uid="{7E372B04-12FD-4F14-B5BF-EEEBA7EAB779}"/>
+    <hyperlink ref="F79" r:id="rId10" xr:uid="{557FFBBC-A6CD-4EEC-BD2F-1B07D09C6D1C}"/>
+    <hyperlink ref="F80" r:id="rId11" location="ctx1" display="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=243869&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=4073379 - ctx1" xr:uid="{CD9D62E9-8DB2-4E26-9C89-15C988821048}"/>
+    <hyperlink ref="F81" r:id="rId12" location="ctx1" display="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=243101&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=25313090 - ctx1" xr:uid="{CA87EC78-5704-4DB7-A849-606999DB35BE}"/>
+    <hyperlink ref="F82" r:id="rId13" location="ctx1" display="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=243105&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=25313090 - ctx1" xr:uid="{687F49E9-7DFF-40FF-B42E-0D6570267E24}"/>
+    <hyperlink ref="F83" r:id="rId14" location="ctx1" display="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=242035&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=25315817 - ctx1" xr:uid="{8DE32419-09A8-4A0F-B641-D17070AC95E1}"/>
+    <hyperlink ref="F84" r:id="rId15" location="ctx1" display="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=241465&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=9152398 - ctx1" xr:uid="{B7D7F338-B850-4C5D-B508-D3430A5E9F12}"/>
+    <hyperlink ref="F85" r:id="rId16" location="ctx1" display="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=240226&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=8778765 - ctx1" xr:uid="{3A03D04E-C357-4E9B-BFD0-036A35B9CF72}"/>
+    <hyperlink ref="F86" r:id="rId17" location="ctx1" display="https://curia.europa.eu/juris/document/document.jsf?text=2014%252F25%252FES&amp;docid=239242&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=4735817 - ctx1" xr:uid="{AFF99E83-6E35-4C0A-9E7E-5D2FDB2FBBE8}"/>
+    <hyperlink ref="F87" r:id="rId18" location="ctx1" display="http://curia.europa.eu/juris/document/document.jsf?text=%2B2014%252F24%252FES&amp;docid=237284&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=3628813 - ctx1" xr:uid="{8C6FDE9F-EF1E-4D26-A090-7100CF99AFE3}"/>
+    <hyperlink ref="F88" r:id="rId19" location="ctx1" display="http://curia.europa.eu/juris/document/document.jsf?text=%2B2014%252F24%252FES&amp;docid=236425&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=3338039 - ctx1" xr:uid="{E3D84840-9BB9-4789-BDD1-3B0A3D0F0B90}"/>
+    <hyperlink ref="F89" r:id="rId20" xr:uid="{495D703A-01B2-44BE-A699-B14B1323A137}"/>
+    <hyperlink ref="F90" r:id="rId21" xr:uid="{E4A7B444-B0DD-4458-93AE-B963597B72E0}"/>
+    <hyperlink ref="F92" r:id="rId22" location="ctx1" display="http://curia.europa.eu/juris/document/document.jsf?text=2014%252F24%252FES&amp;docid=230864&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=4925643 - ctx1" xr:uid="{9B6E858C-79AA-4983-BB09-B2658B17433B}"/>
+    <hyperlink ref="F93" r:id="rId23" xr:uid="{2FC527E0-0A3D-4D52-A7EE-2B3394D143A9}"/>
+    <hyperlink ref="F94" r:id="rId24" xr:uid="{CE67573B-6194-47BC-8DB1-EF8A0EEA57D7}"/>
+    <hyperlink ref="F95" r:id="rId25" xr:uid="{A1CAF122-AD42-4F6A-B448-49D44C5EDBC2}"/>
+    <hyperlink ref="F96" r:id="rId26" xr:uid="{0C054475-A158-4737-BBBD-B715A0E6A9E3}"/>
+    <hyperlink ref="F97" r:id="rId27" xr:uid="{2C2893D7-1135-4822-BE19-4B5BE260ECD6}"/>
+    <hyperlink ref="F98" r:id="rId28" xr:uid="{CD2A4A03-C229-4661-A67B-EE0234142CBA}"/>
+    <hyperlink ref="F99" r:id="rId29" xr:uid="{84B4C626-9C3C-4B66-B28A-4D2E430005C4}"/>
+    <hyperlink ref="F100" r:id="rId30" xr:uid="{0FB2F4E5-D376-42FD-9954-D5890CF42AEF}"/>
+    <hyperlink ref="F101" r:id="rId31" xr:uid="{E907DF46-E6E6-4976-9AD1-1B47B0E01D71}"/>
+    <hyperlink ref="F102" r:id="rId32" xr:uid="{FB8374D7-CD80-41AD-9111-70D179FBA329}"/>
+    <hyperlink ref="F103" r:id="rId33" xr:uid="{D97281B2-2D95-47EB-8C0D-E66C9A70977A}"/>
+    <hyperlink ref="F104" r:id="rId34" xr:uid="{E88A527B-4044-4358-A375-2AF0C4A7B5D8}"/>
+    <hyperlink ref="F105" r:id="rId35" xr:uid="{287300F5-CD7A-4841-90B0-F7C453B7D854}"/>
+    <hyperlink ref="F106" r:id="rId36" xr:uid="{7363FF97-7DE0-458F-8D4B-81C5577A9F4A}"/>
+    <hyperlink ref="F107" r:id="rId37" xr:uid="{FE4C85B4-2D18-4416-B9DF-201C25023378}"/>
+    <hyperlink ref="F108" r:id="rId38" xr:uid="{79CC54A1-7E92-4BD6-A8F1-2496D8F479EF}"/>
+    <hyperlink ref="F109" r:id="rId39" xr:uid="{D7C2F2A5-B6F0-4A5A-80EB-4D57573A1623}"/>
+    <hyperlink ref="F110" r:id="rId40" xr:uid="{AFEFECDB-07A7-436A-9D25-822FDEFF6515}"/>
+    <hyperlink ref="F111" r:id="rId41" xr:uid="{562DEF1B-9794-4CFE-A2E7-EA78C0AFD46D}"/>
+    <hyperlink ref="F112" r:id="rId42" xr:uid="{7244A785-5726-4498-B931-A8A563B11018}"/>
+    <hyperlink ref="F113" r:id="rId43" xr:uid="{CF7EDAF9-548A-4BE3-8C92-0237AFE228A1}"/>
+    <hyperlink ref="F114" r:id="rId44" xr:uid="{554DBA2E-1BDD-4818-9540-28F2454EFC58}"/>
+    <hyperlink ref="F115" r:id="rId45" xr:uid="{34599B58-CBAA-4B94-BB8D-8CE8221139A2}"/>
+    <hyperlink ref="F116" r:id="rId46" xr:uid="{21BEB45E-DA3A-4BF8-9968-AFF5FED31044}"/>
+    <hyperlink ref="F117" r:id="rId47" xr:uid="{25644B40-ACDA-47B8-84CF-299EE1FB28F7}"/>
+    <hyperlink ref="F118" r:id="rId48" xr:uid="{457C97A1-D201-4BA7-A3B8-029BFA177956}"/>
+    <hyperlink ref="F119" r:id="rId49" xr:uid="{7F797C2C-4B8A-4EBB-888D-3462EAFC2F1B}"/>
+    <hyperlink ref="F120" r:id="rId50" xr:uid="{859E3E9C-1D16-4F79-AA95-F4787DDDF72D}"/>
+    <hyperlink ref="F121" r:id="rId51" xr:uid="{B47AEAA8-CB03-4944-B827-3D26297ED324}"/>
+    <hyperlink ref="F122" r:id="rId52" xr:uid="{5FBFE4BC-0DAF-4B27-B2B3-F062854353EB}"/>
+    <hyperlink ref="F123" r:id="rId53" xr:uid="{AD61BDC6-929D-4C10-A87E-2A0AB38B25A8}"/>
+    <hyperlink ref="F124" r:id="rId54" xr:uid="{2DE06636-E80F-4B12-AA97-A12601B8872F}"/>
+    <hyperlink ref="F125" r:id="rId55" xr:uid="{D98832A2-79F5-4322-8815-0864A7151DE5}"/>
+    <hyperlink ref="F126" r:id="rId56" xr:uid="{A20EEEC0-5062-49E2-9994-4F9F6C0B9E5B}"/>
+    <hyperlink ref="F127" r:id="rId57" xr:uid="{758034CD-61AD-4606-BC92-5B24511B047E}"/>
+    <hyperlink ref="F128" r:id="rId58" xr:uid="{1DFF8740-B3B8-408F-82DE-0B46D1881763}"/>
+    <hyperlink ref="F129" r:id="rId59" xr:uid="{342E5AE5-8D8D-424F-9F83-B3BA1395BC7F}"/>
+    <hyperlink ref="F130" r:id="rId60" xr:uid="{C8614008-38B7-4F59-8CDB-76775FBBC508}"/>
+    <hyperlink ref="F131" r:id="rId61" xr:uid="{6B8FD525-53F8-4A12-972A-5D4F2C826D4B}"/>
+    <hyperlink ref="F132" r:id="rId62" xr:uid="{ED68EC50-3FB0-4EEE-BB10-B9F035477C7D}"/>
+    <hyperlink ref="F133" r:id="rId63" xr:uid="{0CB56F6E-1ACF-4991-9865-DCC00DDEF50E}"/>
+    <hyperlink ref="F134" r:id="rId64" xr:uid="{BF7A3B0E-FB4C-4F88-A5C3-24D44CB4D9B9}"/>
+    <hyperlink ref="F135" r:id="rId65" xr:uid="{3810AA8E-FF8B-4D64-8EC2-0837E15A3BFB}"/>
+    <hyperlink ref="F136" r:id="rId66" xr:uid="{6E7EA1A7-9DFA-4F47-AFB7-8BED23983E8D}"/>
+    <hyperlink ref="F137" r:id="rId67" xr:uid="{21BDBDBE-0F26-462E-846A-3A4C572E1AD2}"/>
+    <hyperlink ref="F138" r:id="rId68" xr:uid="{D0E5AA93-4192-4111-A097-1BB89F867EA5}"/>
+    <hyperlink ref="F139" r:id="rId69" location="ctx1" display="http://curia.europa.eu/juris/document/document.jsf?text=C-178%252F16%2B&amp;docid=198054&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=852237 - ctx1" xr:uid="{02C33C8E-29FB-4D56-BA11-FF196807C662}"/>
+    <hyperlink ref="F140" r:id="rId70" location="ctx1" display="http://curia.europa.eu/juris/document/document.jsf?text=C%25E2%2580%2591408%252F16&amp;docid=197488&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=852237 - ctx1" xr:uid="{C7F5415C-9972-44B4-8A9B-5FB6DD988848}"/>
+    <hyperlink ref="F141" r:id="rId71" xr:uid="{19D5D8AF-4CF8-4964-A212-8FFE978AA77F}"/>
+    <hyperlink ref="F142" r:id="rId72" xr:uid="{114BEE3B-10F0-4083-AABA-777B09009057}"/>
+    <hyperlink ref="F143" r:id="rId73" xr:uid="{DAA196DA-1E0E-40F6-A9ED-AD2C37B83D44}"/>
+    <hyperlink ref="F144" r:id="rId74" xr:uid="{FD023441-D918-415F-A590-A95FEB4614D0}"/>
+    <hyperlink ref="F145" r:id="rId75" xr:uid="{F7232FED-BA45-400E-B7CC-23CACE77273D}"/>
+    <hyperlink ref="F146" r:id="rId76" xr:uid="{57B80220-8016-45B2-8A3E-EA0CCC065C74}"/>
+    <hyperlink ref="F147" r:id="rId77" xr:uid="{A3A85F07-2404-43BA-BC90-95C731DBC8DB}"/>
+    <hyperlink ref="F148" r:id="rId78" xr:uid="{B847EEA5-AB7E-4AA2-8F87-B9D0D00C15AE}"/>
+    <hyperlink ref="F149" r:id="rId79" xr:uid="{03CDBD36-6B8E-4EDA-AC7B-1C1FC41295C5}"/>
+    <hyperlink ref="F150" r:id="rId80" xr:uid="{00024EE2-C6EB-47A8-B710-A2BA9DCA0135}"/>
+    <hyperlink ref="F151" r:id="rId81" xr:uid="{C9B03D23-FD7E-4B1B-8547-FEC49E82FE81}"/>
+    <hyperlink ref="F152" r:id="rId82" xr:uid="{4531937A-2446-447F-848B-8DAE01C439D5}"/>
+    <hyperlink ref="F153" r:id="rId83" xr:uid="{AE822FDA-2954-41B7-A1B0-AC0CA3BF40F5}"/>
+    <hyperlink ref="F154" r:id="rId84" xr:uid="{A9CBA9CA-F74D-4292-B69A-37E5645C3FD9}"/>
+    <hyperlink ref="F155" r:id="rId85" xr:uid="{50D17AB1-BEC1-4486-BB4B-AC26B3DD2580}"/>
+    <hyperlink ref="F156" r:id="rId86" xr:uid="{262663A8-02B3-42CF-BC73-2B90A6CA3BB8}"/>
+    <hyperlink ref="F157" r:id="rId87" xr:uid="{94489558-49F4-4D3C-9B6B-8B98E0945929}"/>
+    <hyperlink ref="F158" r:id="rId88" xr:uid="{C581AAEB-AE20-414D-8928-85C26B9F06E2}"/>
+    <hyperlink ref="F159" r:id="rId89" xr:uid="{7A373577-4269-43C9-9BDE-2CCF63B8455E}"/>
+    <hyperlink ref="F160" r:id="rId90" xr:uid="{99D790DF-8EC2-4AFA-BCF8-4BA44B7CC822}"/>
+    <hyperlink ref="F161" r:id="rId91" xr:uid="{51AC64DE-FB87-47BA-854B-8635A0F8A098}"/>
+    <hyperlink ref="F162" r:id="rId92" xr:uid="{A9CDFBFA-3B22-4560-9A50-32CD1C73E891}"/>
+    <hyperlink ref="F163" r:id="rId93" xr:uid="{701CE4C7-8019-4D46-A053-80038B09A7D9}"/>
+    <hyperlink ref="F164" r:id="rId94" xr:uid="{C1306A20-2816-4344-BAAE-C5562934D35A}"/>
+    <hyperlink ref="F165" r:id="rId95" xr:uid="{D03A0BA1-B4E8-4D3E-9D0B-6F9590CE26B8}"/>
+    <hyperlink ref="F166" r:id="rId96" xr:uid="{587A8FE3-2742-4C81-8F0D-937E65DEE46C}"/>
+    <hyperlink ref="F167" r:id="rId97" xr:uid="{3C49C98B-5B69-4C02-B409-F9E9A04DA680}"/>
+    <hyperlink ref="F168" r:id="rId98" xr:uid="{3DDC74D1-BCE9-46F1-B18D-DF86606A4A2E}"/>
+    <hyperlink ref="F169" r:id="rId99" xr:uid="{92D74A66-10FE-4A42-8FE5-6C5657931E6D}"/>
+    <hyperlink ref="F170" r:id="rId100" xr:uid="{60BF8798-1FA6-4575-926A-27D258C3EB1F}"/>
+    <hyperlink ref="F171" r:id="rId101" xr:uid="{6D42D907-D4A9-42F7-8265-5E520A60FC0B}"/>
+    <hyperlink ref="F172" r:id="rId102" xr:uid="{88F136E4-E1D1-4E75-A942-AC706E36BFCC}"/>
+    <hyperlink ref="F173" r:id="rId103" xr:uid="{F29D2B90-2E7D-4CBE-89FD-DD8B715412FE}"/>
+    <hyperlink ref="F174" r:id="rId104" xr:uid="{4B0365A5-776E-4B8F-8AED-C5735D1B66B8}"/>
+    <hyperlink ref="F175" r:id="rId105" xr:uid="{A2EFC5DB-4442-498E-8FCE-3D596FF61B5C}"/>
+    <hyperlink ref="F176" r:id="rId106" xr:uid="{E2041263-F627-4BF2-A8B4-0EEBB8D9B989}"/>
+    <hyperlink ref="F177" r:id="rId107" xr:uid="{51D5A5AF-B7F8-4F00-B7E0-7E5889FFECC7}"/>
+    <hyperlink ref="F178" r:id="rId108" xr:uid="{B466E123-447F-4D7D-90FB-9E0B2C044CB9}"/>
+    <hyperlink ref="F179" r:id="rId109" xr:uid="{0D3B554F-CC32-4A73-AD49-682E06A5F206}"/>
+    <hyperlink ref="F180" r:id="rId110" xr:uid="{9784728D-8CE5-445F-8262-913478475F51}"/>
+    <hyperlink ref="F181" r:id="rId111" xr:uid="{0F116259-A517-4161-B2C7-638ABFA61CB5}"/>
+    <hyperlink ref="F182" r:id="rId112" xr:uid="{D901834F-6F9B-44A8-8D98-777B0E1CF498}"/>
+    <hyperlink ref="F183" r:id="rId113" xr:uid="{070ECBFF-6CFC-4D5A-837F-E078EA67D2EB}"/>
+    <hyperlink ref="F184" r:id="rId114" xr:uid="{1CF6156B-AC71-477B-8BF1-2D54CB2F5252}"/>
+    <hyperlink ref="F185" r:id="rId115" xr:uid="{C3D70762-C05B-4B4A-87E4-C2E67A371903}"/>
+    <hyperlink ref="F186" r:id="rId116" xr:uid="{E8B4FB97-902C-4834-9674-63C6E4B23EF7}"/>
+    <hyperlink ref="F187" r:id="rId117" xr:uid="{628C7BF6-5069-4169-86CE-EC743B864EFF}"/>
+    <hyperlink ref="F188" r:id="rId118" xr:uid="{689E97F9-CCA0-4F63-8DA5-55E17EED73E3}"/>
+    <hyperlink ref="F189" r:id="rId119" display="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-40/12&amp;td=ALL" xr:uid="{65B4AB56-8D21-43EF-B3D8-A5B8043A7444}"/>
+    <hyperlink ref="F190" r:id="rId120" xr:uid="{1776C018-7084-4528-AB9E-06E4CE1B232C}"/>
+    <hyperlink ref="F191" r:id="rId121" xr:uid="{1B7D6B54-2396-43E0-98A4-6A55129D5AB8}"/>
+    <hyperlink ref="F192" r:id="rId122" xr:uid="{B0B0D5B2-5DB4-4DC5-9458-FA1AE71CE6E8}"/>
+    <hyperlink ref="F193" r:id="rId123" xr:uid="{CD2ADDA7-72C2-40B8-8DDC-34CD81B435F6}"/>
+    <hyperlink ref="F194" r:id="rId124" xr:uid="{4062D268-128F-4C3D-926E-3853877DB356}"/>
+    <hyperlink ref="F195" r:id="rId125" xr:uid="{9F093D7C-9C95-4AEC-A43B-A801A698C500}"/>
+    <hyperlink ref="F196" r:id="rId126" xr:uid="{B9DDE82F-D63B-406E-B61D-6FE52692A419}"/>
+    <hyperlink ref="F197" r:id="rId127" xr:uid="{716F987A-91E5-486F-A08C-2CE647BA1241}"/>
+    <hyperlink ref="F198" r:id="rId128" xr:uid="{8C1870C6-EA7C-41F8-9AC3-9C3E61CAB947}"/>
+    <hyperlink ref="F199" r:id="rId129" xr:uid="{FF02C945-66D2-4707-B8DF-871B01667B0F}"/>
+    <hyperlink ref="F200" r:id="rId130" xr:uid="{3C83E539-F8D1-4857-8EA8-954FA9C57FCF}"/>
+    <hyperlink ref="F201" r:id="rId131" xr:uid="{4466E80A-2AFE-414F-8BC1-E59D7666646D}"/>
+    <hyperlink ref="F202" r:id="rId132" xr:uid="{9E0E19DF-FA02-4086-9C21-09ABD37FD3FB}"/>
+    <hyperlink ref="F203" r:id="rId133" xr:uid="{9849B0D9-5BEC-4620-B110-FEF759B38267}"/>
+    <hyperlink ref="F204" r:id="rId134" xr:uid="{A1185535-A6C2-4520-8757-686D9482B2FC}"/>
+    <hyperlink ref="F205" r:id="rId135" xr:uid="{7DF2FFFE-54CD-4523-9134-EA30F89A0946}"/>
+    <hyperlink ref="F206" r:id="rId136" xr:uid="{28CAA66D-C555-4F25-A493-435BD9510B08}"/>
+    <hyperlink ref="F207" r:id="rId137" xr:uid="{FB4FD699-6BED-4926-B0F1-3248D2CD77DC}"/>
+    <hyperlink ref="F208" r:id="rId138" xr:uid="{E0889A47-7195-4369-84D3-BC16BB0EBB03}"/>
+    <hyperlink ref="F209" r:id="rId139" display="http://curia.europa.eu/juris/liste.jsf?language=en&amp;jur=C,T,F&amp;num=T-117/12&amp;td=ALL" xr:uid="{B3DA648A-81B5-40DF-BAE9-CC8AB9E665CE}"/>
+    <hyperlink ref="F210" r:id="rId140" xr:uid="{C43D1168-D5D6-437A-9AE2-F3FC486F38F0}"/>
+    <hyperlink ref="F211" r:id="rId141" xr:uid="{06B00C47-5ED1-4D48-AC9E-8CA02067904A}"/>
+    <hyperlink ref="F212" r:id="rId142" xr:uid="{819D857A-A32D-4584-BED9-730763319614}"/>
+    <hyperlink ref="F213" r:id="rId143" xr:uid="{8C2ED0BF-F0CC-4373-83EF-65D74EC6A532}"/>
+    <hyperlink ref="F214" r:id="rId144" xr:uid="{82EEDA64-7BDE-45B6-AB15-1D331296E296}"/>
+    <hyperlink ref="F215" r:id="rId145" xr:uid="{EC727CD4-9C9E-47D1-9255-0BC9ACAD649D}"/>
+    <hyperlink ref="F216" r:id="rId146" xr:uid="{831828C0-0DCC-483F-9668-1186BE2B7C2D}"/>
+    <hyperlink ref="F217" r:id="rId147" xr:uid="{A0E24E6D-BF8E-4D25-A5EF-C2FC69040DB7}"/>
+    <hyperlink ref="F218" r:id="rId148" xr:uid="{95FA1E59-3210-46EE-8AB8-5CEBF72E34F2}"/>
+    <hyperlink ref="F219" r:id="rId149" xr:uid="{9B392692-BCAE-458B-848D-C1E5F1ED9B06}"/>
+    <hyperlink ref="F220" r:id="rId150" xr:uid="{B52C1802-9A02-43EF-9D52-079297396771}"/>
+    <hyperlink ref="F221" r:id="rId151" xr:uid="{8803C13D-0D3B-443C-9717-EE19917476ED}"/>
+    <hyperlink ref="F222" r:id="rId152" xr:uid="{F1693578-46AD-48A5-9141-4CD358CB210D}"/>
+    <hyperlink ref="F223" r:id="rId153" xr:uid="{F5720489-F50E-4EA5-B301-7714AB3C9BE4}"/>
+    <hyperlink ref="F224" r:id="rId154" xr:uid="{5B69B5B2-64E4-4C3C-AEEE-893DB7D04242}"/>
+    <hyperlink ref="F225" r:id="rId155" xr:uid="{D01ED542-4939-48EF-8ECC-F083CB3D2BEC}"/>
+    <hyperlink ref="F226" r:id="rId156" xr:uid="{56C45074-F445-45CD-9623-848B90867AF7}"/>
+    <hyperlink ref="F227" r:id="rId157" xr:uid="{71376975-B4E5-46EE-A38A-035E0738F352}"/>
+    <hyperlink ref="F228" r:id="rId158" xr:uid="{DA5B4A44-E2A5-40F1-99A1-B12021B2C966}"/>
+    <hyperlink ref="F229" r:id="rId159" xr:uid="{B19EBEE7-5430-4536-9433-2D923AE7C40F}"/>
+    <hyperlink ref="F230" r:id="rId160" xr:uid="{AA8A1650-D95D-48D4-B57C-8B92587C4C5F}"/>
+    <hyperlink ref="F231" r:id="rId161" xr:uid="{0DDD6219-D802-4CF9-9B67-723E93080B17}"/>
+    <hyperlink ref="F232" r:id="rId162" xr:uid="{C31EF535-08DE-43A0-912F-D820896C5F01}"/>
+    <hyperlink ref="F233" r:id="rId163" xr:uid="{C902C11E-D5A7-4EDD-9442-2BCF9B1C5F63}"/>
+    <hyperlink ref="F234" r:id="rId164" xr:uid="{62997B01-B503-463A-BDB7-15141816D7E9}"/>
+    <hyperlink ref="F235" r:id="rId165" xr:uid="{7AD320CB-0D26-4A65-9265-26C02A8113C4}"/>
+    <hyperlink ref="F236" r:id="rId166" xr:uid="{3ECFBE15-542A-441C-A6C2-21357FF83EB3}"/>
+    <hyperlink ref="F237" r:id="rId167" xr:uid="{CEC261D8-3FED-431D-A6BE-1E74D8CB75EF}"/>
+    <hyperlink ref="F238" r:id="rId168" xr:uid="{BCFD434E-61C7-436B-B664-847BB615CA07}"/>
+    <hyperlink ref="F239" r:id="rId169" xr:uid="{A034A62C-C2CE-4A01-9881-6283B2A697CB}"/>
+    <hyperlink ref="F240" r:id="rId170" xr:uid="{F7534B41-A11D-4B54-A535-5E0CDA984804}"/>
+    <hyperlink ref="F241" r:id="rId171" xr:uid="{090400DD-E104-4169-8BF1-6575C92C8BB4}"/>
+    <hyperlink ref="F242" r:id="rId172" xr:uid="{B63A3395-461F-4A94-B2B1-B7A21CFB2EB3}"/>
+    <hyperlink ref="F243" r:id="rId173" xr:uid="{72A501F5-17EE-4645-A655-BF39E8694BFD}"/>
+    <hyperlink ref="F244" r:id="rId174" xr:uid="{F3BEB753-6B04-4C4F-A4BA-13C590F5C17F}"/>
+    <hyperlink ref="F245" r:id="rId175" xr:uid="{36DEB196-477C-4F9D-A3E1-30E4F074D2FF}"/>
+    <hyperlink ref="F246" r:id="rId176" xr:uid="{9B60D008-2B04-4905-833B-446319D6E4C1}"/>
+    <hyperlink ref="F247" r:id="rId177" xr:uid="{C41B46A3-1119-4A7A-957C-9042A036659E}"/>
+    <hyperlink ref="F248" r:id="rId178" xr:uid="{CB089953-0179-4225-BBB5-5AD890665FAA}"/>
+    <hyperlink ref="F249" r:id="rId179" xr:uid="{2EBA467F-CCF4-4CF5-A5F8-407089CCE7E2}"/>
+    <hyperlink ref="F250" r:id="rId180" xr:uid="{B76F6015-2B69-4D84-9D0D-7C53FE7AD348}"/>
+    <hyperlink ref="F251" r:id="rId181" xr:uid="{7941157F-D2E8-405A-8D11-4E610F69FC9E}"/>
+    <hyperlink ref="F252" r:id="rId182" xr:uid="{C772BA25-534D-4F04-A78C-28476F2454E9}"/>
+    <hyperlink ref="F253" r:id="rId183" xr:uid="{419E614F-A6A4-44AE-8565-C02A0B9F506B}"/>
+    <hyperlink ref="F254" r:id="rId184" xr:uid="{44C41093-B2B6-4716-B4B1-08E047979FFC}"/>
+    <hyperlink ref="F255" r:id="rId185" xr:uid="{F0E1AFBB-9D48-44DE-A512-6D3C2C9AAB2B}"/>
+    <hyperlink ref="F256" r:id="rId186" xr:uid="{C294806D-A365-4963-A524-F4D3BFA8BA40}"/>
+    <hyperlink ref="F257" r:id="rId187" xr:uid="{A58700CA-3D50-4ABF-B39B-9E23E834BBC2}"/>
+    <hyperlink ref="F258" r:id="rId188" xr:uid="{CC59EC2E-49B0-44AD-B8FF-0D4AB6492D0E}"/>
+    <hyperlink ref="F259" r:id="rId189" xr:uid="{1DC8940F-FC53-40A3-ACA7-5F102EE5596F}"/>
+    <hyperlink ref="F260" r:id="rId190" xr:uid="{7E924F0E-312C-495E-8111-F79E1020EB80}"/>
+    <hyperlink ref="F261" r:id="rId191" xr:uid="{D702975F-F733-4B6B-8FAF-4BF88D1404AD}"/>
+    <hyperlink ref="F262" r:id="rId192" xr:uid="{3CA79925-A540-4258-AF31-BF0E81A670AA}"/>
+    <hyperlink ref="F263" r:id="rId193" xr:uid="{15025F1D-37BC-4804-9988-0487ECA8B8D8}"/>
+    <hyperlink ref="F264" r:id="rId194" xr:uid="{6E14CD38-B6F1-48D9-BC3D-3A09D1FB6D82}"/>
+    <hyperlink ref="F265" r:id="rId195" xr:uid="{262C5A06-C269-4A66-A8CE-07CAA3470462}"/>
+    <hyperlink ref="F266" r:id="rId196" xr:uid="{416CF35C-7B0A-4F26-BEE0-30FB820C821D}"/>
+    <hyperlink ref="F267" r:id="rId197" xr:uid="{26228A83-C518-475B-AAE2-7A086F3EE251}"/>
+    <hyperlink ref="F268" r:id="rId198" xr:uid="{70DA66BA-77AA-4E83-93B0-1D332758602E}"/>
+    <hyperlink ref="F269" r:id="rId199" xr:uid="{F0591E27-CA0C-4EBB-86FD-6EB21BA01683}"/>
+    <hyperlink ref="F270" r:id="rId200" xr:uid="{62324CBA-B0CE-44E1-B205-DB7404C1DA54}"/>
+    <hyperlink ref="F271" r:id="rId201" xr:uid="{EB4F80BF-6751-4B5D-9008-A0D1A0172633}"/>
+    <hyperlink ref="F272" r:id="rId202" xr:uid="{C0C48C22-A8DD-4720-8997-D1C57641DC40}"/>
+    <hyperlink ref="F273" r:id="rId203" xr:uid="{173D0769-1DB2-4253-B6C9-BDE5D868CC47}"/>
+    <hyperlink ref="F274" r:id="rId204" xr:uid="{BA4F78E2-710E-4656-8BD4-AA876F60A52D}"/>
+    <hyperlink ref="F275" r:id="rId205" xr:uid="{6829AB93-F033-4CC6-A661-6869DDCA2224}"/>
+    <hyperlink ref="F276" r:id="rId206" xr:uid="{76D423D4-6E6D-485D-9D4A-340CD54BBAB7}"/>
+    <hyperlink ref="F277" r:id="rId207" xr:uid="{0536CA4E-FDD5-4EEE-AB19-F3D1C56EE87A}"/>
+    <hyperlink ref="F278" r:id="rId208" xr:uid="{839975DA-70F0-452F-8691-85C02B4257A4}"/>
+    <hyperlink ref="F279" r:id="rId209" xr:uid="{727E74AA-BAD8-4482-8B55-D091910FFC9B}"/>
+    <hyperlink ref="F280" r:id="rId210" xr:uid="{300A1C39-EE12-4221-85BF-5E851388CBE0}"/>
+    <hyperlink ref="F281" r:id="rId211" xr:uid="{AE7E9AE8-0EA2-490B-8CF3-EEF1E56BCEB6}"/>
+    <hyperlink ref="F282" r:id="rId212" xr:uid="{9367177B-5C48-4EDF-B612-2AC69BA8C179}"/>
+    <hyperlink ref="F283" r:id="rId213" xr:uid="{90EF650B-F8EE-482B-A300-D96625D5FFCE}"/>
+    <hyperlink ref="F284" r:id="rId214" xr:uid="{289418E4-91F0-4D37-9057-220753C40CAB}"/>
+    <hyperlink ref="F285" r:id="rId215" xr:uid="{00B840A9-563D-453F-85B4-5F6D453FC4F6}"/>
+    <hyperlink ref="F286" r:id="rId216" xr:uid="{C91E9EB0-6DBD-4B78-94C3-99F62E7C0B09}"/>
+    <hyperlink ref="F287" r:id="rId217" xr:uid="{32345947-C40D-4243-8D78-3463DD8B8860}"/>
+    <hyperlink ref="F288" r:id="rId218" xr:uid="{4740FE42-B0EA-4264-B614-2CBE18B74017}"/>
+    <hyperlink ref="F289" r:id="rId219" xr:uid="{D8FFD744-EBD9-41AA-9CD5-AB093A262867}"/>
+    <hyperlink ref="F290" r:id="rId220" xr:uid="{C6A88C66-1C41-4CBF-BAF6-71456734190E}"/>
+    <hyperlink ref="F291" r:id="rId221" xr:uid="{7CDFE4F0-E55B-4DD9-83A4-7720616B5AA4}"/>
+    <hyperlink ref="F292" r:id="rId222" xr:uid="{B66A436B-FD73-482D-981A-2906AF3F5B44}"/>
+    <hyperlink ref="F293" r:id="rId223" xr:uid="{A5B94BDB-128E-49DB-9B36-CCB0068BB7D5}"/>
+    <hyperlink ref="F294" r:id="rId224" xr:uid="{90701DAF-C8FF-4681-8AA0-A781DC8CF283}"/>
+    <hyperlink ref="F295" r:id="rId225" xr:uid="{C7A4E52F-2956-4F08-A593-180C3EEFC927}"/>
+    <hyperlink ref="F296" r:id="rId226" xr:uid="{9F20116E-B9A9-4029-BA3B-392ED0FB3805}"/>
+    <hyperlink ref="F297" r:id="rId227" xr:uid="{A03E7EF2-2693-4195-AA5A-7B2CC0F8875F}"/>
+    <hyperlink ref="F298" r:id="rId228" xr:uid="{6278E486-E161-4842-84F7-335CA3E70A33}"/>
+    <hyperlink ref="F299" r:id="rId229" xr:uid="{F6604267-BA62-47BE-91CE-58A7F10E2C7F}"/>
+    <hyperlink ref="F300" r:id="rId230" xr:uid="{83321FAC-2EF6-4DDA-A29D-42A14DACE546}"/>
+    <hyperlink ref="F301" r:id="rId231" xr:uid="{D921F7F7-C35C-4F33-968B-321290025154}"/>
+    <hyperlink ref="F302" r:id="rId232" xr:uid="{6857DE4C-A1F9-442A-926A-689BCEC33FF7}"/>
+    <hyperlink ref="F303" r:id="rId233" xr:uid="{D2FA88D7-BAE2-433B-90E5-55867BD53C0E}"/>
+    <hyperlink ref="F304" r:id="rId234" xr:uid="{46AB4A01-0E6F-48B0-A5F3-EEBC754FBD9E}"/>
+    <hyperlink ref="F305" r:id="rId235" xr:uid="{BC2C7A4D-97DE-44A5-85EC-7599AD9693D8}"/>
+    <hyperlink ref="F306" r:id="rId236" xr:uid="{CEBE2472-8486-4374-8170-F62C357C088D}"/>
+    <hyperlink ref="F307" r:id="rId237" xr:uid="{B7E986C9-DDF8-4C5D-AB17-1549224DE3FD}"/>
+    <hyperlink ref="F308" r:id="rId238" xr:uid="{6C496FCC-D577-47DD-AC28-9C7EEA25D7A2}"/>
+    <hyperlink ref="F309" r:id="rId239" xr:uid="{180D93B3-CC13-47ED-872A-0910918E275D}"/>
+    <hyperlink ref="F310" r:id="rId240" xr:uid="{B0510762-644C-4E2D-818A-96E0EDA92917}"/>
+    <hyperlink ref="F311" r:id="rId241" xr:uid="{E5427907-B29F-4D2B-880E-00E861157925}"/>
+    <hyperlink ref="F312" r:id="rId242" xr:uid="{430906D3-0975-48C7-83CB-E23897719153}"/>
+    <hyperlink ref="F313" r:id="rId243" xr:uid="{BDEC5090-C526-4CEB-BF1A-01D4FA66BB2A}"/>
+    <hyperlink ref="F314" r:id="rId244" xr:uid="{314D4411-96D4-41EC-A19E-0EEA01A49215}"/>
+    <hyperlink ref="F315" r:id="rId245" xr:uid="{4D6D4330-3B48-4842-8008-2507394B4437}"/>
+    <hyperlink ref="F316" r:id="rId246" xr:uid="{AEFF2BC9-5DE1-46BA-AF73-FBE9C0AC00C6}"/>
+    <hyperlink ref="F317" r:id="rId247" xr:uid="{274A45F2-9BA8-469E-8D93-0DBF95F02D38}"/>
+    <hyperlink ref="F318" r:id="rId248" xr:uid="{AAE07FD5-627A-4F95-B22B-C0A7D17CE22B}"/>
+    <hyperlink ref="F319" r:id="rId249" xr:uid="{5A82C53B-E289-4F58-9D9E-BE233E87FF98}"/>
+    <hyperlink ref="F320" r:id="rId250" xr:uid="{2AAAB93B-A9F6-48D7-ABA4-5483A7727CC1}"/>
+    <hyperlink ref="F321" r:id="rId251" xr:uid="{9B0B3566-16EC-4C4A-97B7-94EFDF72CB54}"/>
+    <hyperlink ref="F322" r:id="rId252" xr:uid="{6AB2B785-D795-467C-9B5F-D464D320E757}"/>
+    <hyperlink ref="F323" r:id="rId253" xr:uid="{4C0C8DAB-8A06-49AE-BACC-C0376D8A1722}"/>
+    <hyperlink ref="F324" r:id="rId254" xr:uid="{D3E5EF0A-0086-4835-B149-325EE4A8F4FE}"/>
+    <hyperlink ref="F325" r:id="rId255" xr:uid="{E7563345-C9DD-41A3-AC42-9F2DFDC5BFF9}"/>
+    <hyperlink ref="F326" r:id="rId256" xr:uid="{A89347A3-39B9-4472-A84E-D4A070241E59}"/>
+    <hyperlink ref="F327" r:id="rId257" xr:uid="{2A5F35DF-EF9C-4D46-987C-867E0A21BF33}"/>
+    <hyperlink ref="F328" r:id="rId258" xr:uid="{B11F75A3-596E-4EC6-8A81-61637BD9B8DC}"/>
+    <hyperlink ref="F329" r:id="rId259" xr:uid="{71EBB374-E2A3-4FB5-8122-14A03383D941}"/>
+    <hyperlink ref="F330" r:id="rId260" xr:uid="{08548D90-E9B4-4249-A31E-2C2AF8454CCE}"/>
+    <hyperlink ref="F331" r:id="rId261" xr:uid="{81A1004F-5188-4A4F-8167-C9F7D9D32076}"/>
+    <hyperlink ref="F332" r:id="rId262" xr:uid="{6994D947-2DED-45E7-9EF9-D38AE551D520}"/>
+    <hyperlink ref="F333" r:id="rId263" xr:uid="{5298BC65-FF73-4FBB-9B5D-996B2BF4DE55}"/>
+    <hyperlink ref="F334" r:id="rId264" xr:uid="{B39B9D06-0B10-4234-8745-59E5F876DE9D}"/>
+    <hyperlink ref="F335" r:id="rId265" xr:uid="{6679AA99-81CF-4409-B49C-E18B1078A649}"/>
+    <hyperlink ref="F336" r:id="rId266" xr:uid="{2B5B2EFF-15C4-4D6B-A0AD-BCF917042A66}"/>
+    <hyperlink ref="F337" r:id="rId267" xr:uid="{D83EBF92-4E00-44EE-B0D5-2EA576A29036}"/>
+    <hyperlink ref="F338" r:id="rId268" xr:uid="{D36E2948-754E-4AE0-B153-4B17376A10ED}"/>
+    <hyperlink ref="F339" r:id="rId269" xr:uid="{A3A39E91-C87C-4CC2-8BED-37AE566B381F}"/>
+    <hyperlink ref="F340" r:id="rId270" xr:uid="{41993F82-35F4-4286-A9F6-06A4E21962A2}"/>
+    <hyperlink ref="F341" r:id="rId271" xr:uid="{AE1C8CE9-BF01-4661-B52C-FBFEB3DE6190}"/>
+    <hyperlink ref="F342" r:id="rId272" xr:uid="{A148F9A0-F767-48E2-8E81-1DA117031F5B}"/>
+    <hyperlink ref="F343" r:id="rId273" xr:uid="{ED742560-0D4D-415B-AA69-C986181E5C0A}"/>
+    <hyperlink ref="F344" r:id="rId274" xr:uid="{AC8FA1B7-C437-4AC4-8B4B-F904929323DA}"/>
+    <hyperlink ref="F345" r:id="rId275" xr:uid="{49DDAE51-908A-469D-9645-F4C16F9D0AA6}"/>
+    <hyperlink ref="F346" r:id="rId276" xr:uid="{35FB1EAB-72DC-46F3-8FF3-58D102F2C2E6}"/>
+    <hyperlink ref="F347" r:id="rId277" xr:uid="{3300D553-9BC1-4A8D-B983-4A398CFF76C7}"/>
+    <hyperlink ref="F348" r:id="rId278" xr:uid="{0E6C7D6A-15CB-4C5F-8C10-48FD671A73B0}"/>
+    <hyperlink ref="F349" r:id="rId279" xr:uid="{E7405A79-AD1A-4B4B-B2DD-B929363B0C9A}"/>
+    <hyperlink ref="F350" r:id="rId280" xr:uid="{AD6ED434-E509-4AFA-9216-C2C5829F2F90}"/>
+    <hyperlink ref="F351" r:id="rId281" xr:uid="{A165A817-1896-4C43-9F65-1EA54A6B6480}"/>
+    <hyperlink ref="F352" r:id="rId282" xr:uid="{B04D63B6-E3BE-46D1-90B6-EFEC95EB15BA}"/>
+    <hyperlink ref="F353" r:id="rId283" xr:uid="{E8B42624-F2D3-462D-B171-85695A16A3CE}"/>
+    <hyperlink ref="F354" r:id="rId284" xr:uid="{0E32C280-80F2-4248-9CD2-79DE4BF71FCF}"/>
+    <hyperlink ref="F355" r:id="rId285" xr:uid="{CD8E1417-3849-4878-A525-8BD70B685FE8}"/>
+    <hyperlink ref="F356" r:id="rId286" xr:uid="{5EE22806-2B1B-4D65-AC7B-E79AF4DF92CF}"/>
+    <hyperlink ref="F357" r:id="rId287" xr:uid="{904327F9-E4D7-4715-8C67-4BA7E52270B3}"/>
+    <hyperlink ref="F358" r:id="rId288" xr:uid="{6CD3B1C9-12DD-4604-8A56-0AACF384223A}"/>
+    <hyperlink ref="F359" r:id="rId289" xr:uid="{1E162D66-5AB9-4874-B00D-5C47BC037602}"/>
+    <hyperlink ref="F360" r:id="rId290" xr:uid="{529FD9E2-D3E3-4C87-A6F7-2382C37BF09D}"/>
+    <hyperlink ref="F361" r:id="rId291" xr:uid="{B9A6DE03-34F0-4AF2-80E9-83A427FCF23F}"/>
+    <hyperlink ref="F362" r:id="rId292" xr:uid="{4B89E156-3C9C-4890-AC8E-CB9B9CD6F458}"/>
+    <hyperlink ref="F363" r:id="rId293" xr:uid="{75220A9E-5BD7-48E9-8D42-F933DEE5CEF4}"/>
+    <hyperlink ref="F364" r:id="rId294" xr:uid="{62B40C13-72B8-46DD-9E64-91E18B9D6C21}"/>
+    <hyperlink ref="F365" r:id="rId295" xr:uid="{A448CCE2-9953-44E9-8712-1ED0AA0B349F}"/>
+    <hyperlink ref="F366" r:id="rId296" xr:uid="{472B14C4-57D8-43D0-8435-0CD513C48E85}"/>
+    <hyperlink ref="F367" r:id="rId297" xr:uid="{BC0F9D3D-3A03-4CC4-9D94-849E93DC7456}"/>
+    <hyperlink ref="F368" r:id="rId298" xr:uid="{6667F264-F321-4429-85AE-9A5E982832A9}"/>
+    <hyperlink ref="F369" r:id="rId299" xr:uid="{9800B586-F1DA-4156-A316-A7960185B7FB}"/>
+    <hyperlink ref="F370" r:id="rId300" xr:uid="{8493CDCF-2A86-4DF4-8992-DAA9C588D410}"/>
+    <hyperlink ref="F371" r:id="rId301" xr:uid="{2D92401F-4701-4DB9-B4EC-AF61763584AE}"/>
+    <hyperlink ref="F372" r:id="rId302" xr:uid="{0D6F2774-FA6B-4FB5-997A-6C386CA4E46F}"/>
+    <hyperlink ref="F373" r:id="rId303" xr:uid="{F2E7051B-44D1-4E02-896C-1DA587D448A9}"/>
+    <hyperlink ref="F374" r:id="rId304" xr:uid="{F23B553B-B7C3-4351-8E36-CE909D813BB3}"/>
+    <hyperlink ref="F375" r:id="rId305" xr:uid="{1BCE1F13-0092-41B0-AB79-10738174B4E5}"/>
+    <hyperlink ref="F376" r:id="rId306" xr:uid="{7FDC1037-0AD5-4698-B05B-90AEE14D390F}"/>
+    <hyperlink ref="F377" r:id="rId307" xr:uid="{F41B9B24-C592-4AE7-99C8-7F8D0307A403}"/>
+    <hyperlink ref="F378" r:id="rId308" xr:uid="{0214A428-C51B-4EDF-B502-8B408C306DC0}"/>
+    <hyperlink ref="F379" r:id="rId309" xr:uid="{71A53021-44BE-4168-8F36-59361D3A6C44}"/>
+    <hyperlink ref="F380" r:id="rId310" xr:uid="{A4341E73-EA66-4D9A-8AAF-5E8D7A5044DA}"/>
+    <hyperlink ref="F381" r:id="rId311" xr:uid="{A31797CE-9261-4167-B0DA-A77528EAB564}"/>
+    <hyperlink ref="F382" r:id="rId312" xr:uid="{1A365941-1874-40DA-A01B-B3F069CB5542}"/>
+    <hyperlink ref="F383" r:id="rId313" xr:uid="{966D88E1-B84B-45A2-81AE-F6DF19A01DCE}"/>
+    <hyperlink ref="F384" r:id="rId314" xr:uid="{1D9C4486-DA17-44F2-AE48-A8A0ABF6F525}"/>
+    <hyperlink ref="F385" r:id="rId315" xr:uid="{BC488863-4C7B-498C-A9B0-A0B45935F27A}"/>
+    <hyperlink ref="F386" r:id="rId316" xr:uid="{C2EE39ED-2820-461B-9A49-029CE70A25DB}"/>
+    <hyperlink ref="F387" r:id="rId317" xr:uid="{D42D0423-EDEF-47B1-B3B3-30A99565AEDA}"/>
+    <hyperlink ref="F388" r:id="rId318" xr:uid="{22E4F644-76E3-4653-B9F0-8620F482E77D}"/>
+    <hyperlink ref="F389" r:id="rId319" xr:uid="{AD9ED610-ABDA-42A9-8EC7-BB0AB1C08A04}"/>
+    <hyperlink ref="F390" r:id="rId320" xr:uid="{6F086323-D4A2-412F-B10F-E0DE5CB5B9FF}"/>
+    <hyperlink ref="F391" r:id="rId321" xr:uid="{1FEB49BC-F3BA-4799-80A8-780EC7353FAD}"/>
+    <hyperlink ref="F392" r:id="rId322" xr:uid="{AAAB30A0-0974-40CF-A3A5-F30C2AE34F88}"/>
+    <hyperlink ref="F393" r:id="rId323" xr:uid="{358DBB37-1483-4DB9-86E5-6F347BCAA3E5}"/>
+    <hyperlink ref="F394" r:id="rId324" xr:uid="{834C3B00-E4DF-4D26-9955-884F6BF29C2D}"/>
+    <hyperlink ref="F395" r:id="rId325" xr:uid="{66E6A731-024A-4EC0-9274-F46DADCD09F5}"/>
+    <hyperlink ref="F396" r:id="rId326" xr:uid="{F7649794-3028-45BA-9AF8-ED4DE18B23E9}"/>
+    <hyperlink ref="F397" r:id="rId327" xr:uid="{B27D3A5F-5FF3-46B9-8E17-52D72EC593A7}"/>
+    <hyperlink ref="F398" r:id="rId328" xr:uid="{F3EF94ED-7B41-4AE9-9261-5EB71D7648B5}"/>
+    <hyperlink ref="F399" r:id="rId329" xr:uid="{25E806D8-31FA-4663-B868-B67C70F9B6B7}"/>
+    <hyperlink ref="F400" r:id="rId330" xr:uid="{AD74E547-67BA-46B8-B74B-9B7B3398BF62}"/>
+    <hyperlink ref="F401" r:id="rId331" xr:uid="{B4172F6C-E09E-4040-931F-FA239D0EA1CD}"/>
+    <hyperlink ref="F402" r:id="rId332" xr:uid="{373F3CB1-A1DC-41A9-BAD5-557D2986C0B6}"/>
+    <hyperlink ref="F403" r:id="rId333" xr:uid="{5DB8A0D9-8FBA-4960-98C6-1120EAE23897}"/>
+    <hyperlink ref="F404" r:id="rId334" xr:uid="{0661B08C-1032-4311-BF1E-DA63ECDAA964}"/>
+    <hyperlink ref="F405" r:id="rId335" xr:uid="{F316C2A9-5E14-4E44-A6F5-2B6458114FB9}"/>
+    <hyperlink ref="F406" r:id="rId336" xr:uid="{26F22F31-032C-4EE7-89F9-6A2B7B61CD5C}"/>
+    <hyperlink ref="F407" r:id="rId337" xr:uid="{9A885AF0-CD95-401B-AD01-81AE5184F595}"/>
+    <hyperlink ref="F409" r:id="rId338" xr:uid="{6796B393-C4ED-47CA-A22F-36E3BE6293AD}"/>
+    <hyperlink ref="F410" r:id="rId339" xr:uid="{5D1EB9DB-6E6F-4DFA-9514-C929FA171EC6}"/>
+    <hyperlink ref="F411" r:id="rId340" xr:uid="{41E7D04D-A8DA-476B-915C-6DFF2B6389B9}"/>
+    <hyperlink ref="F412" r:id="rId341" xr:uid="{23C4B058-3FB5-413B-9EC9-662F9351E8F0}"/>
+    <hyperlink ref="F413" r:id="rId342" xr:uid="{A0B40229-4D30-41F6-BDF6-999EA02BAD9E}"/>
+    <hyperlink ref="F414" r:id="rId343" display="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-87/94&amp;td=ALL" xr:uid="{33D28EB5-B456-4A5C-8910-41BB9573581A}"/>
+    <hyperlink ref="F415" r:id="rId344" xr:uid="{C5831933-33B5-4C1A-BC19-F38614FCA59E}"/>
+    <hyperlink ref="F416" r:id="rId345" xr:uid="{E81DAA34-61C2-4A78-AF9E-004E68ED63AA}"/>
+    <hyperlink ref="F417" r:id="rId346" xr:uid="{9A152CD4-8D18-42C5-AEAD-8F67E56E515B}"/>
+    <hyperlink ref="F418" r:id="rId347" xr:uid="{E280E89B-0912-4E91-849A-4D5A4ED47577}"/>
+    <hyperlink ref="F419" r:id="rId348" xr:uid="{8FA35AEF-D295-4AA6-9980-F6DCBA9D7F6C}"/>
+    <hyperlink ref="F420" r:id="rId349" xr:uid="{A5B4B598-9484-44BA-B07C-41E45F08B877}"/>
+    <hyperlink ref="F421" r:id="rId350" display="http://curia.europa.eu/juris/liste.jsf?language=lv&amp;jur=C,T,F&amp;num=C-71/92&amp;td=ALL" xr:uid="{CA4CCD69-589E-4E33-9D6E-DB4E0E455BD3}"/>
+    <hyperlink ref="F422" r:id="rId351" xr:uid="{53E7BA25-A990-446E-84A7-AFAD6806E9DB}"/>
+    <hyperlink ref="F423" r:id="rId352" xr:uid="{82D2F95D-F106-4368-A6D1-2798D2391C91}"/>
+    <hyperlink ref="F424" r:id="rId353" xr:uid="{B6C1EABE-4991-4EA2-9742-967387A6AC08}"/>
+    <hyperlink ref="F425" r:id="rId354" xr:uid="{97AA2A45-D051-43F8-9152-6F9E56E42E44}"/>
+    <hyperlink ref="F426" r:id="rId355" xr:uid="{DDB37894-F2A7-4737-81C7-6EB157A87DE7}"/>
+    <hyperlink ref="F427" r:id="rId356" xr:uid="{0472B641-EE8A-4EAD-831C-043DBC5452B9}"/>
+    <hyperlink ref="F428" r:id="rId357" xr:uid="{32667F58-9A24-4ACF-BD19-E8612F355934}"/>
+    <hyperlink ref="F429" r:id="rId358" xr:uid="{8489C0A6-4244-457E-A810-82B8DB22D6D4}"/>
+    <hyperlink ref="F430" r:id="rId359" xr:uid="{05D9D128-12B9-4E07-AC67-0F7C0DBFC6C6}"/>
+    <hyperlink ref="F431" r:id="rId360" xr:uid="{3425FFFD-6C27-4A82-B2C7-E1835F458143}"/>
+    <hyperlink ref="F432" r:id="rId361" xr:uid="{36EF8457-A044-4099-89F6-9303CF23FA4A}"/>
+    <hyperlink ref="F66" r:id="rId362" xr:uid="{205C5302-7686-4067-A884-C42B125D24F5}"/>
+    <hyperlink ref="F67" r:id="rId363" xr:uid="{06DA41DF-F52B-468A-A7A4-533569C173B7}"/>
+    <hyperlink ref="F68" r:id="rId364" xr:uid="{91205C1E-D789-44E5-900E-C2E472A37EB9}"/>
+    <hyperlink ref="F69" r:id="rId365" xr:uid="{A0783FB3-8097-4C73-9A68-7BBBCC8D3DD2}"/>
+    <hyperlink ref="F65" r:id="rId366" xr:uid="{4E764BBC-77E7-452E-AA65-5F0284B008A5}"/>
+    <hyperlink ref="F64" r:id="rId367" xr:uid="{3A4AD61A-E633-4812-B65C-5EDE3689FDD8}"/>
+    <hyperlink ref="F63" r:id="rId368" xr:uid="{86220007-0FB0-4D15-882B-A012BE4D9DE3}"/>
+    <hyperlink ref="F62" r:id="rId369" xr:uid="{05F63855-B691-4E8A-8D9B-9564A7C7B6B6}"/>
+    <hyperlink ref="F61" r:id="rId370" xr:uid="{6E42DC37-8BE4-4F59-8559-FC60E48A5BE9}"/>
+    <hyperlink ref="F60" r:id="rId371" xr:uid="{C0BF52D4-1D4F-4EBD-B3FC-BCAE8E90D1B8}"/>
+    <hyperlink ref="F59" r:id="rId372" xr:uid="{FA809267-3C7C-427C-BBC7-B1740336A63C}"/>
+    <hyperlink ref="F58" r:id="rId373" xr:uid="{9EDDABD4-53C4-42B8-A1C1-E8EFCB5B638A}"/>
+    <hyperlink ref="F56" r:id="rId374" xr:uid="{528E7EB3-9060-4679-9749-A53322F4FEDB}"/>
+    <hyperlink ref="F57" r:id="rId375" location="ctx1" display="https://curia.europa.eu/juris/document/document.jsf?text=iepirkums*&amp;docid=267139&amp;pageIndex=0&amp;doclang=LV&amp;mode=req&amp;dir=&amp;occ=first&amp;part=1&amp;cid=385757 - ctx1" xr:uid="{05BB9F1C-1FB0-4A1E-9B30-D1C29E52A1D9}"/>
+    <hyperlink ref="F51" r:id="rId376" xr:uid="{64AEF4C6-B0C0-4FE6-897F-CFF0FD40BAA8}"/>
+    <hyperlink ref="F52" r:id="rId377" xr:uid="{562CE80A-5B2F-4FB8-8CD3-B079BB7F9F24}"/>
+    <hyperlink ref="F53" r:id="rId378" xr:uid="{2500D377-246A-4B27-9657-DFC28CA8A9D5}"/>
+    <hyperlink ref="F54" r:id="rId379" xr:uid="{9C095740-556C-4EFF-BAD2-E8112C3BDA90}"/>
+    <hyperlink ref="F55" r:id="rId380" xr:uid="{F6D98CDE-4BA9-422E-8A65-D33BACEBB8D2}"/>
+    <hyperlink ref="F47" r:id="rId381" xr:uid="{B9AA6BAC-5561-44A3-BDCD-C6D5B21761C9}"/>
+    <hyperlink ref="F48" r:id="rId382" xr:uid="{EF3CF3CC-383D-44FB-8846-1002C519EDFD}"/>
+    <hyperlink ref="F49" r:id="rId383" xr:uid="{123724D8-EFC6-4AB4-9ECD-74A731D2950A}"/>
+    <hyperlink ref="F50" r:id="rId384" xr:uid="{13D55F30-0F9B-47E4-86B3-E19AACDA9A78}"/>
+    <hyperlink ref="F46" r:id="rId385" xr:uid="{59D99B92-B752-42A8-806A-6C440CBCA98A}"/>
+    <hyperlink ref="F45" r:id="rId386" xr:uid="{98327D55-F057-4383-BA58-BD379E2D61EF}"/>
+    <hyperlink ref="F43" r:id="rId387" xr:uid="{9F35435F-38B3-419A-8BF0-A2B2C6B008AC}"/>
+    <hyperlink ref="F44" r:id="rId388" xr:uid="{4525AED7-1BD2-4441-8182-72DEE572A1B1}"/>
+    <hyperlink ref="F40" r:id="rId389" xr:uid="{D55FB4DE-97E4-4A52-859E-5A04550BB54E}"/>
+    <hyperlink ref="F41" r:id="rId390" xr:uid="{E266B618-BD60-450C-B468-E24A02CE4AD7}"/>
+    <hyperlink ref="F42" r:id="rId391" xr:uid="{F6E7F408-5DDE-4DD2-A83F-385BF6D0F07C}"/>
+    <hyperlink ref="F39" r:id="rId392" xr:uid="{EEADEE88-51FC-4E87-8808-5F0C126386F6}"/>
+    <hyperlink ref="F38" r:id="rId393" xr:uid="{8B059411-2304-48C9-9889-3C959B7C6F5B}"/>
+    <hyperlink ref="F37" r:id="rId394" xr:uid="{BEF7336B-2538-45A8-B88D-EF0B06091BC4}"/>
+    <hyperlink ref="F36" r:id="rId395" xr:uid="{91BE1C56-DA87-46D7-898E-972045EC097A}"/>
+    <hyperlink ref="F35" r:id="rId396" xr:uid="{F437A21E-81C9-445A-BED6-311B1957B50B}"/>
+    <hyperlink ref="F33" r:id="rId397" xr:uid="{1F2B3D97-A030-4E11-989D-2B9CEDC91ED2}"/>
+    <hyperlink ref="F34" r:id="rId398" xr:uid="{6218A441-8159-400B-930C-97FCFDEECFDF}"/>
+    <hyperlink ref="F32" r:id="rId399" xr:uid="{F43EBDB0-1701-489F-A28C-C648B3D99E39}"/>
+    <hyperlink ref="F29" r:id="rId400" xr:uid="{909F6962-81BF-40CF-B03C-F9DBEF09F8AD}"/>
+    <hyperlink ref="F30" r:id="rId401" xr:uid="{F08DA33F-DDCF-41D9-BAC1-433AA9BE1FCB}"/>
+    <hyperlink ref="F31" r:id="rId402" xr:uid="{6046639D-CDCF-44C5-8D33-220A40EB8E66}"/>
+    <hyperlink ref="F27" r:id="rId403" xr:uid="{A5725E67-E89F-4DFC-95EF-35422D63B485}"/>
+    <hyperlink ref="F28" r:id="rId404" xr:uid="{AA1B08D2-AFAF-4510-90A6-B29EE006D39D}"/>
+    <hyperlink ref="F24" r:id="rId405" xr:uid="{525E7774-1132-4402-A378-0D4638F5AC86}"/>
+    <hyperlink ref="F25" r:id="rId406" xr:uid="{AA28BB85-A598-4729-BC7E-87144E07C959}"/>
+    <hyperlink ref="F26" r:id="rId407" xr:uid="{807EEC14-7DA8-4581-8D82-ADDAF053BFC4}"/>
+    <hyperlink ref="F20" r:id="rId408" xr:uid="{1248EAFA-B59F-4352-9952-FA5A07339288}"/>
+    <hyperlink ref="F21" r:id="rId409" xr:uid="{A05C71B8-4CC7-4BA2-A21E-18022DDE7B4F}"/>
+    <hyperlink ref="F23" r:id="rId410" xr:uid="{F64AF475-CEC7-40D0-BAF8-42C488AE3E82}"/>
+    <hyperlink ref="F18" r:id="rId411" location="ntc1-C_202407296LV.000101-E0001" display="https://eur-lex.europa.eu/legal-content/LV/TXT/?uri=OJ:C_202407296 - ntc1-C_202407296LV.000101-E0001" xr:uid="{67F186B6-F03D-49B2-9297-272974FDEB73}"/>
+    <hyperlink ref="F19" r:id="rId412" xr:uid="{404D4ECF-0BD2-49C8-B562-6C47CBB71749}"/>
+    <hyperlink ref="F16" r:id="rId413" xr:uid="{3BE237D7-EA04-4AE4-A663-FF36B8312CB6}"/>
+    <hyperlink ref="F17" r:id="rId414" xr:uid="{68599F44-BF74-4D97-B669-6406D4B7E2E7}"/>
+    <hyperlink ref="F14" r:id="rId415" display="https://eur-lex.europa.eu/legal-content/LV/ALL/?uri=CELEX:62023CJ0471" xr:uid="{83A1C143-4029-4207-8E0C-3EB2281126DB}"/>
+    <hyperlink ref="F15" r:id="rId416" xr:uid="{2437014A-433D-4BA7-936D-F18CB39CD24A}"/>
+    <hyperlink ref="F12" r:id="rId417" xr:uid="{26EFB4CF-35BD-4391-A2C4-8992010FD9AB}"/>
+    <hyperlink ref="F13" r:id="rId418" xr:uid="{AF60CC6B-557D-4C7B-A754-6BF482648398}"/>
+    <hyperlink ref="F11" r:id="rId419" xr:uid="{D93A1A36-A060-4ADC-889B-04E32D0A7A67}"/>
+    <hyperlink ref="F8" r:id="rId420" xr:uid="{095336AE-63D9-4524-8F23-BB60B91D9427}"/>
+    <hyperlink ref="F9" r:id="rId421" xr:uid="{88884DFB-C136-4129-BAA5-031710484E9B}"/>
+    <hyperlink ref="F22" r:id="rId422" xr:uid="{14CB205D-D3A7-4974-9AB0-215336EC8CBC}"/>
+    <hyperlink ref="F6" r:id="rId423" xr:uid="{3168E8EF-A8A9-4AED-87BC-85647AB93151}"/>
+    <hyperlink ref="F3" r:id="rId424" xr:uid="{D07928D2-F524-41FF-83C9-36E6EF9C5325}"/>
+    <hyperlink ref="F5" r:id="rId425" xr:uid="{449E00BD-5D80-4C08-9A7E-118EA2EEDC36}"/>
+    <hyperlink ref="F7" r:id="rId426" xr:uid="{8890F7FD-73BE-41AF-988D-B2823D4AE6D9}"/>
+    <hyperlink ref="F4" r:id="rId427" xr:uid="{CF426ABD-1A66-4F92-B9FB-B02170D8EACA}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" gridLines="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="48" fitToHeight="0" pageOrder="overThenDown" orientation="landscape" cellComments="atEnd" r:id="rId428"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100F28EBB1BA9A5D74B8887D1D0355963EB" ma:contentTypeVersion="14" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="53999a83adaac3437c7c039b762c0120">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="91b49ab1-9be5-4af7-9e50-846f311e3d04" xmlns:ns3="2570daea-32e5-443d-864e-89f901ca737d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9cb996851df00da7dbc5e3711cee39e9" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="91b49ab1-9be5-4af7-9e50-846f311e3d04">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="2570daea-32e5-443d-864e-89f901ca737d" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100F28EBB1BA9A5D74B8887D1D0355963EB" ma:contentTypeVersion="14" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="f1fad5e22670b0f1eff42d6d6f4a10c6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="91b49ab1-9be5-4af7-9e50-846f311e3d04" xmlns:ns3="2570daea-32e5-443d-864e-89f901ca737d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e89d32297e05cc1f3dfdbe21bb54bd20" ns2:_="" ns3:_="">
     <xsd:import namespace="91b49ab1-9be5-4af7-9e50-846f311e3d04"/>
     <xsd:import namespace="2570daea-32e5-443d-864e-89f901ca737d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -25717,103 +25792,77 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACFBD145-DA13-4429-8427-308E8847B768}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D13AA557-E0FB-4260-B885-F3E722A9F727}">
-[...17 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{367219FF-D82A-4891-9516-B57EA8847FFC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="2570daea-32e5-443d-864e-89f901ca737d"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="91b49ab1-9be5-4af7-9e50-846f311e3d04"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6CE42631-8D55-4FA0-A4F9-281B6E83CF6D}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darblapas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>EST spriedumi</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>