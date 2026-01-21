--- v0 (2025-10-07)
+++ v1 (2026-01-21)
@@ -100,93 +100,117 @@
         <w:t xml:space="preserve"> apsaimniekotājiem un aģentūrām</w:t>
       </w:r>
       <w:r w:rsidR="00A77339">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="362D2092" w14:textId="6E0FA9DD" w:rsidR="006C45F4" w:rsidRDefault="00EF54E7" w:rsidP="005E01A3">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD4AD1">
         <w:rPr>
           <w:bCs/>
           <w:kern w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Latvijas un Šveices sadarbības programmas 2019.–2029. gada periodā</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C4758ED" w14:textId="1D023C97" w:rsidR="00B923C9" w:rsidRPr="005E01A3" w:rsidRDefault="00B923C9" w:rsidP="005E01A3">
+    <w:p w14:paraId="7C4758ED" w14:textId="3EEE75F5" w:rsidR="00B923C9" w:rsidRPr="005E01A3" w:rsidRDefault="00B923C9" w:rsidP="005E01A3">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B02BDF">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:r w:rsidR="00343D00">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>05</w:t>
+      </w:r>
       <w:r w:rsidR="00D53EBA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>15.09.</w:t>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00343D00">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D53EBA">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00AD4AD1" w:rsidRPr="001F6724">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>2025</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00343D00">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00D052A0" w:rsidRPr="001F6724">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.; </w:t>
       </w:r>
       <w:r w:rsidRPr="001F6724">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Nr.</w:t>
       </w:r>
-      <w:r w:rsidR="00AD4AD1" w:rsidRPr="001F6724">
-[...3 lines deleted...]
-        <w:t>1</w:t>
+      <w:r w:rsidR="00343D00">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="001F6724">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="582B7EC5" w14:textId="77777777" w:rsidR="006C45F4" w:rsidRDefault="006C45F4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17AB4361" w14:textId="77777777" w:rsidR="006C45F4" w:rsidRDefault="00A77339">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2450,58 +2474,58 @@
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>______________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00CA35A1" w:rsidSect="00A77339">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footnotePr>
         <w:pos w:val="beneathText"/>
       </w:footnotePr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11905" w:h="16837"/>
       <w:pgMar w:top="993" w:right="1134" w:bottom="709" w:left="1701" w:header="709" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7446BA61" w14:textId="77777777" w:rsidR="008B277E" w:rsidRDefault="008B277E">
+    <w:p w14:paraId="5FB013BE" w14:textId="77777777" w:rsidR="005E25C6" w:rsidRDefault="005E25C6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="52ECD432" w14:textId="77777777" w:rsidR="008B277E" w:rsidRDefault="008B277E">
+    <w:p w14:paraId="675DA80F" w14:textId="77777777" w:rsidR="005E25C6" w:rsidRDefault="005E25C6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans Unicode">
@@ -2521,58 +2545,58 @@
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="375275F1" w14:textId="77777777" w:rsidR="008B277E" w:rsidRDefault="008B277E">
+    <w:p w14:paraId="545B3B7A" w14:textId="77777777" w:rsidR="005E25C6" w:rsidRDefault="005E25C6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5A2D3754" w14:textId="77777777" w:rsidR="008B277E" w:rsidRDefault="008B277E">
+    <w:p w14:paraId="30313CF9" w14:textId="77777777" w:rsidR="005E25C6" w:rsidRDefault="005E25C6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="5E89F550" w14:textId="77777777" w:rsidR="007F23D3" w:rsidRPr="007F23D3" w:rsidRDefault="007F23D3">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003D5D2D">
         <w:t>Ja tiek piemēroti MK noteikumi Nr.104, iespējama nepamatota sadalīšana ir vērtējama konkrētā projekta līmenī (izņemot atsevišķas specifiskas situācijas, kad PIL subjekti piemēro MK noteikumus Nr.104 ēku energoefektivitātes paaugstināšanas (siltināšanas) projektiem saskaņā ar PIL 5.panta 19.punktu – šādā gadījumā iespējama nepamatota sadalīšana ir jāvērtē saskaņā ar PIL regulējumu, vērtējot izmaksas kopumā).</w:t>
       </w:r>
@@ -2788,131 +2812,133 @@
                       <w:t>2</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rStyle w:val="PageNumber"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square" side="largest" anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:pos w:val="beneathText"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A21904"/>
     <w:rsid w:val="00021230"/>
     <w:rsid w:val="00036173"/>
     <w:rsid w:val="000615DC"/>
     <w:rsid w:val="000B1AA1"/>
     <w:rsid w:val="000C76D4"/>
     <w:rsid w:val="00104C27"/>
     <w:rsid w:val="00114067"/>
     <w:rsid w:val="00116E69"/>
     <w:rsid w:val="00132E23"/>
     <w:rsid w:val="00153064"/>
     <w:rsid w:val="00153929"/>
     <w:rsid w:val="00163FE9"/>
     <w:rsid w:val="001910E3"/>
     <w:rsid w:val="001C659D"/>
     <w:rsid w:val="001F6724"/>
     <w:rsid w:val="001F6E9F"/>
     <w:rsid w:val="00257EE8"/>
+    <w:rsid w:val="00276CBB"/>
     <w:rsid w:val="00277F37"/>
     <w:rsid w:val="00282475"/>
     <w:rsid w:val="0028412C"/>
     <w:rsid w:val="00290963"/>
     <w:rsid w:val="002933A5"/>
     <w:rsid w:val="002A4176"/>
     <w:rsid w:val="002A5E6D"/>
     <w:rsid w:val="003249D3"/>
     <w:rsid w:val="003371BC"/>
     <w:rsid w:val="0034058E"/>
     <w:rsid w:val="00342F36"/>
     <w:rsid w:val="003434E5"/>
+    <w:rsid w:val="00343D00"/>
     <w:rsid w:val="0037052F"/>
     <w:rsid w:val="003A067E"/>
     <w:rsid w:val="003A3096"/>
     <w:rsid w:val="003B5E93"/>
     <w:rsid w:val="003D5D2D"/>
     <w:rsid w:val="00432897"/>
     <w:rsid w:val="00434033"/>
     <w:rsid w:val="00447F6A"/>
     <w:rsid w:val="00452E9C"/>
     <w:rsid w:val="00472CDE"/>
     <w:rsid w:val="004776DB"/>
     <w:rsid w:val="00483BE4"/>
     <w:rsid w:val="004A25AE"/>
     <w:rsid w:val="004A3C92"/>
     <w:rsid w:val="004B3BBD"/>
     <w:rsid w:val="005126C0"/>
     <w:rsid w:val="00570182"/>
     <w:rsid w:val="005A0531"/>
     <w:rsid w:val="005E01A3"/>
+    <w:rsid w:val="005E25C6"/>
     <w:rsid w:val="005F421B"/>
     <w:rsid w:val="00613DE3"/>
     <w:rsid w:val="006250D9"/>
     <w:rsid w:val="00642525"/>
     <w:rsid w:val="006677DE"/>
     <w:rsid w:val="00677182"/>
     <w:rsid w:val="006779DF"/>
     <w:rsid w:val="006C45F4"/>
     <w:rsid w:val="006D320F"/>
     <w:rsid w:val="006E5C45"/>
     <w:rsid w:val="006F581D"/>
     <w:rsid w:val="00702468"/>
     <w:rsid w:val="00707053"/>
     <w:rsid w:val="00721ECF"/>
     <w:rsid w:val="00730808"/>
     <w:rsid w:val="00746837"/>
     <w:rsid w:val="007468CA"/>
     <w:rsid w:val="007A3785"/>
     <w:rsid w:val="007B1AFC"/>
     <w:rsid w:val="007C0FC5"/>
     <w:rsid w:val="007D7FFC"/>
     <w:rsid w:val="007F23D3"/>
     <w:rsid w:val="007F39DC"/>
     <w:rsid w:val="008038EA"/>
     <w:rsid w:val="00827DF2"/>
@@ -2954,50 +2980,51 @@
     <w:rsid w:val="00B2663E"/>
     <w:rsid w:val="00B3103B"/>
     <w:rsid w:val="00B33582"/>
     <w:rsid w:val="00B35B67"/>
     <w:rsid w:val="00B923C9"/>
     <w:rsid w:val="00BB19B4"/>
     <w:rsid w:val="00BC6DC7"/>
     <w:rsid w:val="00C0070C"/>
     <w:rsid w:val="00C00C02"/>
     <w:rsid w:val="00C07DD6"/>
     <w:rsid w:val="00C130BE"/>
     <w:rsid w:val="00C20F94"/>
     <w:rsid w:val="00C47749"/>
     <w:rsid w:val="00C641B3"/>
     <w:rsid w:val="00C95672"/>
     <w:rsid w:val="00C97611"/>
     <w:rsid w:val="00CA35A1"/>
     <w:rsid w:val="00CC7026"/>
     <w:rsid w:val="00CF01EA"/>
     <w:rsid w:val="00CF508B"/>
     <w:rsid w:val="00CF6477"/>
     <w:rsid w:val="00D032A6"/>
     <w:rsid w:val="00D052A0"/>
     <w:rsid w:val="00D53EBA"/>
     <w:rsid w:val="00DD1430"/>
+    <w:rsid w:val="00E00194"/>
     <w:rsid w:val="00E054F3"/>
     <w:rsid w:val="00E168BB"/>
     <w:rsid w:val="00E243DC"/>
     <w:rsid w:val="00E25875"/>
     <w:rsid w:val="00E6607E"/>
     <w:rsid w:val="00E76FDD"/>
     <w:rsid w:val="00E94678"/>
     <w:rsid w:val="00EB5724"/>
     <w:rsid w:val="00EC32FC"/>
     <w:rsid w:val="00EF0E38"/>
     <w:rsid w:val="00EF54E7"/>
     <w:rsid w:val="00F0034D"/>
     <w:rsid w:val="00F00BF9"/>
     <w:rsid w:val="00F26C28"/>
     <w:rsid w:val="00F53D9C"/>
     <w:rsid w:val="00FC0947"/>
     <w:rsid w:val="00FC3B7F"/>
     <w:rsid w:val="00FC3BE4"/>
     <w:rsid w:val="00FE1558"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>