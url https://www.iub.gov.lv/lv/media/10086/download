--- v0 (2025-10-06)
+++ v1 (2026-01-14)
@@ -2,83 +2,83 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w14:paraId="7FBE2960" w14:textId="77777777" w:rsidR="001512C9" w:rsidRPr="00545A0D" w:rsidRDefault="001512C9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D464A67" w14:textId="3FBA88BE" w:rsidR="001512C9" w:rsidRPr="00545A0D" w:rsidRDefault="001512C9" w:rsidP="00EC3071">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Virsraksts1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="721CAA86" w14:textId="50C6DE26" w:rsidR="00867329" w:rsidRPr="00545A0D" w:rsidRDefault="00867329" w:rsidP="00867329"/>
     <w:p w14:paraId="7845413A" w14:textId="77777777" w:rsidR="00867329" w:rsidRPr="00545A0D" w:rsidRDefault="00867329" w:rsidP="00867329"/>
     <w:p w14:paraId="24650571" w14:textId="528E7B48" w:rsidR="00867329" w:rsidRPr="00545A0D" w:rsidRDefault="00867329" w:rsidP="00867329"/>
     <w:p w14:paraId="5ED4F249" w14:textId="77777777" w:rsidR="00867329" w:rsidRPr="00545A0D" w:rsidRDefault="00867329" w:rsidP="00867329"/>
     <w:p w14:paraId="4CA11514" w14:textId="67E6E829" w:rsidR="001512C9" w:rsidRPr="00545A0D" w:rsidRDefault="00A91208">
       <w:pPr>
-        <w:pStyle w:val="Heading4"/>
+        <w:pStyle w:val="Virsraksts4"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t>XXX</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AB27AED" w14:textId="177EE060" w:rsidR="001512C9" w:rsidRPr="00545A0D" w:rsidRDefault="001512C9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79727B4B" w14:textId="37F0E3D5" w:rsidR="00867329" w:rsidRPr="00545A0D" w:rsidRDefault="00867329">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -107,67 +107,67 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D7D48BF" w14:textId="77777777" w:rsidR="00867329" w:rsidRPr="00545A0D" w:rsidRDefault="00867329">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E47E7DF" w14:textId="77777777" w:rsidR="00B31436" w:rsidRPr="00545A0D" w:rsidRDefault="00B31436">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1797285C" w14:textId="77777777" w:rsidR="001512C9" w:rsidRPr="00545A0D" w:rsidRDefault="001512C9">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Virsraksts1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>Atklāta konkursa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CF41CCD" w14:textId="2661CBE4" w:rsidR="001512C9" w:rsidRPr="00545A0D" w:rsidRDefault="00320C23">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Virsraksts1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Nr. </w:t>
       </w:r>
       <w:r w:rsidR="00A91208">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>XXX</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C01B3F8" w14:textId="77777777" w:rsidR="001512C9" w:rsidRPr="00545A0D" w:rsidRDefault="001512C9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
@@ -226,51 +226,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> vidusskolas - attīstības centra </w:t>
       </w:r>
       <w:r w:rsidR="005236E7" w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>pārbūves būvprojekta izstrāde un autoruzraudzība</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E03152D" w14:textId="77777777" w:rsidR="004219E0" w:rsidRPr="00545A0D" w:rsidRDefault="004219E0" w:rsidP="009A1BDB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="760193B7" w14:textId="77777777" w:rsidR="001512C9" w:rsidRPr="00545A0D" w:rsidRDefault="001512C9" w:rsidP="00DE5EA1">
       <w:pPr>
-        <w:pStyle w:val="Heading5"/>
+        <w:pStyle w:val="Virsraksts5"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="48"/>
         </w:rPr>
         <w:t>Nolikums</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="358CDC86" w14:textId="77777777" w:rsidR="00894360" w:rsidRPr="00545A0D" w:rsidRDefault="00894360">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77F4E30F" w14:textId="77777777" w:rsidR="009A1BDB" w:rsidRPr="00545A0D" w:rsidRDefault="009A1BDB">
       <w:pPr>
@@ -326,140 +326,140 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48481F50" w14:textId="0639EE3A" w:rsidR="00894360" w:rsidRPr="00545A0D" w:rsidRDefault="00A91208" w:rsidP="00894360">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>XXX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11E62059" w14:textId="557033A0" w:rsidR="001512C9" w:rsidRPr="00545A0D" w:rsidRDefault="001512C9" w:rsidP="00DE5EA1">
+    <w:p w14:paraId="11E62059" w14:textId="47EE27E5" w:rsidR="001512C9" w:rsidRPr="00545A0D" w:rsidRDefault="001512C9" w:rsidP="00DE5EA1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="001664A3" w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="005236E7" w:rsidRPr="00545A0D">
+      <w:r w:rsidR="00070655">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4473B978" w14:textId="1384F70E" w:rsidR="001512C9" w:rsidRPr="00545A0D" w:rsidRDefault="001512C9">
       <w:pPr>
         <w:pageBreakBefore/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>1. Vispārīga informācija par konkursu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="269F00D8" w14:textId="77777777" w:rsidR="001512C9" w:rsidRPr="00545A0D" w:rsidRDefault="001512C9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CF0268D" w14:textId="77777777" w:rsidR="00F47EBE" w:rsidRPr="00545A0D" w:rsidRDefault="00F47EBE" w:rsidP="00085978">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="40"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Iepirkuma metode</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6403BF05" w14:textId="1B59B72B" w:rsidR="00F47EBE" w:rsidRPr="00545A0D" w:rsidRDefault="00F47EBE" w:rsidP="00BA6B92">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Iepirkuma metode ir atklāts konkurss, kas tiek organizēts saskaņā ar Publisko iepirkumu likumu</w:t>
       </w:r>
       <w:r w:rsidR="00FA060D" w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> (turpmāk tekstā arī – Likums)</w:t>
       </w:r>
       <w:r w:rsidR="00C6697C" w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -653,82 +653,82 @@
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>XXX</w:t>
       </w:r>
       <w:r w:rsidRPr="001562B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34A8A64F" w14:textId="77777777" w:rsidR="0084531B" w:rsidRPr="001562B5" w:rsidRDefault="0084531B" w:rsidP="00BA6B92">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F23092F" w14:textId="757E0A9D" w:rsidR="009F11EB" w:rsidRPr="001562B5" w:rsidRDefault="00F47EBE" w:rsidP="00BA6B92">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk167781778"/>
       <w:r w:rsidRPr="001562B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Identifikācijas Nr. </w:t>
       </w:r>
       <w:r w:rsidR="00A91208">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>XXX</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="422626B8" w14:textId="77777777" w:rsidR="00320C23" w:rsidRPr="00545A0D" w:rsidRDefault="00320C23" w:rsidP="00BA6B92">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E243D64" w14:textId="77777777" w:rsidR="002B2514" w:rsidRPr="00545A0D" w:rsidRDefault="00424402" w:rsidP="00BA6B92">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="40"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk166505108"/>
@@ -740,51 +740,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Kontaktpersonas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F542621" w14:textId="77777777" w:rsidR="002B2514" w:rsidRPr="00545A0D" w:rsidRDefault="001512C9" w:rsidP="00BA6B92">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Kontaktpersona konkursa procedūras jautājumos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23ECEE99" w14:textId="3E8C8EFB" w:rsidR="005236E7" w:rsidRPr="00545A0D" w:rsidRDefault="005236E7" w:rsidP="00F4703F">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Kontaktpersona iepirkuma procedūras jautājumos: </w:t>
       </w:r>
       <w:r w:rsidR="00A91208">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>XXX</w:t>
@@ -805,82 +805,82 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21BDF456" w14:textId="6E9CF682" w:rsidR="003A5ADE" w:rsidRPr="00545A0D" w:rsidRDefault="003A5ADE" w:rsidP="00F4703F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Kontaktpersona projekta realizācijas jautājumos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FD9BF49" w14:textId="60217429" w:rsidR="003A5ADE" w:rsidRPr="00545A0D" w:rsidRDefault="00A91208" w:rsidP="00C01D47">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="850" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>XXX</w:t>
       </w:r>
       <w:r w:rsidR="003A5ADE" w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CD2CFBE" w14:textId="77777777" w:rsidR="00C01D47" w:rsidRPr="00545A0D" w:rsidRDefault="00C01D47" w:rsidP="00C01D47">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="850"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A3D76AB" w14:textId="77777777" w:rsidR="001512C9" w:rsidRPr="00545A0D" w:rsidRDefault="001512C9" w:rsidP="00085978">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="40"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
@@ -890,162 +890,162 @@
         </w:rPr>
         <w:t>Nolikuma saņemšana</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="739AFDFD" w14:textId="5F858873" w:rsidR="00C03A5D" w:rsidRPr="00545A0D" w:rsidRDefault="00C03A5D" w:rsidP="00085978">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Konkursa nolikuma elektroniskā versija un tehniskā dokumentācija ir ievietota lejupielādēšanai interneta tīmekļvietnē </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00F4703F" w:rsidRPr="00937670">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>www.eis.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F4703F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F4703F" w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C0EBA3D" w14:textId="0A169D5C" w:rsidR="00C03A5D" w:rsidRPr="00545A0D" w:rsidRDefault="00C03A5D" w:rsidP="00085978">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Konkursa nolikuma grozījumi un atbildes uz ieinteresēto piegādātāju jautājumiem par šo iepirkumu tiek publicētas interneta tīmekļvietnē </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00F4703F" w:rsidRPr="00937670">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>www.eis.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F4703F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F4703F" w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Piegādātāja pienākums ir pastāvīgi sekot tīmekļvietnē </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00F4703F" w:rsidRPr="00937670">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>www.eis.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F4703F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">publicētajai informācijai par šo iepirkumu un iekļaut to savā piedāvājumā. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C0B7C37" w14:textId="4B7553AA" w:rsidR="00C03A5D" w:rsidRPr="00545A0D" w:rsidRDefault="00C03A5D" w:rsidP="00085978">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Hipersaite"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Komisija nav atbildīga par to, ja kāds ieinteresētais piegādātājs nav iepazinies ar informāciju par šo iepirkuma procedūru, kurai ir nodrošināta brīva un </w:t>
       </w:r>
       <w:r w:rsidRPr="001E3CF5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>tieša elektronisk</w:t>
       </w:r>
       <w:r w:rsidR="001E3CF5" w:rsidRPr="001E3CF5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1090,51 +1090,51 @@
       <w:r w:rsidR="00F4703F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "http://www.eis.gov.lv" </w:instrText>
       </w:r>
       <w:r w:rsidR="00F4703F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00F4703F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00F4703F" w:rsidRPr="00937670">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Hipersaite"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>www.eis.gov.lv</w:t>
       </w:r>
       <w:r w:rsidR="00F4703F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00F4703F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1144,51 +1144,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="2C287426" w14:textId="5FA943D0" w:rsidR="001512C9" w:rsidRPr="00545A0D" w:rsidRDefault="00C03A5D" w:rsidP="00085978">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ieinteresētais Piegādātājs Elektronisko iepirkumu sistēmas e-konkursu apakšsistēmā šā konkursa sadaļā var reģistrēties kā atklāta konkursa nolikuma saņēmējs, ja tas ir reģistrēts Elektronisko iepirkumu sistēmā kā Piegādātājs</w:t>
       </w:r>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DECD1D9" w14:textId="1C96B59A" w:rsidR="00141999" w:rsidRPr="00545A0D" w:rsidRDefault="00141999" w:rsidP="00085978">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -1257,51 +1257,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja ieinteresētais piegādātājs pieprasa izsniegt iepirkuma procedūras dokumentus drukātā veidā, pasūtītājs tos izsniedz ieinteresētajam piegādātājam </w:t>
       </w:r>
       <w:r w:rsidR="00A91208">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>XXX</w:t>
       </w:r>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> triju darbdienu laikā pēc tam, kad saņemts šo dokumentu pieprasījums, ievērojot nosacījumu, ka dokumentu pieprasījums iesniegts laikus pirms piedāvājumu iesniegšanas termiņa beigām.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36CC15FE" w14:textId="7EC7C672" w:rsidR="00141999" w:rsidRPr="00545A0D" w:rsidRDefault="002942D9" w:rsidP="00085978">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Klientu apkalpošanas</w:t>
       </w:r>
       <w:r w:rsidR="00141999" w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00141999" w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1424,51 +1424,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70FAD08C" w14:textId="77777777" w:rsidR="00574A9D" w:rsidRPr="00545A0D" w:rsidRDefault="00574A9D" w:rsidP="00574A9D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CA96F84" w14:textId="77777777" w:rsidR="00C01D47" w:rsidRPr="00545A0D" w:rsidRDefault="00C01D47" w:rsidP="00574A9D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3AE98BFC" w14:textId="3D2973E9" w:rsidR="002673F1" w:rsidRPr="00545A0D" w:rsidRDefault="001512C9" w:rsidP="002673F1">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Informācija par iepirkuma priekšmetu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24533876" w14:textId="55C11EC4" w:rsidR="00707661" w:rsidRPr="00545A0D" w:rsidRDefault="00A9441A" w:rsidP="00045598">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -1610,96 +1610,96 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29D3D63D" w14:textId="77777777" w:rsidR="00A9441A" w:rsidRPr="00711A07" w:rsidRDefault="00A9441A" w:rsidP="00045598">
       <w:pPr>
         <w:spacing w:after="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Pakalpojuma izpildes termiņš:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="124FFF2F" w14:textId="5204C82C" w:rsidR="00CC77A8" w:rsidRPr="00711A07" w:rsidRDefault="00CC77A8" w:rsidP="00574A9D">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="80"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">zstrādāts būvprojekts minimālā sastāvā (turpmāk arī – MBP) un izdota būvatļauja </w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2 mēnešu</w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> laikā no projektēšanas līguma spēkā stāšanās dienas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20042B40" w14:textId="760C4825" w:rsidR="007A375B" w:rsidRPr="00711A07" w:rsidRDefault="007A375B" w:rsidP="00574A9D">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="80"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Hlk165275604"/>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Izstrādāts būvprojekts (turpmāk arī – BP) un iesniegts pasūtītājam, lai veiktu būvprojekta ekspertīzi, </w:t>
       </w:r>
       <w:r w:rsidR="00A35D08" w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -1709,51 +1709,51 @@
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> mēnešu</w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> laikā no projektēšanas līguma spēkā stāšanās dienas;</w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p w14:paraId="1C73D344" w14:textId="79D48E88" w:rsidR="00574A9D" w:rsidRPr="00711A07" w:rsidRDefault="00574A9D" w:rsidP="00574A9D">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="80"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Izstrādāts BP ar visiem nepieciešamajiem saskaņojumiem un </w:t>
       </w:r>
       <w:r w:rsidR="00A91208">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>XX</w:t>
@@ -1767,51 +1767,51 @@
       <w:r w:rsidR="00A35D08" w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> mēnešu</w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> laikā no projektēšanas līguma spēkā stāšanās dienas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17E1CDC9" w14:textId="7F7B50E8" w:rsidR="00A9441A" w:rsidRPr="001562B5" w:rsidRDefault="00AE2618" w:rsidP="00045598">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Autoruzraudzības termiņš ir līdz būves pieņemšanai </w:t>
       </w:r>
       <w:r w:rsidRPr="001562B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ekspluatācijā</w:t>
       </w:r>
       <w:r w:rsidR="00C23DB0" w:rsidRPr="001562B5">
@@ -1937,71 +1937,71 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>saimnieciski visizdevīgākais piedāvājums</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C876DFF" w14:textId="77777777" w:rsidR="00367545" w:rsidRPr="00711A07" w:rsidRDefault="00367545" w:rsidP="00367545">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F0DCA4D" w14:textId="77777777" w:rsidR="00367545" w:rsidRPr="00711A07" w:rsidRDefault="00367545" w:rsidP="00367545">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2293CD98" w14:textId="6D428911" w:rsidR="00367545" w:rsidRPr="003A37D5" w:rsidRDefault="00367545" w:rsidP="003A37D5">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
         </w:tabs>
         <w:spacing w:after="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A37D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Tehniskās prasības </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B4300BC" w14:textId="149C9FCC" w:rsidR="00367545" w:rsidRPr="00711A07" w:rsidRDefault="00367545" w:rsidP="00085978">
@@ -2018,450 +2018,450 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Piedāvājumam jāatbilst iepirkuma specifikācijā (1. pielikums) iekļautajām prasībām.</w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Piedāvājums iesniedzams tikai par visu apjomu. Katrs pretendents drīkst iesniegt tikai vienu piedāvājuma variantu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="747FEED5" w14:textId="77777777" w:rsidR="00367545" w:rsidRPr="00711A07" w:rsidRDefault="00367545" w:rsidP="00367545">
       <w:pPr>
-        <w:pStyle w:val="BodyText2"/>
+        <w:pStyle w:val="Pamatteksts2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AFA469B" w14:textId="77777777" w:rsidR="00367545" w:rsidRPr="00711A07" w:rsidRDefault="00367545" w:rsidP="003A37D5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
         </w:tabs>
         <w:spacing w:after="40"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Finanšu prasības</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E73916F" w14:textId="57AB0DD4" w:rsidR="00367545" w:rsidRPr="00711A07" w:rsidRDefault="00367545" w:rsidP="003A37D5">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Finanšu piedāvājumā jāaizpilda finanšu piedāvājuma veidlapa (4. pielikums) </w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>atbilstoši iepirkuma specifikācijai.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="529F232B" w14:textId="77777777" w:rsidR="00367545" w:rsidRPr="00711A07" w:rsidRDefault="00367545" w:rsidP="003A37D5">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Cena jānosaka </w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E150C47" w14:textId="77777777" w:rsidR="00367545" w:rsidRPr="00711A07" w:rsidRDefault="00367545" w:rsidP="003A37D5">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="48"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Piedāvājuma cenā jāiekļauj:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4884C999" w14:textId="1820C674" w:rsidR="00367545" w:rsidRPr="00711A07" w:rsidRDefault="00367545" w:rsidP="00574A9D">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>būvprojekta izstrāde un saskaņošana;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35D18278" w14:textId="36B17363" w:rsidR="00367545" w:rsidRPr="00711A07" w:rsidRDefault="00367545" w:rsidP="00574A9D">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>autoruzraudzība;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4187005F" w14:textId="2CE5D802" w:rsidR="00367545" w:rsidRPr="00711A07" w:rsidRDefault="00367545" w:rsidP="00574A9D">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ekonomiskās daļas (darbu apjomu un tāmju) sagatavošana atbilstoši Latvijas Republikas </w:t>
       </w:r>
       <w:r w:rsidR="00861880" w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Ministru kabineta  noteikumiem Nr.239 „Noteikumi par Latvijas būvnormatīvu LBN 501-17 „Būvizmaksu noteikšanas kārtība””</w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21294182" w14:textId="71C0EC8B" w:rsidR="00367545" w:rsidRPr="00711A07" w:rsidRDefault="00367545" w:rsidP="00574A9D">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>nepieciešamo palīgdarbu izmaksas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D20A60D" w14:textId="795722F1" w:rsidR="00367545" w:rsidRPr="00711A07" w:rsidRDefault="00367545" w:rsidP="00574A9D">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>tehnikas un palīgierīču izmantošanas izmaksas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BCD9024" w14:textId="7BC4C7CF" w:rsidR="00367545" w:rsidRPr="00711A07" w:rsidRDefault="00367545" w:rsidP="00574A9D">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>citi izdevumi, ja tādi paredzami;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20AA10A4" w14:textId="48538C1C" w:rsidR="000C4DAC" w:rsidRPr="00711A07" w:rsidRDefault="00367545" w:rsidP="00574A9D">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">visi normatīvajos aktos paredzētie nodokļi un citi maksājumi. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CCBF2D2" w14:textId="60CEDF1C" w:rsidR="00140F03" w:rsidRPr="00711A07" w:rsidRDefault="00140F03" w:rsidP="00EC7B4C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1417"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Būvspeciālista, kas veiks būvprojekta vadītāja pienākumus,</w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> civiltiesiskās atbildības apdrošināšana tiek veikta atbilstoši 19.08.2014. Ministru kabineta noteikumiem Nr.</w:t>
       </w:r>
       <w:r w:rsidR="00B80705" w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>502 „Noteikumi par būvspeciālistu un būvdarbu veicēju civiltiesiskās atbildības obligāto apdrošināšanu” un atbilstoši nolikuma 2.</w:t>
       </w:r>
       <w:r w:rsidR="00B80705" w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>pielikuma Līgumā noteiktajam.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="602A457C" w14:textId="7B522590" w:rsidR="00AA1AA8" w:rsidRPr="00711A07" w:rsidRDefault="00140F03" w:rsidP="00B80705">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Apdrošināšanu veic tikai iepirkuma uzvarētājs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77F8944A" w14:textId="7A507A8C" w:rsidR="00085978" w:rsidRPr="00711A07" w:rsidRDefault="00085978" w:rsidP="00B80705">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C7A42F1" w14:textId="796721F1" w:rsidR="002673F1" w:rsidRPr="00711A07" w:rsidRDefault="002673F1" w:rsidP="00B80705">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="048E0747" w14:textId="77777777" w:rsidR="002673F1" w:rsidRPr="00711A07" w:rsidRDefault="002673F1" w:rsidP="00B80705">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="515D248C" w14:textId="77777777" w:rsidR="001512C9" w:rsidRPr="00711A07" w:rsidRDefault="001512C9" w:rsidP="00B80705">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>3. Informācija pretendentiem</w:t>
@@ -2622,73 +2622,73 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>BIS</w:t>
       </w:r>
       <w:r w:rsidRPr="001562B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Ārvalstī reģistrētam pretendentam, kas nav reģistrēts Uzņēmumu reģistrā, jānorāda </w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>publiski pieejams reģistrs, kurā Pasūtītājs var pārliecināties par pretendenta reģistrācijas faktu vai jāpievieno attiecīgos faktus apliecinoši dokumenti (kopijas), ja attiecīgās valsts normatīvie akti to paredz.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="314ED359" w14:textId="77777777" w:rsidR="003C1712" w:rsidRPr="00711A07" w:rsidRDefault="003C1712" w:rsidP="00C01D47">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Pretendentu izslēdz no dalības iepirkuma procedūrā:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D3AB162" w14:textId="1B101CBE" w:rsidR="003C1712" w:rsidRPr="00711A07" w:rsidRDefault="003C1712" w:rsidP="00C01D47">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>jebkurā no Publisko iepirkumu likuma 42.</w:t>
       </w:r>
       <w:r w:rsidR="00B80705" w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
@@ -2711,51 +2711,51 @@
       </w:r>
       <w:r w:rsidR="00B80705" w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>pantā un 42.</w:t>
       </w:r>
       <w:r w:rsidR="00B80705" w:rsidRPr="00711A07">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>panta ceturtajā daļā norādītos izņēmumus, termiņus un pārbaudīšanas kārtību.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15D622DA" w14:textId="20CBF732" w:rsidR="003C1712" w:rsidRPr="00711A07" w:rsidRDefault="003C1712" w:rsidP="00367545">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ja uz Pretendentu (t.sk. arī Pretendenta valdes vai padomes locekļiem, pārstāvēt tiesīgajām personām, personālsabiedrības biedriem, ja Pretendents ir personālsabiedrība, uz apakšuzņēmējiem, kura sniedzamo pakalpojumu vērtība ir vismaz 10000 </w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>euro</w:t>
       </w:r>
@@ -2770,51 +2770,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>panta otrajā daļā (izņemot 8. un 9.</w:t>
       </w:r>
       <w:r w:rsidR="00B80705" w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>punktu) noteiktie izslēgšanas nosacījumi;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D605FC5" w14:textId="635788A5" w:rsidR="003C1712" w:rsidRPr="00711A07" w:rsidRDefault="003C1712" w:rsidP="00367545">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ja uz Publisko iepirkumu likuma 42.</w:t>
       </w:r>
       <w:r w:rsidR="00B80705" w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
@@ -2839,51 +2839,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>panta otrās daļas 1., 2., un 3.</w:t>
       </w:r>
       <w:r w:rsidR="00B80705" w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>punktā noteiktie izslēgšanas nosacījumi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19757248" w14:textId="69453867" w:rsidR="003C1712" w:rsidRPr="00711A07" w:rsidRDefault="003C1712" w:rsidP="00367545">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1560" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ja uz Publisko iepirkumu likuma 42.</w:t>
       </w:r>
       <w:r w:rsidR="00B80705" w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
@@ -2914,51 +2914,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>panta otrās daļas 1., 2., un 11.</w:t>
       </w:r>
       <w:r w:rsidR="00B80705" w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>punktā noteiktie izslēgšanas nosacījumi</w:t>
       </w:r>
       <w:r w:rsidR="005C05F2" w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D0FF8C9" w14:textId="3A56259B" w:rsidR="00861880" w:rsidRPr="00711A07" w:rsidRDefault="00861880" w:rsidP="00861880">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Izslēgšanas nosacījumu pārbaude tiks veikta Publisko iepirkumu likuma 42.pantā noteiktajā kārtībā</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D20752B" w14:textId="5E8E4FB0" w:rsidR="001512C9" w:rsidRPr="00711A07" w:rsidRDefault="009F1555" w:rsidP="00367545">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="1276" w:hanging="709"/>
@@ -2966,51 +2966,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Pretendenta rīcībā ir visi nepieciešamie resursi savlaicīgai un kvalitatīvai pakalpojuma nodrošināšanai</w:t>
       </w:r>
       <w:r w:rsidR="001512C9" w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="713BC57D" w14:textId="5A3D7ADD" w:rsidR="003B4BCD" w:rsidRPr="00711A07" w:rsidRDefault="003B4BCD" w:rsidP="00367545">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="969"/>
         </w:tabs>
         <w:ind w:left="1276" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ja piedāvājumu konkursā iesniedz piegādātāju apvienība, tad pieteikumu par piedalīšanos atklātā konkursā (nolikuma 3.</w:t>
       </w:r>
       <w:r w:rsidR="00B80705" w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3040,51 +3040,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>pielikums) paraksta visi piegādātāju apvienības dalībnieki vai arī piegādātāju apvienības dalībnieks, kas tam pilnvarots ar piegādātāju apvienības vienošanos, kas noteikta nolikuma 5.1.3.</w:t>
       </w:r>
       <w:r w:rsidR="00B80705" w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>punktā, citus piedāvājumā esošos dokumentus paraksta ar minēto vienošanos noteiktais apvienības dalībnieks vai arī visi apvienības dalībnieki.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D144892" w14:textId="09A38E6B" w:rsidR="001512C9" w:rsidRPr="00711A07" w:rsidRDefault="001512C9" w:rsidP="00367545">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="969"/>
         </w:tabs>
         <w:ind w:left="1276" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ja piedāvājumu iesniedz piegādātāju apvienība, tad pretendenta kvalifikāciju apstiprinošie dokumenti iesniedzami par katru apvienības dalībnieku atsevišķi. Uz katru apvienības dalībnieku attiecas nolikuma</w:t>
       </w:r>
       <w:r w:rsidR="00D978DD" w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3114,87 +3114,87 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00566857" w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>punkts, bet pārējos nolikuma punktos izvirzītās prasības jāizpilda piegādātāju apvienībai kopumā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4969E1B3" w14:textId="47207649" w:rsidR="00D302D1" w:rsidRPr="00711A07" w:rsidRDefault="00D302D1" w:rsidP="00367545">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="969"/>
         </w:tabs>
         <w:ind w:left="1276" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Ja konkursa rezultātā tiek pieņemts lēmums slēgt iepirkuma līgumu ar piegādātāju apvienību, tad pirms iepirkuma līguma noslēgšanas piegādātāju apvienībai jānoslēdz sabiedrības līgums, vienojoties par apvienības dalībnieku atbildības sadalījumu, un viens līguma eksemplārs (oriģināls vai kopija, ja tiek uzrādīts oriģināls) jāiesniedz Pasūtītājam vai jāizveido  personālsabiedrība, par to rakstiski paziņojot Pasūtītājam</w:t>
       </w:r>
       <w:r w:rsidR="002B1F4D" w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0101E19D" w14:textId="77777777" w:rsidR="001512C9" w:rsidRPr="00711A07" w:rsidRDefault="001512C9" w:rsidP="00367545">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="969"/>
         </w:tabs>
         <w:ind w:left="1276" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Konkursa komisija ir tiesīga noraidīt konkursa pretendenta piedāvājumu, ja:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4038E827" w14:textId="629B4F46" w:rsidR="001512C9" w:rsidRPr="00711A07" w:rsidRDefault="001512C9" w:rsidP="00A4672A">
       <w:pPr>
@@ -3340,51 +3340,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>pretendenta piedāvājums nenodrošina tehniskajā specifikācijā izvirzīto prasību izpildi</w:t>
       </w:r>
       <w:r w:rsidR="00715C51" w:rsidRPr="00711A07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0258FB03" w14:textId="174B9EDE" w:rsidR="00DF3BA5" w:rsidRPr="002E1E4C" w:rsidRDefault="00DF3BA5" w:rsidP="00124D6B">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:before="60"/>
         <w:ind w:left="1276" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E1E4C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pretendents var balstīties uz citu uzņēmēju iespējām, tajā skaitā, lai pierādītu atbilstību konkursa nolikumā izvirzītajām kvalifikācijas prasībām, ja tas ir nepieciešams konkrētā līguma </w:t>
       </w:r>
       <w:r w:rsidRPr="002E1E4C">
         <w:rPr>
@@ -3449,51 +3449,51 @@
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Cita</w:t>
       </w:r>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>informācija</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4441720F" w14:textId="1FB6968C" w:rsidR="0064078A" w:rsidRPr="00545A0D" w:rsidRDefault="00085978" w:rsidP="0057623F">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="969"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="1276" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="0064078A" w:rsidRPr="00545A0D">
         <w:rPr>
@@ -3516,121 +3516,121 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai elektroniskajā iepirkumu sistēmā (</w:t>
       </w:r>
       <w:r w:rsidR="00566857" w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">turpmāk arī – </w:t>
       </w:r>
       <w:r w:rsidR="0064078A" w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>EIS).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DC1726F" w14:textId="13ED4949" w:rsidR="0064078A" w:rsidRPr="00545A0D" w:rsidRDefault="00085978" w:rsidP="0057623F">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="969"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="1276" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="0064078A" w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>retendents sedz visus izdevumus, kas saistīti ar piedāvājuma sagatavošanu un iesniegšanu pasūtītājam;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="214FBCA8" w14:textId="43EBC53E" w:rsidR="0064078A" w:rsidRPr="00545A0D" w:rsidRDefault="00085978" w:rsidP="0057623F">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="969"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="1276" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidR="0064078A" w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>atrs pretendents drīkst iesniegt tikai vienu piedāvājumu;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="033AF2B4" w14:textId="7F526D57" w:rsidR="007F7FBE" w:rsidRPr="00545A0D" w:rsidRDefault="0064078A" w:rsidP="0057623F">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="969"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="1276" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Pretendents</w:t>
       </w:r>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
@@ -3702,69 +3702,69 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>pielikumā)</w:t>
       </w:r>
       <w:r w:rsidR="00BD2727" w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="268EB844" w14:textId="77777777" w:rsidR="001512C9" w:rsidRPr="00545A0D" w:rsidRDefault="001512C9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FC8317A" w14:textId="77777777" w:rsidR="00085978" w:rsidRPr="00545A0D" w:rsidRDefault="00085978" w:rsidP="00085978">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:vanish/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DF02CF2" w14:textId="77777777" w:rsidR="00085978" w:rsidRPr="00545A0D" w:rsidRDefault="00085978" w:rsidP="00085978">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:vanish/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C3FD342" w14:textId="0E1EC820" w:rsidR="001512C9" w:rsidRPr="00545A0D" w:rsidRDefault="001512C9" w:rsidP="00E22EEB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
@@ -3937,81 +3937,81 @@
     <w:p w14:paraId="1A118324" w14:textId="1C4B01D0" w:rsidR="008A0B44" w:rsidRPr="00545A0D" w:rsidRDefault="008A0B44" w:rsidP="002533EE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="1276" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Helvetica" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ja ieinteresētais piegādātājs ir laikus pieprasījis papildu informāciju par iepirkuma procedūras dokumentos iekļautajām prasībām, pasūtītājs to sniedz piecu darbdienu laikā, bet ne vēlāk kā sešas dienas pirms piedāvājumu iesniegšanas termiņa beigām.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CE0BCBE" w14:textId="5E9F939C" w:rsidR="008A0B44" w:rsidRPr="00545A0D" w:rsidRDefault="008A0B44" w:rsidP="00AD70E0">
       <w:pPr>
-        <w:pStyle w:val="Title"/>
+        <w:pStyle w:val="Nosaukums"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="792"/>
         </w:tabs>
         <w:ind w:left="1276" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Helvetica"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Helvetica"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Papildu informāciju pasūtītājs nosūta piegādātajam, kas uzdevis jautājumu, un vienlaikus ievieto šo informāciju mājaslapā internetā, kurā ir pieejami iepirkuma procedūras dokumenti </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00A91208" w:rsidRPr="00367068">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:b w:val="0"/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>www.eis.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A744B9">
         <w:rPr>
           <w:rFonts w:eastAsia="Helvetica"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Helvetica"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -4020,123 +4020,123 @@
     </w:p>
     <w:p w14:paraId="72DB72C6" w14:textId="72099DA0" w:rsidR="001512C9" w:rsidRPr="00545A0D" w:rsidRDefault="008A0B44" w:rsidP="00AD70E0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="1276" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja pasūtītājs izdarījis grozījumus iepirkuma procedūras dokumentos, tas ievieto informāciju par grozījumiem mājaslapā internetā, kurā ir pieejami šie dokumenti </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00A744B9" w:rsidRPr="00937670">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>www.eis.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00835667" w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>ne vēlāk kā dienā, kad atkārtoti publicēts paziņojums, ar kuru izsludināta iepirkuma procedūra</w:t>
       </w:r>
       <w:r w:rsidR="001512C9" w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67CEF875" w14:textId="77777777" w:rsidR="00FB32ED" w:rsidRPr="00545A0D" w:rsidRDefault="00FB32ED">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43A4AB1D" w14:textId="3F351E04" w:rsidR="00AD70E0" w:rsidRPr="00545A0D" w:rsidRDefault="001512C9" w:rsidP="00C01D47">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="540"/>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="257"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Konkursa piedāvājuma iesniegšana un noformēšana</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3354B82A" w14:textId="77777777" w:rsidR="00AD70E0" w:rsidRPr="00545A0D" w:rsidRDefault="00AD70E0" w:rsidP="00AD70E0">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53391ABD" w14:textId="77777777" w:rsidR="001512C9" w:rsidRPr="00545A0D" w:rsidRDefault="001512C9" w:rsidP="00AD70E0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
         </w:tabs>
         <w:spacing w:after="40"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -4212,51 +4212,51 @@
       </w:r>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>elektroniski</w:t>
       </w:r>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>, izmantojot Valsts reģionālās attīstības aģentūras mājaslapā pieejamo Elektronisko iepirkumu sistēmas e-konkursu apakšsistēmu (</w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00A744B9" w:rsidRPr="00937670">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="ar-SA"/>
           </w:rPr>
           <w:t>https://www.eis.gov.lv/EKEIS/Supplier/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="00A744B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -4390,98 +4390,98 @@
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:tab/>
         <w:t>Piedāvājumus drīkst iesniegt sākot ar dienu, kad paziņojums par līgumu ir publicēts Iepirkumu uzraudzības biroja mājaslapā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7437A90C" w14:textId="77777777" w:rsidR="00B96875" w:rsidRPr="00545A0D" w:rsidRDefault="00B96875" w:rsidP="00AD70E0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="165D1983" w14:textId="77777777" w:rsidR="00B96875" w:rsidRPr="00545A0D" w:rsidRDefault="00B96875" w:rsidP="00AD70E0">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="0" w:after="40"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>4.2. Piedāvājuma sastāvs un noformējums</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CA87CA7" w14:textId="77777777" w:rsidR="00B96875" w:rsidRPr="00545A0D" w:rsidRDefault="00B96875" w:rsidP="00AD70E0">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1276"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="1276" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Piedāvājuma iesniegšana:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36C2BFC7" w14:textId="2E425949" w:rsidR="00B96875" w:rsidRPr="00545A0D" w:rsidRDefault="00B96875" w:rsidP="00AD70E0">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1276"/>
           <w:tab w:val="num" w:pos="2127"/>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="2127" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Piedāvājums jāiesniedz elektroniski EIS e-konkursu apakšsistēmā, ievērojot šād</w:t>
@@ -4499,164 +4499,164 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s izvēl</w:t>
       </w:r>
       <w:r w:rsidR="00566857" w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s iespējas: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6843F61B" w14:textId="77777777" w:rsidR="00B96875" w:rsidRPr="00545A0D" w:rsidRDefault="00B96875" w:rsidP="00AD70E0">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="num" w:pos="3119"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="3118" w:hanging="992"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>izmantojot EIS e-konkursu apakšsistēmas piedāvātos rīkus, aizpildot minētās sistēmas e-konkursu apakšsistēmā šā iepirkuma sadaļā ievietotās formas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12454839" w14:textId="39343F10" w:rsidR="00B96875" w:rsidRPr="00545A0D" w:rsidRDefault="00B96875" w:rsidP="00AD70E0">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="num" w:pos="3119"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="3118" w:hanging="992"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>elektroniski aizpildāmos dokumentus elektroniski sagatavojot ārpus EIS e-konkursu apakšsistēmas un augšupielādējot sistēmas attiecīgajās vietnēs aizpildītas PDF formas, t.sk. ar formā integrētajiem failiem (šādā gadījumā Pretendents ir atbildīgs par aizpildāmo formu atbilstību dokumentācijas prasībām un formu paraugiem);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06F06117" w14:textId="77777777" w:rsidR="00B96875" w:rsidRPr="00545A0D" w:rsidRDefault="00B96875" w:rsidP="00AD70E0">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
           <w:tab w:val="num" w:pos="3119"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="3118" w:hanging="992"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>elektroniski (PDF formas veidā) sagatavoto piedāvājumu šifrējot ārpus e-konkursu apakšsistēmas ar trešās personas piedāvātiem datu aizsardzības rīkiem un aizsargājot ar elektronisku atslēgu un paroli (šādā gadījumā Pretendents ir atbildīgs par aizpildāmo formu atbilstību dokumentācijas prasībām un formu paraugiem, kā arī dokumenta atvēršanas un nolasīšanas iespējām).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EC9738A" w14:textId="77777777" w:rsidR="00B96875" w:rsidRPr="00545A0D" w:rsidRDefault="00B96875" w:rsidP="00AD70E0">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="1276" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sagatavojot piedāvājumu, Pretendents ievēro, ka:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21625A37" w14:textId="77777777" w:rsidR="00B96875" w:rsidRPr="00545A0D" w:rsidRDefault="00B96875" w:rsidP="00AD70E0">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1418"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="2127" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Piedāvājuma dokumenti ir jāsagatavo atsevišķos elektroniskos dokumentos </w:t>
       </w:r>
       <w:r w:rsidRPr="00545A0D">
@@ -4702,51 +4702,51 @@
         </w:rPr>
         <w:t>pdf</w:t>
       </w:r>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> formātā).</w:t>
       </w:r>
       <w:r w:rsidRPr="00545A0D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Pieteikuma veidlapa, tehniskais un finanšu piedāvājums jāaizpilda tikai elektroniski, atsevišķā elektroniskā dokumentā ar Microsoft Office 2010 (vai jaunākas programmatūras versijas) rīkiem lasāmā formātā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="552BA4BB" w14:textId="77777777" w:rsidR="00B96875" w:rsidRPr="00545A0D" w:rsidRDefault="00B96875" w:rsidP="00AD70E0">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1418"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="2127" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Piedāvājuma dokumentus ar </w:t>
       </w:r>
       <w:r w:rsidRPr="00545A0D">
@@ -4764,79 +4764,79 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> paraksta </w:t>
       </w:r>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>piegādātāja pārstāvis ar Latvijas Republikas Uzņēmumu reģistrā vai atbilstošā reģistrā ārvalstīs nostiprinātām paraksta tiesībām vai šīs personas pilnvarota persona, pievienojot atbilstoši noformētu pilnvaru un dokumentu, kas apliecina pilnvaras izdevēja paraksta (pārstāvības) tiesības</w:t>
       </w:r>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. Pilnvarā precīzi jānorāda pilnvarotajai personai piešķirto tiesību un saistību apjoms.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="065B6EFB" w14:textId="77777777" w:rsidR="00B96875" w:rsidRPr="00545A0D" w:rsidRDefault="00B96875" w:rsidP="00AD70E0">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1418"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="2127" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ja piedāvājumu iesniedz personu apvienība jebkurā to kombinācijā, piedāvājumā norāda tās pilnvaroto pārstāvi ar tiesībām elektroniski parakstīt visus ar šo iepirkuma procedūru saistītos dokumentus. Pilnvarojums pārstāvēt personu apvienību ir jāparaksta katras personas apvienībā iekļautās personas pārstāvēttiesīgajam vai pilnvarotajam pārstāvim.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CBD4CE0" w14:textId="0664D820" w:rsidR="00B96875" w:rsidRPr="00545A0D" w:rsidRDefault="00B96875" w:rsidP="00AD70E0">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1418"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="2127" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Piedāvājums jāsagatavo latviešu valodā. Ja kāds dokuments piedāvājumā un/vai citi piedāvājumā iekļautie informācijas materiāli ir svešvalodā, tiem jāpievieno apliecināts tulkojums latviešu valodā saskaņā ar Ministru kabineta 2000.gada 22.</w:t>
       </w:r>
       <w:r w:rsidR="00566857" w:rsidRPr="00545A0D">
@@ -4852,51 +4852,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>augusta noteikumiem Nr.</w:t>
       </w:r>
       <w:r w:rsidR="00566857" w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>291 „Kārtība, kādā apliecināmi dokumentu tulkojumi valsts valodā”. Par dokumentu tulkojuma atbilstību oriģinālam atbild pretendents.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="053B2856" w14:textId="25B31AD1" w:rsidR="00B96875" w:rsidRPr="00545A0D" w:rsidRDefault="00B96875" w:rsidP="00AD70E0">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1418"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="2127" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja pretendents iesniedzis kāda dokumenta kopiju, to apliecina atbilstoši Ministru kabineta </w:t>
       </w:r>
       <w:r w:rsidR="00056627" w:rsidRPr="00545A0D">
@@ -4937,116 +4937,116 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>panta piektās daļas kārtībā var pieprasīt, lai pretendents uzrāda dokumenta oriģinālu vai iesniedz apliecinātu dokumenta kopiju</w:t>
       </w:r>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49872191" w14:textId="77777777" w:rsidR="00B96875" w:rsidRPr="00545A0D" w:rsidRDefault="00B96875" w:rsidP="00AD70E0">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1418"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="2127" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Iesniedzot piedāvājumu, Pretendents pilnībā atzīst visus konkursa nolikumā (t.sk. tā pielikumos un veidlapās, kuras ir ievietotas Elektronisko iepirkumu sistēmā e-konkursu apakšsistēmas šā iepirkuma sadaļā) ietvertos nosacījumus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02EA63D5" w14:textId="77777777" w:rsidR="00B96875" w:rsidRPr="00545A0D" w:rsidRDefault="00B96875" w:rsidP="00AD70E0">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1418"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="2127" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Piedāvājums jāsagatavo tā, lai nekādā veidā netiktu apdraudēta EIS e-konkursu apakšsistēmas darbība un nebūtu ierobežota piekļuve piedāvājumā ietvertajai informācijai, tostarp piedāvājums nedrīkst saturēt datorvīrusus un citas kaitīgas programmatūras vai to ģeneratorus, vai, ja piedāvājums ir šifrēts, </w:t>
       </w:r>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>pretendentam noteiktajā laikā (ne vēlāk kā 15 minūtes pēc piedāvājumu iesniegšanas termiņa beigām) jāiesniedz derīga elektroniska atslēga un parole šifrētā dokumenta atvēršanai.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FF84BAE" w14:textId="75048D9C" w:rsidR="001512C9" w:rsidRPr="00545A0D" w:rsidRDefault="00B96875" w:rsidP="00AD70E0">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1418"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="2127" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Piedāvājuma dokumentiem jābūt skaidri salasāmiem, lai izvairītos no jebkādiem pārpratumiem. Vārdiem un skaitļiem jābūt bez iestarpinājumiem vai labojumiem. Ja pastāvēs jebkāda veida pretrunas starp skaitlisko vērtību apzīmējumiem ar vārdiem un skaitļiem, noteicošais būs apzīmējums ar vārdiem</w:t>
       </w:r>
       <w:r w:rsidR="001512C9" w:rsidRPr="00545A0D">
@@ -5740,51 +5740,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>būv</w:t>
       </w:r>
       <w:r w:rsidR="00E8174F" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>projektu)</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> tiks uzskatīts tāds pakalpojums, kas atbilst šādiem raksturlielumiem:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CE7C39C" w14:textId="63B045A4" w:rsidR="00655FB4" w:rsidRPr="001562B5" w:rsidRDefault="000328C7" w:rsidP="00A872F3">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1996" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Hlk166506099"/>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">projektēšanas veids – publiskas ēkas </w:t>
       </w:r>
       <w:r w:rsidRPr="001562B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
@@ -5913,51 +5913,51 @@
         </w:rPr>
         <w:t>līdzvērtīgu dokumentu, kas apliecina nolikuma 5.1.4.</w:t>
       </w:r>
       <w:r w:rsidR="00D01CB1" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>apakšpunktā visu prasīto darba pieredzes nosacījumu izpildi.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p w14:paraId="19A53185" w14:textId="5EF486AB" w:rsidR="001D607A" w:rsidRPr="00053DF6" w:rsidRDefault="001C3062" w:rsidP="00655FB4">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Apliecinājums par d</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>arbu izpildē</w:t>
       </w:r>
@@ -5990,128 +5990,128 @@
       </w:r>
       <w:r w:rsidR="001D607A" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D01CB1" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="001D607A" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">pielikums): </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42DDBBD7" w14:textId="19548D8F" w:rsidR="001D607A" w:rsidRPr="00053DF6" w:rsidRDefault="001D607A" w:rsidP="00EC7B4C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1843" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Hlk149032001"/>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>vismaz viens speciālists</w:t>
       </w:r>
       <w:r w:rsidR="003D1603" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> ar spēkā esošu sertifikātu</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> arhitekta praksē;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F7BEF09" w14:textId="1BD160AE" w:rsidR="001D607A" w:rsidRPr="00053DF6" w:rsidRDefault="001D607A" w:rsidP="00EC7B4C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1843" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">vismaz viens speciālists </w:t>
       </w:r>
       <w:r w:rsidR="00231A0D" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ar spēkā esošu sertifikātu </w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>ēku konstrukciju projektēšanā;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1199E237" w14:textId="77777777" w:rsidR="002533EE" w:rsidRPr="00053DF6" w:rsidRDefault="001D607A" w:rsidP="00EC7B4C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1843" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">vismaz viens speciālists </w:t>
       </w:r>
       <w:r w:rsidR="00231A0D" w:rsidRPr="00053DF6">
         <w:rPr>
@@ -6138,163 +6138,163 @@
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidR="002533EE" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="000328C7" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="608E147E" w14:textId="5302943F" w:rsidR="001D607A" w:rsidRPr="00053DF6" w:rsidRDefault="002533EE" w:rsidP="00EC7B4C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1843" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">vismaz viens speciālists ar spēkā esošu sertifikātu </w:t>
       </w:r>
       <w:r w:rsidR="000328C7" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">elektronisko sakaru sistēmu un tīklu </w:t>
       </w:r>
       <w:r w:rsidR="001D607A" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>projektēšanā;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FF4C98A" w14:textId="252045E4" w:rsidR="00A04E39" w:rsidRPr="00053DF6" w:rsidRDefault="00A04E39" w:rsidP="00EC7B4C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1843" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>vismaz viens speciālists ar spēkā esošu sertifikātu ūdensapgādes un kanalizācijas sistēmu projektēšanā, ieskaitot ugunsdzēsības sistēmas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65A7C601" w14:textId="6A8FFA92" w:rsidR="00A04E39" w:rsidRPr="00053DF6" w:rsidRDefault="00A04E39" w:rsidP="00EC7B4C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1843" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">vismaz viens speciālists ar spēkā esošu sertifikātu </w:t>
       </w:r>
       <w:bookmarkStart w:id="18" w:name="_Hlk165293340"/>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">siltumapgādes, ventilācijas un gaisa kondicionēšanas sistēmu </w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">projektēšanā. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p w14:paraId="4321DECB" w14:textId="2A0BCA12" w:rsidR="00FC79AE" w:rsidRPr="00053DF6" w:rsidRDefault="00FC79AE" w:rsidP="00461BDC">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Apliecinājumam</w:t>
       </w:r>
       <w:r w:rsidR="00020D90" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (nolikuma 7.pielikumam)</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6734,161 +6734,161 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r w:rsidR="00CA67C6" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>EVIPD</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> veidlapu paraugu forma pieejama </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00053DF6">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://espd.eis.gov.lv/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CA67C6" w:rsidRPr="00053DF6">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Hipersaite"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00B52308" w:rsidRPr="00053DF6">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Hipersaite"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>pretendentam</w:t>
       </w:r>
       <w:r w:rsidR="00CA67C6" w:rsidRPr="00053DF6">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Hipersaite"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00B52308" w:rsidRPr="00053DF6">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Hipersaite"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> iesniedzot </w:t>
       </w:r>
       <w:r w:rsidR="00CA67C6" w:rsidRPr="00053DF6">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Hipersaite"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">EVIPD, jāaizpilda veidlapas IV daļas </w:t>
       </w:r>
       <w:r w:rsidR="00CA67C6" w:rsidRPr="00053DF6">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Hipersaite"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>“Atlases kritēriji” C iedaļā norādītie apakšpunkti, saskaņā ar konkursa nolikumā izvir</w:t>
       </w:r>
       <w:r w:rsidR="00CA4292" w:rsidRPr="00053DF6">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Hipersaite"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>zītajām kvalifikācijas prasībām</w:t>
       </w:r>
       <w:r w:rsidR="00CA67C6" w:rsidRPr="00053DF6">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Hipersaite"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="311C7C3A" w14:textId="77777777" w:rsidR="005144B3" w:rsidRPr="00053DF6" w:rsidRDefault="005144B3">
       <w:pPr>
-        <w:pStyle w:val="BodyText2"/>
+        <w:pStyle w:val="Pamatteksts2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37E53B42" w14:textId="77777777" w:rsidR="001512C9" w:rsidRPr="00053DF6" w:rsidRDefault="001512C9" w:rsidP="00655FB4">
       <w:pPr>
-        <w:pStyle w:val="BodyText2"/>
+        <w:pStyle w:val="Pamatteksts2"/>
         <w:spacing w:after="40"/>
         <w:ind w:left="709" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>5.2. Piedāvājumu raksturojošie dokumenti</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44851F4A" w14:textId="246C4A6E" w:rsidR="003A3CEB" w:rsidRPr="00053DF6" w:rsidRDefault="00957F9B" w:rsidP="00655FB4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
@@ -6974,79 +6974,79 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> specifikācija” noteiktajam)</w:t>
       </w:r>
       <w:r w:rsidR="00574A9D" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3613EFAE" w14:textId="77777777" w:rsidR="003A3CEB" w:rsidRPr="00053DF6" w:rsidRDefault="003A3CEB" w:rsidP="003A3CEB">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0417B65F" w14:textId="0898B632" w:rsidR="003D5EF4" w:rsidRPr="00053DF6" w:rsidRDefault="001512C9" w:rsidP="00C01D47">
       <w:pPr>
-        <w:pStyle w:val="BodyText2"/>
+        <w:pStyle w:val="Pamatteksts2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="540"/>
           <w:tab w:val="num" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="539" w:hanging="539"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Konkursa norise</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C796515" w14:textId="77777777" w:rsidR="00E361CA" w:rsidRPr="00053DF6" w:rsidRDefault="00E361CA" w:rsidP="00E361CA">
       <w:pPr>
-        <w:pStyle w:val="BodyText2"/>
+        <w:pStyle w:val="Pamatteksts2"/>
         <w:ind w:left="539"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63F96CFE" w14:textId="170B53BF" w:rsidR="001512C9" w:rsidRPr="00053DF6" w:rsidRDefault="001512C9" w:rsidP="00E361CA">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Par visiem ar konkursa organizēšanu un norisi saistītiem jautājumiem ir atbildīga </w:t>
       </w:r>
       <w:r w:rsidR="00A91208">
@@ -7067,51 +7067,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>epirkuma komisija. Konkursa komisijas uzdevums ir izvēlēties pretendentu, kura piedāvājums atbilst šī nolikuma prasībām.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44A11386" w14:textId="77777777" w:rsidR="00872D9A" w:rsidRPr="00053DF6" w:rsidRDefault="00872D9A" w:rsidP="00B16AA2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42E0D814" w14:textId="77777777" w:rsidR="001512C9" w:rsidRPr="00053DF6" w:rsidRDefault="001512C9" w:rsidP="009A1A55">
       <w:pPr>
-        <w:pStyle w:val="BodyText2"/>
+        <w:pStyle w:val="Pamatteksts2"/>
         <w:spacing w:after="40"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>6.1. Piedāvājumu atvēršana</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7078C3CF" w14:textId="21B2F040" w:rsidR="00E91594" w:rsidRPr="00053DF6" w:rsidRDefault="00E91594" w:rsidP="000D0730">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
@@ -7372,51 +7372,51 @@
         <w:t>Ministru kabineta 28.02.2017. noteikumu Nr.107 “Iepirkuma procedūru un metu konkursu norises kārtība” 14.punktā noteiktajā kārtībā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A3EBF2E" w14:textId="77777777" w:rsidR="00E91594" w:rsidRPr="00053DF6" w:rsidRDefault="00E91594" w:rsidP="000D0730">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Piedāvājumu atvēršanas sanāksmes protokolu ieinteresētajām personām iepirkuma komisija nosūta 3 (trīs) darba dienu laikā pēc pieprasījuma saņemšanas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26A4C9CF" w14:textId="11028D33" w:rsidR="00556DA7" w:rsidRPr="00053DF6" w:rsidRDefault="00E91594" w:rsidP="000D0730">
       <w:pPr>
-        <w:pStyle w:val="BodyTextIndent"/>
+        <w:pStyle w:val="Pamattekstsaratkpi"/>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ja Pretendents piedāvājuma datu aizsardzībai izmantojis piedāvājuma šifrēšanu (saskaņā ar nolikuma 4.2.2.</w:t>
       </w:r>
       <w:r w:rsidR="00DB065A" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
@@ -7431,63 +7431,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>apakšpunktu), Pretendentam ne vēlāk kā 15 (piecpadsmit) minūtes pēc piedāvājumu iesniegšanas termiņa beigām iepirkuma komisijai jāiesniedz elektroniskā atslēga ar paroli šifrētā dokumenta atvēršanai</w:t>
       </w:r>
       <w:r w:rsidR="00713AE2" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6563AD50" w14:textId="77777777" w:rsidR="00CA0636" w:rsidRPr="00053DF6" w:rsidRDefault="00CA0636" w:rsidP="008054AC">
       <w:pPr>
-        <w:pStyle w:val="BodyTextIndent"/>
+        <w:pStyle w:val="Pamattekstsaratkpi"/>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7069CD22" w14:textId="6B56067D" w:rsidR="00B83B20" w:rsidRPr="00053DF6" w:rsidRDefault="001512C9" w:rsidP="000D0730">
       <w:pPr>
-        <w:pStyle w:val="BodyTextIndent"/>
+        <w:pStyle w:val="Pamattekstsaratkpi"/>
         <w:spacing w:before="0" w:after="40"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>6.2</w:t>
       </w:r>
       <w:r w:rsidR="00D63914" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
@@ -7653,51 +7653,51 @@
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> šīs kļūdas izlabo. Par kļūdu labojumu un laboto piedāvājuma summu Komisija paziņo pretendentam, kura pieļautās kļūdas labotas. Vērtējot finanšu piedāvājumu, Komisija ņem vērā labojumus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53AB8285" w14:textId="40F61590" w:rsidR="00D63914" w:rsidRPr="00053DF6" w:rsidRDefault="00D63914">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5578D8C0" w14:textId="77777777" w:rsidR="00D63914" w:rsidRPr="00053DF6" w:rsidRDefault="00D63914" w:rsidP="00EC7B4C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Saimnieciski visizdevīgākā piedāvājuma izvēles kritēriji un to skaitliskās vērtības:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8505" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
@@ -7965,51 +7965,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00053DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Arhitekta pieredze līdzvērtīgu projektu izstrādē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0515FDB9" w14:textId="3D80E83E" w:rsidR="00D63914" w:rsidRPr="00053DF6" w:rsidRDefault="009443A6" w:rsidP="009468A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00053DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00AC3062" w:rsidRPr="00053DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -8116,51 +8115,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00761AC5" w:rsidRPr="00053DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>pieredze līdzvērtīgu projektu izstrādē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DF61129" w14:textId="23CB9FB9" w:rsidR="00625A96" w:rsidRPr="00053DF6" w:rsidRDefault="00761AC5" w:rsidP="009468A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00053DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10 punkti</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00053DF6" w:rsidRPr="00053DF6" w14:paraId="2E40B914" w14:textId="77777777" w:rsidTr="001E50D7">
         <w:tc>
           <w:tcPr>
@@ -8252,51 +8250,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkEnd w:id="20"/>
             <w:r w:rsidR="00761AC5" w:rsidRPr="00053DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>pieredze līdzvērtīgu projektu izstrādē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3385C76F" w14:textId="06F90C68" w:rsidR="00625A96" w:rsidRPr="00053DF6" w:rsidRDefault="00761AC5" w:rsidP="009468A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00053DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10 punkti</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00053DF6" w:rsidRPr="00053DF6" w14:paraId="701ED084" w14:textId="77777777" w:rsidTr="001E50D7">
         <w:tc>
           <w:tcPr>
@@ -8386,51 +8383,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00761AC5" w:rsidRPr="00053DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>pieredze līdzvērtīgu projektu izstrādē</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12FF885B" w14:textId="4AAA020A" w:rsidR="00625A96" w:rsidRPr="00053DF6" w:rsidRDefault="00761AC5" w:rsidP="009468A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00053DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10 punkti</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00053DF6" w:rsidRPr="00053DF6" w14:paraId="7A0D8284" w14:textId="77777777" w:rsidTr="001E50D7">
         <w:tc>
           <w:tcPr>
@@ -8483,51 +8479,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00053DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Speciālistu komandas sadarbība</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3E9876AC" w14:textId="706A2ADF" w:rsidR="00D63914" w:rsidRPr="00053DF6" w:rsidRDefault="00761AC5" w:rsidP="009468A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00053DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00AC3062" w:rsidRPr="00053DF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -10990,88 +10985,88 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ja arī P kritērijā novērtējums ir vienāds, tad iepirkumu komisija izvēlas Pretendentu, kurš ieguvis vairāk punktu C kritērijā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66C364FC" w14:textId="77777777" w:rsidR="00A4058B" w:rsidRPr="00053DF6" w:rsidRDefault="00A4058B">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6012AA0A" w14:textId="3120CB86" w:rsidR="00315838" w:rsidRPr="00053DF6" w:rsidRDefault="00315838" w:rsidP="00EC7B4C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="80"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Pretendenta pārbaude un izslēgšanas nosacījumi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61062832" w14:textId="467D1FAB" w:rsidR="00315838" w:rsidRPr="00053DF6" w:rsidRDefault="00315838" w:rsidP="00EC7B4C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Pretendentu izslēdz no dalības iepirkuma procedūrā jebkurā no gadījumiem, kas minēti </w:t>
       </w:r>
       <w:r w:rsidR="00816429" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Publisko iepirkumu likuma</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
@@ -11086,148 +11081,148 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>panta otrajā daļā (izņemot 8. un 9.punktu) un gadījumos, kas minēti Starptautisko un Latvijas Republikas nacionālo sankciju likuma 11.</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> panta pirmajā daļā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="383B1EF5" w14:textId="248D4175" w:rsidR="00315838" w:rsidRPr="00053DF6" w:rsidRDefault="00315838" w:rsidP="00EC7B4C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Pasūtītājs pārbauda Starptautisko un Latvijas Republikas nacionālo sankciju likuma 11.</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> panta izslēgšanas nosacījumu neesamību saskaņā ar 11.</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> panta trešajā un ceturtajā daļā noteikto un sekojošās datu bāzēs: </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00053DF6">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>http://sankcijas.fid.gov.lv/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Hipersaite"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Hipersaite"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">un </w:t>
       </w:r>
       <w:r w:rsidR="00B16EC3" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>https://sankcijas.lursoft.lv/</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>(vai citās datu bāzēs, ja tajās pieejama aktuālāka informācija)</w:t>
       </w:r>
       <w:r w:rsidR="000D0730" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49DCF83C" w14:textId="7BD4745E" w:rsidR="00315838" w:rsidRPr="00053DF6" w:rsidRDefault="00315838" w:rsidP="00EC7B4C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Pasūtītājs patstāvīgi nodrošina </w:t>
       </w:r>
       <w:bookmarkStart w:id="24" w:name="_Hlk165141139"/>
       <w:r w:rsidR="00816429" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Publisko iepirkumu likuma</w:t>
       </w:r>
@@ -11370,51 +11365,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>43.</w:t>
       </w:r>
       <w:r w:rsidR="003D5EF4" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>panta septītajā daļā minētām personām</w:t>
       </w:r>
       <w:r w:rsidR="00574A9D" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2856E85D" w14:textId="7DFD3015" w:rsidR="00315838" w:rsidRPr="00053DF6" w:rsidRDefault="00315838" w:rsidP="00EC7B4C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Pasūtītājs neizslēgs Pretendentu no dalības iepirkuma procedūrā, ja ir iestājušies </w:t>
       </w:r>
       <w:r w:rsidR="00816429" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Publisko iepirkumu likuma </w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
@@ -11422,51 +11417,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>42.</w:t>
       </w:r>
       <w:r w:rsidR="008811DF" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>panta ceturtās daļas nosacījumi</w:t>
       </w:r>
       <w:r w:rsidR="00574A9D" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19F262F6" w14:textId="16128B71" w:rsidR="00315838" w:rsidRPr="00053DF6" w:rsidRDefault="00315838" w:rsidP="00EC7B4C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Pasūtītājs pārbaudi par </w:t>
       </w:r>
       <w:r w:rsidR="00816429" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Publisko iepirkumu likuma</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
@@ -11506,51 +11501,51 @@
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> euro</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, uz personu uz kuras spējām balstās Pretendents), kuram atbilstoši citām paziņojumā par līgumu un </w:t>
       </w:r>
       <w:r w:rsidR="00816429" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>olikuma dokumentos noteiktajām prasībām un izraudzītajam piedāvājuma izvēles kritērijam būtu piešķiramas līguma slēgšanas tiesības.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24A94BE8" w14:textId="7EAA65F4" w:rsidR="00315838" w:rsidRPr="00053DF6" w:rsidRDefault="00315838" w:rsidP="00EC7B4C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Pasūtītājs pārbaudi par </w:t>
       </w:r>
       <w:r w:rsidR="00816429" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Publisko iepirkumu likuma</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
@@ -11564,51 +11559,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>panta otrās daļas 1., 2., un 3.</w:t>
       </w:r>
       <w:r w:rsidR="008811DF" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>punktā noteikto izslēgšanas iemeslu neesamību veic attiecībā uz personām, kurām Pretendentā ir izšķirošā ietekme uz līdzdalības pamata normatīvo aktu par koncerniem izpratnē.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41D26576" w14:textId="7261B337" w:rsidR="00315838" w:rsidRPr="00053DF6" w:rsidRDefault="00315838" w:rsidP="00EC7B4C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Pasūtītājs pārbaudi par </w:t>
       </w:r>
       <w:r w:rsidR="00816429" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Publisko iepirkumu likuma</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
@@ -11622,62 +11617,62 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>panta otrās daļas 1., 2., un 11.</w:t>
       </w:r>
       <w:r w:rsidR="008811DF" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>punktā noteikto izslēgšanas iemeslu neesamību veic attiecībā uz Pretendenta patieso labuma guvēju.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="073DB5F0" w14:textId="77777777" w:rsidR="00B83B20" w:rsidRPr="00053DF6" w:rsidRDefault="00B83B20" w:rsidP="00705040">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FE49640" w14:textId="0A9A25DB" w:rsidR="001512C9" w:rsidRPr="00053DF6" w:rsidRDefault="001512C9" w:rsidP="00EC7B4C">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja izraudzītais pretendents atsakās slēgt iepirkuma līgumu ar pasūtītāju, Komisija pieņem lēmumu slēgt līgumu ar pretendentu, kurš </w:t>
       </w:r>
       <w:r w:rsidR="00241160" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -11708,82 +11703,82 @@
         </w:rPr>
         <w:t>, bet tas atsakās līgumu slēgt, Komisija pieņem lēmumu pārtraukt konkursu, ne</w:t>
       </w:r>
       <w:r w:rsidR="00957F9B" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>izvēloties nevienu piedāvājumu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D9EE630" w14:textId="77777777" w:rsidR="008811DF" w:rsidRPr="00053DF6" w:rsidRDefault="008811DF" w:rsidP="008811DF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="170CB800" w14:textId="72FD6133" w:rsidR="001512C9" w:rsidRPr="00053DF6" w:rsidRDefault="001512C9" w:rsidP="00EC7B4C">
       <w:pPr>
-        <w:pStyle w:val="BodyText2"/>
+        <w:pStyle w:val="Pamatteksts2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="248"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Konkursa komisijas tiesības un pienākumi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72384008" w14:textId="77777777" w:rsidR="00E361CA" w:rsidRPr="00053DF6" w:rsidRDefault="00E361CA" w:rsidP="00E361CA">
       <w:pPr>
-        <w:pStyle w:val="BodyText2"/>
+        <w:pStyle w:val="Pamatteksts2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5DFB888D" w14:textId="77777777" w:rsidR="001512C9" w:rsidRPr="00053DF6" w:rsidRDefault="001512C9" w:rsidP="00E361CA">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="0" w:after="40"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>7.1. Komisijas tiesības:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="140F0C66" w14:textId="77777777" w:rsidR="00434489" w:rsidRPr="00053DF6" w:rsidRDefault="00434489" w:rsidP="00434489">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12128,89 +12123,89 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>nosūtīt informāciju Iepirkumu uzraudzības birojam</w:t>
       </w:r>
       <w:r w:rsidR="001512C9" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FABB65C" w14:textId="77777777" w:rsidR="00593380" w:rsidRPr="00053DF6" w:rsidRDefault="00593380">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4482D823" w14:textId="44F75D55" w:rsidR="00E361CA" w:rsidRPr="00053DF6" w:rsidRDefault="001512C9" w:rsidP="00EC7B4C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="249"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Pr</w:t>
       </w:r>
       <w:r w:rsidR="00BB5A09" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>etendentu tiesības un pienākumi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="586E7E25" w14:textId="77777777" w:rsidR="00E361CA" w:rsidRPr="00053DF6" w:rsidRDefault="00E361CA" w:rsidP="00E361CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70162840" w14:textId="77777777" w:rsidR="001512C9" w:rsidRPr="00053DF6" w:rsidRDefault="001512C9" w:rsidP="00E361CA">
       <w:pPr>
-        <w:pStyle w:val="BodyText2"/>
+        <w:pStyle w:val="Pamatteksts2"/>
         <w:spacing w:after="40"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>8.1. Pretendenta pienākumi:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D1313C4" w14:textId="77777777" w:rsidR="001512C9" w:rsidRPr="00053DF6" w:rsidRDefault="001512C9" w:rsidP="00C3755D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="both"/>
@@ -12233,71 +12228,71 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1077" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>pieprasītajā termiņā rakstiski atbildēt uz konkursa komisijas jautājumiem par pretendenta iesniegto piedāvājumu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20810347" w14:textId="77777777" w:rsidR="001512C9" w:rsidRPr="00053DF6" w:rsidRDefault="001512C9" w:rsidP="00E361CA">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="0" w:after="40"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>8.2. Pretendenta tiesības:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="335FD41B" w14:textId="18BC31C4" w:rsidR="00434489" w:rsidRPr="00053DF6" w:rsidRDefault="00434489" w:rsidP="00434489">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="1077" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>piedāvājuma sagatavošanas laikā pretendentam ir tiesības rakstveidā vērsties pie konkursa komisijas neskaidro jautājumu precizēšanai, ievērojot Konkursa nolikumā 3.3.2. punktā noteikto kārtību</w:t>
       </w:r>
       <w:r w:rsidR="00CC77A8" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -12353,51 +12348,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>līdz konkursa piedāvājumu iesniegšanas termiņa beigām pretendents ir tiesīgs atsaukt vai mainīt savu piedāvājumu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E1E0210" w14:textId="77777777" w:rsidR="00E361CA" w:rsidRPr="00053DF6" w:rsidRDefault="00E361CA" w:rsidP="00E361CA">
       <w:pPr>
         <w:pStyle w:val="m2446934011327947474gmail-msolistparagraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1077"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62CF9D7F" w14:textId="20BC3B81" w:rsidR="00E361CA" w:rsidRPr="00053DF6" w:rsidRDefault="001512C9" w:rsidP="00EC7B4C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Līguma nos</w:t>
       </w:r>
       <w:r w:rsidR="00BB5A09" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>lēgšana</w:t>
@@ -12498,51 +12493,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="00E91594" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>LĪGUMS</w:t>
       </w:r>
       <w:r w:rsidR="00BB5A09" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2332142A" w14:textId="25C0AA7E" w:rsidR="001512C9" w:rsidRPr="001562B5" w:rsidRDefault="009C1141" w:rsidP="000D0730">
       <w:pPr>
-        <w:pStyle w:val="Title"/>
+        <w:pStyle w:val="Nosaukums"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:b w:val="0"/>
           <w:iCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Līgum</w:t>
       </w:r>
       <w:r w:rsidR="00CA0636" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:b w:val="0"/>
           <w:iCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="001512C9" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:b w:val="0"/>
@@ -12731,134 +12726,134 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>pantā noteiktajā kārtībā iesniegts iesniegums par iepirkuma procedūras pārkāpumiem.</w:t>
       </w:r>
       <w:r w:rsidR="001C6A3C" w:rsidRPr="001562B5">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="25" w:name="_Hlk169085211"/>
       <w:r w:rsidR="001C6A3C" w:rsidRPr="001562B5">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Līgums par autoruzraudzības veikšanu tiks slēgts, ja būvdarbi tiks īstenoti.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="4DFAC860" w14:textId="43E10316" w:rsidR="001512C9" w:rsidRPr="00053DF6" w:rsidRDefault="001512C9" w:rsidP="000D0730">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001562B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pretendentam jāparaksta līgums 5 darba dienu laikā no dienas, kad Pasūtītājs </w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ir uzaicinājis parakstīt līgumu</w:t>
       </w:r>
       <w:r w:rsidR="00BB5A09" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1924B3E5" w14:textId="1332E224" w:rsidR="009C1141" w:rsidRPr="00053DF6" w:rsidRDefault="001512C9" w:rsidP="000D0730">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Līgums stājas spēkā Līgumā noteiktajā kārtībā. Samaksa tiek veikta šajā Līgumā noteiktajā kārtībā (skat. līgumu šī </w:t>
       </w:r>
       <w:r w:rsidR="004E3318" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>olikuma 2.</w:t>
       </w:r>
       <w:r w:rsidR="008811DF" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>pielikumā).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57EFFA9F" w14:textId="7D5669F4" w:rsidR="00B16AA2" w:rsidRPr="00053DF6" w:rsidRDefault="00BB5A09" w:rsidP="000D0730">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Avansa maksājumi nav paredzēti.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27023E88" w14:textId="3D88912E" w:rsidR="00275F60" w:rsidRPr="00053DF6" w:rsidRDefault="007D42E3" w:rsidP="000D0730">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -12897,51 +12892,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>pielikumu – LĪGUMS</w:t>
       </w:r>
       <w:r w:rsidR="00BB5A09" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11231036" w14:textId="40246D0D" w:rsidR="001512C9" w:rsidRPr="00053DF6" w:rsidRDefault="001512C9" w:rsidP="000D0730">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="0"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pēc līguma noslēgšanas apakšuzņēmēju nomainīšana un jauno apakšuzņēmēju iesaiste līguma izpildē veicama līgumā noteiktajā kārtībā </w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(skat. </w:t>
       </w:r>
       <w:r w:rsidR="008811DF" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12965,481 +12960,481 @@
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>šī Nolikuma 2.</w:t>
       </w:r>
       <w:r w:rsidR="008811DF" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>pielikumā).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38B718D0" w14:textId="77777777" w:rsidR="00F25E9E" w:rsidRPr="00053DF6" w:rsidRDefault="00F25E9E">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A9FA0A8" w14:textId="4E758131" w:rsidR="00E361CA" w:rsidRPr="00053DF6" w:rsidRDefault="00720FD2" w:rsidP="00EC7B4C">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="391" w:hanging="391"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Perso</w:t>
       </w:r>
       <w:r w:rsidR="00E91594" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>nas datu aizsardzība</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71DC0C52" w14:textId="77777777" w:rsidR="00E361CA" w:rsidRPr="00053DF6" w:rsidRDefault="00E361CA" w:rsidP="00E361CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="791694C2" w14:textId="21339A9A" w:rsidR="00F2189E" w:rsidRPr="00053DF6" w:rsidRDefault="00A91208" w:rsidP="00E361CA">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>XXX</w:t>
       </w:r>
       <w:r w:rsidR="00E91594" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pretendentu piedāvājumos iekļauto informāciju, kas saistīta ar konkrētām fiziskām personām (turpmāk – Personas dati), izmantos komunikācijas nodrošināšanai ar Pretendentu pārstāvjiem, iesniegto piedāvājumu atbilstības izvērtēšanai, kā arī citu normatīvajos aktos noteikto pienākumu, kas attiecas uz Publisko iepirkumu procesa nodrošināšanu, veikšanai. Personas dati tiks glabāti normatīvajos aktos noteikto laika periodu</w:t>
       </w:r>
       <w:r w:rsidR="004E3318" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5281C7C5" w14:textId="77777777" w:rsidR="00E91594" w:rsidRPr="00053DF6" w:rsidRDefault="00E91594">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79A58020" w14:textId="2132D285" w:rsidR="00E361CA" w:rsidRPr="00053DF6" w:rsidRDefault="00C15ED1" w:rsidP="00EC7B4C">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="391" w:hanging="391"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Nolikuma pielikumu saraksts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="003EF107" w14:textId="77777777" w:rsidR="00E361CA" w:rsidRPr="00053DF6" w:rsidRDefault="00E361CA" w:rsidP="00E361CA">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3796E369" w14:textId="55253194" w:rsidR="00957F9B" w:rsidRPr="00053DF6" w:rsidRDefault="00957F9B" w:rsidP="00957F9B">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2160"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pielikums – </w:t>
       </w:r>
       <w:r w:rsidR="00646375" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tehniskā </w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>specifikācija;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="329F11B5" w14:textId="77777777" w:rsidR="00957F9B" w:rsidRPr="00053DF6" w:rsidRDefault="00957F9B" w:rsidP="00957F9B">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2160"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>pielikums – Līgums;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B770913" w14:textId="77777777" w:rsidR="00957F9B" w:rsidRPr="00053DF6" w:rsidRDefault="00957F9B" w:rsidP="00957F9B">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2160"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pielikums – </w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Pieteikums par piedalīšanos atklātā konkursā</w:t>
       </w:r>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40A3D9D8" w14:textId="77777777" w:rsidR="00957F9B" w:rsidRPr="00053DF6" w:rsidRDefault="00957F9B" w:rsidP="00957F9B">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2160"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>pielikums – Finanšu piedāvājums;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68E9194B" w14:textId="77777777" w:rsidR="00957F9B" w:rsidRPr="00053DF6" w:rsidRDefault="00957F9B" w:rsidP="00957F9B">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2160"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>pielikums – Apakšuzņēmēju saraksts;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3548104C" w14:textId="27B25486" w:rsidR="00C47C88" w:rsidRPr="001562B5" w:rsidRDefault="00957F9B" w:rsidP="006340B8">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2160"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>pielikums –</w:t>
       </w:r>
       <w:r w:rsidR="009C2013" w:rsidRPr="00053DF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C2013" w:rsidRPr="001562B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Informācija par līdzvērtīgu pieredzi;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EC61435" w14:textId="6FFA81ED" w:rsidR="00646375" w:rsidRPr="001562B5" w:rsidRDefault="006367D8" w:rsidP="00646375">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2160"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001562B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>pielikums –</w:t>
       </w:r>
       <w:r w:rsidR="009C2013" w:rsidRPr="001562B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Informācija par pakalpojuma izpildē iesaistītajiem speciālistiem</w:t>
       </w:r>
       <w:r w:rsidR="00646375" w:rsidRPr="001562B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7857536F" w14:textId="08394E09" w:rsidR="00646375" w:rsidRPr="001562B5" w:rsidRDefault="00646375" w:rsidP="00646375">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2160"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001562B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>pielikums – Projektēšanas uzdevums</w:t>
       </w:r>
       <w:r w:rsidR="00030D61" w:rsidRPr="001562B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1973617A" w14:textId="2298AADD" w:rsidR="00030D61" w:rsidRPr="001562B5" w:rsidRDefault="00030D61" w:rsidP="00646375">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2160"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001562B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>pielikums –</w:t>
       </w:r>
       <w:r w:rsidR="00F404F5" w:rsidRPr="001562B5">
@@ -13455,222 +13450,220 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> lieta</w:t>
       </w:r>
       <w:r w:rsidR="00D1083C" w:rsidRPr="001562B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="001562B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E641E29" w14:textId="0EEBE9AA" w:rsidR="00A04E39" w:rsidRPr="00053DF6" w:rsidRDefault="00A04E39" w:rsidP="00646375">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
+        <w:pStyle w:val="Pamatteksts"/>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="172715B7" w14:textId="47697794" w:rsidR="00E62CF4" w:rsidRPr="00711A07" w:rsidRDefault="00E62CF4" w:rsidP="00160401">
       <w:pPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E62CF4" w:rsidRPr="00711A07" w:rsidSect="00402C20">
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1418" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="02F1B53D" w14:textId="77777777" w:rsidR="008079C6" w:rsidRDefault="008079C6">
+    <w:p w14:paraId="440511F5" w14:textId="77777777" w:rsidR="007B61D1" w:rsidRDefault="007B61D1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7BB18A8B" w14:textId="77777777" w:rsidR="008079C6" w:rsidRDefault="008079C6">
+    <w:p w14:paraId="2C6C1543" w14:textId="77777777" w:rsidR="007B61D1" w:rsidRDefault="007B61D1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Fraktur TL">
-    <w:panose1 w:val="03020502040508040504"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000AF" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeueLT Std Cn">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="OpenSymbol">
-    <w:altName w:val="Arial Unicode MS"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="1001ECEA" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="!Neo'w Arial">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="594215A6" w14:textId="44A57A40" w:rsidR="00670C5D" w:rsidRDefault="00670C5D">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Kjene"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:ind w:right="360" w:firstLine="360"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US" w:eastAsia="en-US"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E5024EE" wp14:editId="63A5BFC9">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6531610</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="307975" cy="177165"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapSquare wrapText="largest"/>
               <wp:docPr id="2" name="Text Box 14"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -13692,143 +13685,143 @@
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF">
                           <a:alpha val="0"/>
                         </a:srgbClr>
                       </a:solidFill>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="5F8310D4" w14:textId="77777777" w:rsidR="00670C5D" w:rsidRDefault="00670C5D">
                           <w:pPr>
-                            <w:pStyle w:val="Footer"/>
+                            <w:pStyle w:val="Kjene"/>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
-                              <w:rStyle w:val="PageNumber"/>
+                              <w:rStyle w:val="Lappusesnumurs"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
-                              <w:rStyle w:val="PageNumber"/>
+                              <w:rStyle w:val="Lappusesnumurs"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> PAGE </w:instrText>
                           </w:r>
                           <w:r>
                             <w:rPr>
-                              <w:rStyle w:val="PageNumber"/>
+                              <w:rStyle w:val="Lappusesnumurs"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
                           <w:r w:rsidR="004754E1">
                             <w:rPr>
-                              <w:rStyle w:val="PageNumber"/>
+                              <w:rStyle w:val="Lappusesnumurs"/>
                               <w:noProof/>
                             </w:rPr>
                             <w:t>27</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
-                              <w:rStyle w:val="PageNumber"/>
+                              <w:rStyle w:val="Lappusesnumurs"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+        <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="7E5024EE" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 14" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:514.3pt;margin-top:.05pt;width:24.25pt;height:13.95pt;z-index:251660800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA/SMn19gEAANYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjp0GYz4hRdigwD&#10;unVAtw+QZfmCyaJGKrGzrx8lx+kub8P8IFCkeMhzSG9ux96Ko0HqwBVytVhKYZyGqnNNIb9+2b96&#10;IwUF5SplwZlCngzJ2+3LF5vB5+YKWrCVQcEgjvLBF7INwedZRro1vaIFeOM4WAP2KvAVm6xCNTB6&#10;b7Or5fImGwArj6ANEXvvp6DcJvy6Njo81jWZIGwhubeQTkxnGc9su1F5g8q3nT63of6hi151jote&#10;oO5VUOKA3V9QfacRCOqw0NBnUNedNokDs1kt/2Dz1CpvEhcWh/xFJvp/sPrT8cl/RhHGdzDyABMJ&#10;8g+gv5FwsGuVa8wdIgytURUXXkXJssFTfk6NUlNOEaQcPkLFQ1aHAAlorLGPqjBPweg8gNNFdDMG&#10;odn5erl+u76WQnNotV6vbq5TBZXPyR4pvDfQi2gUEnmmCVwdHyjEZlQ+P4m1CGxX7Ttr0wWbcmdR&#10;HBXPf5++Kdf6Vk3etAOMQdPThPcbhnURyUHEnMpFT5Igsp74h7EcORilKKE6sRgI07Lxz8FGC/hD&#10;ioEXrZD0/aDQSGE/OBY0buVs4GyUs6Gc5tRCBikmcxem7T147JqWkaeRObhj0esuCfLcxblPXp7E&#10;67zocTt/vadXz7/j9icAAAD//wMAUEsDBBQABgAIAAAAIQCXFB882wAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwEETvSPyDtZW4UbtBakKIU0ERXBEBqVc33iZR4nUUu234ezYnuO3ojWZn&#10;it3sBnHBKXSeNGzWCgRS7W1HjYbvr7f7DESIhqwZPKGGHwywK29vCpNbf6VPvFSxERxCITca2hjH&#10;XMpQt+hMWPsRidnJT85EllMj7WSuHO4GmSi1lc50xB9aM+K+xbqvzk7Dw0eSHsJ79bofD/jYZ+Gl&#10;P1Gr9d1qfn4CEXGOf2ZY6nN1KLnT0Z/JBjGwVkm2Ze9CxMJVmvJ11JBkCmRZyP8Lyl8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAP0jJ9fYBAADWAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAlxQfPNsAAAAJAQAADwAAAAAAAAAAAAAAAABQBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFgFAAAAAA==&#10;" stroked="f">
               <v:fill opacity="0"/>
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="5F8310D4" w14:textId="77777777" w:rsidR="00670C5D" w:rsidRDefault="00670C5D">
                     <w:pPr>
-                      <w:pStyle w:val="Footer"/>
+                      <w:pStyle w:val="Kjene"/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
-                        <w:rStyle w:val="PageNumber"/>
+                        <w:rStyle w:val="Lappusesnumurs"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
-                        <w:rStyle w:val="PageNumber"/>
+                        <w:rStyle w:val="Lappusesnumurs"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> PAGE </w:instrText>
                     </w:r>
                     <w:r>
                       <w:rPr>
-                        <w:rStyle w:val="PageNumber"/>
+                        <w:rStyle w:val="Lappusesnumurs"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r w:rsidR="004754E1">
                       <w:rPr>
-                        <w:rStyle w:val="PageNumber"/>
+                        <w:rStyle w:val="Lappusesnumurs"/>
                         <w:noProof/>
                       </w:rPr>
                       <w:t>27</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
-                        <w:rStyle w:val="PageNumber"/>
+                        <w:rStyle w:val="Lappusesnumurs"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square" side="largest" anchorx="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US" w:eastAsia="en-US"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661824" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="68BB6FA3" wp14:editId="79B6B673">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
@@ -13874,309 +13867,309 @@
                         </a:ext>
                         <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                           <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:effectLst>
                               <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                                 <a:srgbClr val="808080"/>
                               </a:outerShdw>
                             </a:effectLst>
                           </a14:hiddenEffects>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+        <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="6E7150C8" id="Line 15" o:spid="_x0000_s1026" style="position:absolute;z-index:-251654656;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,17.3pt" to="6in,17.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjvxIfvAEAAGMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a6LsiEOD2k6y7d&#10;FqDdBzCyHAuVREFUY+fvJ6mxW2y3oT4Iokg9vfdIb25Ga9hJBdLoGr5c1JwpJ7HV7tjw3493n9ac&#10;UQTXgkGnGn5WxG+2Hz9sBi/UFfZoWhVYAnEkBt/wPkYvqopkryzQAr1yKdlhsBBTGI5VG2BI6NZU&#10;V3W9qgYMrQ8oFVE6vX1J8m3B7zol46+uIxWZaXjiFssaynrIa7XdgDgG8L2WFxrwHywsaJcenaFu&#10;IQJ7DvofKKtlQMIuLiTaCrtOS1U0JDXL+i81Dz14VbQkc8jPNtH7wcqfp53bh0xdju7B36N8IuZw&#10;14M7qkLg8exT45bZqmrwJOYrOSC/D+ww/MA21cBzxOLC2AWbIZM+Nhazz7PZaoxMpsMv1+vVdZ16&#10;IqdcBWK66APF7woty5uGG+2yDyDgdE8xEwExleRjh3famNJL49jQ8K+fV3W5QGh0m5O5jMLxsDOB&#10;nSBPQ/mKqpR5W2Z1TDNptG34ei4C0Stov7m2vBJBm5d9YmJcBldl2i70JmvyHJI4YHveh8m/1Mki&#10;4DJ1eVTexsXl139j+wcAAP//AwBQSwMEFAAGAAgAAAAhABhipu7cAAAABgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj81OwzAQhO9IvIO1SFwQdQpVFEKcih/BgQMSbblv4iWJiNchdtrA07OIAxxnZjXz&#10;bbGeXa/2NIbOs4HlIgFFXHvbcWNgt304z0CFiGyx90wGPinAujw+KjC3/sAvtN/ERkkJhxwNtDEO&#10;udahbslhWPiBWLI3PzqMIsdG2xEPUu56fZEkqXbYsSy0ONBdS/X7ZnIGPtLhtfrS0+3Z1dN2me0m&#10;x8/3j8acnsw316AizfHvGH7wBR1KYar8xDao3oA8Eg1crlJQkmbpSozq19Blof/jl98AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAI78SH7wBAABjAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAGGKm7twAAAAGAQAADwAAAAAAAAAAAAAAAAAWBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAB8FAAAAAA==&#10;" strokeweight=".26mm">
+            <v:line w14:anchorId="292FEEB1" id="Line 15" o:spid="_x0000_s1026" style="position:absolute;z-index:-251654656;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,17.3pt" to="6in,17.3pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjvxIfvAEAAGMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3a6LsiEOD2k6y7d&#10;FqDdBzCyHAuVREFUY+fvJ6mxW2y3oT4Iokg9vfdIb25Ga9hJBdLoGr5c1JwpJ7HV7tjw3493n9ac&#10;UQTXgkGnGn5WxG+2Hz9sBi/UFfZoWhVYAnEkBt/wPkYvqopkryzQAr1yKdlhsBBTGI5VG2BI6NZU&#10;V3W9qgYMrQ8oFVE6vX1J8m3B7zol46+uIxWZaXjiFssaynrIa7XdgDgG8L2WFxrwHywsaJcenaFu&#10;IQJ7DvofKKtlQMIuLiTaCrtOS1U0JDXL+i81Dz14VbQkc8jPNtH7wcqfp53bh0xdju7B36N8IuZw&#10;14M7qkLg8exT45bZqmrwJOYrOSC/D+ww/MA21cBzxOLC2AWbIZM+Nhazz7PZaoxMpsMv1+vVdZ16&#10;IqdcBWK66APF7woty5uGG+2yDyDgdE8xEwExleRjh3famNJL49jQ8K+fV3W5QGh0m5O5jMLxsDOB&#10;nSBPQ/mKqpR5W2Z1TDNptG34ei4C0Stov7m2vBJBm5d9YmJcBldl2i70JmvyHJI4YHveh8m/1Mki&#10;4DJ1eVTexsXl139j+wcAAP//AwBQSwMEFAAGAAgAAAAhABhipu7cAAAABgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj81OwzAQhO9IvIO1SFwQdQpVFEKcih/BgQMSbblv4iWJiNchdtrA07OIAxxnZjXz&#10;bbGeXa/2NIbOs4HlIgFFXHvbcWNgt304z0CFiGyx90wGPinAujw+KjC3/sAvtN/ERkkJhxwNtDEO&#10;udahbslhWPiBWLI3PzqMIsdG2xEPUu56fZEkqXbYsSy0ONBdS/X7ZnIGPtLhtfrS0+3Z1dN2me0m&#10;x8/3j8acnsw316AizfHvGH7wBR1KYar8xDao3oA8Eg1crlJQkmbpSozq19Blof/jl98AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAI78SH7wBAABjAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAGGKm7twAAAAGAQAADwAAAAAAAAAAAAAAAAAWBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAB8FAAAAAA==&#10;" strokeweight=".26mm">
               <v:stroke joinstyle="miter"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Arial Narrow"/>
         <w:i/>
         <w:color w:val="808080"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="808080"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Atklāta konkursa Nr. </w:t>
     </w:r>
     <w:r w:rsidR="00A91208">
       <w:rPr>
         <w:i/>
         <w:color w:val="808080"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>XXX</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="808080"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> nolikums.</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="808080"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="57457897" w14:textId="77777777" w:rsidR="00670C5D" w:rsidRDefault="00670C5D">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Kjene"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="66BDAFF4" w14:textId="77777777" w:rsidR="008079C6" w:rsidRDefault="008079C6">
+    <w:p w14:paraId="55EC98C3" w14:textId="77777777" w:rsidR="007B61D1" w:rsidRDefault="007B61D1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1A7F8BDF" w14:textId="77777777" w:rsidR="008079C6" w:rsidRDefault="008079C6">
+    <w:p w14:paraId="46B17D5E" w14:textId="77777777" w:rsidR="007B61D1" w:rsidRDefault="007B61D1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="7B9B69E3" w14:textId="77777777" w:rsidR="00670C5D" w:rsidRPr="00501755" w:rsidRDefault="00670C5D" w:rsidP="00C03A5D">
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="Vresteksts"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501755">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rStyle w:val="Vresatsauce"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00501755">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Informāciju par to, kā ieinteresētais Piegādātājs var reģistrēties par Nolikuma saņēmēju sk.</w:t>
       </w:r>
       <w:r w:rsidRPr="00501755">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidRPr="00501755">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>https://www.eis.gov.lv/EIS/Publications/PublicationView.aspx?PublicationId=883</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
-      <w:pStyle w:val="Heading1"/>
+      <w:pStyle w:val="Virsraksts1"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
-      <w:pStyle w:val="Heading2"/>
+      <w:pStyle w:val="Virsraksts2"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
-      <w:pStyle w:val="Heading3"/>
+      <w:pStyle w:val="Virsraksts3"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
-      <w:pStyle w:val="Heading4"/>
+      <w:pStyle w:val="Virsraksts4"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
-      <w:pStyle w:val="Heading5"/>
+      <w:pStyle w:val="Virsraksts5"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1008" w:hanging="1008"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
-      <w:pStyle w:val="Heading6"/>
+      <w:pStyle w:val="Virsraksts6"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="1152"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
-      <w:pStyle w:val="Heading7"/>
+      <w:pStyle w:val="Virsraksts7"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
-      <w:pStyle w:val="Heading8"/>
+      <w:pStyle w:val="Virsraksts8"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
-      <w:pStyle w:val="Heading9"/>
+      <w:pStyle w:val="Virsraksts9"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="00000002"/>
     <w:name w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet2"/>
+      <w:pStyle w:val="Sarakstaaizzme2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000003"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DC94B7C0"/>
     <w:name w:val="WW8Num4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21492,60 +21485,60 @@
     <w:abstractNumId w:val="58"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1483039900">
     <w:abstractNumId w:val="68"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="1154106745">
     <w:abstractNumId w:val="66"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="1667047914">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="836311960">
     <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="1097601584">
     <w:abstractNumId w:val="45"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="44"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
-  <w:defaultTableStyle w:val="Normal"/>
+  <w:defaultTableStyle w:val="Parasts"/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -21593,91 +21586,93 @@
     <w:rsid w:val="000402AA"/>
     <w:rsid w:val="00041A3C"/>
     <w:rsid w:val="00041F1E"/>
     <w:rsid w:val="00042A7E"/>
     <w:rsid w:val="000434B9"/>
     <w:rsid w:val="00044B1C"/>
     <w:rsid w:val="00045598"/>
     <w:rsid w:val="000518AE"/>
     <w:rsid w:val="00051954"/>
     <w:rsid w:val="000523E2"/>
     <w:rsid w:val="00052C5C"/>
     <w:rsid w:val="00053DF6"/>
     <w:rsid w:val="0005498B"/>
     <w:rsid w:val="00056627"/>
     <w:rsid w:val="00056707"/>
     <w:rsid w:val="00056C11"/>
     <w:rsid w:val="000575B9"/>
     <w:rsid w:val="0006044F"/>
     <w:rsid w:val="0006190D"/>
     <w:rsid w:val="00062C24"/>
     <w:rsid w:val="00063981"/>
     <w:rsid w:val="00065166"/>
     <w:rsid w:val="00065509"/>
     <w:rsid w:val="00066858"/>
     <w:rsid w:val="0007019A"/>
+    <w:rsid w:val="00070655"/>
     <w:rsid w:val="000715B0"/>
     <w:rsid w:val="000721D3"/>
     <w:rsid w:val="00075442"/>
     <w:rsid w:val="00075B4F"/>
     <w:rsid w:val="00080056"/>
     <w:rsid w:val="00080475"/>
     <w:rsid w:val="0008077B"/>
     <w:rsid w:val="00080BA3"/>
     <w:rsid w:val="00081CF4"/>
     <w:rsid w:val="00082AE4"/>
     <w:rsid w:val="00082F89"/>
     <w:rsid w:val="00084603"/>
     <w:rsid w:val="000850EE"/>
     <w:rsid w:val="00085978"/>
     <w:rsid w:val="00085B10"/>
     <w:rsid w:val="00086135"/>
     <w:rsid w:val="00086510"/>
     <w:rsid w:val="00086521"/>
     <w:rsid w:val="00087391"/>
     <w:rsid w:val="00091365"/>
     <w:rsid w:val="00092746"/>
     <w:rsid w:val="00093F3F"/>
     <w:rsid w:val="000942D1"/>
     <w:rsid w:val="00094E1F"/>
     <w:rsid w:val="0009572D"/>
     <w:rsid w:val="00095F02"/>
     <w:rsid w:val="000A04EA"/>
     <w:rsid w:val="000A2B8F"/>
     <w:rsid w:val="000A487C"/>
     <w:rsid w:val="000A4AA6"/>
     <w:rsid w:val="000A4D5C"/>
     <w:rsid w:val="000A5746"/>
     <w:rsid w:val="000A6456"/>
     <w:rsid w:val="000B009D"/>
     <w:rsid w:val="000B041B"/>
     <w:rsid w:val="000B06D8"/>
     <w:rsid w:val="000B1560"/>
     <w:rsid w:val="000B1AA6"/>
     <w:rsid w:val="000B5C20"/>
     <w:rsid w:val="000B5D75"/>
     <w:rsid w:val="000B6C97"/>
+    <w:rsid w:val="000B7385"/>
     <w:rsid w:val="000B7CAB"/>
     <w:rsid w:val="000C03BB"/>
     <w:rsid w:val="000C1F72"/>
     <w:rsid w:val="000C4633"/>
     <w:rsid w:val="000C4DAC"/>
     <w:rsid w:val="000C7465"/>
     <w:rsid w:val="000D01DA"/>
     <w:rsid w:val="000D0730"/>
     <w:rsid w:val="000D0933"/>
     <w:rsid w:val="000D0E39"/>
     <w:rsid w:val="000D4B21"/>
     <w:rsid w:val="000D501E"/>
     <w:rsid w:val="000D70F6"/>
     <w:rsid w:val="000E0533"/>
     <w:rsid w:val="000E08B2"/>
     <w:rsid w:val="000E0E54"/>
     <w:rsid w:val="000E15B2"/>
     <w:rsid w:val="000E24E0"/>
     <w:rsid w:val="000E3AF9"/>
     <w:rsid w:val="000E4008"/>
     <w:rsid w:val="000E4BE1"/>
     <w:rsid w:val="000E6A7A"/>
     <w:rsid w:val="000E7071"/>
     <w:rsid w:val="000F0E8B"/>
     <w:rsid w:val="000F1A69"/>
@@ -21783,50 +21778,51 @@
     <w:rsid w:val="001A0E62"/>
     <w:rsid w:val="001A199F"/>
     <w:rsid w:val="001A21C9"/>
     <w:rsid w:val="001A2CF2"/>
     <w:rsid w:val="001A2E05"/>
     <w:rsid w:val="001A2F13"/>
     <w:rsid w:val="001A3E52"/>
     <w:rsid w:val="001A5667"/>
     <w:rsid w:val="001A70B8"/>
     <w:rsid w:val="001A731D"/>
     <w:rsid w:val="001B0752"/>
     <w:rsid w:val="001B3720"/>
     <w:rsid w:val="001B4431"/>
     <w:rsid w:val="001B45CC"/>
     <w:rsid w:val="001B61A9"/>
     <w:rsid w:val="001B62E1"/>
     <w:rsid w:val="001C1424"/>
     <w:rsid w:val="001C1737"/>
     <w:rsid w:val="001C3062"/>
     <w:rsid w:val="001C32D6"/>
     <w:rsid w:val="001C52D8"/>
     <w:rsid w:val="001C5A1C"/>
     <w:rsid w:val="001C6A3C"/>
     <w:rsid w:val="001C7416"/>
     <w:rsid w:val="001D1AD1"/>
+    <w:rsid w:val="001D2124"/>
     <w:rsid w:val="001D4C00"/>
     <w:rsid w:val="001D5D6E"/>
     <w:rsid w:val="001D607A"/>
     <w:rsid w:val="001D66F4"/>
     <w:rsid w:val="001D69A2"/>
     <w:rsid w:val="001D6E84"/>
     <w:rsid w:val="001E059B"/>
     <w:rsid w:val="001E0858"/>
     <w:rsid w:val="001E1380"/>
     <w:rsid w:val="001E335B"/>
     <w:rsid w:val="001E3CF5"/>
     <w:rsid w:val="001E50D7"/>
     <w:rsid w:val="001E70ED"/>
     <w:rsid w:val="001E7C1E"/>
     <w:rsid w:val="001F0AB8"/>
     <w:rsid w:val="001F48CE"/>
     <w:rsid w:val="001F4959"/>
     <w:rsid w:val="001F5209"/>
     <w:rsid w:val="001F568C"/>
     <w:rsid w:val="00201BBA"/>
     <w:rsid w:val="0020465F"/>
     <w:rsid w:val="002069B8"/>
     <w:rsid w:val="00210FA0"/>
     <w:rsid w:val="0021267F"/>
     <w:rsid w:val="00213D99"/>
@@ -21901,50 +21897,51 @@
     <w:rsid w:val="00291FB0"/>
     <w:rsid w:val="0029330F"/>
     <w:rsid w:val="002942D9"/>
     <w:rsid w:val="0029537B"/>
     <w:rsid w:val="002953BD"/>
     <w:rsid w:val="00295D8C"/>
     <w:rsid w:val="00295F66"/>
     <w:rsid w:val="0029685E"/>
     <w:rsid w:val="00296F87"/>
     <w:rsid w:val="00297E2C"/>
     <w:rsid w:val="002A0070"/>
     <w:rsid w:val="002A094D"/>
     <w:rsid w:val="002A21D3"/>
     <w:rsid w:val="002A2670"/>
     <w:rsid w:val="002A267C"/>
     <w:rsid w:val="002A3423"/>
     <w:rsid w:val="002B0A3A"/>
     <w:rsid w:val="002B188B"/>
     <w:rsid w:val="002B1F4D"/>
     <w:rsid w:val="002B2514"/>
     <w:rsid w:val="002B33D8"/>
     <w:rsid w:val="002B3B97"/>
     <w:rsid w:val="002B539B"/>
     <w:rsid w:val="002B5562"/>
     <w:rsid w:val="002B58FF"/>
+    <w:rsid w:val="002B5F28"/>
     <w:rsid w:val="002B75AD"/>
     <w:rsid w:val="002B76FC"/>
     <w:rsid w:val="002C172B"/>
     <w:rsid w:val="002C2337"/>
     <w:rsid w:val="002C3FA5"/>
     <w:rsid w:val="002C42EC"/>
     <w:rsid w:val="002C511B"/>
     <w:rsid w:val="002D0D84"/>
     <w:rsid w:val="002D2495"/>
     <w:rsid w:val="002D27D3"/>
     <w:rsid w:val="002D34F1"/>
     <w:rsid w:val="002D5195"/>
     <w:rsid w:val="002D7F9B"/>
     <w:rsid w:val="002E1D0D"/>
     <w:rsid w:val="002E1E4C"/>
     <w:rsid w:val="002E2DEB"/>
     <w:rsid w:val="002E3EB7"/>
     <w:rsid w:val="002E5835"/>
     <w:rsid w:val="002E5AB6"/>
     <w:rsid w:val="002E6327"/>
     <w:rsid w:val="002E7A3A"/>
     <w:rsid w:val="002F02AF"/>
     <w:rsid w:val="002F4928"/>
     <w:rsid w:val="0030106F"/>
     <w:rsid w:val="00302E89"/>
@@ -22291,50 +22288,51 @@
     <w:rsid w:val="005C05F2"/>
     <w:rsid w:val="005C10D0"/>
     <w:rsid w:val="005C25A7"/>
     <w:rsid w:val="005C25E3"/>
     <w:rsid w:val="005C29B3"/>
     <w:rsid w:val="005C49B0"/>
     <w:rsid w:val="005C55B9"/>
     <w:rsid w:val="005C6B07"/>
     <w:rsid w:val="005C7E3F"/>
     <w:rsid w:val="005C7E62"/>
     <w:rsid w:val="005D0E4C"/>
     <w:rsid w:val="005D29C2"/>
     <w:rsid w:val="005D3E81"/>
     <w:rsid w:val="005D5C5B"/>
     <w:rsid w:val="005D63E1"/>
     <w:rsid w:val="005D72CC"/>
     <w:rsid w:val="005E0D25"/>
     <w:rsid w:val="005E0DF3"/>
     <w:rsid w:val="005E1008"/>
     <w:rsid w:val="005E2952"/>
     <w:rsid w:val="005E4BA6"/>
     <w:rsid w:val="005E7E96"/>
     <w:rsid w:val="005F0CB0"/>
     <w:rsid w:val="005F1F8A"/>
     <w:rsid w:val="005F2E1A"/>
+    <w:rsid w:val="005F345C"/>
     <w:rsid w:val="005F428C"/>
     <w:rsid w:val="005F4C65"/>
     <w:rsid w:val="005F4DB6"/>
     <w:rsid w:val="005F4FAA"/>
     <w:rsid w:val="005F58A8"/>
     <w:rsid w:val="006016EE"/>
     <w:rsid w:val="00601D24"/>
     <w:rsid w:val="0060214F"/>
     <w:rsid w:val="00603224"/>
     <w:rsid w:val="00604B15"/>
     <w:rsid w:val="006060CB"/>
     <w:rsid w:val="006067DA"/>
     <w:rsid w:val="00607D4A"/>
     <w:rsid w:val="006142DB"/>
     <w:rsid w:val="00614406"/>
     <w:rsid w:val="00615DCA"/>
     <w:rsid w:val="006201AB"/>
     <w:rsid w:val="00621115"/>
     <w:rsid w:val="0062271A"/>
     <w:rsid w:val="00622D24"/>
     <w:rsid w:val="006241CB"/>
     <w:rsid w:val="006242A2"/>
     <w:rsid w:val="00625765"/>
     <w:rsid w:val="0062583B"/>
     <w:rsid w:val="00625A35"/>
@@ -22361,50 +22359,51 @@
     <w:rsid w:val="00640DAC"/>
     <w:rsid w:val="00641846"/>
     <w:rsid w:val="006426F5"/>
     <w:rsid w:val="00642840"/>
     <w:rsid w:val="00642966"/>
     <w:rsid w:val="00642992"/>
     <w:rsid w:val="00643BE8"/>
     <w:rsid w:val="00644865"/>
     <w:rsid w:val="00645FA3"/>
     <w:rsid w:val="00646375"/>
     <w:rsid w:val="006478CD"/>
     <w:rsid w:val="0065115B"/>
     <w:rsid w:val="00651442"/>
     <w:rsid w:val="00651DB7"/>
     <w:rsid w:val="006521AB"/>
     <w:rsid w:val="006527AD"/>
     <w:rsid w:val="00652FE7"/>
     <w:rsid w:val="00653420"/>
     <w:rsid w:val="00653C30"/>
     <w:rsid w:val="0065455A"/>
     <w:rsid w:val="00654E2E"/>
     <w:rsid w:val="00655987"/>
     <w:rsid w:val="00655FB4"/>
     <w:rsid w:val="00660A95"/>
     <w:rsid w:val="00661985"/>
+    <w:rsid w:val="006636F9"/>
     <w:rsid w:val="006640B4"/>
     <w:rsid w:val="00664142"/>
     <w:rsid w:val="0066624B"/>
     <w:rsid w:val="00667ED3"/>
     <w:rsid w:val="00670C5D"/>
     <w:rsid w:val="00670CB2"/>
     <w:rsid w:val="006734F7"/>
     <w:rsid w:val="00673A5E"/>
     <w:rsid w:val="00673CA7"/>
     <w:rsid w:val="00673D73"/>
     <w:rsid w:val="00676ED0"/>
     <w:rsid w:val="006803ED"/>
     <w:rsid w:val="00681D43"/>
     <w:rsid w:val="006826FA"/>
     <w:rsid w:val="00683288"/>
     <w:rsid w:val="006854CE"/>
     <w:rsid w:val="00686DD0"/>
     <w:rsid w:val="00686EF9"/>
     <w:rsid w:val="00687BA6"/>
     <w:rsid w:val="006915DB"/>
     <w:rsid w:val="00691CF9"/>
     <w:rsid w:val="00695DCB"/>
     <w:rsid w:val="00696FFC"/>
     <w:rsid w:val="00697115"/>
     <w:rsid w:val="00697411"/>
@@ -22523,94 +22522,97 @@
     <w:rsid w:val="00765877"/>
     <w:rsid w:val="00765B2C"/>
     <w:rsid w:val="0076773A"/>
     <w:rsid w:val="00772255"/>
     <w:rsid w:val="0077352D"/>
     <w:rsid w:val="007749B0"/>
     <w:rsid w:val="00775286"/>
     <w:rsid w:val="007755A8"/>
     <w:rsid w:val="00775A3E"/>
     <w:rsid w:val="00776C09"/>
     <w:rsid w:val="00781C58"/>
     <w:rsid w:val="007848F5"/>
     <w:rsid w:val="00784D5C"/>
     <w:rsid w:val="00785359"/>
     <w:rsid w:val="0078647A"/>
     <w:rsid w:val="00793A00"/>
     <w:rsid w:val="007942CB"/>
     <w:rsid w:val="007947F8"/>
     <w:rsid w:val="00795134"/>
     <w:rsid w:val="007A253E"/>
     <w:rsid w:val="007A375B"/>
     <w:rsid w:val="007B010E"/>
     <w:rsid w:val="007B0AEF"/>
     <w:rsid w:val="007B2041"/>
     <w:rsid w:val="007B2DEB"/>
+    <w:rsid w:val="007B61D1"/>
     <w:rsid w:val="007B6B3E"/>
     <w:rsid w:val="007B6E15"/>
     <w:rsid w:val="007B7139"/>
     <w:rsid w:val="007C0323"/>
     <w:rsid w:val="007C042E"/>
     <w:rsid w:val="007C0C15"/>
     <w:rsid w:val="007C0E9F"/>
     <w:rsid w:val="007C1603"/>
     <w:rsid w:val="007C2144"/>
     <w:rsid w:val="007C27BD"/>
     <w:rsid w:val="007C3B5A"/>
     <w:rsid w:val="007C48DB"/>
     <w:rsid w:val="007C59B4"/>
     <w:rsid w:val="007C680E"/>
     <w:rsid w:val="007D1D98"/>
     <w:rsid w:val="007D2DEC"/>
     <w:rsid w:val="007D3544"/>
     <w:rsid w:val="007D42E3"/>
     <w:rsid w:val="007D4615"/>
     <w:rsid w:val="007D4F17"/>
     <w:rsid w:val="007D534E"/>
     <w:rsid w:val="007E1FE7"/>
     <w:rsid w:val="007E23B7"/>
     <w:rsid w:val="007E5CBF"/>
     <w:rsid w:val="007E697D"/>
     <w:rsid w:val="007E6B7C"/>
     <w:rsid w:val="007F0CF2"/>
     <w:rsid w:val="007F244C"/>
     <w:rsid w:val="007F2881"/>
     <w:rsid w:val="007F4113"/>
     <w:rsid w:val="007F4D11"/>
     <w:rsid w:val="007F527E"/>
     <w:rsid w:val="007F5702"/>
     <w:rsid w:val="007F591C"/>
     <w:rsid w:val="007F5BFF"/>
     <w:rsid w:val="007F6391"/>
     <w:rsid w:val="007F6AC2"/>
     <w:rsid w:val="007F714E"/>
+    <w:rsid w:val="007F77E6"/>
     <w:rsid w:val="007F7FBE"/>
     <w:rsid w:val="00801CCC"/>
     <w:rsid w:val="008054AC"/>
     <w:rsid w:val="0080636F"/>
     <w:rsid w:val="0080654F"/>
     <w:rsid w:val="00806E66"/>
+    <w:rsid w:val="0080743C"/>
     <w:rsid w:val="008079C6"/>
     <w:rsid w:val="00807C3E"/>
     <w:rsid w:val="00811EFF"/>
     <w:rsid w:val="0081399D"/>
     <w:rsid w:val="0081426B"/>
     <w:rsid w:val="00814810"/>
     <w:rsid w:val="00814884"/>
     <w:rsid w:val="00816429"/>
     <w:rsid w:val="008166F5"/>
     <w:rsid w:val="00816B56"/>
     <w:rsid w:val="008175DB"/>
     <w:rsid w:val="00817962"/>
     <w:rsid w:val="008203E0"/>
     <w:rsid w:val="0082259B"/>
     <w:rsid w:val="0082650E"/>
     <w:rsid w:val="008265D6"/>
     <w:rsid w:val="00826954"/>
     <w:rsid w:val="00826D44"/>
     <w:rsid w:val="008312F4"/>
     <w:rsid w:val="0083293A"/>
     <w:rsid w:val="00832C9C"/>
     <w:rsid w:val="00833D8B"/>
     <w:rsid w:val="008347B8"/>
     <w:rsid w:val="00834C11"/>
     <w:rsid w:val="00835667"/>
@@ -23383,50 +23385,51 @@
     <w:rsid w:val="00DC27FE"/>
     <w:rsid w:val="00DC2814"/>
     <w:rsid w:val="00DC3C3B"/>
     <w:rsid w:val="00DC656E"/>
     <w:rsid w:val="00DC726B"/>
     <w:rsid w:val="00DD160A"/>
     <w:rsid w:val="00DD39D3"/>
     <w:rsid w:val="00DD4EF0"/>
     <w:rsid w:val="00DD5D0E"/>
     <w:rsid w:val="00DD6187"/>
     <w:rsid w:val="00DD6E08"/>
     <w:rsid w:val="00DE214D"/>
     <w:rsid w:val="00DE3A23"/>
     <w:rsid w:val="00DE3E50"/>
     <w:rsid w:val="00DE51D0"/>
     <w:rsid w:val="00DE5EA1"/>
     <w:rsid w:val="00DE61CA"/>
     <w:rsid w:val="00DE7A39"/>
     <w:rsid w:val="00DF11F0"/>
     <w:rsid w:val="00DF2423"/>
     <w:rsid w:val="00DF2649"/>
     <w:rsid w:val="00DF3BA5"/>
     <w:rsid w:val="00DF3E06"/>
     <w:rsid w:val="00DF6766"/>
     <w:rsid w:val="00DF6E60"/>
+    <w:rsid w:val="00E00194"/>
     <w:rsid w:val="00E008C8"/>
     <w:rsid w:val="00E01310"/>
     <w:rsid w:val="00E038C9"/>
     <w:rsid w:val="00E0662F"/>
     <w:rsid w:val="00E07162"/>
     <w:rsid w:val="00E07836"/>
     <w:rsid w:val="00E11A4C"/>
     <w:rsid w:val="00E12959"/>
     <w:rsid w:val="00E12D00"/>
     <w:rsid w:val="00E15C5A"/>
     <w:rsid w:val="00E16D41"/>
     <w:rsid w:val="00E1720B"/>
     <w:rsid w:val="00E176D0"/>
     <w:rsid w:val="00E20045"/>
     <w:rsid w:val="00E2029F"/>
     <w:rsid w:val="00E22953"/>
     <w:rsid w:val="00E22EEB"/>
     <w:rsid w:val="00E2307F"/>
     <w:rsid w:val="00E23639"/>
     <w:rsid w:val="00E23BB3"/>
     <w:rsid w:val="00E23C40"/>
     <w:rsid w:val="00E24624"/>
     <w:rsid w:val="00E271AF"/>
     <w:rsid w:val="00E3104D"/>
     <w:rsid w:val="00E31485"/>
@@ -23504,50 +23507,51 @@
     <w:rsid w:val="00EB12FB"/>
     <w:rsid w:val="00EB2DEF"/>
     <w:rsid w:val="00EB2F4C"/>
     <w:rsid w:val="00EB394A"/>
     <w:rsid w:val="00EB4265"/>
     <w:rsid w:val="00EB4987"/>
     <w:rsid w:val="00EB4D13"/>
     <w:rsid w:val="00EB52F1"/>
     <w:rsid w:val="00EB5815"/>
     <w:rsid w:val="00EB5CCF"/>
     <w:rsid w:val="00EB6BCE"/>
     <w:rsid w:val="00EB7681"/>
     <w:rsid w:val="00EB7B5C"/>
     <w:rsid w:val="00EC03E5"/>
     <w:rsid w:val="00EC08F3"/>
     <w:rsid w:val="00EC2816"/>
     <w:rsid w:val="00EC3071"/>
     <w:rsid w:val="00EC3130"/>
     <w:rsid w:val="00EC3C13"/>
     <w:rsid w:val="00EC5973"/>
     <w:rsid w:val="00EC5F9F"/>
     <w:rsid w:val="00EC6D62"/>
     <w:rsid w:val="00EC7B4C"/>
     <w:rsid w:val="00EC7D02"/>
     <w:rsid w:val="00ED073F"/>
+    <w:rsid w:val="00ED1828"/>
     <w:rsid w:val="00ED2B7C"/>
     <w:rsid w:val="00ED339A"/>
     <w:rsid w:val="00ED4587"/>
     <w:rsid w:val="00ED51C1"/>
     <w:rsid w:val="00ED5A59"/>
     <w:rsid w:val="00ED6876"/>
     <w:rsid w:val="00EE01A8"/>
     <w:rsid w:val="00EE0F88"/>
     <w:rsid w:val="00EE1B60"/>
     <w:rsid w:val="00EE3BE2"/>
     <w:rsid w:val="00EE504B"/>
     <w:rsid w:val="00EE53A3"/>
     <w:rsid w:val="00EE5CFD"/>
     <w:rsid w:val="00EE6BDB"/>
     <w:rsid w:val="00EF2AA8"/>
     <w:rsid w:val="00EF2B5A"/>
     <w:rsid w:val="00EF6C47"/>
     <w:rsid w:val="00EF7324"/>
     <w:rsid w:val="00EF7381"/>
     <w:rsid w:val="00EF7A92"/>
     <w:rsid w:val="00F0064C"/>
     <w:rsid w:val="00F0184C"/>
     <w:rsid w:val="00F01D4D"/>
     <w:rsid w:val="00F030BF"/>
     <w:rsid w:val="00F03B9E"/>
@@ -23697,51 +23701,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="67FB4A0B"/>
   <w15:docId w15:val="{A7DCBEFF-BA34-4BAC-A296-511AA7FA50A2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -24078,265 +24082,265 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="lv-LV" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Virsraksts1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="H1,First subtitle,Section Heading,heading1,Antraste 1,h1 + Left:  0 cm,First line....,h1"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Virsraksts2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Virsraksts3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Virsraksts4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Virsraksts5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="4"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading6">
+  <w:style w:type="paragraph" w:styleId="Virsraksts6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="5"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:ind w:left="640" w:firstLine="0"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading7">
+  <w:style w:type="paragraph" w:styleId="Virsraksts7">
     <w:name w:val="heading 7"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="6"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading8">
+  <w:style w:type="paragraph" w:styleId="Virsraksts8">
     <w:name w:val="heading 8"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="7"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="120"/>
       <w:ind w:left="360" w:firstLine="360"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading9">
+  <w:style w:type="paragraph" w:styleId="Virsraksts9">
     <w:name w:val="heading 9"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:ind w:left="3600" w:firstLine="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z0">
     <w:name w:val="WW8Num2z0"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z0">
     <w:name w:val="WW8Num3z0"/>
     <w:rPr>
       <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num4z0">
     <w:name w:val="WW8Num4z0"/>
     <w:rPr>
       <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num4z2">
     <w:name w:val="WW8Num4z2"/>
@@ -24911,89 +24915,89 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num26z4">
     <w:name w:val="WW8Num26z4"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num28z3">
     <w:name w:val="WW8Num28z3"/>
     <w:rPr>
       <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW-DefaultParagraphFont">
     <w:name w:val="WW-Default Paragraph Font"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="lv-LV" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
+  <w:style w:type="character" w:styleId="Lappusesnumurs">
     <w:name w:val="page number"/>
     <w:basedOn w:val="WW-DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
       <w:sz w:val="24"/>
       <w:lang w:val="lv-LV" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CharChar1">
     <w:name w:val="Char Char1"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="lv-LV" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="lv-LV" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hipersaite">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Strong">
+  <w:style w:type="character" w:styleId="Izteiksmgs">
     <w:name w:val="Strong"/>
     <w:qFormat/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StyleHeading2Before18ptAfter6ptChar">
     <w:name w:val="Style Heading 2 + Before:  18 pt After:  6 pt Char"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:spacing w:val="-2"/>
       <w:szCs w:val="22"/>
       <w:u w:val="single"/>
       <w:lang w:val="lv-LV" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteCharacters">
     <w:name w:val="Footnote Characters"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
@@ -25083,51 +25087,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num16z5">
     <w:name w:val="WW8Num16z5"/>
     <w:rPr>
       <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num17z2">
     <w:name w:val="WW8Num17z2"/>
     <w:rPr>
       <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num20z4">
     <w:name w:val="WW8Num20z4"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="c1">
     <w:name w:val="c1"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Emphasis">
+  <w:style w:type="character" w:styleId="Izclums">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="c16">
     <w:name w:val="c16"/>
     <w:basedOn w:val="DefaultParagraphFont2"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CharChar2">
     <w:name w:val="Char Char2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:lang w:val="lv-LV" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
     <w:name w:val="No Spacing Char"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -25136,528 +25140,528 @@
       <w:lang w:val="lv-LV" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Lgums1Char">
     <w:name w:val="Līgums 1 Char"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="lv-LV" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Lgums2Char">
     <w:name w:val="Līgums 2 Char"/>
     <w:basedOn w:val="NoSpacingChar"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="lv-LV" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading">
     <w:name w:val="Heading"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="BodyText"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Pamatteksts"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Arial Unicode MS"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
+  <w:style w:type="paragraph" w:styleId="Pamatteksts">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="List">
+  <w:style w:type="paragraph" w:styleId="Saraksts">
     <w:name w:val="List"/>
-    <w:basedOn w:val="BodyText"/>
+    <w:basedOn w:val="Pamatteksts"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="paragraph" w:styleId="Parakstszemobjekta">
     <w:name w:val="caption"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Index">
     <w:name w:val="Index"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
+  <w:style w:type="paragraph" w:styleId="Pamattekstaatkpe3">
     <w:name w:val="Body Text Indent 3"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:pPr>
       <w:ind w:left="4320" w:firstLine="720"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+  <w:style w:type="paragraph" w:styleId="Pamattekstaatkpe2">
     <w:name w:val="Body Text Indent 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:ind w:left="-43"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:ind w:firstLine="180"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
+  <w:style w:type="paragraph" w:styleId="Pamattekstsaratkpi">
     <w:name w:val="Body Text Indent"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:ind w:firstLine="317"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText2">
+  <w:style w:type="paragraph" w:styleId="Pamatteksts2">
     <w:name w:val="Body Text 2"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BodyText2Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="Pamatteksts2Rakstz"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Nosaukums">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="TitleChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Apakvirsraksts"/>
+    <w:link w:val="NosaukumsRakstz"/>
     <w:qFormat/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtitle">
+  <w:style w:type="paragraph" w:styleId="Apakvirsraksts">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Heading"/>
-    <w:next w:val="BodyText"/>
+    <w:next w:val="Pamatteksts"/>
     <w:qFormat/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
-[...1 lines deleted...]
-    <w:link w:val="Title"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NosaukumsRakstz">
+    <w:name w:val="Nosaukums Rakstz."/>
+    <w:link w:val="Nosaukums"/>
     <w:rsid w:val="009240B3"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FR1">
     <w:name w:val="FR1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:ind w:firstLine="284"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Arial"/>
       <w:sz w:val="24"/>
       <w:lang w:val="lv-LV" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="StyleCaptionRight">
     <w:name w:val="Style Caption + Right"/>
-    <w:basedOn w:val="Caption"/>
+    <w:basedOn w:val="Parakstszemobjekta"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Lb1">
     <w:name w:val="Lb1"/>
-    <w:next w:val="Normal"/>
+    <w:next w:val="Parasts"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="8"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="300"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="100"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Arial"/>
       <w:sz w:val="21"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Lb2">
     <w:name w:val="Lb2"/>
     <w:basedOn w:val="Lb1"/>
-    <w:next w:val="Normal"/>
+    <w:next w:val="Parasts"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="300"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="600"/>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:ind w:left="0" w:firstLine="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Lb3">
     <w:name w:val="Lb3"/>
     <w:basedOn w:val="Lb2"/>
-    <w:next w:val="Normal"/>
+    <w:next w:val="Parasts"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="600"/>
         <w:tab w:val="left" w:pos="720"/>
         <w:tab w:val="left" w:pos="900"/>
         <w:tab w:val="left" w:pos="2160"/>
       </w:tabs>
       <w:ind w:left="600" w:hanging="360"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pielikumi">
     <w:name w:val="Pielikumi"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="10"/>
       </w:numPr>
       <w:spacing w:before="480" w:after="240"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pielikumi2">
     <w:name w:val="Pielikumi 2"/>
     <w:basedOn w:val="Pielikumi"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1560"/>
       </w:tabs>
       <w:ind w:left="901" w:firstLine="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet2">
+  <w:style w:type="paragraph" w:styleId="Sarakstaaizzme2">
     <w:name w:val="List Bullet 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="757"/>
       </w:tabs>
       <w:ind w:left="737" w:hanging="340"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="EYBullet">
     <w:name w:val="EY Bullet"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="9"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="komentars">
     <w:name w:val="komentars"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rPr>
       <w:color w:val="800000"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Stylekomentars12ptAuto">
     <w:name w:val="Style komentars + 12 pt Auto"/>
     <w:basedOn w:val="komentars"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="auto"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText3">
+  <w:style w:type="paragraph" w:styleId="Pamatteksts3">
     <w:name w:val="Body Text 3"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Fraktur TL" w:hAnsi="Fraktur TL" w:cs="Fraktur TL"/>
       <w:b/>
       <w:sz w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Balonteksts">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RakstzRakstz">
     <w:name w:val="Rakstz. Rakstz."/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="StyleHeading2Before18ptAfter6pt">
     <w:name w:val="Style Heading 2 + Before:  18 pt After:  6 pt"/>
-    <w:basedOn w:val="Heading2"/>
+    <w:basedOn w:val="Virsraksts2"/>
     <w:pPr>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="709"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="120"/>
       <w:ind w:left="709" w:hanging="709"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:bCs/>
       <w:spacing w:val="-2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="22"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="StyleHeading3Arial">
     <w:name w:val="Style Heading 3 + Arial"/>
-    <w:basedOn w:val="Heading3"/>
+    <w:basedOn w:val="Virsraksts3"/>
     <w:pPr>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="907"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60"/>
       <w:ind w:left="907" w:hanging="907"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:spacing w:val="-3"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2zanoren">
     <w:name w:val="2.zanorení"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="60" w:line="240" w:lineRule="exact"/>
       <w:ind w:left="3402" w:hanging="1278"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="cs-CZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bulletnew">
     <w:name w:val="Bullet new"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120" w:line="280" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:spacing w:val="-1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Default">
     <w:name w:val="WW-Default"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDE w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="lv-LV" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FootnoteText">
+  <w:style w:type="paragraph" w:styleId="Vresteksts">
     <w:name w:val="footnote text"/>
     <w:aliases w:val="Footnote,Fußnote"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FootnoteTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="VrestekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Atsauce">
     <w:name w:val="Atsauce"/>
-    <w:basedOn w:val="FootnoteText"/>
+    <w:basedOn w:val="Vresteksts"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Rindkopa">
     <w:name w:val="Rindkopa"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:pPr>
       <w:ind w:left="851"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharCharCharCharCharCharCharCharCharCharCharCharCharCharCharCharCharCharCharCharChar2CharCharChar1CharCharCharChar">
     <w:name w:val="Char Char Char Char Char Char Char Char Char Char Char Char Char Char Char Char Char Char Char Char Char2 Char Char Char1 Char Char Char Char"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
     <w:name w:val="List Paragraph"/>
     <w:aliases w:val="Strip,Virsraksti,H&amp;P List Paragraph,2,Syle 1,Saraksta rindkopa1,Colorful List - Accent 12,Normal bullet 2,Bullet list,PPS_Bullet,Saistīto dokumentu saraksts,Numurets,Colorful List - Accent 11,List Paragraph1,Dot pt,Body"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="ListParagraphChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="SarakstarindkopaRakstz"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="txt1">
     <w:name w:val="txt1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="397"/>
         <w:tab w:val="left" w:pos="794"/>
         <w:tab w:val="left" w:pos="1191"/>
         <w:tab w:val="left" w:pos="1588"/>
         <w:tab w:val="left" w:pos="1985"/>
         <w:tab w:val="left" w:pos="2382"/>
         <w:tab w:val="left" w:pos="2779"/>
         <w:tab w:val="left" w:pos="3176"/>
         <w:tab w:val="left" w:pos="3573"/>
@@ -25668,575 +25672,575 @@
       <w:suppressAutoHyphens/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="!Neo'w Arial" w:eastAsia="Arial" w:hAnsi="!Neo'w Arial"/>
       <w:color w:val="000000"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Default1">
     <w:name w:val="WW-Default1"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDE w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="lv-LV" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableContents">
     <w:name w:val="Table Contents"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableHeading">
     <w:name w:val="Table Heading"/>
     <w:basedOn w:val="TableContents"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Framecontents">
     <w:name w:val="Frame contents"/>
-    <w:basedOn w:val="BodyText"/>
+    <w:basedOn w:val="Pamatteksts"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="txt2">
     <w:name w:val="txt2"/>
     <w:next w:val="txt1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="!Neo'w Arial" w:hAnsi="!Neo'w Arial" w:cs="!Neo'w Arial"/>
       <w:b/>
       <w:caps/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalWeb">
+  <w:style w:type="paragraph" w:styleId="Paraststmeklis">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:before="100" w:after="119"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoSpacing">
+  <w:style w:type="paragraph" w:styleId="Bezatstarpm">
     <w:name w:val="No Spacing"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="lv-LV" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Lgums1">
     <w:name w:val="Līgums 1"/>
-    <w:basedOn w:val="NoSpacing"/>
+    <w:basedOn w:val="Bezatstarpm"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Lgums2">
     <w:name w:val="Līgums 2"/>
-    <w:basedOn w:val="NoSpacing"/>
+    <w:basedOn w:val="Bezatstarpm"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
       </w:tabs>
       <w:ind w:left="340" w:hanging="340"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Lgums3">
     <w:name w:val="Līgums 3"/>
-    <w:basedOn w:val="NoSpacing"/>
+    <w:basedOn w:val="Bezatstarpm"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
         <w:tab w:val="left" w:pos="360"/>
       </w:tabs>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="z-TopofForm">
+  <w:style w:type="paragraph" w:styleId="Veidlapasz-auga">
     <w:name w:val="HTML Top of Form"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
     <w:hidden/>
     <w:rsid w:val="0077352D"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:vanish/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Reatabula">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Parastatabula"/>
     <w:rsid w:val="00B75F81"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
+  <w:style w:type="character" w:styleId="Izmantotahipersaite">
     <w:name w:val="FollowedHyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001221A7"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="Komentraatsauce">
     <w:name w:val="annotation reference"/>
     <w:semiHidden/>
     <w:rsid w:val="003D573E"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Komentrateksts">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KomentratekstsRakstz"/>
     <w:semiHidden/>
     <w:rsid w:val="003D573E"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...1 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratekstsRakstz">
+    <w:name w:val="Komentāra teksts Rakstz."/>
+    <w:link w:val="Komentrateksts"/>
     <w:semiHidden/>
     <w:rsid w:val="00845374"/>
     <w:rPr>
       <w:lang w:val="lv-LV" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Vresatsauce">
     <w:name w:val="footnote reference"/>
     <w:aliases w:val="Footnote symbol"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00733CF5"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RakstzRakstz4">
     <w:name w:val="Rakstz. Rakstz.4"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="00FE1370"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RakstzRakstz3">
     <w:name w:val="Rakstz. Rakstz.3"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="00275F60"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RakstzRakstz2">
     <w:name w:val="Rakstz. Rakstz.2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="007E6B7C"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="Komentratma">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-[...1 lines deleted...]
-    <w:link w:val="CommentSubjectChar"/>
+    <w:basedOn w:val="Komentrateksts"/>
+    <w:next w:val="Komentrateksts"/>
+    <w:link w:val="KomentratmaRakstz"/>
     <w:rsid w:val="009B7509"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentSubject"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratmaRakstz">
+    <w:name w:val="Komentāra tēma Rakstz."/>
+    <w:basedOn w:val="KomentratekstsRakstz"/>
+    <w:link w:val="Komentratma"/>
     <w:rsid w:val="009B7509"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="lv-LV" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RakstzRakstz1">
     <w:name w:val="Rakstz. Rakstz.1"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="000070D8"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00AE74DF"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
-[...3 lines deleted...]
-    <w:link w:val="FootnoteText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VrestekstsRakstz">
+    <w:name w:val="Vēres teksts Rakstz."/>
+    <w:aliases w:val="Footnote Rakstz.,Fußnote Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Vresteksts"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C03A5D"/>
     <w:rPr>
       <w:lang w:val="lv-LV" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
-[...2 lines deleted...]
-    <w:link w:val="ListParagraph"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SarakstarindkopaRakstz">
+    <w:name w:val="Saraksta rindkopa Rakstz."/>
+    <w:aliases w:val="Strip Rakstz.,Virsraksti Rakstz.,H&amp;P List Paragraph Rakstz.,2 Rakstz.,Syle 1 Rakstz.,Saraksta rindkopa1 Rakstz.,Colorful List - Accent 12 Rakstz.,Normal bullet 2 Rakstz.,Bullet list Rakstz.,PPS_Bullet Rakstz.,Numurets Rakstz."/>
+    <w:link w:val="Sarakstarindkopa"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00BB3EEF"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="lv-LV" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RakstzRakstz7">
     <w:name w:val="Rakstz. Rakstz.7"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="00BB3EEF"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RakstzRakstz6">
     <w:name w:val="Rakstz. Rakstz.6"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="009E02E8"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RakstzRakstz5">
     <w:name w:val="Rakstz. Rakstz.5"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="00CA1E33"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punkts">
     <w:name w:val="Punkts"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:next w:val="Apakpunkts"/>
     <w:rsid w:val="000C4DAC"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="20"/>
       </w:numPr>
       <w:suppressAutoHyphens w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="20"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Apakpunkts">
     <w:name w:val="Apakšpunkts"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="000C4DAC"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="20"/>
       </w:numPr>
       <w:suppressAutoHyphens w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Paragrfs">
     <w:name w:val="Paragrāfs"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:next w:val="Rindkopa"/>
     <w:rsid w:val="000C4DAC"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="20"/>
       </w:numPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="m2446934011327947474gmail-msolistparagraph">
     <w:name w:val="m_2446934011327947474gmail-msolistparagraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="00434489"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RakstzRakstz0">
     <w:name w:val="Rakstz. Rakstz."/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="002942D9"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:styleId="Neatrisintapieminana">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F1A5F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RakstzRakstz8">
     <w:name w:val="Rakstz. Rakstz."/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="007D1D98"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Symbol" w:eastAsia="Wingdings" w:hAnsi="Symbol" w:cs="Wingdings"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum6">
     <w:name w:val="WWNum6"/>
-    <w:basedOn w:val="NoList"/>
+    <w:basedOn w:val="Bezsaraksta"/>
     <w:rsid w:val="0091509D"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="25"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RakstzRakstz9">
     <w:name w:val="Rakstz. Rakstz."/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="00A977CE"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Symbol" w:eastAsia="Wingdings" w:hAnsi="Symbol" w:cs="Wingdings"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
-[...2 lines deleted...]
-    <w:link w:val="BodyText2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Pamatteksts2Rakstz">
+    <w:name w:val="Pamatteksts 2 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Pamatteksts2"/>
     <w:rsid w:val="0034604C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="lv-LV" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RakstzRakstza">
     <w:name w:val="Rakstz. Rakstz."/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:rsid w:val="004A110B"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
+  <w:style w:type="paragraph" w:styleId="Prskatjums">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00411227"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="lv-LV" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="4484207">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="10499654">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -27988,95 +27992,58 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B90A77BC-B22E-43CB-81CB-96B080D1611E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>24752</Words>
-  <Characters>14109</Characters>
+  <Words>5800</Words>
+  <Characters>33061</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>117</Lines>
+  <Lines>275</Lines>
   <Paragraphs>77</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...36 lines deleted...]
-  <Company>Valmieras pilsetas pasvaldiba</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>38784</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="48" baseType="variant">
       <vt:variant>
         <vt:i4>7340053</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>21</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:raivis.grivins@valmiera.lv</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1441870</vt:i4>
@@ -28191,36 +28158,36 @@
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:raivis.grivins@valmiera.lv</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Apstiprinu:</dc:title>
+  <dc:title>Paraugnolikums pakapojums 2025</dc:title>
   <dc:subject/>
+  <dc:creator>Elīna Virtmane</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>